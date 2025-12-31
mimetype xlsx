--- v0 (2025-10-31)
+++ v1 (2025-12-31)
@@ -12,484 +12,193 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="10877-msk-2025-kazan-kazh..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
-[...179 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>02.01.2026</t>
   </si>
   <si>
     <t>03.01.2026</t>
   </si>
   <si>
     <t>04.01.2026</t>
   </si>
   <si>
     <t>05.01.2026</t>
   </si>
   <si>
     <t>06.01.2026</t>
   </si>
   <si>
     <t>07.01.2026</t>
   </si>
   <si>
     <t>08.01.2026</t>
   </si>
   <si>
     <t>09.01.2026</t>
   </si>
   <si>
     <t>10.01.2026</t>
   </si>
   <si>
     <t>Шаляпин Палас отель</t>
   </si>
   <si>
     <t>2-м номер KING (номер с одной двухспальной кроватью)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>24150 RUB</t>
-[...4 lines deleted...]
-  <si>
     <t>27310 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
-    <t>15660 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>20980 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
-    <t>34300 RUB</t>
-[...4 lines deleted...]
-  <si>
     <t>36970 RUB</t>
   </si>
   <si>
     <t>Ребёнок 3—11 лет на основном месте</t>
   </si>
   <si>
     <t>Ребёнок 3—11 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>15320 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>20650 RUB</t>
   </si>
   <si>
     <t>2-м номер TWIN (номер с двумя раздельными кроватями)</t>
   </si>
   <si>
     <t>Джузеппе</t>
   </si>
   <si>
-    <t>22320 RUB</t>
-[...4 lines deleted...]
-  <si>
     <t>26910 RUB</t>
   </si>
   <si>
-    <t>13820 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>17650 RUB</t>
   </si>
   <si>
-    <t>30640 RUB</t>
-[...4 lines deleted...]
-  <si>
     <t>35700 RUB</t>
   </si>
   <si>
-    <t>13660 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>17320 RUB</t>
   </si>
   <si>
     <t>Гранд Отель Казань</t>
   </si>
   <si>
+    <t>24310 RUB</t>
+  </si>
+  <si>
+    <t>33300 RUB</t>
+  </si>
+  <si>
+    <t>Биляр Палас Отель</t>
+  </si>
+  <si>
+    <t>43290 RUB</t>
+  </si>
+  <si>
+    <t>Ногай</t>
+  </si>
+  <si>
+    <t>42130 RUB</t>
+  </si>
+  <si>
+    <t>69600 RUB</t>
+  </si>
+  <si>
+    <t>Азимут</t>
+  </si>
+  <si>
+    <t>23150 RUB</t>
+  </si>
+  <si>
+    <t>14320 RUB</t>
+  </si>
+  <si>
+    <t>35640 RUB</t>
+  </si>
+  <si>
+    <t>13990 RUB</t>
+  </si>
+  <si>
+    <t>Парк Отель</t>
+  </si>
+  <si>
+    <t>28440 RUB</t>
+  </si>
+  <si>
+    <t>47520 RUB</t>
+  </si>
+  <si>
+    <t>Татарстан</t>
+  </si>
+  <si>
     <t>20150 RUB</t>
   </si>
   <si>
-    <t>24310 RUB</t>
-[...83 lines deleted...]
-    <t>16020 RUB</t>
+    <t>12660 RUB</t>
+  </si>
+  <si>
+    <t>28910 RUB</t>
   </si>
   <si>
     <t>12330 RUB</t>
   </si>
   <si>
-    <t>12660 RUB</t>
-[...40 lines deleted...]
-  <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "ж/д-отель" (дневное время)</t>
   </si>
   <si>
     <t>1200 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "ж/д-отель" (19:00-08:00)</t>
   </si>
   <si>
     <t>1400 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "аэропорт-отель" (дневное время)</t>
   </si>
   <si>
     <t>1800 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "аэропорт-отель" (19:00-08:00)</t>
   </si>
   <si>
     <t>2000 RUB</t>
@@ -512,51 +221,51 @@
   <si>
     <t>1100 RUB</t>
   </si>
   <si>
     <t>Билет на "Колесо обозрения"</t>
   </si>
   <si>
     <t>500 RUB</t>
   </si>
   <si>
     <t>Экскурсия в Раифский монастырь</t>
   </si>
   <si>
     <t>1000 RUB</t>
   </si>
   <si>
     <t>Чаепитие + Пешеходная экскурсия «КАЗАНСКИЙ АРБАТ» (по улице Баумана)</t>
   </si>
   <si>
     <t>750 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 31.10.2025 07:26, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 31.12.2025 07:01, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -898,21019 +607,2649 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BR143"/>
+  <dimension ref="A1:J111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A142" sqref="A142:BR142"/>
+      <selection activeCell="A110" sqref="A110:J110"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="81.265869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...58 lines deleted...]
-    <col min="70" max="70" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:70">
+    <row r="1" spans="1:10">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="K1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:10">
+      <c r="A2" s="2" t="s">
         <v>9</v>
-      </c>
-[...180 lines deleted...]
-        <v>69</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
-      <c r="K2" s="2"/>
-[...60 lines deleted...]
-    <row r="3" spans="1:70">
+    </row>
+    <row r="3" spans="1:10">
       <c r="A3" s="3" t="s">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
-      <c r="K3" s="3"/>
-[...60 lines deleted...]
-    <row r="4" spans="1:70">
+    </row>
+    <row r="4" spans="1:10">
       <c r="A4" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="H4" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="I4" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="J4" t="s">
-        <v>73</v>
-[...182 lines deleted...]
-    <row r="5" spans="1:70">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10">
       <c r="A5" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="F5" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="G5" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="H5" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="I5" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="J5" t="s">
-        <v>76</v>
-[...182 lines deleted...]
-    <row r="6" spans="1:70">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10">
       <c r="A6" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>79</v>
+        <v>16</v>
       </c>
       <c r="C6" t="s">
-        <v>79</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>79</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>79</v>
+        <v>16</v>
       </c>
       <c r="F6" t="s">
-        <v>79</v>
+        <v>16</v>
       </c>
       <c r="G6" t="s">
-        <v>79</v>
+        <v>16</v>
       </c>
       <c r="H6" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="I6" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="J6" t="s">
-        <v>80</v>
-[...182 lines deleted...]
-    <row r="7" spans="1:70">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10">
       <c r="A7" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="C7" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="H7" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="I7" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="J7" t="s">
-        <v>73</v>
-[...182 lines deleted...]
-    <row r="8" spans="1:70">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10">
       <c r="A8" t="s">
-        <v>83</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="C8" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="F8" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="G8" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="H8" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="I8" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="J8" t="s">
-        <v>84</v>
-[...182 lines deleted...]
-    <row r="9" spans="1:70">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10">
       <c r="A9" s="3" t="s">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="B9" s="3"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
-      <c r="K9" s="3"/>
-[...60 lines deleted...]
-    <row r="10" spans="1:70">
+    </row>
+    <row r="10" spans="1:10">
       <c r="A10" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="C10" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="D10" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="H10" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="I10" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="J10" t="s">
-        <v>73</v>
-[...182 lines deleted...]
-    <row r="11" spans="1:70">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="B11" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="C11" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="D11" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="E11" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="F11" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="G11" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="H11" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="I11" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="J11" t="s">
-        <v>76</v>
-[...182 lines deleted...]
-    <row r="12" spans="1:70">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10">
       <c r="A12" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="B12" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="C12" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="D12" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="H12" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="I12" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="J12" t="s">
-        <v>73</v>
-[...182 lines deleted...]
-    <row r="13" spans="1:70">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10">
       <c r="A13" t="s">
-        <v>83</v>
+        <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="C13" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="D13" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="E13" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="F13" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="G13" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="H13" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="I13" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="J13" t="s">
-        <v>84</v>
-[...182 lines deleted...]
-    <row r="14" spans="1:70">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10">
       <c r="A14" s="4"/>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
-      <c r="K14" s="4"/>
-[...60 lines deleted...]
-    <row r="15" spans="1:70">
+    </row>
+    <row r="15" spans="1:10">
       <c r="A15" s="2" t="s">
-        <v>87</v>
+        <v>21</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
       <c r="J15" s="2"/>
-      <c r="K15" s="2"/>
-[...60 lines deleted...]
-    <row r="16" spans="1:70">
+    </row>
+    <row r="16" spans="1:10">
       <c r="A16" s="3" t="s">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
-      <c r="K16" s="3"/>
-[...60 lines deleted...]
-    <row r="17" spans="1:70">
+    </row>
+    <row r="17" spans="1:10">
       <c r="A17" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="B17" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="C17" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="D17" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="E17" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="F17" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="G17" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="H17" t="s">
-        <v>89</v>
+        <v>22</v>
       </c>
       <c r="I17" t="s">
-        <v>89</v>
+        <v>22</v>
       </c>
       <c r="J17" t="s">
-        <v>89</v>
-[...182 lines deleted...]
-    <row r="18" spans="1:70">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10">
       <c r="A18" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="B18" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="C18" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="D18" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="E18" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="F18" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="G18" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="H18" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="I18" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="J18" t="s">
-        <v>91</v>
-[...182 lines deleted...]
-    <row r="19" spans="1:70">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10">
       <c r="A19" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="B19" t="s">
-        <v>93</v>
+        <v>24</v>
       </c>
       <c r="C19" t="s">
-        <v>93</v>
+        <v>24</v>
       </c>
       <c r="D19" t="s">
-        <v>93</v>
+        <v>24</v>
       </c>
       <c r="E19" t="s">
-        <v>93</v>
+        <v>24</v>
       </c>
       <c r="F19" t="s">
-        <v>93</v>
+        <v>24</v>
       </c>
       <c r="G19" t="s">
-        <v>93</v>
+        <v>24</v>
       </c>
       <c r="H19" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="I19" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="J19" t="s">
-        <v>94</v>
-[...182 lines deleted...]
-    <row r="20" spans="1:70">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10">
       <c r="A20" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="B20" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="C20" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="D20" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="E20" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="F20" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="G20" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="H20" t="s">
-        <v>89</v>
+        <v>22</v>
       </c>
       <c r="I20" t="s">
-        <v>89</v>
+        <v>22</v>
       </c>
       <c r="J20" t="s">
-        <v>89</v>
-[...182 lines deleted...]
-    <row r="21" spans="1:70">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10">
       <c r="A21" t="s">
-        <v>83</v>
+        <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="C21" t="s">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="D21" t="s">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="E21" t="s">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="F21" t="s">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="G21" t="s">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="H21" t="s">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="I21" t="s">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="J21" t="s">
-        <v>96</v>
-[...182 lines deleted...]
-    <row r="22" spans="1:70">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10">
       <c r="A22" s="3" t="s">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
-      <c r="K22" s="3"/>
-[...60 lines deleted...]
-    <row r="23" spans="1:70">
+    </row>
+    <row r="23" spans="1:10">
       <c r="A23" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="C23" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="D23" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="E23" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="F23" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="G23" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="H23" t="s">
-        <v>89</v>
+        <v>22</v>
       </c>
       <c r="I23" t="s">
-        <v>89</v>
+        <v>22</v>
       </c>
       <c r="J23" t="s">
-        <v>89</v>
-[...182 lines deleted...]
-    <row r="24" spans="1:70">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10">
       <c r="A24" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="B24" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="C24" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="D24" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="E24" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="F24" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="G24" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="H24" t="s">
-        <v>89</v>
+        <v>22</v>
       </c>
       <c r="I24" t="s">
-        <v>89</v>
+        <v>22</v>
       </c>
       <c r="J24" t="s">
-        <v>89</v>
-[...182 lines deleted...]
-    <row r="25" spans="1:70">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10">
       <c r="A25" s="4"/>
       <c r="B25" s="4"/>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
       <c r="E25" s="4"/>
       <c r="F25" s="4"/>
       <c r="G25" s="4"/>
       <c r="H25" s="4"/>
       <c r="I25" s="4"/>
       <c r="J25" s="4"/>
-      <c r="K25" s="4"/>
-[...60 lines deleted...]
-    <row r="26" spans="1:70">
+    </row>
+    <row r="26" spans="1:10">
       <c r="A26" s="2" t="s">
-        <v>98</v>
+        <v>26</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
       <c r="J26" s="2"/>
-      <c r="K26" s="2"/>
-[...60 lines deleted...]
-    <row r="27" spans="1:70">
+    </row>
+    <row r="27" spans="1:10">
       <c r="A27" s="3" t="s">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
-      <c r="K27" s="3"/>
-[...60 lines deleted...]
-    <row r="28" spans="1:70">
+    </row>
+    <row r="28" spans="1:10">
       <c r="A28" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="B28" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="C28" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="D28" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="E28" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="F28" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="G28" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="H28" t="s">
-        <v>99</v>
+        <v>27</v>
       </c>
       <c r="I28" t="s">
-        <v>99</v>
+        <v>27</v>
       </c>
       <c r="J28" t="s">
-        <v>99</v>
-[...182 lines deleted...]
-    <row r="29" spans="1:70">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10">
       <c r="A29" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="B29" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="C29" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="D29" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="E29" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="F29" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="G29" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="H29" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="I29" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="J29" t="s">
-        <v>76</v>
-[...182 lines deleted...]
-    <row r="30" spans="1:70">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
       <c r="A30" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="B30" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
       <c r="C30" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
       <c r="D30" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
       <c r="E30" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
       <c r="F30" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
       <c r="G30" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
       <c r="H30" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="I30" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="J30" t="s">
-        <v>101</v>
-[...182 lines deleted...]
-    <row r="31" spans="1:70">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10">
       <c r="A31" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="B31" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="C31" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="D31" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="E31" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="F31" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="G31" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="H31" t="s">
-        <v>99</v>
+        <v>27</v>
       </c>
       <c r="I31" t="s">
-        <v>99</v>
+        <v>27</v>
       </c>
       <c r="J31" t="s">
-        <v>99</v>
-[...182 lines deleted...]
-    <row r="32" spans="1:70">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10">
       <c r="A32" t="s">
-        <v>83</v>
+        <v>18</v>
       </c>
       <c r="B32" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="C32" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="D32" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="E32" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="F32" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="G32" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="H32" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="I32" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="J32" t="s">
-        <v>84</v>
-[...182 lines deleted...]
-    <row r="33" spans="1:70">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10">
       <c r="A33" s="3" t="s">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="B33" s="3"/>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
-      <c r="K33" s="3"/>
-[...60 lines deleted...]
-    <row r="34" spans="1:70">
+    </row>
+    <row r="34" spans="1:10">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="B34" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="C34" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="D34" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="E34" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="F34" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="G34" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="H34" t="s">
-        <v>99</v>
+        <v>27</v>
       </c>
       <c r="I34" t="s">
-        <v>99</v>
+        <v>27</v>
       </c>
       <c r="J34" t="s">
-        <v>99</v>
-[...182 lines deleted...]
-    <row r="35" spans="1:70">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10">
       <c r="A35" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="B35" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="C35" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="D35" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="E35" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="F35" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="G35" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="H35" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="I35" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="J35" t="s">
-        <v>76</v>
-[...182 lines deleted...]
-    <row r="36" spans="1:70">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10">
       <c r="A36" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="B36" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="C36" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="D36" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="E36" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="F36" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="G36" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="H36" t="s">
-        <v>99</v>
+        <v>27</v>
       </c>
       <c r="I36" t="s">
-        <v>99</v>
+        <v>27</v>
       </c>
       <c r="J36" t="s">
-        <v>99</v>
-[...182 lines deleted...]
-    <row r="37" spans="1:70">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10">
       <c r="A37" t="s">
-        <v>83</v>
+        <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="C37" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="D37" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="E37" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="F37" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="G37" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="H37" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="I37" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="J37" t="s">
-        <v>84</v>
-[...182 lines deleted...]
-    <row r="38" spans="1:70">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10">
       <c r="A38" s="4"/>
       <c r="B38" s="4"/>
       <c r="C38" s="4"/>
       <c r="D38" s="4"/>
       <c r="E38" s="4"/>
       <c r="F38" s="4"/>
       <c r="G38" s="4"/>
       <c r="H38" s="4"/>
       <c r="I38" s="4"/>
       <c r="J38" s="4"/>
-      <c r="K38" s="4"/>
-[...60 lines deleted...]
-    <row r="39" spans="1:70">
+    </row>
+    <row r="39" spans="1:10">
       <c r="A39" s="2" t="s">
-        <v>103</v>
+        <v>29</v>
       </c>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
       <c r="J39" s="2"/>
-      <c r="K39" s="2"/>
-[...60 lines deleted...]
-    <row r="40" spans="1:70">
+    </row>
+    <row r="40" spans="1:10">
       <c r="A40" s="3" t="s">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="B40" s="3"/>
       <c r="C40" s="3"/>
       <c r="D40" s="3"/>
       <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
       <c r="J40" s="3"/>
-      <c r="K40" s="3"/>
-[...60 lines deleted...]
-    <row r="41" spans="1:70">
+    </row>
+    <row r="41" spans="1:10">
       <c r="A41" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="B41" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="C41" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="D41" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="G41" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="H41" t="s">
-        <v>105</v>
+        <v>12</v>
       </c>
       <c r="I41" t="s">
-        <v>105</v>
+        <v>12</v>
       </c>
       <c r="J41" t="s">
-        <v>105</v>
-[...182 lines deleted...]
-    <row r="42" spans="1:70">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10">
       <c r="A42" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="B42" t="s">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="C42" t="s">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="D42" t="s">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="E42" t="s">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="F42" t="s">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="G42" t="s">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="H42" t="s">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="I42" t="s">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="J42" t="s">
-        <v>106</v>
-[...182 lines deleted...]
-    <row r="43" spans="1:70">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10">
       <c r="A43" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="B43" t="s">
-        <v>107</v>
+        <v>30</v>
       </c>
       <c r="C43" t="s">
-        <v>107</v>
+        <v>30</v>
       </c>
       <c r="D43" t="s">
-        <v>107</v>
+        <v>30</v>
       </c>
       <c r="E43" t="s">
-        <v>107</v>
+        <v>30</v>
       </c>
       <c r="F43" t="s">
-        <v>107</v>
+        <v>30</v>
       </c>
       <c r="G43" t="s">
-        <v>107</v>
+        <v>30</v>
       </c>
       <c r="H43" t="s">
-        <v>107</v>
+        <v>30</v>
       </c>
       <c r="I43" t="s">
-        <v>107</v>
+        <v>30</v>
       </c>
       <c r="J43" t="s">
-        <v>107</v>
-[...182 lines deleted...]
-    <row r="44" spans="1:70">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10">
       <c r="A44" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="B44" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="C44" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="D44" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="H44" t="s">
-        <v>105</v>
+        <v>12</v>
       </c>
       <c r="I44" t="s">
-        <v>105</v>
+        <v>12</v>
       </c>
       <c r="J44" t="s">
-        <v>105</v>
-[...182 lines deleted...]
-    <row r="45" spans="1:70">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10">
       <c r="A45" t="s">
-        <v>83</v>
+        <v>18</v>
       </c>
       <c r="B45" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="C45" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="D45" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="E45" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="F45" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="G45" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="H45" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="I45" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="J45" t="s">
-        <v>109</v>
-[...182 lines deleted...]
-    <row r="46" spans="1:70">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10">
       <c r="A46" s="3" t="s">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="B46" s="3"/>
       <c r="C46" s="3"/>
       <c r="D46" s="3"/>
       <c r="E46" s="3"/>
       <c r="F46" s="3"/>
       <c r="G46" s="3"/>
       <c r="H46" s="3"/>
       <c r="I46" s="3"/>
       <c r="J46" s="3"/>
-      <c r="K46" s="3"/>
-[...60 lines deleted...]
-    <row r="47" spans="1:70">
+    </row>
+    <row r="47" spans="1:10">
       <c r="A47" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="B47" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="C47" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="D47" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="G47" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="H47" t="s">
-        <v>105</v>
+        <v>12</v>
       </c>
       <c r="I47" t="s">
-        <v>105</v>
+        <v>12</v>
       </c>
       <c r="J47" t="s">
-        <v>105</v>
-[...182 lines deleted...]
-    <row r="48" spans="1:70">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10">
       <c r="A48" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="B48" t="s">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="C48" t="s">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="D48" t="s">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="E48" t="s">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="F48" t="s">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="G48" t="s">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="H48" t="s">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="I48" t="s">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="J48" t="s">
-        <v>106</v>
-[...182 lines deleted...]
-    <row r="49" spans="1:70">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
       <c r="A49" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="B49" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="C49" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="D49" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="G49" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="H49" t="s">
-        <v>105</v>
+        <v>12</v>
       </c>
       <c r="I49" t="s">
-        <v>105</v>
+        <v>12</v>
       </c>
       <c r="J49" t="s">
-        <v>105</v>
-[...182 lines deleted...]
-    <row r="50" spans="1:70">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
       <c r="A50" t="s">
-        <v>83</v>
+        <v>18</v>
       </c>
       <c r="B50" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="C50" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="D50" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="E50" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="F50" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="G50" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="H50" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="I50" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="J50" t="s">
-        <v>109</v>
-[...182 lines deleted...]
-    <row r="51" spans="1:70">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
       <c r="A51" s="4"/>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
       <c r="E51" s="4"/>
       <c r="F51" s="4"/>
       <c r="G51" s="4"/>
       <c r="H51" s="4"/>
       <c r="I51" s="4"/>
       <c r="J51" s="4"/>
-      <c r="K51" s="4"/>
-[...60 lines deleted...]
-    <row r="52" spans="1:70">
+    </row>
+    <row r="52" spans="1:10">
       <c r="A52" s="2" t="s">
-        <v>110</v>
+        <v>31</v>
       </c>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="2"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
       <c r="I52" s="2"/>
       <c r="J52" s="2"/>
-      <c r="K52" s="2"/>
-[...60 lines deleted...]
-    <row r="53" spans="1:70">
+    </row>
+    <row r="53" spans="1:10">
       <c r="A53" s="3" t="s">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="B53" s="3"/>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
-      <c r="K53" s="3"/>
-[...60 lines deleted...]
-    <row r="54" spans="1:70">
+    </row>
+    <row r="54" spans="1:10">
       <c r="A54" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="B54" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="C54" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="D54" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="E54" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="F54" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="G54" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="H54" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="I54" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="J54" t="s">
-        <v>105</v>
-[...182 lines deleted...]
-    <row r="55" spans="1:70">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
       <c r="A55" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="B55" t="s">
-        <v>112</v>
+        <v>33</v>
       </c>
       <c r="C55" t="s">
-        <v>112</v>
+        <v>33</v>
       </c>
       <c r="D55" t="s">
-        <v>112</v>
+        <v>33</v>
       </c>
       <c r="E55" t="s">
-        <v>112</v>
+        <v>33</v>
       </c>
       <c r="F55" t="s">
-        <v>112</v>
+        <v>33</v>
       </c>
       <c r="G55" t="s">
-        <v>112</v>
+        <v>33</v>
       </c>
       <c r="H55" t="s">
-        <v>113</v>
+        <v>33</v>
       </c>
       <c r="I55" t="s">
-        <v>113</v>
+        <v>33</v>
       </c>
       <c r="J55" t="s">
-        <v>113</v>
-[...182 lines deleted...]
-    <row r="56" spans="1:70">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
       <c r="A56" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="B56" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="C56" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="D56" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="E56" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="F56" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="G56" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="H56" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="I56" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="J56" t="s">
-        <v>105</v>
-[...182 lines deleted...]
-    <row r="57" spans="1:70">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
       <c r="A57" s="3" t="s">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="B57" s="3"/>
       <c r="C57" s="3"/>
       <c r="D57" s="3"/>
       <c r="E57" s="3"/>
       <c r="F57" s="3"/>
       <c r="G57" s="3"/>
       <c r="H57" s="3"/>
       <c r="I57" s="3"/>
       <c r="J57" s="3"/>
-      <c r="K57" s="3"/>
-[...60 lines deleted...]
-    <row r="58" spans="1:70">
+    </row>
+    <row r="58" spans="1:10">
       <c r="A58" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="B58" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="C58" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="D58" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="E58" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="F58" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="G58" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="H58" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="I58" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="J58" t="s">
-        <v>105</v>
-[...182 lines deleted...]
-    <row r="59" spans="1:70">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
       <c r="A59" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="B59" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="C59" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="D59" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="E59" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="F59" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="G59" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="H59" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="I59" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="J59" t="s">
-        <v>105</v>
-[...182 lines deleted...]
-    <row r="60" spans="1:70">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
       <c r="A60" s="4"/>
       <c r="B60" s="4"/>
       <c r="C60" s="4"/>
       <c r="D60" s="4"/>
       <c r="E60" s="4"/>
       <c r="F60" s="4"/>
       <c r="G60" s="4"/>
       <c r="H60" s="4"/>
       <c r="I60" s="4"/>
       <c r="J60" s="4"/>
-      <c r="K60" s="4"/>
-[...60 lines deleted...]
-    <row r="61" spans="1:70">
+    </row>
+    <row r="61" spans="1:10">
       <c r="A61" s="2" t="s">
-        <v>115</v>
+        <v>34</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="2"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
       <c r="I61" s="2"/>
       <c r="J61" s="2"/>
-      <c r="K61" s="2"/>
-[...60 lines deleted...]
-    <row r="62" spans="1:70">
+    </row>
+    <row r="62" spans="1:10">
       <c r="A62" s="3" t="s">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="B62" s="3"/>
       <c r="C62" s="3"/>
       <c r="D62" s="3"/>
       <c r="E62" s="3"/>
       <c r="F62" s="3"/>
       <c r="G62" s="3"/>
       <c r="H62" s="3"/>
       <c r="I62" s="3"/>
       <c r="J62" s="3"/>
-      <c r="K62" s="3"/>
-[...60 lines deleted...]
-    <row r="63" spans="1:70">
+    </row>
+    <row r="63" spans="1:10">
       <c r="A63" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="B63" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="C63" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="D63" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="E63" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="F63" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="G63" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="H63" t="s">
-        <v>117</v>
+        <v>35</v>
       </c>
       <c r="I63" t="s">
-        <v>117</v>
+        <v>35</v>
       </c>
       <c r="J63" t="s">
-        <v>117</v>
-[...182 lines deleted...]
-    <row r="64" spans="1:70">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10">
       <c r="A64" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="B64" t="s">
-        <v>106</v>
+        <v>36</v>
       </c>
       <c r="C64" t="s">
-        <v>106</v>
+        <v>36</v>
       </c>
       <c r="D64" t="s">
-        <v>106</v>
+        <v>36</v>
       </c>
       <c r="E64" t="s">
-        <v>106</v>
+        <v>36</v>
       </c>
       <c r="F64" t="s">
-        <v>106</v>
+        <v>36</v>
       </c>
       <c r="G64" t="s">
-        <v>106</v>
+        <v>36</v>
       </c>
       <c r="H64" t="s">
-        <v>106</v>
+        <v>36</v>
       </c>
       <c r="I64" t="s">
-        <v>106</v>
+        <v>36</v>
       </c>
       <c r="J64" t="s">
-        <v>106</v>
-[...182 lines deleted...]
-    <row r="65" spans="1:70">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10">
       <c r="A65" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="B65" t="s">
-        <v>93</v>
+        <v>37</v>
       </c>
       <c r="C65" t="s">
-        <v>93</v>
+        <v>37</v>
       </c>
       <c r="D65" t="s">
-        <v>93</v>
+        <v>37</v>
       </c>
       <c r="E65" t="s">
-        <v>93</v>
+        <v>37</v>
       </c>
       <c r="F65" t="s">
-        <v>93</v>
+        <v>37</v>
       </c>
       <c r="G65" t="s">
-        <v>93</v>
+        <v>37</v>
       </c>
       <c r="H65" t="s">
-        <v>118</v>
+        <v>37</v>
       </c>
       <c r="I65" t="s">
-        <v>118</v>
+        <v>37</v>
       </c>
       <c r="J65" t="s">
-        <v>118</v>
-[...182 lines deleted...]
-    <row r="66" spans="1:70">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10">
       <c r="A66" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="B66" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="C66" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="D66" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="E66" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="F66" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="G66" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="H66" t="s">
-        <v>117</v>
+        <v>35</v>
       </c>
       <c r="I66" t="s">
-        <v>117</v>
+        <v>35</v>
       </c>
       <c r="J66" t="s">
-        <v>117</v>
-[...182 lines deleted...]
-    <row r="67" spans="1:70">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10">
       <c r="A67" t="s">
-        <v>83</v>
+        <v>18</v>
       </c>
       <c r="B67" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
       <c r="C67" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
       <c r="D67" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
       <c r="E67" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
       <c r="F67" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
       <c r="G67" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
       <c r="H67" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
       <c r="I67" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
       <c r="J67" t="s">
-        <v>109</v>
-[...182 lines deleted...]
-    <row r="68" spans="1:70">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10">
       <c r="A68" s="3" t="s">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="B68" s="3"/>
       <c r="C68" s="3"/>
       <c r="D68" s="3"/>
       <c r="E68" s="3"/>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
       <c r="H68" s="3"/>
       <c r="I68" s="3"/>
       <c r="J68" s="3"/>
-      <c r="K68" s="3"/>
-[...60 lines deleted...]
-    <row r="69" spans="1:70">
+    </row>
+    <row r="69" spans="1:10">
       <c r="A69" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="B69" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="C69" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="D69" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="E69" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="F69" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="G69" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="H69" t="s">
-        <v>117</v>
+        <v>35</v>
       </c>
       <c r="I69" t="s">
-        <v>117</v>
+        <v>35</v>
       </c>
       <c r="J69" t="s">
-        <v>117</v>
-[...182 lines deleted...]
-    <row r="70" spans="1:70">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10">
       <c r="A70" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="B70" t="s">
-        <v>106</v>
+        <v>36</v>
       </c>
       <c r="C70" t="s">
-        <v>106</v>
+        <v>36</v>
       </c>
       <c r="D70" t="s">
-        <v>106</v>
+        <v>36</v>
       </c>
       <c r="E70" t="s">
-        <v>106</v>
+        <v>36</v>
       </c>
       <c r="F70" t="s">
-        <v>106</v>
+        <v>36</v>
       </c>
       <c r="G70" t="s">
-        <v>106</v>
+        <v>36</v>
       </c>
       <c r="H70" t="s">
-        <v>106</v>
+        <v>36</v>
       </c>
       <c r="I70" t="s">
-        <v>106</v>
+        <v>36</v>
       </c>
       <c r="J70" t="s">
-        <v>106</v>
-[...182 lines deleted...]
-    <row r="71" spans="1:70">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10">
       <c r="A71" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="B71" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="C71" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="D71" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="E71" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="F71" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="G71" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="H71" t="s">
-        <v>117</v>
+        <v>35</v>
       </c>
       <c r="I71" t="s">
-        <v>117</v>
+        <v>35</v>
       </c>
       <c r="J71" t="s">
-        <v>117</v>
-[...182 lines deleted...]
-    <row r="72" spans="1:70">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10">
       <c r="A72" t="s">
-        <v>83</v>
+        <v>18</v>
       </c>
       <c r="B72" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
       <c r="C72" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
       <c r="D72" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
       <c r="E72" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
       <c r="F72" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
       <c r="G72" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
       <c r="H72" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
       <c r="I72" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
       <c r="J72" t="s">
-        <v>109</v>
-[...182 lines deleted...]
-    <row r="73" spans="1:70">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10">
       <c r="A73" s="4"/>
       <c r="B73" s="4"/>
       <c r="C73" s="4"/>
       <c r="D73" s="4"/>
       <c r="E73" s="4"/>
       <c r="F73" s="4"/>
       <c r="G73" s="4"/>
       <c r="H73" s="4"/>
       <c r="I73" s="4"/>
       <c r="J73" s="4"/>
-      <c r="K73" s="4"/>
-[...60 lines deleted...]
-    <row r="74" spans="1:70">
+    </row>
+    <row r="74" spans="1:10">
       <c r="A74" s="2" t="s">
-        <v>119</v>
+        <v>39</v>
       </c>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="2"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
       <c r="I74" s="2"/>
       <c r="J74" s="2"/>
-      <c r="K74" s="2"/>
-[...60 lines deleted...]
-    <row r="75" spans="1:70">
+    </row>
+    <row r="75" spans="1:10">
       <c r="A75" s="3" t="s">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="B75" s="3"/>
       <c r="C75" s="3"/>
       <c r="D75" s="3"/>
       <c r="E75" s="3"/>
       <c r="F75" s="3"/>
       <c r="G75" s="3"/>
       <c r="H75" s="3"/>
       <c r="I75" s="3"/>
       <c r="J75" s="3"/>
-      <c r="K75" s="3"/>
-[...60 lines deleted...]
-    <row r="76" spans="1:70">
+    </row>
+    <row r="76" spans="1:10">
       <c r="A76" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="B76" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="C76" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="D76" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="E76" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="F76" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="G76" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="H76" t="s">
-        <v>121</v>
+        <v>40</v>
       </c>
       <c r="I76" t="s">
-        <v>121</v>
+        <v>40</v>
       </c>
       <c r="J76" t="s">
-        <v>121</v>
-[...182 lines deleted...]
-    <row r="77" spans="1:70">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10">
       <c r="A77" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="B77" t="s">
-        <v>123</v>
+        <v>41</v>
       </c>
       <c r="C77" t="s">
-        <v>123</v>
+        <v>41</v>
       </c>
       <c r="D77" t="s">
-        <v>123</v>
+        <v>41</v>
       </c>
       <c r="E77" t="s">
-        <v>123</v>
+        <v>41</v>
       </c>
       <c r="F77" t="s">
-        <v>123</v>
+        <v>41</v>
       </c>
       <c r="G77" t="s">
-        <v>123</v>
+        <v>41</v>
       </c>
       <c r="H77" t="s">
-        <v>124</v>
+        <v>41</v>
       </c>
       <c r="I77" t="s">
-        <v>124</v>
+        <v>41</v>
       </c>
       <c r="J77" t="s">
-        <v>124</v>
-[...182 lines deleted...]
-    <row r="78" spans="1:70">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10">
       <c r="A78" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="B78" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="C78" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="D78" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="E78" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="F78" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="G78" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="H78" t="s">
-        <v>121</v>
+        <v>40</v>
       </c>
       <c r="I78" t="s">
-        <v>121</v>
+        <v>40</v>
       </c>
       <c r="J78" t="s">
-        <v>121</v>
-[...182 lines deleted...]
-    <row r="79" spans="1:70">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10">
       <c r="A79" s="3" t="s">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="B79" s="3"/>
       <c r="C79" s="3"/>
       <c r="D79" s="3"/>
       <c r="E79" s="3"/>
       <c r="F79" s="3"/>
       <c r="G79" s="3"/>
       <c r="H79" s="3"/>
       <c r="I79" s="3"/>
       <c r="J79" s="3"/>
-      <c r="K79" s="3"/>
-[...60 lines deleted...]
-    <row r="80" spans="1:70">
+    </row>
+    <row r="80" spans="1:10">
       <c r="A80" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="B80" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="C80" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="D80" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="E80" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="F80" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="G80" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="H80" t="s">
-        <v>121</v>
+        <v>40</v>
       </c>
       <c r="I80" t="s">
-        <v>121</v>
+        <v>40</v>
       </c>
       <c r="J80" t="s">
-        <v>121</v>
-[...182 lines deleted...]
-    <row r="81" spans="1:70">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10">
       <c r="A81" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="B81" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="C81" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="D81" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="E81" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="F81" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="G81" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="H81" t="s">
-        <v>121</v>
+        <v>40</v>
       </c>
       <c r="I81" t="s">
-        <v>121</v>
+        <v>40</v>
       </c>
       <c r="J81" t="s">
-        <v>121</v>
-[...182 lines deleted...]
-    <row r="82" spans="1:70">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10">
       <c r="A82" s="4"/>
       <c r="B82" s="4"/>
       <c r="C82" s="4"/>
       <c r="D82" s="4"/>
       <c r="E82" s="4"/>
       <c r="F82" s="4"/>
       <c r="G82" s="4"/>
       <c r="H82" s="4"/>
       <c r="I82" s="4"/>
       <c r="J82" s="4"/>
-      <c r="K82" s="4"/>
-[...60 lines deleted...]
-    <row r="83" spans="1:70">
+    </row>
+    <row r="83" spans="1:10">
       <c r="A83" s="2" t="s">
-        <v>126</v>
+        <v>42</v>
       </c>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
       <c r="D83" s="2"/>
       <c r="E83" s="2"/>
       <c r="F83" s="2"/>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
       <c r="I83" s="2"/>
       <c r="J83" s="2"/>
-      <c r="K83" s="2"/>
-[...60 lines deleted...]
-    <row r="84" spans="1:70">
+    </row>
+    <row r="84" spans="1:10">
       <c r="A84" s="3" t="s">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="B84" s="3"/>
       <c r="C84" s="3"/>
       <c r="D84" s="3"/>
       <c r="E84" s="3"/>
       <c r="F84" s="3"/>
       <c r="G84" s="3"/>
       <c r="H84" s="3"/>
       <c r="I84" s="3"/>
       <c r="J84" s="3"/>
-      <c r="K84" s="3"/>
-[...60 lines deleted...]
-    <row r="85" spans="1:70">
+    </row>
+    <row r="85" spans="1:10">
       <c r="A85" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="B85" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="C85" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="D85" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="E85" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="F85" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="G85" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="H85" t="s">
-        <v>128</v>
+        <v>43</v>
       </c>
       <c r="I85" t="s">
-        <v>128</v>
+        <v>43</v>
       </c>
       <c r="J85" t="s">
-        <v>128</v>
-[...182 lines deleted...]
-    <row r="86" spans="1:70">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10">
       <c r="A86" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="B86" t="s">
-        <v>129</v>
+        <v>44</v>
       </c>
       <c r="C86" t="s">
-        <v>129</v>
+        <v>44</v>
       </c>
       <c r="D86" t="s">
-        <v>129</v>
+        <v>44</v>
       </c>
       <c r="E86" t="s">
-        <v>129</v>
+        <v>44</v>
       </c>
       <c r="F86" t="s">
-        <v>129</v>
+        <v>44</v>
       </c>
       <c r="G86" t="s">
-        <v>129</v>
+        <v>44</v>
       </c>
       <c r="H86" t="s">
-        <v>129</v>
+        <v>44</v>
       </c>
       <c r="I86" t="s">
-        <v>129</v>
+        <v>44</v>
       </c>
       <c r="J86" t="s">
-        <v>129</v>
-[...182 lines deleted...]
-    <row r="87" spans="1:70">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10">
       <c r="A87" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="B87" t="s">
-        <v>131</v>
+        <v>45</v>
       </c>
       <c r="C87" t="s">
-        <v>131</v>
+        <v>45</v>
       </c>
       <c r="D87" t="s">
-        <v>131</v>
+        <v>45</v>
       </c>
       <c r="E87" t="s">
-        <v>131</v>
+        <v>45</v>
       </c>
       <c r="F87" t="s">
-        <v>131</v>
+        <v>45</v>
       </c>
       <c r="G87" t="s">
-        <v>131</v>
+        <v>45</v>
       </c>
       <c r="H87" t="s">
-        <v>132</v>
+        <v>45</v>
       </c>
       <c r="I87" t="s">
-        <v>132</v>
+        <v>45</v>
       </c>
       <c r="J87" t="s">
-        <v>132</v>
-[...182 lines deleted...]
-    <row r="88" spans="1:70">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10">
       <c r="A88" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="B88" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="C88" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="D88" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="E88" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="F88" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="G88" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="H88" t="s">
-        <v>128</v>
+        <v>43</v>
       </c>
       <c r="I88" t="s">
-        <v>128</v>
+        <v>43</v>
       </c>
       <c r="J88" t="s">
-        <v>128</v>
-[...182 lines deleted...]
-    <row r="89" spans="1:70">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10">
       <c r="A89" t="s">
-        <v>83</v>
+        <v>18</v>
       </c>
       <c r="B89" t="s">
-        <v>134</v>
+        <v>46</v>
       </c>
       <c r="C89" t="s">
-        <v>134</v>
+        <v>46</v>
       </c>
       <c r="D89" t="s">
-        <v>134</v>
+        <v>46</v>
       </c>
       <c r="E89" t="s">
-        <v>134</v>
+        <v>46</v>
       </c>
       <c r="F89" t="s">
-        <v>134</v>
+        <v>46</v>
       </c>
       <c r="G89" t="s">
-        <v>134</v>
+        <v>46</v>
       </c>
       <c r="H89" t="s">
-        <v>134</v>
+        <v>46</v>
       </c>
       <c r="I89" t="s">
-        <v>134</v>
+        <v>46</v>
       </c>
       <c r="J89" t="s">
-        <v>134</v>
-[...182 lines deleted...]
-    <row r="90" spans="1:70">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10">
       <c r="A90" s="3" t="s">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="B90" s="3"/>
       <c r="C90" s="3"/>
       <c r="D90" s="3"/>
       <c r="E90" s="3"/>
       <c r="F90" s="3"/>
       <c r="G90" s="3"/>
       <c r="H90" s="3"/>
       <c r="I90" s="3"/>
       <c r="J90" s="3"/>
-      <c r="K90" s="3"/>
-[...60 lines deleted...]
-    <row r="91" spans="1:70">
+    </row>
+    <row r="91" spans="1:10">
       <c r="A91" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="B91" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="C91" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="D91" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="E91" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="F91" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="G91" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="H91" t="s">
-        <v>128</v>
+        <v>43</v>
       </c>
       <c r="I91" t="s">
-        <v>128</v>
+        <v>43</v>
       </c>
       <c r="J91" t="s">
-        <v>128</v>
-[...182 lines deleted...]
-    <row r="92" spans="1:70">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10">
       <c r="A92" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="B92" t="s">
-        <v>129</v>
+        <v>44</v>
       </c>
       <c r="C92" t="s">
-        <v>129</v>
+        <v>44</v>
       </c>
       <c r="D92" t="s">
-        <v>129</v>
+        <v>44</v>
       </c>
       <c r="E92" t="s">
-        <v>129</v>
+        <v>44</v>
       </c>
       <c r="F92" t="s">
-        <v>129</v>
+        <v>44</v>
       </c>
       <c r="G92" t="s">
-        <v>129</v>
+        <v>44</v>
       </c>
       <c r="H92" t="s">
-        <v>129</v>
+        <v>44</v>
       </c>
       <c r="I92" t="s">
-        <v>129</v>
+        <v>44</v>
       </c>
       <c r="J92" t="s">
-        <v>129</v>
-[...182 lines deleted...]
-    <row r="93" spans="1:70">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10">
       <c r="A93" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="B93" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="C93" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="D93" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="E93" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="F93" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="G93" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="H93" t="s">
-        <v>128</v>
+        <v>43</v>
       </c>
       <c r="I93" t="s">
-        <v>128</v>
+        <v>43</v>
       </c>
       <c r="J93" t="s">
-        <v>128</v>
-[...182 lines deleted...]
-    <row r="94" spans="1:70">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10">
       <c r="A94" t="s">
-        <v>83</v>
+        <v>18</v>
       </c>
       <c r="B94" t="s">
-        <v>134</v>
+        <v>46</v>
       </c>
       <c r="C94" t="s">
-        <v>134</v>
+        <v>46</v>
       </c>
       <c r="D94" t="s">
-        <v>134</v>
+        <v>46</v>
       </c>
       <c r="E94" t="s">
-        <v>134</v>
+        <v>46</v>
       </c>
       <c r="F94" t="s">
-        <v>134</v>
+        <v>46</v>
       </c>
       <c r="G94" t="s">
-        <v>134</v>
+        <v>46</v>
       </c>
       <c r="H94" t="s">
-        <v>134</v>
+        <v>46</v>
       </c>
       <c r="I94" t="s">
-        <v>134</v>
+        <v>46</v>
       </c>
       <c r="J94" t="s">
-        <v>134</v>
-[...182 lines deleted...]
-    <row r="95" spans="1:70">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10">
       <c r="A95" s="4"/>
       <c r="B95" s="4"/>
       <c r="C95" s="4"/>
       <c r="D95" s="4"/>
       <c r="E95" s="4"/>
       <c r="F95" s="4"/>
       <c r="G95" s="4"/>
       <c r="H95" s="4"/>
       <c r="I95" s="4"/>
       <c r="J95" s="4"/>
-      <c r="K95" s="4"/>
-[...60 lines deleted...]
-    <row r="96" spans="1:70">
+    </row>
+    <row r="96" spans="1:10">
       <c r="A96" s="2" t="s">
-        <v>135</v>
+        <v>47</v>
       </c>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
       <c r="D96" s="2"/>
       <c r="E96" s="2"/>
       <c r="F96" s="2"/>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
       <c r="I96" s="2"/>
       <c r="J96" s="2"/>
-      <c r="K96" s="2"/>
-[...134 lines deleted...]
-    <row r="98" spans="1:70">
+    </row>
+    <row r="97" spans="1:10">
+      <c r="A97" t="s">
+        <v>48</v>
+      </c>
+      <c r="B97" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10">
       <c r="A98" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="B98" t="s">
-        <v>136</v>
-[...206 lines deleted...]
-    <row r="99" spans="1:70">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10">
       <c r="A99" t="s">
-        <v>82</v>
+        <v>52</v>
       </c>
       <c r="B99" t="s">
-        <v>137</v>
-[...173 lines deleted...]
-    <row r="100" spans="1:70">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10">
       <c r="A100" t="s">
-        <v>138</v>
+        <v>54</v>
       </c>
       <c r="B100" t="s">
-        <v>137</v>
-[...393 lines deleted...]
-    <row r="104" spans="1:70">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10">
+      <c r="A101" t="s">
+        <v>56</v>
+      </c>
+      <c r="B101" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10">
+      <c r="A102" t="s">
+        <v>57</v>
+      </c>
+      <c r="B102" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10">
+      <c r="A103" t="s">
+        <v>58</v>
+      </c>
+      <c r="B103" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10">
       <c r="A104" t="s">
-        <v>71</v>
+        <v>59</v>
       </c>
       <c r="B104" t="s">
-        <v>140</v>
-[...206 lines deleted...]
-    <row r="105" spans="1:70">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10">
       <c r="A105" t="s">
-        <v>75</v>
+        <v>60</v>
       </c>
       <c r="B105" t="s">
-        <v>106</v>
-[...206 lines deleted...]
-    <row r="106" spans="1:70">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10">
       <c r="A106" t="s">
-        <v>78</v>
+        <v>62</v>
       </c>
       <c r="B106" t="s">
-        <v>74</v>
-[...206 lines deleted...]
-    <row r="107" spans="1:70">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10">
       <c r="A107" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="B107" t="s">
-        <v>140</v>
-[...173 lines deleted...]
-    <row r="108" spans="1:70">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10">
       <c r="A108" t="s">
-        <v>83</v>
+        <v>66</v>
       </c>
       <c r="B108" t="s">
-        <v>109</v>
-[...459 lines deleted...]
-    <row r="111" spans="1:70">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10">
+      <c r="A110" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B110" s="1"/>
+      <c r="C110" s="1"/>
+      <c r="D110" s="1"/>
+      <c r="E110" s="1"/>
+      <c r="F110" s="1"/>
+      <c r="G110" s="1"/>
+      <c r="H110" s="1"/>
+      <c r="I110" s="1"/>
+      <c r="J110" s="1"/>
+    </row>
+    <row r="111" spans="1:10">
       <c r="A111" t="s">
-        <v>75</v>
-[...2955 lines deleted...]
-        <v>166</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A143:BR143"/>
+    <mergeCell ref="A111:J111"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>