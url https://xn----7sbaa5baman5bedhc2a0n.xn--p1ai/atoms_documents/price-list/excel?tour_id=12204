--- v0 (2025-10-05)
+++ v1 (2025-11-20)
@@ -12,163 +12,127 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="12204-pskov-5-dnej-s-otdy..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
-[...14 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>05.12.2025</t>
   </si>
   <si>
     <t>Оазис</t>
   </si>
   <si>
     <t>Двухместный</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>27450 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>20750 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>38450 RUB</t>
   </si>
   <si>
     <t>Ребёнок 3—17 лет на основном месте</t>
   </si>
   <si>
     <t>27250 RUB</t>
   </si>
   <si>
     <t>Ребёнок 3—17 лет на дополнительном месте</t>
   </si>
   <si>
     <t>20550 RUB</t>
   </si>
   <si>
     <t>Арль</t>
   </si>
   <si>
     <t>Стандарт TWIN</t>
   </si>
   <si>
     <t>27950 RUB</t>
   </si>
   <si>
-    <t>28830 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>21650 RUB</t>
   </si>
   <si>
-    <t>21630 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>39700 RUB</t>
   </si>
   <si>
-    <t>41460 RUB</t>
-[...7 lines deleted...]
-  <si>
     <t>27750 RUB</t>
   </si>
   <si>
-    <t>20830 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>21450 RUB</t>
   </si>
   <si>
     <t>Стандарт DBL</t>
   </si>
   <si>
     <t>Old City</t>
   </si>
   <si>
     <t>стандартный</t>
   </si>
   <si>
     <t>28580 RUB</t>
   </si>
   <si>
     <t>20780 RUB</t>
   </si>
   <si>
-    <t>21030 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>39210 RUB</t>
   </si>
   <si>
     <t>28380 RUB</t>
   </si>
   <si>
     <t>20580 RUB</t>
   </si>
   <si>
     <t>Каркушин Дом</t>
   </si>
   <si>
     <t>Стандартный DBL</t>
   </si>
   <si>
     <t>29200 RUB</t>
   </si>
   <si>
     <t>20200 RUB</t>
   </si>
   <si>
     <t>43080 RUB</t>
   </si>
   <si>
     <t>29000 RUB</t>
@@ -230,77 +194,62 @@
   <si>
     <t>30580 RUB</t>
   </si>
   <si>
     <t>21580 RUB</t>
   </si>
   <si>
     <t>43710 RUB</t>
   </si>
   <si>
     <t>30380 RUB</t>
   </si>
   <si>
     <t>21380 RUB</t>
   </si>
   <si>
     <t>Покровский</t>
   </si>
   <si>
     <t xml:space="preserve">Standart </t>
   </si>
   <si>
     <t>34200 RUB</t>
   </si>
   <si>
-    <t>34830 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>22900 RUB</t>
   </si>
   <si>
-    <t>23030 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>48450 RUB</t>
   </si>
   <si>
-    <t>49710 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>34000 RUB</t>
   </si>
   <si>
-    <t>34630 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>22700 RUB</t>
   </si>
   <si>
-    <t>22830 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>Old Estate Hotel &amp; SPA</t>
   </si>
   <si>
     <t xml:space="preserve">Стандарт </t>
   </si>
   <si>
     <t>38330 RUB</t>
   </si>
   <si>
     <t>24930 RUB</t>
   </si>
   <si>
     <t>57710 RUB</t>
   </si>
   <si>
     <t>38130 RUB</t>
   </si>
   <si>
     <t>24730 RUB</t>
   </si>
   <si>
     <t>Барселона</t>
   </si>
   <si>
     <t>Стандартный</t>
@@ -314,102 +263,99 @@
   <si>
     <t>43890 RUB</t>
   </si>
   <si>
     <t>21870 RUB</t>
   </si>
   <si>
     <t>Двор Подзноева (бизнес корпус 3*)</t>
   </si>
   <si>
     <t>Standart бизнес корпус</t>
   </si>
   <si>
     <t>33390 RUB</t>
   </si>
   <si>
     <t>23140 RUB</t>
   </si>
   <si>
     <t>48080 RUB</t>
   </si>
   <si>
     <t>33190 RUB</t>
   </si>
   <si>
-    <t>2294000 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>22940 RUB</t>
   </si>
   <si>
     <t>Двор Подзноева (корпус студии и апартаменты 3+*)</t>
   </si>
   <si>
     <t>Standart корпус студии и апратаменты</t>
   </si>
   <si>
     <t>34080 RUB</t>
   </si>
   <si>
     <t>23280 RUB</t>
   </si>
   <si>
     <t>49460 RUB</t>
   </si>
   <si>
+    <t>23080 RUB</t>
+  </si>
+  <si>
     <t>33880 RUB</t>
   </si>
   <si>
-    <t>23080 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>Двор Подзноева (главный корпус 4*)</t>
   </si>
   <si>
     <t>Standart главный корпус</t>
   </si>
   <si>
     <t>35890 RUB</t>
   </si>
   <si>
     <t>23640 RUB</t>
   </si>
   <si>
     <t>53080 RUB</t>
   </si>
   <si>
     <t>35690 RUB</t>
   </si>
   <si>
     <t>23440 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 05.10.2025 06:51, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 20.11.2025 18:50, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -751,2122 +697,857 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G114"/>
+  <dimension ref="A1:B114"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A113" sqref="A113:G113"/>
+      <selection activeCell="A113" sqref="A113:B113"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="57.700195" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
+    <row r="1" spans="1:2">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:2">
+      <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="B2" s="2"/>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="B3" s="3"/>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>3</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="B4" t="s">
         <v>4</v>
       </c>
-      <c r="G1" s="1" t="s">
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>5</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="2" t="s">
+      <c r="B5" t="s">
         <v>6</v>
       </c>
-      <c r="B2" s="2"/>
-[...7 lines deleted...]
-      <c r="A3" s="3" t="s">
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" t="s">
         <v>7</v>
       </c>
-      <c r="B3" s="3"/>
-[...7 lines deleted...]
-      <c r="A4" t="s">
+      <c r="B6" t="s">
         <v>8</v>
       </c>
-      <c r="B4" t="s">
+    </row>
+    <row r="7" spans="1:2">
+      <c r="A7" t="s">
         <v>9</v>
       </c>
-      <c r="C4" t="s">
-[...16 lines deleted...]
-      <c r="A5" t="s">
+      <c r="B7" t="s">
         <v>10</v>
       </c>
-      <c r="B5" t="s">
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
         <v>11</v>
       </c>
-      <c r="C5" t="s">
-[...16 lines deleted...]
-      <c r="A6" t="s">
+      <c r="B8" t="s">
         <v>12</v>
       </c>
-      <c r="B6" t="s">
-[...64 lines deleted...]
-    <row r="9" spans="1:7">
+    </row>
+    <row r="9" spans="1:2">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
-      <c r="C9" s="4"/>
-[...5 lines deleted...]
-    <row r="10" spans="1:7">
+    </row>
+    <row r="10" spans="1:2">
       <c r="A10" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="2"/>
+    </row>
+    <row r="11" spans="1:2">
+      <c r="A11" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="3"/>
+    </row>
+    <row r="12" spans="1:2">
+      <c r="A12" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2">
+      <c r="A13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B13" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2">
+      <c r="A14" t="s">
+        <v>7</v>
+      </c>
+      <c r="B14" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2">
+      <c r="A15" t="s">
+        <v>9</v>
+      </c>
+      <c r="B15" t="s">
         <v>18</v>
       </c>
-      <c r="B10" s="2"/>
-[...7 lines deleted...]
-      <c r="A11" s="3" t="s">
+    </row>
+    <row r="16" spans="1:2">
+      <c r="A16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B16" t="s">
         <v>19</v>
       </c>
-      <c r="B11" s="3"/>
-[...10 lines deleted...]
-      <c r="B12" t="s">
+    </row>
+    <row r="17" spans="1:2">
+      <c r="A17" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="C12" t="s">
-[...85 lines deleted...]
-      <c r="A16" t="s">
+      <c r="B17" s="3"/>
+    </row>
+    <row r="18" spans="1:2">
+      <c r="A18" t="s">
+        <v>3</v>
+      </c>
+      <c r="B18" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2">
+      <c r="A19" t="s">
+        <v>5</v>
+      </c>
+      <c r="B19" t="s">
         <v>16</v>
       </c>
-      <c r="B16" t="s">
-[...75 lines deleted...]
-    <row r="20" spans="1:7">
+    </row>
+    <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B20" t="s">
-        <v>24</v>
-[...17 lines deleted...]
-    <row r="21" spans="1:7">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B21" t="s">
-        <v>28</v>
-[...17 lines deleted...]
-    <row r="22" spans="1:7">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>30</v>
-[...17 lines deleted...]
-    <row r="23" spans="1:7">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2">
       <c r="A23" s="4"/>
       <c r="B23" s="4"/>
-      <c r="C23" s="4"/>
-[...5 lines deleted...]
-    <row r="24" spans="1:7">
+    </row>
+    <row r="24" spans="1:2">
       <c r="A24" s="2" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="B24" s="2"/>
-      <c r="C24" s="2"/>
-[...5 lines deleted...]
-    <row r="25" spans="1:7">
+    </row>
+    <row r="25" spans="1:2">
       <c r="A25" s="3" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="B25" s="3"/>
-      <c r="C25" s="3"/>
-[...5 lines deleted...]
-    <row r="26" spans="1:7">
+    </row>
+    <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="B26" t="s">
-        <v>34</v>
-[...17 lines deleted...]
-    <row r="27" spans="1:7">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="B27" t="s">
-        <v>35</v>
-[...17 lines deleted...]
-    <row r="28" spans="1:7">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B28" t="s">
-        <v>37</v>
-[...17 lines deleted...]
-    <row r="29" spans="1:7">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B29" t="s">
-        <v>38</v>
-[...7 lines deleted...]
-      <c r="E29" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2">
+      <c r="A30" t="s">
+        <v>11</v>
+      </c>
+      <c r="B30" t="s">
         <v>27</v>
       </c>
-      <c r="F29" t="s">
-[...29 lines deleted...]
-    <row r="31" spans="1:7">
+    </row>
+    <row r="31" spans="1:2">
       <c r="A31" s="4"/>
       <c r="B31" s="4"/>
-      <c r="C31" s="4"/>
-[...5 lines deleted...]
-    <row r="32" spans="1:7">
+    </row>
+    <row r="32" spans="1:2">
       <c r="A32" s="2" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="B32" s="2"/>
-      <c r="C32" s="2"/>
-[...5 lines deleted...]
-    <row r="33" spans="1:7">
+    </row>
+    <row r="33" spans="1:2">
       <c r="A33" s="3" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="B33" s="3"/>
-      <c r="C33" s="3"/>
-[...5 lines deleted...]
-    <row r="34" spans="1:7">
+    </row>
+    <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="B34" t="s">
-        <v>42</v>
-[...17 lines deleted...]
-    <row r="35" spans="1:7">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="B35" t="s">
-        <v>43</v>
-[...17 lines deleted...]
-    <row r="36" spans="1:7">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="36" spans="1:2">
       <c r="A36" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B36" t="s">
-        <v>44</v>
-[...17 lines deleted...]
-    <row r="37" spans="1:7">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="37" spans="1:2">
       <c r="A37" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B37" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-    <row r="38" spans="1:7">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="38" spans="1:2">
       <c r="A38" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B38" t="s">
-        <v>46</v>
-[...17 lines deleted...]
-    <row r="39" spans="1:7">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="39" spans="1:2">
       <c r="A39" s="4"/>
       <c r="B39" s="4"/>
-      <c r="C39" s="4"/>
-[...5 lines deleted...]
-    <row r="40" spans="1:7">
+    </row>
+    <row r="40" spans="1:2">
       <c r="A40" s="2" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="B40" s="2"/>
-      <c r="C40" s="2"/>
-[...5 lines deleted...]
-    <row r="41" spans="1:7">
+    </row>
+    <row r="41" spans="1:2">
       <c r="A41" s="3" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="B41" s="3"/>
-      <c r="C41" s="3"/>
-[...5 lines deleted...]
-    <row r="42" spans="1:7">
+    </row>
+    <row r="42" spans="1:2">
       <c r="A42" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="B42" t="s">
-        <v>49</v>
-[...17 lines deleted...]
-    <row r="43" spans="1:7">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="43" spans="1:2">
       <c r="A43" s="3" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="B43" s="3"/>
-      <c r="C43" s="3"/>
-[...5 lines deleted...]
-    <row r="44" spans="1:7">
+    </row>
+    <row r="44" spans="1:2">
       <c r="A44" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="B44" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-    <row r="45" spans="1:7">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="45" spans="1:2">
       <c r="A45" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="B45" t="s">
-        <v>52</v>
-[...17 lines deleted...]
-    <row r="46" spans="1:7">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="46" spans="1:2">
       <c r="A46" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B46" t="s">
-        <v>53</v>
-[...17 lines deleted...]
-    <row r="47" spans="1:7">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="47" spans="1:2">
       <c r="A47" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B47" t="s">
-        <v>54</v>
-[...17 lines deleted...]
-    <row r="48" spans="1:7">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="48" spans="1:2">
       <c r="A48" s="4"/>
       <c r="B48" s="4"/>
-      <c r="C48" s="4"/>
-[...5 lines deleted...]
-    <row r="49" spans="1:7">
+    </row>
+    <row r="49" spans="1:2">
       <c r="A49" s="2" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="B49" s="2"/>
-      <c r="C49" s="2"/>
-[...5 lines deleted...]
-    <row r="50" spans="1:7">
+    </row>
+    <row r="50" spans="1:2">
       <c r="A50" s="3" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B50" s="3"/>
-      <c r="C50" s="3"/>
-[...5 lines deleted...]
-    <row r="51" spans="1:7">
+    </row>
+    <row r="51" spans="1:2">
       <c r="A51" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="B51" t="s">
-        <v>57</v>
-[...17 lines deleted...]
-    <row r="52" spans="1:7">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="52" spans="1:2">
       <c r="A52" s="3" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="B52" s="3"/>
-      <c r="C52" s="3"/>
-[...5 lines deleted...]
-    <row r="53" spans="1:7">
+    </row>
+    <row r="53" spans="1:2">
       <c r="A53" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="B53" t="s">
-        <v>42</v>
-[...17 lines deleted...]
-    <row r="54" spans="1:7">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="54" spans="1:2">
       <c r="A54" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B54" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-    <row r="55" spans="1:7">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="55" spans="1:2">
       <c r="A55" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="B55" t="s">
-        <v>61</v>
-[...17 lines deleted...]
-    <row r="56" spans="1:7">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="56" spans="1:2">
       <c r="A56" s="4"/>
       <c r="B56" s="4"/>
-      <c r="C56" s="4"/>
-[...5 lines deleted...]
-    <row r="57" spans="1:7">
+    </row>
+    <row r="57" spans="1:2">
       <c r="A57" s="2" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="B57" s="2"/>
-      <c r="C57" s="2"/>
-[...5 lines deleted...]
-    <row r="58" spans="1:7">
+    </row>
+    <row r="58" spans="1:2">
       <c r="A58" s="3" t="s">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="B58" s="3"/>
-      <c r="C58" s="3"/>
-[...5 lines deleted...]
-    <row r="59" spans="1:7">
+    </row>
+    <row r="59" spans="1:2">
       <c r="A59" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="B59" t="s">
-        <v>64</v>
-[...17 lines deleted...]
-    <row r="60" spans="1:7">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="60" spans="1:2">
       <c r="A60" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="B60" t="s">
-        <v>65</v>
-[...17 lines deleted...]
-    <row r="61" spans="1:7">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="61" spans="1:2">
       <c r="A61" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B61" t="s">
-        <v>66</v>
-[...17 lines deleted...]
-    <row r="62" spans="1:7">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="62" spans="1:2">
       <c r="A62" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B62" t="s">
-        <v>67</v>
-[...17 lines deleted...]
-    <row r="63" spans="1:7">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="63" spans="1:2">
       <c r="A63" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B63" t="s">
-        <v>68</v>
-[...17 lines deleted...]
-    <row r="64" spans="1:7">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="64" spans="1:2">
       <c r="A64" s="4"/>
       <c r="B64" s="4"/>
-      <c r="C64" s="4"/>
-[...5 lines deleted...]
-    <row r="65" spans="1:7">
+    </row>
+    <row r="65" spans="1:2">
       <c r="A65" s="2" t="s">
-        <v>69</v>
+        <v>57</v>
       </c>
       <c r="B65" s="2"/>
-      <c r="C65" s="2"/>
-[...5 lines deleted...]
-    <row r="66" spans="1:7">
+    </row>
+    <row r="66" spans="1:2">
       <c r="A66" s="3" t="s">
-        <v>70</v>
+        <v>58</v>
       </c>
       <c r="B66" s="3"/>
-      <c r="C66" s="3"/>
-[...5 lines deleted...]
-    <row r="67" spans="1:7">
+    </row>
+    <row r="67" spans="1:2">
       <c r="A67" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="B67" t="s">
-        <v>71</v>
-[...17 lines deleted...]
-    <row r="68" spans="1:7">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="68" spans="1:2">
       <c r="A68" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="B68" t="s">
-        <v>73</v>
-[...17 lines deleted...]
-    <row r="69" spans="1:7">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="69" spans="1:2">
       <c r="A69" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B69" t="s">
-        <v>75</v>
-[...17 lines deleted...]
-    <row r="70" spans="1:7">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="70" spans="1:2">
       <c r="A70" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B70" t="s">
-        <v>77</v>
-[...17 lines deleted...]
-    <row r="71" spans="1:7">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="71" spans="1:2">
       <c r="A71" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B71" t="s">
-        <v>79</v>
-[...17 lines deleted...]
-    <row r="72" spans="1:7">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="72" spans="1:2">
       <c r="A72" s="4"/>
       <c r="B72" s="4"/>
-      <c r="C72" s="4"/>
-[...5 lines deleted...]
-    <row r="73" spans="1:7">
+    </row>
+    <row r="73" spans="1:2">
       <c r="A73" s="2" t="s">
-        <v>81</v>
+        <v>64</v>
       </c>
       <c r="B73" s="2"/>
-      <c r="C73" s="2"/>
-[...5 lines deleted...]
-    <row r="74" spans="1:7">
+    </row>
+    <row r="74" spans="1:2">
       <c r="A74" s="3" t="s">
-        <v>82</v>
+        <v>65</v>
       </c>
       <c r="B74" s="3"/>
-      <c r="C74" s="3"/>
-[...5 lines deleted...]
-    <row r="75" spans="1:7">
+    </row>
+    <row r="75" spans="1:2">
       <c r="A75" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="B75" t="s">
-        <v>83</v>
-[...17 lines deleted...]
-    <row r="76" spans="1:7">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="76" spans="1:2">
       <c r="A76" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="B76" t="s">
-        <v>84</v>
-[...17 lines deleted...]
-    <row r="77" spans="1:7">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="77" spans="1:2">
       <c r="A77" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B77" t="s">
-        <v>85</v>
-[...17 lines deleted...]
-    <row r="78" spans="1:7">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="78" spans="1:2">
       <c r="A78" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B78" t="s">
-        <v>86</v>
-[...17 lines deleted...]
-    <row r="79" spans="1:7">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="79" spans="1:2">
       <c r="A79" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B79" t="s">
-        <v>87</v>
-[...17 lines deleted...]
-    <row r="80" spans="1:7">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="80" spans="1:2">
       <c r="A80" s="4"/>
       <c r="B80" s="4"/>
-      <c r="C80" s="4"/>
-[...5 lines deleted...]
-    <row r="81" spans="1:7">
+    </row>
+    <row r="81" spans="1:2">
       <c r="A81" s="2" t="s">
-        <v>88</v>
+        <v>71</v>
       </c>
       <c r="B81" s="2"/>
-      <c r="C81" s="2"/>
-[...5 lines deleted...]
-    <row r="82" spans="1:7">
+    </row>
+    <row r="82" spans="1:2">
       <c r="A82" s="3" t="s">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="B82" s="3"/>
-      <c r="C82" s="3"/>
-[...5 lines deleted...]
-    <row r="83" spans="1:7">
+    </row>
+    <row r="83" spans="1:2">
       <c r="A83" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="B83" t="s">
-        <v>90</v>
-[...17 lines deleted...]
-    <row r="84" spans="1:7">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="84" spans="1:2">
       <c r="A84" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="B84" t="s">
-        <v>91</v>
-[...17 lines deleted...]
-    <row r="85" spans="1:7">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="85" spans="1:2">
       <c r="A85" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B85" t="s">
-        <v>92</v>
-[...17 lines deleted...]
-    <row r="86" spans="1:7">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="86" spans="1:2">
       <c r="A86" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B86" t="s">
-        <v>59</v>
-[...17 lines deleted...]
-    <row r="87" spans="1:7">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="87" spans="1:2">
       <c r="A87" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B87" t="s">
-        <v>93</v>
-[...17 lines deleted...]
-    <row r="88" spans="1:7">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="88" spans="1:2">
       <c r="A88" s="4"/>
       <c r="B88" s="4"/>
-      <c r="C88" s="4"/>
-[...5 lines deleted...]
-    <row r="89" spans="1:7">
+    </row>
+    <row r="89" spans="1:2">
       <c r="A89" s="2" t="s">
-        <v>94</v>
+        <v>77</v>
       </c>
       <c r="B89" s="2"/>
-      <c r="C89" s="2"/>
-[...5 lines deleted...]
-    <row r="90" spans="1:7">
+    </row>
+    <row r="90" spans="1:2">
       <c r="A90" s="3" t="s">
-        <v>95</v>
+        <v>78</v>
       </c>
       <c r="B90" s="3"/>
-      <c r="C90" s="3"/>
-[...5 lines deleted...]
-    <row r="91" spans="1:7">
+    </row>
+    <row r="91" spans="1:2">
       <c r="A91" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="B91" t="s">
-        <v>96</v>
-[...17 lines deleted...]
-    <row r="92" spans="1:7">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="92" spans="1:2">
       <c r="A92" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="B92" t="s">
-        <v>97</v>
-[...17 lines deleted...]
-    <row r="93" spans="1:7">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="93" spans="1:2">
       <c r="A93" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B93" t="s">
-        <v>98</v>
-[...17 lines deleted...]
-    <row r="94" spans="1:7">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="94" spans="1:2">
       <c r="A94" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B94" t="s">
-        <v>99</v>
-[...17 lines deleted...]
-    <row r="95" spans="1:7">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="95" spans="1:2">
       <c r="A95" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B95" t="s">
-        <v>100</v>
-[...17 lines deleted...]
-    <row r="96" spans="1:7">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="96" spans="1:2">
       <c r="A96" s="4"/>
       <c r="B96" s="4"/>
-      <c r="C96" s="4"/>
-[...5 lines deleted...]
-    <row r="97" spans="1:7">
+    </row>
+    <row r="97" spans="1:2">
       <c r="A97" s="2" t="s">
-        <v>102</v>
+        <v>84</v>
       </c>
       <c r="B97" s="2"/>
-      <c r="C97" s="2"/>
-[...5 lines deleted...]
-    <row r="98" spans="1:7">
+    </row>
+    <row r="98" spans="1:2">
       <c r="A98" s="3" t="s">
-        <v>103</v>
+        <v>85</v>
       </c>
       <c r="B98" s="3"/>
-      <c r="C98" s="3"/>
-[...5 lines deleted...]
-    <row r="99" spans="1:7">
+    </row>
+    <row r="99" spans="1:2">
       <c r="A99" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="B99" t="s">
-        <v>104</v>
-[...17 lines deleted...]
-    <row r="100" spans="1:7">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="100" spans="1:2">
       <c r="A100" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="B100" t="s">
-        <v>105</v>
-[...17 lines deleted...]
-    <row r="101" spans="1:7">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="101" spans="1:2">
       <c r="A101" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B101" t="s">
-        <v>106</v>
-[...17 lines deleted...]
-    <row r="102" spans="1:7">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="102" spans="1:2">
       <c r="A102" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B102" t="s">
-        <v>107</v>
-[...17 lines deleted...]
-    <row r="103" spans="1:7">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="103" spans="1:2">
       <c r="A103" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B103" t="s">
-        <v>108</v>
-[...17 lines deleted...]
-    <row r="104" spans="1:7">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="104" spans="1:2">
       <c r="A104" s="4"/>
       <c r="B104" s="4"/>
-      <c r="C104" s="4"/>
-[...5 lines deleted...]
-    <row r="105" spans="1:7">
+    </row>
+    <row r="105" spans="1:2">
       <c r="A105" s="2" t="s">
-        <v>109</v>
+        <v>91</v>
       </c>
       <c r="B105" s="2"/>
-      <c r="C105" s="2"/>
-[...5 lines deleted...]
-    <row r="106" spans="1:7">
+    </row>
+    <row r="106" spans="1:2">
       <c r="A106" s="3" t="s">
-        <v>110</v>
+        <v>92</v>
       </c>
       <c r="B106" s="3"/>
-      <c r="C106" s="3"/>
-[...5 lines deleted...]
-    <row r="107" spans="1:7">
+    </row>
+    <row r="107" spans="1:2">
       <c r="A107" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="B107" t="s">
-        <v>111</v>
-[...17 lines deleted...]
-    <row r="108" spans="1:7">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="108" spans="1:2">
       <c r="A108" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="B108" t="s">
-        <v>112</v>
-[...17 lines deleted...]
-    <row r="109" spans="1:7">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="109" spans="1:2">
       <c r="A109" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B109" t="s">
-        <v>113</v>
-[...17 lines deleted...]
-    <row r="110" spans="1:7">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="110" spans="1:2">
       <c r="A110" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B110" t="s">
-        <v>114</v>
-[...17 lines deleted...]
-    <row r="111" spans="1:7">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="111" spans="1:2">
       <c r="A111" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B111" t="s">
-        <v>115</v>
-[...17 lines deleted...]
-    <row r="113" spans="1:7">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="113" spans="1:2">
       <c r="A113" s="1" t="s">
-        <v>116</v>
+        <v>98</v>
       </c>
       <c r="B113" s="1"/>
-      <c r="C113" s="1"/>
-[...5 lines deleted...]
-    <row r="114" spans="1:7">
+    </row>
+    <row r="114" spans="1:2">
       <c r="A114" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A114:G114"/>
+    <mergeCell ref="A114:B114"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>