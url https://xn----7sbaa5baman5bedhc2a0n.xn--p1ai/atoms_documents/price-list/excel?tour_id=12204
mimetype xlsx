--- v1 (2025-11-20)
+++ v2 (2026-02-01)
@@ -12,350 +12,446 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="12204-pskov-5-dnej-s-otdy..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
-[...1 lines deleted...]
-    <t>05.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+  <si>
+    <t>06.02.2026</t>
+  </si>
+  <si>
+    <t>21.02.2026</t>
+  </si>
+  <si>
+    <t>27.02.2026</t>
+  </si>
+  <si>
+    <t>07.03.2026</t>
+  </si>
+  <si>
+    <t>13.03.2026</t>
+  </si>
+  <si>
+    <t>20.03.2026</t>
+  </si>
+  <si>
+    <t>27.03.2026</t>
   </si>
   <si>
     <t>Оазис</t>
   </si>
   <si>
     <t>Двухместный</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>27450 RUB</t>
+    <t>28390 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
-    <t>20750 RUB</t>
+    <t>22490 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
-    <t>38450 RUB</t>
-[...11 lines deleted...]
-    <t>20550 RUB</t>
+    <t>38640 RUB</t>
+  </si>
+  <si>
+    <t>Ребёнок 3—13 лет на основном месте</t>
+  </si>
+  <si>
+    <t>27690 RUB</t>
+  </si>
+  <si>
+    <t>Ребёнок 3—13 лет на дополнительном месте</t>
+  </si>
+  <si>
+    <t>21790 RUB</t>
+  </si>
+  <si>
+    <t>Ребёнок 14—17 лет на основном месте</t>
+  </si>
+  <si>
+    <t>28190 RUB</t>
+  </si>
+  <si>
+    <t>Ребёнок 14—17 лет на дополнительном месте</t>
+  </si>
+  <si>
+    <t>22290 RUB</t>
   </si>
   <si>
     <t>Арль</t>
   </si>
   <si>
     <t>Стандарт TWIN</t>
   </si>
   <si>
-    <t>27950 RUB</t>
-[...11 lines deleted...]
-    <t>21450 RUB</t>
+    <t>29390 RUB</t>
+  </si>
+  <si>
+    <t>23390 RUB</t>
+  </si>
+  <si>
+    <t>41520 RUB</t>
+  </si>
+  <si>
+    <t>28690 RUB</t>
+  </si>
+  <si>
+    <t>22690 RUB</t>
+  </si>
+  <si>
+    <t>29190 RUB</t>
+  </si>
+  <si>
+    <t>23190 RUB</t>
   </si>
   <si>
     <t>Стандарт DBL</t>
   </si>
   <si>
-    <t>Old City</t>
+    <t>Каркушин Дом</t>
+  </si>
+  <si>
+    <t>Стандартный DBL</t>
+  </si>
+  <si>
+    <t>30270 RUB</t>
+  </si>
+  <si>
+    <t>22770 RUB</t>
+  </si>
+  <si>
+    <t>43020 RUB</t>
+  </si>
+  <si>
+    <t>29570 RUB</t>
+  </si>
+  <si>
+    <t>22070 RUB</t>
+  </si>
+  <si>
+    <t>30070 RUB</t>
+  </si>
+  <si>
+    <t>22570 RUB</t>
+  </si>
+  <si>
+    <t>Октябрьская</t>
+  </si>
+  <si>
+    <t>Одноместный стандартный</t>
+  </si>
+  <si>
+    <t>38020 RUB</t>
+  </si>
+  <si>
+    <t>Двухместный стандартный</t>
+  </si>
+  <si>
+    <t>30140 RUB</t>
+  </si>
+  <si>
+    <t>22840 RUB</t>
+  </si>
+  <si>
+    <t>29440 RUB</t>
+  </si>
+  <si>
+    <t>22140 RUB</t>
+  </si>
+  <si>
+    <t>29940 RUB</t>
+  </si>
+  <si>
+    <t>22640 RUB</t>
+  </si>
+  <si>
+    <t>Рижская</t>
+  </si>
+  <si>
+    <t>Стандартный одноместный</t>
+  </si>
+  <si>
+    <t>38770 RUB</t>
+  </si>
+  <si>
+    <t>Стандартный двухместный</t>
+  </si>
+  <si>
+    <t>30770 RUB</t>
+  </si>
+  <si>
+    <t>Ребёнок 3—12 лет на дополнительном месте</t>
+  </si>
+  <si>
+    <t>22370 RUB</t>
+  </si>
+  <si>
+    <t>30570 RUB</t>
+  </si>
+  <si>
+    <t>Золотая Набережная</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комфорт </t>
+  </si>
+  <si>
+    <t>31140 RUB</t>
+  </si>
+  <si>
+    <t>24540 RUB</t>
+  </si>
+  <si>
+    <t>44020 RUB</t>
+  </si>
+  <si>
+    <t>30440 RUB</t>
+  </si>
+  <si>
+    <t>23840 RUB</t>
+  </si>
+  <si>
+    <t>30940 RUB</t>
+  </si>
+  <si>
+    <t>24340 RUB</t>
+  </si>
+  <si>
+    <t>Покровский</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Standart </t>
+  </si>
+  <si>
+    <t>36020 RUB</t>
+  </si>
+  <si>
+    <t>24720 RUB</t>
+  </si>
+  <si>
+    <t>51020 RUB</t>
+  </si>
+  <si>
+    <t>35320 RUB</t>
+  </si>
+  <si>
+    <t>24020 RUB</t>
+  </si>
+  <si>
+    <t>35820 RUB</t>
+  </si>
+  <si>
+    <t>24520 RUB</t>
+  </si>
+  <si>
+    <t>Old Estate Hotel &amp; SPA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стандарт </t>
+  </si>
+  <si>
+    <t>37770 RUB</t>
+  </si>
+  <si>
+    <t>27270 RUB</t>
+  </si>
+  <si>
+    <t>54270 RUB</t>
+  </si>
+  <si>
+    <t>37070 RUB</t>
+  </si>
+  <si>
+    <t>26570 RUB</t>
+  </si>
+  <si>
+    <t>37570 RUB</t>
+  </si>
+  <si>
+    <t>27070 RUB</t>
+  </si>
+  <si>
+    <t>Барселона</t>
+  </si>
+  <si>
+    <t>Стандартный</t>
+  </si>
+  <si>
+    <t>34450 RUB</t>
+  </si>
+  <si>
+    <t>23500 RUB</t>
+  </si>
+  <si>
+    <t>46330 RUB</t>
+  </si>
+  <si>
+    <t>33750 RUB</t>
+  </si>
+  <si>
+    <t>22800 RUB</t>
+  </si>
+  <si>
+    <t>34250 RUB</t>
+  </si>
+  <si>
+    <t>23300 RUB</t>
+  </si>
+  <si>
+    <t>Двор Подзноева (бизнес корпус 3*)</t>
+  </si>
+  <si>
+    <t>Standart бизнес корпус</t>
+  </si>
+  <si>
+    <t>35890 RUB</t>
+  </si>
+  <si>
+    <t>25490 RUB</t>
+  </si>
+  <si>
+    <t>48770 RUB</t>
+  </si>
+  <si>
+    <t>34190 RUB</t>
+  </si>
+  <si>
+    <t>24790 RUB</t>
+  </si>
+  <si>
+    <t>34690 RUB</t>
+  </si>
+  <si>
+    <t>25290 RUB</t>
+  </si>
+  <si>
+    <t>Двор Подзноева (корпус студии и апартаменты 3+*)</t>
+  </si>
+  <si>
+    <t>Standart корпус студии и апратаменты</t>
+  </si>
+  <si>
+    <t>25690 RUB</t>
+  </si>
+  <si>
+    <t>50770 RUB</t>
+  </si>
+  <si>
+    <t>35190 RUB</t>
+  </si>
+  <si>
+    <t>24990 RUB</t>
+  </si>
+  <si>
+    <t>35690 RUB</t>
+  </si>
+  <si>
+    <t>Двор Подзноева (главный корпус 4*)</t>
+  </si>
+  <si>
+    <t>Standart главный корпус</t>
+  </si>
+  <si>
+    <t>37700 RUB</t>
+  </si>
+  <si>
+    <t>26050 RUB</t>
+  </si>
+  <si>
+    <t>54390 RUB</t>
+  </si>
+  <si>
+    <t>37000 RUB</t>
+  </si>
+  <si>
+    <t>25370 RUB</t>
+  </si>
+  <si>
+    <t>37500 RUB</t>
+  </si>
+  <si>
+    <t>25850 RUB</t>
+  </si>
+  <si>
+    <t>Фаворит</t>
   </si>
   <si>
     <t>стандартный</t>
   </si>
   <si>
-    <t>28580 RUB</t>
-[...221 lines deleted...]
-    <t>23440 RUB</t>
+    <t>32890 RUB</t>
+  </si>
+  <si>
+    <t>23490 RUB</t>
+  </si>
+  <si>
+    <t>46020 RUB</t>
+  </si>
+  <si>
+    <t>32190 RUB</t>
+  </si>
+  <si>
+    <t>22790 RUB</t>
+  </si>
+  <si>
+    <t>32690 RUB</t>
+  </si>
+  <si>
+    <t>23290 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 20.11.2025 18:50, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 01.02.2026 12:53, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -697,857 +793,3077 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B114"/>
+  <dimension ref="A1:H141"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A113" sqref="A113:B113"/>
+      <selection activeCell="A140" sqref="A140:H140"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2">
+    <row r="1" spans="1:8">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
-    </row>
-    <row r="2" spans="1:2">
+      <c r="C1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8">
       <c r="A2" s="2" t="s">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="B2" s="2"/>
-    </row>
-    <row r="3" spans="1:2">
+      <c r="C2" s="2"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2"/>
+    </row>
+    <row r="3" spans="1:8">
       <c r="A3" s="3" t="s">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="B3" s="3"/>
-    </row>
-    <row r="4" spans="1:2">
+      <c r="C3" s="3"/>
+      <c r="D3" s="3"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+    </row>
+    <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="B4" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:2">
+        <v>10</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>10</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>10</v>
+      </c>
+      <c r="H4" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:2">
+        <v>12</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>12</v>
+      </c>
+      <c r="H5" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B6" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:2">
+        <v>14</v>
+      </c>
+      <c r="C6" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" t="s">
+        <v>14</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D7" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
+        <v>18</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" t="s">
+        <v>18</v>
+      </c>
+      <c r="F8" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" t="s">
+        <v>18</v>
+      </c>
+      <c r="H8" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>20</v>
+      </c>
+      <c r="H9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" t="s">
+        <v>22</v>
+      </c>
+      <c r="C10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D10" t="s">
+        <v>22</v>
+      </c>
+      <c r="E10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" t="s">
+        <v>22</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" s="4"/>
+      <c r="B11" s="4"/>
+      <c r="C11" s="4"/>
+      <c r="D11" s="4"/>
+      <c r="E11" s="4"/>
+      <c r="F11" s="4"/>
+      <c r="G11" s="4"/>
+      <c r="H11" s="4"/>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B12" s="2"/>
+      <c r="C12" s="2"/>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2"/>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="3"/>
+      <c r="C13" s="3"/>
+      <c r="D13" s="3"/>
+      <c r="E13" s="3"/>
+      <c r="F13" s="3"/>
+      <c r="G13" s="3"/>
+      <c r="H13" s="3"/>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
         <v>9</v>
       </c>
-      <c r="B7" t="s">
-[...4 lines deleted...]
-      <c r="A8" t="s">
+      <c r="B14" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" t="s">
+        <v>25</v>
+      </c>
+      <c r="D14" t="s">
+        <v>25</v>
+      </c>
+      <c r="E14" t="s">
+        <v>25</v>
+      </c>
+      <c r="F14" t="s">
+        <v>25</v>
+      </c>
+      <c r="G14" t="s">
+        <v>25</v>
+      </c>
+      <c r="H14" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
         <v>11</v>
       </c>
-      <c r="B8" t="s">
-[...8 lines deleted...]
-      <c r="A10" s="2" t="s">
+      <c r="B15" t="s">
+        <v>26</v>
+      </c>
+      <c r="C15" t="s">
+        <v>26</v>
+      </c>
+      <c r="D15" t="s">
+        <v>26</v>
+      </c>
+      <c r="E15" t="s">
+        <v>26</v>
+      </c>
+      <c r="F15" t="s">
+        <v>26</v>
+      </c>
+      <c r="G15" t="s">
+        <v>26</v>
+      </c>
+      <c r="H15" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
         <v>13</v>
       </c>
-      <c r="B10" s="2"/>
-[...11 lines deleted...]
-      <c r="B12" t="s">
+      <c r="B16" t="s">
+        <v>27</v>
+      </c>
+      <c r="C16" t="s">
+        <v>27</v>
+      </c>
+      <c r="D16" t="s">
+        <v>27</v>
+      </c>
+      <c r="E16" t="s">
+        <v>27</v>
+      </c>
+      <c r="F16" t="s">
+        <v>27</v>
+      </c>
+      <c r="G16" t="s">
+        <v>27</v>
+      </c>
+      <c r="H16" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
         <v>15</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="B14" t="s">
+      <c r="B17" t="s">
+        <v>28</v>
+      </c>
+      <c r="C17" t="s">
+        <v>28</v>
+      </c>
+      <c r="D17" t="s">
+        <v>28</v>
+      </c>
+      <c r="E17" t="s">
+        <v>28</v>
+      </c>
+      <c r="F17" t="s">
+        <v>28</v>
+      </c>
+      <c r="G17" t="s">
+        <v>28</v>
+      </c>
+      <c r="H17" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
         <v>17</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" t="s">
+      <c r="B18" t="s">
+        <v>29</v>
+      </c>
+      <c r="C18" t="s">
+        <v>29</v>
+      </c>
+      <c r="D18" t="s">
+        <v>29</v>
+      </c>
+      <c r="E18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F18" t="s">
+        <v>29</v>
+      </c>
+      <c r="G18" t="s">
+        <v>29</v>
+      </c>
+      <c r="H18" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>19</v>
+      </c>
+      <c r="B19" t="s">
+        <v>30</v>
+      </c>
+      <c r="C19" t="s">
+        <v>30</v>
+      </c>
+      <c r="D19" t="s">
+        <v>30</v>
+      </c>
+      <c r="E19" t="s">
+        <v>30</v>
+      </c>
+      <c r="F19" t="s">
+        <v>30</v>
+      </c>
+      <c r="G19" t="s">
+        <v>30</v>
+      </c>
+      <c r="H19" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>21</v>
+      </c>
+      <c r="B20" t="s">
+        <v>31</v>
+      </c>
+      <c r="C20" t="s">
+        <v>31</v>
+      </c>
+      <c r="D20" t="s">
+        <v>31</v>
+      </c>
+      <c r="E20" t="s">
+        <v>31</v>
+      </c>
+      <c r="F20" t="s">
+        <v>31</v>
+      </c>
+      <c r="G20" t="s">
+        <v>31</v>
+      </c>
+      <c r="H20" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B21" s="3"/>
+      <c r="C21" s="3"/>
+      <c r="D21" s="3"/>
+      <c r="E21" s="3"/>
+      <c r="F21" s="3"/>
+      <c r="G21" s="3"/>
+      <c r="H21" s="3"/>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
         <v>9</v>
       </c>
-      <c r="B15" t="s">
-[...4 lines deleted...]
-      <c r="A16" t="s">
+      <c r="B22" t="s">
+        <v>25</v>
+      </c>
+      <c r="C22" t="s">
+        <v>25</v>
+      </c>
+      <c r="D22" t="s">
+        <v>25</v>
+      </c>
+      <c r="E22" t="s">
+        <v>25</v>
+      </c>
+      <c r="F22" t="s">
+        <v>25</v>
+      </c>
+      <c r="G22" t="s">
+        <v>25</v>
+      </c>
+      <c r="H22" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
         <v>11</v>
       </c>
-      <c r="B16" t="s">
+      <c r="B23" t="s">
+        <v>26</v>
+      </c>
+      <c r="C23" t="s">
+        <v>26</v>
+      </c>
+      <c r="D23" t="s">
+        <v>26</v>
+      </c>
+      <c r="E23" t="s">
+        <v>26</v>
+      </c>
+      <c r="F23" t="s">
+        <v>26</v>
+      </c>
+      <c r="G23" t="s">
+        <v>26</v>
+      </c>
+      <c r="H23" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>13</v>
+      </c>
+      <c r="B24" t="s">
+        <v>27</v>
+      </c>
+      <c r="C24" t="s">
+        <v>27</v>
+      </c>
+      <c r="D24" t="s">
+        <v>27</v>
+      </c>
+      <c r="E24" t="s">
+        <v>27</v>
+      </c>
+      <c r="F24" t="s">
+        <v>27</v>
+      </c>
+      <c r="G24" t="s">
+        <v>27</v>
+      </c>
+      <c r="H24" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>15</v>
+      </c>
+      <c r="B25" t="s">
+        <v>28</v>
+      </c>
+      <c r="C25" t="s">
+        <v>28</v>
+      </c>
+      <c r="D25" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" t="s">
+        <v>28</v>
+      </c>
+      <c r="F25" t="s">
+        <v>28</v>
+      </c>
+      <c r="G25" t="s">
+        <v>28</v>
+      </c>
+      <c r="H25" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26" t="s">
+        <v>29</v>
+      </c>
+      <c r="C26" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" t="s">
+        <v>29</v>
+      </c>
+      <c r="E26" t="s">
+        <v>29</v>
+      </c>
+      <c r="F26" t="s">
+        <v>29</v>
+      </c>
+      <c r="G26" t="s">
+        <v>29</v>
+      </c>
+      <c r="H26" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
         <v>19</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="B18" t="s">
+      <c r="B27" t="s">
+        <v>30</v>
+      </c>
+      <c r="C27" t="s">
+        <v>30</v>
+      </c>
+      <c r="D27" t="s">
+        <v>30</v>
+      </c>
+      <c r="E27" t="s">
+        <v>30</v>
+      </c>
+      <c r="F27" t="s">
+        <v>30</v>
+      </c>
+      <c r="G27" t="s">
+        <v>30</v>
+      </c>
+      <c r="H27" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>21</v>
+      </c>
+      <c r="B28" t="s">
+        <v>31</v>
+      </c>
+      <c r="C28" t="s">
+        <v>31</v>
+      </c>
+      <c r="D28" t="s">
+        <v>31</v>
+      </c>
+      <c r="E28" t="s">
+        <v>31</v>
+      </c>
+      <c r="F28" t="s">
+        <v>31</v>
+      </c>
+      <c r="G28" t="s">
+        <v>31</v>
+      </c>
+      <c r="H28" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" s="4"/>
+      <c r="B29" s="4"/>
+      <c r="C29" s="4"/>
+      <c r="D29" s="4"/>
+      <c r="E29" s="4"/>
+      <c r="F29" s="4"/>
+      <c r="G29" s="4"/>
+      <c r="H29" s="4"/>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B31" s="3"/>
+      <c r="C31" s="3"/>
+      <c r="D31" s="3"/>
+      <c r="E31" s="3"/>
+      <c r="F31" s="3"/>
+      <c r="G31" s="3"/>
+      <c r="H31" s="3"/>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>9</v>
+      </c>
+      <c r="B32" t="s">
+        <v>35</v>
+      </c>
+      <c r="C32" t="s">
+        <v>35</v>
+      </c>
+      <c r="D32" t="s">
+        <v>35</v>
+      </c>
+      <c r="E32" t="s">
+        <v>35</v>
+      </c>
+      <c r="F32" t="s">
+        <v>35</v>
+      </c>
+      <c r="G32" t="s">
+        <v>35</v>
+      </c>
+      <c r="H32" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>11</v>
+      </c>
+      <c r="B33" t="s">
+        <v>36</v>
+      </c>
+      <c r="C33" t="s">
+        <v>36</v>
+      </c>
+      <c r="D33" t="s">
+        <v>36</v>
+      </c>
+      <c r="E33" t="s">
+        <v>36</v>
+      </c>
+      <c r="F33" t="s">
+        <v>36</v>
+      </c>
+      <c r="G33" t="s">
+        <v>36</v>
+      </c>
+      <c r="H33" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>13</v>
+      </c>
+      <c r="B34" t="s">
+        <v>37</v>
+      </c>
+      <c r="C34" t="s">
+        <v>37</v>
+      </c>
+      <c r="D34" t="s">
+        <v>37</v>
+      </c>
+      <c r="E34" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" t="s">
+        <v>37</v>
+      </c>
+      <c r="G34" t="s">
+        <v>37</v>
+      </c>
+      <c r="H34" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
         <v>15</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="B20" t="s">
+      <c r="B35" t="s">
+        <v>38</v>
+      </c>
+      <c r="C35" t="s">
+        <v>38</v>
+      </c>
+      <c r="D35" t="s">
+        <v>38</v>
+      </c>
+      <c r="E35" t="s">
+        <v>38</v>
+      </c>
+      <c r="F35" t="s">
+        <v>38</v>
+      </c>
+      <c r="G35" t="s">
+        <v>38</v>
+      </c>
+      <c r="H35" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
         <v>17</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="B22" t="s">
+      <c r="B36" t="s">
+        <v>39</v>
+      </c>
+      <c r="C36" t="s">
+        <v>39</v>
+      </c>
+      <c r="D36" t="s">
+        <v>39</v>
+      </c>
+      <c r="E36" t="s">
+        <v>39</v>
+      </c>
+      <c r="F36" t="s">
+        <v>39</v>
+      </c>
+      <c r="G36" t="s">
+        <v>39</v>
+      </c>
+      <c r="H36" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
         <v>19</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="A24" s="2" t="s">
+      <c r="B37" t="s">
+        <v>40</v>
+      </c>
+      <c r="C37" t="s">
+        <v>40</v>
+      </c>
+      <c r="D37" t="s">
+        <v>40</v>
+      </c>
+      <c r="E37" t="s">
+        <v>40</v>
+      </c>
+      <c r="F37" t="s">
+        <v>40</v>
+      </c>
+      <c r="G37" t="s">
+        <v>40</v>
+      </c>
+      <c r="H37" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
         <v>21</v>
       </c>
-      <c r="B24" s="2"/>
-[...98 lines deleted...]
-      </c>
       <c r="B38" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:2">
+        <v>41</v>
+      </c>
+      <c r="C38" t="s">
+        <v>41</v>
+      </c>
+      <c r="D38" t="s">
+        <v>41</v>
+      </c>
+      <c r="E38" t="s">
+        <v>41</v>
+      </c>
+      <c r="F38" t="s">
+        <v>41</v>
+      </c>
+      <c r="G38" t="s">
+        <v>41</v>
+      </c>
+      <c r="H38" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
       <c r="A39" s="4"/>
       <c r="B39" s="4"/>
-    </row>
-    <row r="40" spans="1:2">
+      <c r="C39" s="4"/>
+      <c r="D39" s="4"/>
+      <c r="E39" s="4"/>
+      <c r="F39" s="4"/>
+      <c r="G39" s="4"/>
+      <c r="H39" s="4"/>
+    </row>
+    <row r="40" spans="1:8">
       <c r="A40" s="2" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B40" s="2"/>
-    </row>
-    <row r="41" spans="1:2">
+      <c r="C40" s="2"/>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2"/>
+    </row>
+    <row r="41" spans="1:8">
       <c r="A41" s="3" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="B41" s="3"/>
-    </row>
-    <row r="42" spans="1:2">
+      <c r="C41" s="3"/>
+      <c r="D41" s="3"/>
+      <c r="E41" s="3"/>
+      <c r="F41" s="3"/>
+      <c r="G41" s="3"/>
+      <c r="H41" s="3"/>
+    </row>
+    <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="B42" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:2">
+        <v>44</v>
+      </c>
+      <c r="C42" t="s">
+        <v>44</v>
+      </c>
+      <c r="D42" t="s">
+        <v>44</v>
+      </c>
+      <c r="E42" t="s">
+        <v>44</v>
+      </c>
+      <c r="F42" t="s">
+        <v>44</v>
+      </c>
+      <c r="G42" t="s">
+        <v>44</v>
+      </c>
+      <c r="H42" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
       <c r="A43" s="3" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="B43" s="3"/>
-    </row>
-    <row r="44" spans="1:2">
+      <c r="C43" s="3"/>
+      <c r="D43" s="3"/>
+      <c r="E43" s="3"/>
+      <c r="F43" s="3"/>
+      <c r="G43" s="3"/>
+      <c r="H43" s="3"/>
+    </row>
+    <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="B44" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:2">
+        <v>46</v>
+      </c>
+      <c r="C44" t="s">
+        <v>46</v>
+      </c>
+      <c r="D44" t="s">
+        <v>46</v>
+      </c>
+      <c r="E44" t="s">
+        <v>46</v>
+      </c>
+      <c r="F44" t="s">
+        <v>46</v>
+      </c>
+      <c r="G44" t="s">
+        <v>46</v>
+      </c>
+      <c r="H44" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B45" t="s">
+        <v>47</v>
+      </c>
+      <c r="C45" t="s">
+        <v>47</v>
+      </c>
+      <c r="D45" t="s">
+        <v>47</v>
+      </c>
+      <c r="E45" t="s">
+        <v>47</v>
+      </c>
+      <c r="F45" t="s">
+        <v>47</v>
+      </c>
+      <c r="G45" t="s">
+        <v>47</v>
+      </c>
+      <c r="H45" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>15</v>
+      </c>
+      <c r="B46" t="s">
+        <v>48</v>
+      </c>
+      <c r="C46" t="s">
+        <v>48</v>
+      </c>
+      <c r="D46" t="s">
+        <v>48</v>
+      </c>
+      <c r="E46" t="s">
+        <v>48</v>
+      </c>
+      <c r="F46" t="s">
+        <v>48</v>
+      </c>
+      <c r="G46" t="s">
+        <v>48</v>
+      </c>
+      <c r="H46" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>17</v>
+      </c>
+      <c r="B47" t="s">
+        <v>49</v>
+      </c>
+      <c r="C47" t="s">
+        <v>49</v>
+      </c>
+      <c r="D47" t="s">
+        <v>49</v>
+      </c>
+      <c r="E47" t="s">
+        <v>49</v>
+      </c>
+      <c r="F47" t="s">
+        <v>49</v>
+      </c>
+      <c r="G47" t="s">
+        <v>49</v>
+      </c>
+      <c r="H47" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>19</v>
+      </c>
+      <c r="B48" t="s">
+        <v>50</v>
+      </c>
+      <c r="C48" t="s">
+        <v>50</v>
+      </c>
+      <c r="D48" t="s">
+        <v>50</v>
+      </c>
+      <c r="E48" t="s">
+        <v>50</v>
+      </c>
+      <c r="F48" t="s">
+        <v>50</v>
+      </c>
+      <c r="G48" t="s">
+        <v>50</v>
+      </c>
+      <c r="H48" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>21</v>
+      </c>
+      <c r="B49" t="s">
+        <v>51</v>
+      </c>
+      <c r="C49" t="s">
+        <v>51</v>
+      </c>
+      <c r="D49" t="s">
+        <v>51</v>
+      </c>
+      <c r="E49" t="s">
+        <v>51</v>
+      </c>
+      <c r="F49" t="s">
+        <v>51</v>
+      </c>
+      <c r="G49" t="s">
+        <v>51</v>
+      </c>
+      <c r="H49" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" s="4"/>
+      <c r="B50" s="4"/>
+      <c r="C50" s="4"/>
+      <c r="D50" s="4"/>
+      <c r="E50" s="4"/>
+      <c r="F50" s="4"/>
+      <c r="G50" s="4"/>
+      <c r="H50" s="4"/>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B51" s="2"/>
+      <c r="C51" s="2"/>
+      <c r="D51" s="2"/>
+      <c r="E51" s="2"/>
+      <c r="F51" s="2"/>
+      <c r="G51" s="2"/>
+      <c r="H51" s="2"/>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B52" s="3"/>
+      <c r="C52" s="3"/>
+      <c r="D52" s="3"/>
+      <c r="E52" s="3"/>
+      <c r="F52" s="3"/>
+      <c r="G52" s="3"/>
+      <c r="H52" s="3"/>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>9</v>
+      </c>
+      <c r="B53" t="s">
+        <v>54</v>
+      </c>
+      <c r="C53" t="s">
+        <v>54</v>
+      </c>
+      <c r="D53" t="s">
+        <v>54</v>
+      </c>
+      <c r="E53" t="s">
+        <v>54</v>
+      </c>
+      <c r="F53" t="s">
+        <v>54</v>
+      </c>
+      <c r="G53" t="s">
+        <v>54</v>
+      </c>
+      <c r="H53" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B54" s="3"/>
+      <c r="C54" s="3"/>
+      <c r="D54" s="3"/>
+      <c r="E54" s="3"/>
+      <c r="F54" s="3"/>
+      <c r="G54" s="3"/>
+      <c r="H54" s="3"/>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>9</v>
+      </c>
+      <c r="B55" t="s">
+        <v>56</v>
+      </c>
+      <c r="C55" t="s">
+        <v>56</v>
+      </c>
+      <c r="D55" t="s">
+        <v>56</v>
+      </c>
+      <c r="E55" t="s">
+        <v>56</v>
+      </c>
+      <c r="F55" t="s">
+        <v>56</v>
+      </c>
+      <c r="G55" t="s">
+        <v>56</v>
+      </c>
+      <c r="H55" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>15</v>
+      </c>
+      <c r="B56" t="s">
         <v>40</v>
       </c>
-    </row>
-[...110 lines deleted...]
-    <row r="62" spans="1:2">
+      <c r="C56" t="s">
+        <v>40</v>
+      </c>
+      <c r="D56" t="s">
+        <v>40</v>
+      </c>
+      <c r="E56" t="s">
+        <v>40</v>
+      </c>
+      <c r="F56" t="s">
+        <v>40</v>
+      </c>
+      <c r="G56" t="s">
+        <v>40</v>
+      </c>
+      <c r="H56" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>57</v>
+      </c>
+      <c r="B57" t="s">
+        <v>58</v>
+      </c>
+      <c r="C57" t="s">
+        <v>58</v>
+      </c>
+      <c r="D57" t="s">
+        <v>58</v>
+      </c>
+      <c r="E57" t="s">
+        <v>58</v>
+      </c>
+      <c r="F57" t="s">
+        <v>58</v>
+      </c>
+      <c r="G57" t="s">
+        <v>58</v>
+      </c>
+      <c r="H57" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>19</v>
+      </c>
+      <c r="B58" t="s">
+        <v>59</v>
+      </c>
+      <c r="C58" t="s">
+        <v>59</v>
+      </c>
+      <c r="D58" t="s">
+        <v>59</v>
+      </c>
+      <c r="E58" t="s">
+        <v>59</v>
+      </c>
+      <c r="F58" t="s">
+        <v>59</v>
+      </c>
+      <c r="G58" t="s">
+        <v>59</v>
+      </c>
+      <c r="H58" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" s="4"/>
+      <c r="B59" s="4"/>
+      <c r="C59" s="4"/>
+      <c r="D59" s="4"/>
+      <c r="E59" s="4"/>
+      <c r="F59" s="4"/>
+      <c r="G59" s="4"/>
+      <c r="H59" s="4"/>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B60" s="2"/>
+      <c r="C60" s="2"/>
+      <c r="D60" s="2"/>
+      <c r="E60" s="2"/>
+      <c r="F60" s="2"/>
+      <c r="G60" s="2"/>
+      <c r="H60" s="2"/>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B61" s="3"/>
+      <c r="C61" s="3"/>
+      <c r="D61" s="3"/>
+      <c r="E61" s="3"/>
+      <c r="F61" s="3"/>
+      <c r="G61" s="3"/>
+      <c r="H61" s="3"/>
+    </row>
+    <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>9</v>
       </c>
       <c r="B62" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:2">
+        <v>62</v>
+      </c>
+      <c r="C62" t="s">
+        <v>62</v>
+      </c>
+      <c r="D62" t="s">
+        <v>62</v>
+      </c>
+      <c r="E62" t="s">
+        <v>62</v>
+      </c>
+      <c r="F62" t="s">
+        <v>62</v>
+      </c>
+      <c r="G62" t="s">
+        <v>62</v>
+      </c>
+      <c r="H62" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>11</v>
       </c>
       <c r="B63" t="s">
-        <v>56</v>
-[...18 lines deleted...]
-    <row r="67" spans="1:2">
+        <v>63</v>
+      </c>
+      <c r="C63" t="s">
+        <v>63</v>
+      </c>
+      <c r="D63" t="s">
+        <v>63</v>
+      </c>
+      <c r="E63" t="s">
+        <v>63</v>
+      </c>
+      <c r="F63" t="s">
+        <v>63</v>
+      </c>
+      <c r="G63" t="s">
+        <v>63</v>
+      </c>
+      <c r="H63" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>13</v>
+      </c>
+      <c r="B64" t="s">
+        <v>64</v>
+      </c>
+      <c r="C64" t="s">
+        <v>64</v>
+      </c>
+      <c r="D64" t="s">
+        <v>64</v>
+      </c>
+      <c r="E64" t="s">
+        <v>64</v>
+      </c>
+      <c r="F64" t="s">
+        <v>64</v>
+      </c>
+      <c r="G64" t="s">
+        <v>64</v>
+      </c>
+      <c r="H64" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>15</v>
+      </c>
+      <c r="B65" t="s">
+        <v>65</v>
+      </c>
+      <c r="C65" t="s">
+        <v>65</v>
+      </c>
+      <c r="D65" t="s">
+        <v>65</v>
+      </c>
+      <c r="E65" t="s">
+        <v>65</v>
+      </c>
+      <c r="F65" t="s">
+        <v>65</v>
+      </c>
+      <c r="G65" t="s">
+        <v>65</v>
+      </c>
+      <c r="H65" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>17</v>
+      </c>
+      <c r="B66" t="s">
+        <v>66</v>
+      </c>
+      <c r="C66" t="s">
+        <v>66</v>
+      </c>
+      <c r="D66" t="s">
+        <v>66</v>
+      </c>
+      <c r="E66" t="s">
+        <v>66</v>
+      </c>
+      <c r="F66" t="s">
+        <v>66</v>
+      </c>
+      <c r="G66" t="s">
+        <v>66</v>
+      </c>
+      <c r="H66" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="B67" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:2">
+        <v>67</v>
+      </c>
+      <c r="C67" t="s">
+        <v>67</v>
+      </c>
+      <c r="D67" t="s">
+        <v>67</v>
+      </c>
+      <c r="E67" t="s">
+        <v>67</v>
+      </c>
+      <c r="F67" t="s">
+        <v>67</v>
+      </c>
+      <c r="G67" t="s">
+        <v>67</v>
+      </c>
+      <c r="H67" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="B68" t="s">
-        <v>60</v>
-[...11 lines deleted...]
-      <c r="A70" t="s">
+        <v>68</v>
+      </c>
+      <c r="C68" t="s">
+        <v>68</v>
+      </c>
+      <c r="D68" t="s">
+        <v>68</v>
+      </c>
+      <c r="E68" t="s">
+        <v>68</v>
+      </c>
+      <c r="F68" t="s">
+        <v>68</v>
+      </c>
+      <c r="G68" t="s">
+        <v>68</v>
+      </c>
+      <c r="H68" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" s="4"/>
+      <c r="B69" s="4"/>
+      <c r="C69" s="4"/>
+      <c r="D69" s="4"/>
+      <c r="E69" s="4"/>
+      <c r="F69" s="4"/>
+      <c r="G69" s="4"/>
+      <c r="H69" s="4"/>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B70" s="2"/>
+      <c r="C70" s="2"/>
+      <c r="D70" s="2"/>
+      <c r="E70" s="2"/>
+      <c r="F70" s="2"/>
+      <c r="G70" s="2"/>
+      <c r="H70" s="2"/>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B71" s="3"/>
+      <c r="C71" s="3"/>
+      <c r="D71" s="3"/>
+      <c r="E71" s="3"/>
+      <c r="F71" s="3"/>
+      <c r="G71" s="3"/>
+      <c r="H71" s="3"/>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
         <v>9</v>
       </c>
-      <c r="B70" t="s">
-[...4 lines deleted...]
-      <c r="A71" t="s">
+      <c r="B72" t="s">
+        <v>71</v>
+      </c>
+      <c r="C72" t="s">
+        <v>71</v>
+      </c>
+      <c r="D72" t="s">
+        <v>71</v>
+      </c>
+      <c r="E72" t="s">
+        <v>71</v>
+      </c>
+      <c r="F72" t="s">
+        <v>71</v>
+      </c>
+      <c r="G72" t="s">
+        <v>71</v>
+      </c>
+      <c r="H72" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
         <v>11</v>
       </c>
-      <c r="B71" t="s">
-[...19 lines deleted...]
-    <row r="75" spans="1:2">
+      <c r="B73" t="s">
+        <v>72</v>
+      </c>
+      <c r="C73" t="s">
+        <v>72</v>
+      </c>
+      <c r="D73" t="s">
+        <v>72</v>
+      </c>
+      <c r="E73" t="s">
+        <v>72</v>
+      </c>
+      <c r="F73" t="s">
+        <v>72</v>
+      </c>
+      <c r="G73" t="s">
+        <v>72</v>
+      </c>
+      <c r="H73" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>13</v>
+      </c>
+      <c r="B74" t="s">
+        <v>73</v>
+      </c>
+      <c r="C74" t="s">
+        <v>73</v>
+      </c>
+      <c r="D74" t="s">
+        <v>73</v>
+      </c>
+      <c r="E74" t="s">
+        <v>73</v>
+      </c>
+      <c r="F74" t="s">
+        <v>73</v>
+      </c>
+      <c r="G74" t="s">
+        <v>73</v>
+      </c>
+      <c r="H74" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="B75" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:2">
+        <v>74</v>
+      </c>
+      <c r="C75" t="s">
+        <v>74</v>
+      </c>
+      <c r="D75" t="s">
+        <v>74</v>
+      </c>
+      <c r="E75" t="s">
+        <v>74</v>
+      </c>
+      <c r="F75" t="s">
+        <v>74</v>
+      </c>
+      <c r="G75" t="s">
+        <v>74</v>
+      </c>
+      <c r="H75" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="B76" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:2">
+        <v>75</v>
+      </c>
+      <c r="C76" t="s">
+        <v>75</v>
+      </c>
+      <c r="D76" t="s">
+        <v>75</v>
+      </c>
+      <c r="E76" t="s">
+        <v>75</v>
+      </c>
+      <c r="F76" t="s">
+        <v>75</v>
+      </c>
+      <c r="G76" t="s">
+        <v>75</v>
+      </c>
+      <c r="H76" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="B77" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:2">
+        <v>76</v>
+      </c>
+      <c r="C77" t="s">
+        <v>76</v>
+      </c>
+      <c r="D77" t="s">
+        <v>76</v>
+      </c>
+      <c r="E77" t="s">
+        <v>76</v>
+      </c>
+      <c r="F77" t="s">
+        <v>76</v>
+      </c>
+      <c r="G77" t="s">
+        <v>76</v>
+      </c>
+      <c r="H77" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>21</v>
+      </c>
+      <c r="B78" t="s">
+        <v>77</v>
+      </c>
+      <c r="C78" t="s">
+        <v>77</v>
+      </c>
+      <c r="D78" t="s">
+        <v>77</v>
+      </c>
+      <c r="E78" t="s">
+        <v>77</v>
+      </c>
+      <c r="F78" t="s">
+        <v>77</v>
+      </c>
+      <c r="G78" t="s">
+        <v>77</v>
+      </c>
+      <c r="H78" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" s="4"/>
+      <c r="B79" s="4"/>
+      <c r="C79" s="4"/>
+      <c r="D79" s="4"/>
+      <c r="E79" s="4"/>
+      <c r="F79" s="4"/>
+      <c r="G79" s="4"/>
+      <c r="H79" s="4"/>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B80" s="2"/>
+      <c r="C80" s="2"/>
+      <c r="D80" s="2"/>
+      <c r="E80" s="2"/>
+      <c r="F80" s="2"/>
+      <c r="G80" s="2"/>
+      <c r="H80" s="2"/>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B81" s="3"/>
+      <c r="C81" s="3"/>
+      <c r="D81" s="3"/>
+      <c r="E81" s="3"/>
+      <c r="F81" s="3"/>
+      <c r="G81" s="3"/>
+      <c r="H81" s="3"/>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
         <v>9</v>
       </c>
-      <c r="B78" t="s">
-[...4 lines deleted...]
-      <c r="A79" t="s">
+      <c r="B82" t="s">
+        <v>80</v>
+      </c>
+      <c r="C82" t="s">
+        <v>80</v>
+      </c>
+      <c r="D82" t="s">
+        <v>80</v>
+      </c>
+      <c r="E82" t="s">
+        <v>80</v>
+      </c>
+      <c r="F82" t="s">
+        <v>80</v>
+      </c>
+      <c r="G82" t="s">
+        <v>80</v>
+      </c>
+      <c r="H82" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
         <v>11</v>
       </c>
-      <c r="B79" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="B83" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:2">
+        <v>81</v>
+      </c>
+      <c r="C83" t="s">
+        <v>81</v>
+      </c>
+      <c r="D83" t="s">
+        <v>81</v>
+      </c>
+      <c r="E83" t="s">
+        <v>81</v>
+      </c>
+      <c r="F83" t="s">
+        <v>81</v>
+      </c>
+      <c r="G83" t="s">
+        <v>81</v>
+      </c>
+      <c r="H83" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="B84" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:2">
+        <v>82</v>
+      </c>
+      <c r="C84" t="s">
+        <v>82</v>
+      </c>
+      <c r="D84" t="s">
+        <v>82</v>
+      </c>
+      <c r="E84" t="s">
+        <v>82</v>
+      </c>
+      <c r="F84" t="s">
+        <v>82</v>
+      </c>
+      <c r="G84" t="s">
+        <v>82</v>
+      </c>
+      <c r="H84" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B85" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:2">
+        <v>83</v>
+      </c>
+      <c r="C85" t="s">
+        <v>83</v>
+      </c>
+      <c r="D85" t="s">
+        <v>83</v>
+      </c>
+      <c r="E85" t="s">
+        <v>83</v>
+      </c>
+      <c r="F85" t="s">
+        <v>83</v>
+      </c>
+      <c r="G85" t="s">
+        <v>83</v>
+      </c>
+      <c r="H85" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>17</v>
+      </c>
+      <c r="B86" t="s">
+        <v>84</v>
+      </c>
+      <c r="C86" t="s">
+        <v>84</v>
+      </c>
+      <c r="D86" t="s">
+        <v>84</v>
+      </c>
+      <c r="E86" t="s">
+        <v>84</v>
+      </c>
+      <c r="F86" t="s">
+        <v>84</v>
+      </c>
+      <c r="G86" t="s">
+        <v>84</v>
+      </c>
+      <c r="H86" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>19</v>
+      </c>
+      <c r="B87" t="s">
+        <v>85</v>
+      </c>
+      <c r="C87" t="s">
+        <v>85</v>
+      </c>
+      <c r="D87" t="s">
+        <v>85</v>
+      </c>
+      <c r="E87" t="s">
+        <v>85</v>
+      </c>
+      <c r="F87" t="s">
+        <v>85</v>
+      </c>
+      <c r="G87" t="s">
+        <v>85</v>
+      </c>
+      <c r="H87" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>21</v>
+      </c>
+      <c r="B88" t="s">
+        <v>86</v>
+      </c>
+      <c r="C88" t="s">
+        <v>86</v>
+      </c>
+      <c r="D88" t="s">
+        <v>86</v>
+      </c>
+      <c r="E88" t="s">
+        <v>86</v>
+      </c>
+      <c r="F88" t="s">
+        <v>86</v>
+      </c>
+      <c r="G88" t="s">
+        <v>86</v>
+      </c>
+      <c r="H88" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" s="4"/>
+      <c r="B89" s="4"/>
+      <c r="C89" s="4"/>
+      <c r="D89" s="4"/>
+      <c r="E89" s="4"/>
+      <c r="F89" s="4"/>
+      <c r="G89" s="4"/>
+      <c r="H89" s="4"/>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="B90" s="2"/>
+      <c r="C90" s="2"/>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2"/>
+      <c r="G90" s="2"/>
+      <c r="H90" s="2"/>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B91" s="3"/>
+      <c r="C91" s="3"/>
+      <c r="D91" s="3"/>
+      <c r="E91" s="3"/>
+      <c r="F91" s="3"/>
+      <c r="G91" s="3"/>
+      <c r="H91" s="3"/>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
         <v>9</v>
       </c>
-      <c r="B86" t="s">
-[...4 lines deleted...]
-      <c r="A87" t="s">
+      <c r="B92" t="s">
+        <v>89</v>
+      </c>
+      <c r="C92" t="s">
+        <v>89</v>
+      </c>
+      <c r="D92" t="s">
+        <v>89</v>
+      </c>
+      <c r="E92" t="s">
+        <v>89</v>
+      </c>
+      <c r="F92" t="s">
+        <v>89</v>
+      </c>
+      <c r="G92" t="s">
+        <v>89</v>
+      </c>
+      <c r="H92" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
         <v>11</v>
       </c>
-      <c r="B87" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="B93" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:2">
+        <v>90</v>
+      </c>
+      <c r="C93" t="s">
+        <v>90</v>
+      </c>
+      <c r="D93" t="s">
+        <v>90</v>
+      </c>
+      <c r="E93" t="s">
+        <v>90</v>
+      </c>
+      <c r="F93" t="s">
+        <v>90</v>
+      </c>
+      <c r="G93" t="s">
+        <v>90</v>
+      </c>
+      <c r="H93" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B94" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:2">
+        <v>91</v>
+      </c>
+      <c r="C94" t="s">
+        <v>91</v>
+      </c>
+      <c r="D94" t="s">
+        <v>91</v>
+      </c>
+      <c r="E94" t="s">
+        <v>91</v>
+      </c>
+      <c r="F94" t="s">
+        <v>91</v>
+      </c>
+      <c r="G94" t="s">
+        <v>91</v>
+      </c>
+      <c r="H94" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B95" t="s">
-        <v>83</v>
-[...42 lines deleted...]
-    <row r="102" spans="1:2">
+        <v>92</v>
+      </c>
+      <c r="C95" t="s">
+        <v>92</v>
+      </c>
+      <c r="D95" t="s">
+        <v>92</v>
+      </c>
+      <c r="E95" t="s">
+        <v>92</v>
+      </c>
+      <c r="F95" t="s">
+        <v>92</v>
+      </c>
+      <c r="G95" t="s">
+        <v>92</v>
+      </c>
+      <c r="H95" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>17</v>
+      </c>
+      <c r="B96" t="s">
+        <v>93</v>
+      </c>
+      <c r="C96" t="s">
+        <v>93</v>
+      </c>
+      <c r="D96" t="s">
+        <v>93</v>
+      </c>
+      <c r="E96" t="s">
+        <v>93</v>
+      </c>
+      <c r="F96" t="s">
+        <v>93</v>
+      </c>
+      <c r="G96" t="s">
+        <v>93</v>
+      </c>
+      <c r="H96" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>19</v>
+      </c>
+      <c r="B97" t="s">
+        <v>94</v>
+      </c>
+      <c r="C97" t="s">
+        <v>94</v>
+      </c>
+      <c r="D97" t="s">
+        <v>94</v>
+      </c>
+      <c r="E97" t="s">
+        <v>94</v>
+      </c>
+      <c r="F97" t="s">
+        <v>94</v>
+      </c>
+      <c r="G97" t="s">
+        <v>94</v>
+      </c>
+      <c r="H97" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>21</v>
+      </c>
+      <c r="B98" t="s">
+        <v>95</v>
+      </c>
+      <c r="C98" t="s">
+        <v>95</v>
+      </c>
+      <c r="D98" t="s">
+        <v>95</v>
+      </c>
+      <c r="E98" t="s">
+        <v>95</v>
+      </c>
+      <c r="F98" t="s">
+        <v>95</v>
+      </c>
+      <c r="G98" t="s">
+        <v>95</v>
+      </c>
+      <c r="H98" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" s="4"/>
+      <c r="B99" s="4"/>
+      <c r="C99" s="4"/>
+      <c r="D99" s="4"/>
+      <c r="E99" s="4"/>
+      <c r="F99" s="4"/>
+      <c r="G99" s="4"/>
+      <c r="H99" s="4"/>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B100" s="2"/>
+      <c r="C100" s="2"/>
+      <c r="D100" s="2"/>
+      <c r="E100" s="2"/>
+      <c r="F100" s="2"/>
+      <c r="G100" s="2"/>
+      <c r="H100" s="2"/>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B101" s="3"/>
+      <c r="C101" s="3"/>
+      <c r="D101" s="3"/>
+      <c r="E101" s="3"/>
+      <c r="F101" s="3"/>
+      <c r="G101" s="3"/>
+      <c r="H101" s="3"/>
+    </row>
+    <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>9</v>
       </c>
       <c r="B102" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:2">
+        <v>98</v>
+      </c>
+      <c r="C102" t="s">
+        <v>98</v>
+      </c>
+      <c r="D102" t="s">
+        <v>98</v>
+      </c>
+      <c r="E102" t="s">
+        <v>98</v>
+      </c>
+      <c r="F102" t="s">
+        <v>98</v>
+      </c>
+      <c r="G102" t="s">
+        <v>98</v>
+      </c>
+      <c r="H102" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>11</v>
       </c>
       <c r="B103" t="s">
-        <v>90</v>
-[...18 lines deleted...]
-    <row r="107" spans="1:2">
+        <v>99</v>
+      </c>
+      <c r="C103" t="s">
+        <v>99</v>
+      </c>
+      <c r="D103" t="s">
+        <v>99</v>
+      </c>
+      <c r="E103" t="s">
+        <v>99</v>
+      </c>
+      <c r="F103" t="s">
+        <v>99</v>
+      </c>
+      <c r="G103" t="s">
+        <v>99</v>
+      </c>
+      <c r="H103" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>13</v>
+      </c>
+      <c r="B104" t="s">
+        <v>100</v>
+      </c>
+      <c r="C104" t="s">
+        <v>100</v>
+      </c>
+      <c r="D104" t="s">
+        <v>100</v>
+      </c>
+      <c r="E104" t="s">
+        <v>100</v>
+      </c>
+      <c r="F104" t="s">
+        <v>100</v>
+      </c>
+      <c r="G104" t="s">
+        <v>100</v>
+      </c>
+      <c r="H104" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>15</v>
+      </c>
+      <c r="B105" t="s">
+        <v>101</v>
+      </c>
+      <c r="C105" t="s">
+        <v>101</v>
+      </c>
+      <c r="D105" t="s">
+        <v>101</v>
+      </c>
+      <c r="E105" t="s">
+        <v>101</v>
+      </c>
+      <c r="F105" t="s">
+        <v>101</v>
+      </c>
+      <c r="G105" t="s">
+        <v>101</v>
+      </c>
+      <c r="H105" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>17</v>
+      </c>
+      <c r="B106" t="s">
+        <v>102</v>
+      </c>
+      <c r="C106" t="s">
+        <v>102</v>
+      </c>
+      <c r="D106" t="s">
+        <v>102</v>
+      </c>
+      <c r="E106" t="s">
+        <v>102</v>
+      </c>
+      <c r="F106" t="s">
+        <v>102</v>
+      </c>
+      <c r="G106" t="s">
+        <v>102</v>
+      </c>
+      <c r="H106" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="B107" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:2">
+        <v>103</v>
+      </c>
+      <c r="C107" t="s">
+        <v>103</v>
+      </c>
+      <c r="D107" t="s">
+        <v>103</v>
+      </c>
+      <c r="E107" t="s">
+        <v>103</v>
+      </c>
+      <c r="F107" t="s">
+        <v>103</v>
+      </c>
+      <c r="G107" t="s">
+        <v>103</v>
+      </c>
+      <c r="H107" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="B108" t="s">
-        <v>94</v>
-[...11 lines deleted...]
-      <c r="A110" t="s">
+        <v>104</v>
+      </c>
+      <c r="C108" t="s">
+        <v>104</v>
+      </c>
+      <c r="D108" t="s">
+        <v>104</v>
+      </c>
+      <c r="E108" t="s">
+        <v>104</v>
+      </c>
+      <c r="F108" t="s">
+        <v>104</v>
+      </c>
+      <c r="G108" t="s">
+        <v>104</v>
+      </c>
+      <c r="H108" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" s="4"/>
+      <c r="B109" s="4"/>
+      <c r="C109" s="4"/>
+      <c r="D109" s="4"/>
+      <c r="E109" s="4"/>
+      <c r="F109" s="4"/>
+      <c r="G109" s="4"/>
+      <c r="H109" s="4"/>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B110" s="2"/>
+      <c r="C110" s="2"/>
+      <c r="D110" s="2"/>
+      <c r="E110" s="2"/>
+      <c r="F110" s="2"/>
+      <c r="G110" s="2"/>
+      <c r="H110" s="2"/>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B111" s="3"/>
+      <c r="C111" s="3"/>
+      <c r="D111" s="3"/>
+      <c r="E111" s="3"/>
+      <c r="F111" s="3"/>
+      <c r="G111" s="3"/>
+      <c r="H111" s="3"/>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
         <v>9</v>
       </c>
-      <c r="B110" t="s">
-[...4 lines deleted...]
-      <c r="A111" t="s">
+      <c r="B112" t="s">
+        <v>98</v>
+      </c>
+      <c r="C112" t="s">
+        <v>98</v>
+      </c>
+      <c r="D112" t="s">
+        <v>98</v>
+      </c>
+      <c r="E112" t="s">
+        <v>98</v>
+      </c>
+      <c r="F112" t="s">
+        <v>98</v>
+      </c>
+      <c r="G112" t="s">
+        <v>98</v>
+      </c>
+      <c r="H112" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
         <v>11</v>
       </c>
-      <c r="B111" t="s">
-[...9 lines deleted...]
-    <row r="114" spans="1:2">
+      <c r="B113" t="s">
+        <v>107</v>
+      </c>
+      <c r="C113" t="s">
+        <v>107</v>
+      </c>
+      <c r="D113" t="s">
+        <v>107</v>
+      </c>
+      <c r="E113" t="s">
+        <v>107</v>
+      </c>
+      <c r="F113" t="s">
+        <v>107</v>
+      </c>
+      <c r="G113" t="s">
+        <v>107</v>
+      </c>
+      <c r="H113" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>13</v>
+      </c>
+      <c r="B114" t="s">
+        <v>108</v>
+      </c>
+      <c r="C114" t="s">
+        <v>108</v>
+      </c>
+      <c r="D114" t="s">
+        <v>108</v>
+      </c>
+      <c r="E114" t="s">
+        <v>108</v>
+      </c>
+      <c r="F114" t="s">
+        <v>108</v>
+      </c>
+      <c r="G114" t="s">
+        <v>108</v>
+      </c>
+      <c r="H114" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>15</v>
+      </c>
+      <c r="B115" t="s">
+        <v>109</v>
+      </c>
+      <c r="C115" t="s">
+        <v>109</v>
+      </c>
+      <c r="D115" t="s">
+        <v>109</v>
+      </c>
+      <c r="E115" t="s">
+        <v>109</v>
+      </c>
+      <c r="F115" t="s">
+        <v>109</v>
+      </c>
+      <c r="G115" t="s">
+        <v>109</v>
+      </c>
+      <c r="H115" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>17</v>
+      </c>
+      <c r="B116" t="s">
+        <v>110</v>
+      </c>
+      <c r="C116" t="s">
+        <v>110</v>
+      </c>
+      <c r="D116" t="s">
+        <v>110</v>
+      </c>
+      <c r="E116" t="s">
+        <v>110</v>
+      </c>
+      <c r="F116" t="s">
+        <v>110</v>
+      </c>
+      <c r="G116" t="s">
+        <v>110</v>
+      </c>
+      <c r="H116" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>19</v>
+      </c>
+      <c r="B117" t="s">
+        <v>111</v>
+      </c>
+      <c r="C117" t="s">
+        <v>111</v>
+      </c>
+      <c r="D117" t="s">
+        <v>111</v>
+      </c>
+      <c r="E117" t="s">
+        <v>111</v>
+      </c>
+      <c r="F117" t="s">
+        <v>111</v>
+      </c>
+      <c r="G117" t="s">
+        <v>111</v>
+      </c>
+      <c r="H117" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>21</v>
+      </c>
+      <c r="B118" t="s">
         <v>99</v>
+      </c>
+      <c r="C118" t="s">
+        <v>99</v>
+      </c>
+      <c r="D118" t="s">
+        <v>99</v>
+      </c>
+      <c r="E118" t="s">
+        <v>99</v>
+      </c>
+      <c r="F118" t="s">
+        <v>99</v>
+      </c>
+      <c r="G118" t="s">
+        <v>99</v>
+      </c>
+      <c r="H118" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" s="4"/>
+      <c r="B119" s="4"/>
+      <c r="C119" s="4"/>
+      <c r="D119" s="4"/>
+      <c r="E119" s="4"/>
+      <c r="F119" s="4"/>
+      <c r="G119" s="4"/>
+      <c r="H119" s="4"/>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="B120" s="2"/>
+      <c r="C120" s="2"/>
+      <c r="D120" s="2"/>
+      <c r="E120" s="2"/>
+      <c r="F120" s="2"/>
+      <c r="G120" s="2"/>
+      <c r="H120" s="2"/>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B121" s="3"/>
+      <c r="C121" s="3"/>
+      <c r="D121" s="3"/>
+      <c r="E121" s="3"/>
+      <c r="F121" s="3"/>
+      <c r="G121" s="3"/>
+      <c r="H121" s="3"/>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>9</v>
+      </c>
+      <c r="B122" t="s">
+        <v>114</v>
+      </c>
+      <c r="C122" t="s">
+        <v>114</v>
+      </c>
+      <c r="D122" t="s">
+        <v>114</v>
+      </c>
+      <c r="E122" t="s">
+        <v>114</v>
+      </c>
+      <c r="F122" t="s">
+        <v>114</v>
+      </c>
+      <c r="G122" t="s">
+        <v>114</v>
+      </c>
+      <c r="H122" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>11</v>
+      </c>
+      <c r="B123" t="s">
+        <v>115</v>
+      </c>
+      <c r="C123" t="s">
+        <v>115</v>
+      </c>
+      <c r="D123" t="s">
+        <v>115</v>
+      </c>
+      <c r="E123" t="s">
+        <v>115</v>
+      </c>
+      <c r="F123" t="s">
+        <v>115</v>
+      </c>
+      <c r="G123" t="s">
+        <v>115</v>
+      </c>
+      <c r="H123" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>13</v>
+      </c>
+      <c r="B124" t="s">
+        <v>116</v>
+      </c>
+      <c r="C124" t="s">
+        <v>116</v>
+      </c>
+      <c r="D124" t="s">
+        <v>116</v>
+      </c>
+      <c r="E124" t="s">
+        <v>116</v>
+      </c>
+      <c r="F124" t="s">
+        <v>116</v>
+      </c>
+      <c r="G124" t="s">
+        <v>116</v>
+      </c>
+      <c r="H124" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>15</v>
+      </c>
+      <c r="B125" t="s">
+        <v>117</v>
+      </c>
+      <c r="C125" t="s">
+        <v>117</v>
+      </c>
+      <c r="D125" t="s">
+        <v>117</v>
+      </c>
+      <c r="E125" t="s">
+        <v>117</v>
+      </c>
+      <c r="F125" t="s">
+        <v>117</v>
+      </c>
+      <c r="G125" t="s">
+        <v>117</v>
+      </c>
+      <c r="H125" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>17</v>
+      </c>
+      <c r="B126" t="s">
+        <v>118</v>
+      </c>
+      <c r="C126" t="s">
+        <v>118</v>
+      </c>
+      <c r="D126" t="s">
+        <v>118</v>
+      </c>
+      <c r="E126" t="s">
+        <v>118</v>
+      </c>
+      <c r="F126" t="s">
+        <v>118</v>
+      </c>
+      <c r="G126" t="s">
+        <v>118</v>
+      </c>
+      <c r="H126" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>19</v>
+      </c>
+      <c r="B127" t="s">
+        <v>119</v>
+      </c>
+      <c r="C127" t="s">
+        <v>119</v>
+      </c>
+      <c r="D127" t="s">
+        <v>119</v>
+      </c>
+      <c r="E127" t="s">
+        <v>119</v>
+      </c>
+      <c r="F127" t="s">
+        <v>119</v>
+      </c>
+      <c r="G127" t="s">
+        <v>119</v>
+      </c>
+      <c r="H127" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>21</v>
+      </c>
+      <c r="B128" t="s">
+        <v>120</v>
+      </c>
+      <c r="C128" t="s">
+        <v>120</v>
+      </c>
+      <c r="D128" t="s">
+        <v>120</v>
+      </c>
+      <c r="E128" t="s">
+        <v>120</v>
+      </c>
+      <c r="F128" t="s">
+        <v>120</v>
+      </c>
+      <c r="G128" t="s">
+        <v>120</v>
+      </c>
+      <c r="H128" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" s="4"/>
+      <c r="B129" s="4"/>
+      <c r="C129" s="4"/>
+      <c r="D129" s="4"/>
+      <c r="E129" s="4"/>
+      <c r="F129" s="4"/>
+      <c r="G129" s="4"/>
+      <c r="H129" s="4"/>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="B130" s="2"/>
+      <c r="C130" s="2"/>
+      <c r="D130" s="2"/>
+      <c r="E130" s="2"/>
+      <c r="F130" s="2"/>
+      <c r="G130" s="2"/>
+      <c r="H130" s="2"/>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B131" s="3"/>
+      <c r="C131" s="3"/>
+      <c r="D131" s="3"/>
+      <c r="E131" s="3"/>
+      <c r="F131" s="3"/>
+      <c r="G131" s="3"/>
+      <c r="H131" s="3"/>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>9</v>
+      </c>
+      <c r="B132" t="s">
+        <v>123</v>
+      </c>
+      <c r="C132" t="s">
+        <v>123</v>
+      </c>
+      <c r="D132" t="s">
+        <v>123</v>
+      </c>
+      <c r="E132" t="s">
+        <v>123</v>
+      </c>
+      <c r="F132" t="s">
+        <v>123</v>
+      </c>
+      <c r="G132" t="s">
+        <v>123</v>
+      </c>
+      <c r="H132" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>11</v>
+      </c>
+      <c r="B133" t="s">
+        <v>124</v>
+      </c>
+      <c r="C133" t="s">
+        <v>124</v>
+      </c>
+      <c r="D133" t="s">
+        <v>124</v>
+      </c>
+      <c r="E133" t="s">
+        <v>124</v>
+      </c>
+      <c r="F133" t="s">
+        <v>124</v>
+      </c>
+      <c r="G133" t="s">
+        <v>124</v>
+      </c>
+      <c r="H133" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>13</v>
+      </c>
+      <c r="B134" t="s">
+        <v>125</v>
+      </c>
+      <c r="C134" t="s">
+        <v>125</v>
+      </c>
+      <c r="D134" t="s">
+        <v>125</v>
+      </c>
+      <c r="E134" t="s">
+        <v>125</v>
+      </c>
+      <c r="F134" t="s">
+        <v>125</v>
+      </c>
+      <c r="G134" t="s">
+        <v>125</v>
+      </c>
+      <c r="H134" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>15</v>
+      </c>
+      <c r="B135" t="s">
+        <v>126</v>
+      </c>
+      <c r="C135" t="s">
+        <v>126</v>
+      </c>
+      <c r="D135" t="s">
+        <v>126</v>
+      </c>
+      <c r="E135" t="s">
+        <v>126</v>
+      </c>
+      <c r="F135" t="s">
+        <v>126</v>
+      </c>
+      <c r="G135" t="s">
+        <v>126</v>
+      </c>
+      <c r="H135" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>17</v>
+      </c>
+      <c r="B136" t="s">
+        <v>127</v>
+      </c>
+      <c r="C136" t="s">
+        <v>127</v>
+      </c>
+      <c r="D136" t="s">
+        <v>127</v>
+      </c>
+      <c r="E136" t="s">
+        <v>127</v>
+      </c>
+      <c r="F136" t="s">
+        <v>127</v>
+      </c>
+      <c r="G136" t="s">
+        <v>127</v>
+      </c>
+      <c r="H136" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>19</v>
+      </c>
+      <c r="B137" t="s">
+        <v>128</v>
+      </c>
+      <c r="C137" t="s">
+        <v>128</v>
+      </c>
+      <c r="D137" t="s">
+        <v>128</v>
+      </c>
+      <c r="E137" t="s">
+        <v>128</v>
+      </c>
+      <c r="F137" t="s">
+        <v>128</v>
+      </c>
+      <c r="G137" t="s">
+        <v>128</v>
+      </c>
+      <c r="H137" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>21</v>
+      </c>
+      <c r="B138" t="s">
+        <v>129</v>
+      </c>
+      <c r="C138" t="s">
+        <v>129</v>
+      </c>
+      <c r="D138" t="s">
+        <v>129</v>
+      </c>
+      <c r="E138" t="s">
+        <v>129</v>
+      </c>
+      <c r="F138" t="s">
+        <v>129</v>
+      </c>
+      <c r="G138" t="s">
+        <v>129</v>
+      </c>
+      <c r="H138" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B140" s="1"/>
+      <c r="C140" s="1"/>
+      <c r="D140" s="1"/>
+      <c r="E140" s="1"/>
+      <c r="F140" s="1"/>
+      <c r="G140" s="1"/>
+      <c r="H140" s="1"/>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A114:B114"/>
+    <mergeCell ref="A141:H141"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>