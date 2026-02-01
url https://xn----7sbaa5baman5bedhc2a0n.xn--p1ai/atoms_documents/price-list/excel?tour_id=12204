--- v2 (2026-02-01)
+++ v3 (2026-02-01)
@@ -407,51 +407,51 @@
   <si>
     <t>32890 RUB</t>
   </si>
   <si>
     <t>23490 RUB</t>
   </si>
   <si>
     <t>46020 RUB</t>
   </si>
   <si>
     <t>32190 RUB</t>
   </si>
   <si>
     <t>22790 RUB</t>
   </si>
   <si>
     <t>32690 RUB</t>
   </si>
   <si>
     <t>23290 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 01.02.2026 12:53, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 01.02.2026 14:22, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>