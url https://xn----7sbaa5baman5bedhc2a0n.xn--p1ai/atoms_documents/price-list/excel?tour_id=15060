--- v0 (2025-10-05)
+++ v1 (2025-11-20)
@@ -12,69 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="15060-vykhodnye-v-moskve-..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
-[...17 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>28.11.2025</t>
   </si>
   <si>
     <t>Максима Заря/Максима Ирбис 3*</t>
   </si>
   <si>
     <t>Двухместный стандарт</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>22200 RUB</t>
   </si>
   <si>
     <t>Ребёнок 6—14 лет на дополнительном месте</t>
   </si>
   <si>
     <t>21900 RUB</t>
   </si>
   <si>
@@ -146,51 +128,51 @@
   <si>
     <t>Мавзолей Ленина – символ советской эпохи</t>
   </si>
   <si>
     <t>900 RUB</t>
   </si>
   <si>
     <t>Экскурсия в Храм Христа Спасителя</t>
   </si>
   <si>
     <t>1300 RUB</t>
   </si>
   <si>
     <t>Космические истории ВДНХ</t>
   </si>
   <si>
     <t>Новодевичий монастырь и некрополь</t>
   </si>
   <si>
     <t>На службе Империи</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 05.10.2025 06:56, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 20.11.2025 05:48, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -532,483 +514,303 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I31"/>
+  <dimension ref="A1:C31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A30" sqref="A30:I30"/>
+      <selection activeCell="A30" sqref="A30:C30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9">
+    <row r="1" spans="1:3">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="D1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:3">
+      <c r="A2" s="2" t="s">
         <v>2</v>
-      </c>
-[...18 lines deleted...]
-        <v>8</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
-      <c r="D2" s="2"/>
-[...6 lines deleted...]
-    <row r="3" spans="1:9">
+    </row>
+    <row r="3" spans="1:3">
       <c r="A3" s="3" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
-      <c r="D3" s="3"/>
-[...6 lines deleted...]
-    <row r="4" spans="1:9">
+    </row>
+    <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
-[...20 lines deleted...]
-    <row r="5" spans="1:9">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
-[...20 lines deleted...]
-    <row r="6" spans="1:9">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
       <c r="A6" s="4"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
-      <c r="D6" s="4"/>
-[...6 lines deleted...]
-    <row r="7" spans="1:9">
+    </row>
+    <row r="7" spans="1:3">
       <c r="A7" s="2" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
-      <c r="D7" s="2"/>
-[...6 lines deleted...]
-    <row r="8" spans="1:9">
+    </row>
+    <row r="8" spans="1:3">
       <c r="A8" s="3" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="B8" s="3"/>
       <c r="C8" s="3"/>
-      <c r="D8" s="3"/>
-[...6 lines deleted...]
-    <row r="9" spans="1:9">
+    </row>
+    <row r="9" spans="1:3">
       <c r="A9" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" t="s">
         <v>10</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" t="s">
-        <v>16</v>
-[...20 lines deleted...]
-    <row r="10" spans="1:9">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
-[...20 lines deleted...]
-    <row r="11" spans="1:9">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
       <c r="A11" s="4"/>
       <c r="B11" s="4"/>
       <c r="C11" s="4"/>
-      <c r="D11" s="4"/>
-[...6 lines deleted...]
-    <row r="12" spans="1:9">
+    </row>
+    <row r="12" spans="1:3">
       <c r="A12" s="2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
-      <c r="D12" s="2"/>
-[...6 lines deleted...]
-    <row r="13" spans="1:9">
+    </row>
+    <row r="13" spans="1:3">
       <c r="A13" s="3" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
-      <c r="D13" s="3"/>
-[...6 lines deleted...]
-    <row r="14" spans="1:9">
+    </row>
+    <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C14" t="s">
-        <v>20</v>
-[...20 lines deleted...]
-    <row r="15" spans="1:9">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
       <c r="A15" s="4"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
-      <c r="D15" s="4"/>
-[...6 lines deleted...]
-    <row r="16" spans="1:9">
+    </row>
+    <row r="16" spans="1:3">
       <c r="A16" s="2" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
-      <c r="D16" s="2"/>
-[...6 lines deleted...]
-    <row r="17" spans="1:9">
+    </row>
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" t="s">
+        <v>18</v>
+      </c>
+      <c r="B18" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" t="s">
+        <v>20</v>
+      </c>
+      <c r="B19" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" t="s">
         <v>22</v>
       </c>
-      <c r="B17" t="s">
+      <c r="B20" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="18" spans="1:9">
-      <c r="A18" t="s">
+    <row r="21" spans="1:3">
+      <c r="A21" t="s">
         <v>24</v>
       </c>
-      <c r="B18" t="s">
+      <c r="B21" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="19" spans="1:9">
-      <c r="A19" t="s">
+    <row r="22" spans="1:3">
+      <c r="A22" t="s">
         <v>26</v>
       </c>
-      <c r="B19" t="s">
+      <c r="B22" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="20" spans="1:9">
-      <c r="A20" t="s">
+    <row r="23" spans="1:3">
+      <c r="A23" t="s">
         <v>28</v>
       </c>
-      <c r="B20" t="s">
+      <c r="B23" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="21" spans="1:9">
-      <c r="A21" t="s">
+    <row r="24" spans="1:3">
+      <c r="A24" t="s">
         <v>30</v>
       </c>
-      <c r="B21" t="s">
+      <c r="B24" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="22" spans="1:9">
-      <c r="A22" t="s">
+    <row r="25" spans="1:3">
+      <c r="A25" t="s">
         <v>32</v>
       </c>
-      <c r="B22" t="s">
+      <c r="B25" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="23" spans="1:9">
-      <c r="A23" t="s">
+    <row r="26" spans="1:3">
+      <c r="A26" t="s">
         <v>34</v>
       </c>
-      <c r="B23" t="s">
+      <c r="B26" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" t="s">
         <v>35</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A24" t="s">
+      <c r="B27" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" t="s">
         <v>36</v>
       </c>
-      <c r="B24" t="s">
+      <c r="B28" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="s">
         <v>37</v>
-      </c>
-[...35 lines deleted...]
-        <v>43</v>
       </c>
       <c r="B30" s="1"/>
       <c r="C30" s="1"/>
-      <c r="D30" s="1"/>
-[...6 lines deleted...]
-    <row r="31" spans="1:9">
+    </row>
+    <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A31:I31"/>
+    <mergeCell ref="A31:C31"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>