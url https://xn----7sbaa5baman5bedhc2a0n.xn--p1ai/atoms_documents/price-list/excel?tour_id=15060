--- v1 (2025-11-20)
+++ v2 (2026-01-20)
@@ -12,56 +12,68 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="15060-vykhodnye-v-moskve-..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
-[...4 lines deleted...]
-    <t>28.11.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+  <si>
+    <t>23.01.2026</t>
+  </si>
+  <si>
+    <t>30.01.2026</t>
+  </si>
+  <si>
+    <t>06.02.2026</t>
+  </si>
+  <si>
+    <t>13.02.2026</t>
+  </si>
+  <si>
+    <t>20.02.2026</t>
+  </si>
+  <si>
+    <t>27.02.2026</t>
   </si>
   <si>
     <t>Максима Заря/Максима Ирбис 3*</t>
   </si>
   <si>
     <t>Двухместный стандарт</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>22200 RUB</t>
   </si>
   <si>
     <t>Ребёнок 6—14 лет на дополнительном месте</t>
   </si>
   <si>
     <t>21900 RUB</t>
   </si>
   <si>
     <t>Измайлово 3*</t>
   </si>
   <si>
     <t>двухместный стандартный номер</t>
   </si>
@@ -77,102 +89,96 @@
   <si>
     <t>Бородино Альянс 4*</t>
   </si>
   <si>
     <t>26500 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Огни большого города</t>
   </si>
   <si>
     <t>1400 RUB</t>
   </si>
   <si>
     <t>Национальная святыня и символ российской государственности</t>
   </si>
   <si>
     <t>4800 RUB</t>
   </si>
   <si>
     <t>327 метров над Москвой</t>
   </si>
   <si>
-    <t>5100 RUB</t>
+    <t>5500 RUB</t>
   </si>
   <si>
     <t>Творцы и благотворители</t>
   </si>
   <si>
+    <t>2900 RUB</t>
+  </si>
+  <si>
+    <t>Выбор Императрицы: экскурсия по парку Царицыно</t>
+  </si>
+  <si>
     <t>2700 RUB</t>
   </si>
   <si>
-    <t>Выбор Императрицы: экскурсия по парку Царицыно</t>
-[...4 lines deleted...]
-  <si>
     <t>Московское метро</t>
   </si>
   <si>
-    <t>1150 RUB</t>
+    <t>1300 RUB</t>
   </si>
   <si>
     <t>Бывшая царская загородная резиденция «Коломенское»</t>
   </si>
   <si>
-    <t>1800 RUB</t>
+    <t>2150 RUB</t>
   </si>
   <si>
     <t>Мавзолей Ленина – символ советской эпохи</t>
   </si>
   <si>
     <t>900 RUB</t>
   </si>
   <si>
     <t>Экскурсия в Храм Христа Спасителя</t>
   </si>
   <si>
-    <t>1300 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>Космические истории ВДНХ</t>
   </si>
   <si>
     <t>Новодевичий монастырь и некрополь</t>
   </si>
   <si>
-    <t>На службе Империи</t>
-[...1 lines deleted...]
-  <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 20.11.2025 05:48, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 20.01.2026 00:41, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -514,303 +520,415 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C31"/>
+  <dimension ref="A1:G30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A30" sqref="A30:C30"/>
+      <selection activeCell="A29" sqref="A29:G29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:7">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
-    </row>
-    <row r="2" spans="1:3">
+      <c r="D1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7">
       <c r="A2" s="2" t="s">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
-    </row>
-    <row r="3" spans="1:3">
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+    </row>
+    <row r="3" spans="1:7">
       <c r="A3" s="3" t="s">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
-    </row>
-    <row r="4" spans="1:3">
+      <c r="D3" s="3"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+    </row>
+    <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:3">
+        <v>9</v>
+      </c>
+      <c r="D4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F4" t="s">
+        <v>9</v>
+      </c>
+      <c r="G4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C5" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:3">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7">
       <c r="A6" s="4"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
-    </row>
-    <row r="7" spans="1:3">
+      <c r="D6" s="4"/>
+      <c r="E6" s="4"/>
+      <c r="F6" s="4"/>
+      <c r="G6" s="4"/>
+    </row>
+    <row r="7" spans="1:7">
       <c r="A7" s="2" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
-    </row>
-    <row r="8" spans="1:3">
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+    </row>
+    <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B8" s="3"/>
       <c r="C8" s="3"/>
-    </row>
-    <row r="9" spans="1:3">
+      <c r="D8" s="3"/>
+      <c r="E8" s="3"/>
+      <c r="F8" s="3"/>
+      <c r="G8" s="3"/>
+    </row>
+    <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:3">
+        <v>14</v>
+      </c>
+      <c r="D9" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" t="s">
+        <v>14</v>
+      </c>
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B10" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C10" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:3">
+        <v>16</v>
+      </c>
+      <c r="D10" t="s">
+        <v>16</v>
+      </c>
+      <c r="E10" t="s">
+        <v>16</v>
+      </c>
+      <c r="F10" t="s">
+        <v>16</v>
+      </c>
+      <c r="G10" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7">
       <c r="A11" s="4"/>
       <c r="B11" s="4"/>
       <c r="C11" s="4"/>
-    </row>
-    <row r="12" spans="1:3">
+      <c r="D11" s="4"/>
+      <c r="E11" s="4"/>
+      <c r="F11" s="4"/>
+      <c r="G11" s="4"/>
+    </row>
+    <row r="12" spans="1:7">
       <c r="A12" s="2" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
-    </row>
-    <row r="13" spans="1:3">
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+    </row>
+    <row r="13" spans="1:7">
       <c r="A13" s="3" t="s">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
-    </row>
-    <row r="14" spans="1:3">
+      <c r="D13" s="3"/>
+      <c r="E13" s="3"/>
+      <c r="F13" s="3"/>
+      <c r="G13" s="3"/>
+    </row>
+    <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C14" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:3">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>18</v>
+      </c>
+      <c r="E14" t="s">
+        <v>18</v>
+      </c>
+      <c r="F14" t="s">
+        <v>18</v>
+      </c>
+      <c r="G14" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
       <c r="A15" s="4"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
-    </row>
-    <row r="16" spans="1:3">
+      <c r="D15" s="4"/>
+      <c r="E15" s="4"/>
+      <c r="F15" s="4"/>
+      <c r="G15" s="4"/>
+    </row>
+    <row r="16" spans="1:7">
       <c r="A16" s="2" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
-    </row>
-    <row r="17" spans="1:3">
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+    </row>
+    <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B17" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:3">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B18" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:3">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B19" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7">
+      <c r="A20" t="s">
+        <v>26</v>
+      </c>
+      <c r="B20" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7">
+      <c r="A21" t="s">
+        <v>28</v>
+      </c>
+      <c r="B21" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7">
+      <c r="A22" t="s">
+        <v>30</v>
+      </c>
+      <c r="B22" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7">
+      <c r="A23" t="s">
+        <v>32</v>
+      </c>
+      <c r="B23" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7">
+      <c r="A24" t="s">
+        <v>34</v>
+      </c>
+      <c r="B24" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7">
+      <c r="A25" t="s">
+        <v>36</v>
+      </c>
+      <c r="B25" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7">
+      <c r="A26" t="s">
+        <v>37</v>
+      </c>
+      <c r="B26" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7">
+      <c r="A27" t="s">
+        <v>38</v>
+      </c>
+      <c r="B27" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="20" spans="1:3">
-[...80 lines deleted...]
-        <v>38</v>
+    <row r="29" spans="1:7">
+      <c r="A29" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B29" s="1"/>
+      <c r="C29" s="1"/>
+      <c r="D29" s="1"/>
+      <c r="E29" s="1"/>
+      <c r="F29" s="1"/>
+      <c r="G29" s="1"/>
+    </row>
+    <row r="30" spans="1:7">
+      <c r="A30" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A31:C31"/>
+    <mergeCell ref="A30:G30"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>