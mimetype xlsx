--- v2 (2026-01-20)
+++ v3 (2026-03-22)
@@ -12,107 +12,158 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="15060-vykhodnye-v-moskve-..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
-[...16 lines deleted...]
-    <t>27.02.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+  <si>
+    <t>27.03.2026</t>
+  </si>
+  <si>
+    <t>03.04.2026</t>
+  </si>
+  <si>
+    <t>10.04.2026</t>
+  </si>
+  <si>
+    <t>17.04.2026</t>
+  </si>
+  <si>
+    <t>24.04.2026</t>
+  </si>
+  <si>
+    <t>01.05.2026</t>
+  </si>
+  <si>
+    <t>08.05.2026</t>
+  </si>
+  <si>
+    <t>15.05.2026</t>
+  </si>
+  <si>
+    <t>22.05.2026</t>
+  </si>
+  <si>
+    <t>29.05.2026</t>
+  </si>
+  <si>
+    <t>05.06.2026</t>
+  </si>
+  <si>
+    <t>12.06.2026</t>
+  </si>
+  <si>
+    <t>19.06.2026</t>
+  </si>
+  <si>
+    <t>26.06.2026</t>
+  </si>
+  <si>
+    <t>03.07.2026</t>
+  </si>
+  <si>
+    <t>10.07.2026</t>
+  </si>
+  <si>
+    <t>17.07.2026</t>
+  </si>
+  <si>
+    <t>24.07.2026</t>
+  </si>
+  <si>
+    <t>31.07.2026</t>
+  </si>
+  <si>
+    <t>07.08.2026</t>
+  </si>
+  <si>
+    <t>14.08.2026</t>
+  </si>
+  <si>
+    <t>21.08.2026</t>
+  </si>
+  <si>
+    <t>28.08.2026</t>
   </si>
   <si>
     <t>Максима Заря/Максима Ирбис 3*</t>
   </si>
   <si>
     <t>Двухместный стандарт</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>22200 RUB</t>
+    <t>22500 RUB</t>
   </si>
   <si>
     <t>Ребёнок 6—14 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>21900 RUB</t>
+    <t>21500 RUB</t>
   </si>
   <si>
     <t>Измайлово 3*</t>
   </si>
   <si>
     <t>двухместный стандартный номер</t>
   </si>
   <si>
-    <t>25000 RUB</t>
+    <t>25500 RUB</t>
   </si>
   <si>
     <t>Ребёнок 6—17 лет на основном месте</t>
   </si>
   <si>
-    <t>24700 RUB</t>
+    <t>24800 RUB</t>
   </si>
   <si>
     <t>Бородино Альянс 4*</t>
   </si>
   <si>
-    <t>26500 RUB</t>
+    <t>26900 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Огни большого города</t>
   </si>
   <si>
     <t>1400 RUB</t>
   </si>
   <si>
     <t>Национальная святыня и символ российской государственности</t>
   </si>
   <si>
     <t>4800 RUB</t>
   </si>
   <si>
     <t>327 метров над Москвой</t>
   </si>
   <si>
     <t>5500 RUB</t>
   </si>
   <si>
     <t>Творцы и благотворители</t>
   </si>
@@ -134,51 +185,51 @@
   <si>
     <t>Бывшая царская загородная резиденция «Коломенское»</t>
   </si>
   <si>
     <t>2150 RUB</t>
   </si>
   <si>
     <t>Мавзолей Ленина – символ советской эпохи</t>
   </si>
   <si>
     <t>900 RUB</t>
   </si>
   <si>
     <t>Экскурсия в Храм Христа Спасителя</t>
   </si>
   <si>
     <t>Космические истории ВДНХ</t>
   </si>
   <si>
     <t>Новодевичий монастырь и некрополь</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 20.01.2026 00:41, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 22.03.2026 08:01, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -520,415 +571,925 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G30"/>
+  <dimension ref="A1:X30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A29" sqref="A29:G29"/>
+      <selection activeCell="A29" sqref="A29:X29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
+    <row r="1" spans="1:24">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
-    </row>
-    <row r="2" spans="1:7">
+      <c r="H1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="R1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="S1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="T1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="U1" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="V1" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="W1" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="X1" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="2" spans="1:24">
       <c r="A2" s="2" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
-    </row>
-    <row r="3" spans="1:7">
+      <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+      <c r="J2" s="2"/>
+      <c r="K2" s="2"/>
+      <c r="L2" s="2"/>
+      <c r="M2" s="2"/>
+      <c r="N2" s="2"/>
+      <c r="O2" s="2"/>
+      <c r="P2" s="2"/>
+      <c r="Q2" s="2"/>
+      <c r="R2" s="2"/>
+      <c r="S2" s="2"/>
+      <c r="T2" s="2"/>
+      <c r="U2" s="2"/>
+      <c r="V2" s="2"/>
+      <c r="W2" s="2"/>
+      <c r="X2" s="2"/>
+    </row>
+    <row r="3" spans="1:24">
       <c r="A3" s="3" t="s">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
-    </row>
-    <row r="4" spans="1:7">
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="3"/>
+      <c r="O3" s="3"/>
+      <c r="P3" s="3"/>
+      <c r="Q3" s="3"/>
+      <c r="R3" s="3"/>
+      <c r="S3" s="3"/>
+      <c r="T3" s="3"/>
+      <c r="U3" s="3"/>
+      <c r="V3" s="3"/>
+      <c r="W3" s="3"/>
+      <c r="X3" s="3"/>
+    </row>
+    <row r="4" spans="1:24">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="G4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:7">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+      <c r="I4" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" t="s">
+        <v>26</v>
+      </c>
+      <c r="K4" t="s">
+        <v>26</v>
+      </c>
+      <c r="L4" t="s">
+        <v>26</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>26</v>
+      </c>
+      <c r="P4" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>26</v>
+      </c>
+      <c r="R4" t="s">
+        <v>26</v>
+      </c>
+      <c r="S4" t="s">
+        <v>26</v>
+      </c>
+      <c r="T4" t="s">
+        <v>26</v>
+      </c>
+      <c r="U4" t="s">
+        <v>26</v>
+      </c>
+      <c r="V4" t="s">
+        <v>26</v>
+      </c>
+      <c r="W4" t="s">
+        <v>26</v>
+      </c>
+      <c r="X4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5" spans="1:24">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="E5" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="G5" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:7">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>28</v>
+      </c>
+      <c r="I5" t="s">
+        <v>28</v>
+      </c>
+      <c r="J5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K5" t="s">
+        <v>28</v>
+      </c>
+      <c r="L5" t="s">
+        <v>28</v>
+      </c>
+      <c r="M5" t="s">
+        <v>28</v>
+      </c>
+      <c r="N5" t="s">
+        <v>28</v>
+      </c>
+      <c r="O5" t="s">
+        <v>28</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>28</v>
+      </c>
+      <c r="R5" t="s">
+        <v>28</v>
+      </c>
+      <c r="S5" t="s">
+        <v>28</v>
+      </c>
+      <c r="T5" t="s">
+        <v>28</v>
+      </c>
+      <c r="U5" t="s">
+        <v>28</v>
+      </c>
+      <c r="V5" t="s">
+        <v>28</v>
+      </c>
+      <c r="W5" t="s">
+        <v>28</v>
+      </c>
+      <c r="X5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:24">
       <c r="A6" s="4"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
-    </row>
-    <row r="7" spans="1:7">
+      <c r="H6" s="4"/>
+      <c r="I6" s="4"/>
+      <c r="J6" s="4"/>
+      <c r="K6" s="4"/>
+      <c r="L6" s="4"/>
+      <c r="M6" s="4"/>
+      <c r="N6" s="4"/>
+      <c r="O6" s="4"/>
+      <c r="P6" s="4"/>
+      <c r="Q6" s="4"/>
+      <c r="R6" s="4"/>
+      <c r="S6" s="4"/>
+      <c r="T6" s="4"/>
+      <c r="U6" s="4"/>
+      <c r="V6" s="4"/>
+      <c r="W6" s="4"/>
+      <c r="X6" s="4"/>
+    </row>
+    <row r="7" spans="1:24">
       <c r="A7" s="2" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
-    </row>
-    <row r="8" spans="1:7">
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
+      <c r="J7" s="2"/>
+      <c r="K7" s="2"/>
+      <c r="L7" s="2"/>
+      <c r="M7" s="2"/>
+      <c r="N7" s="2"/>
+      <c r="O7" s="2"/>
+      <c r="P7" s="2"/>
+      <c r="Q7" s="2"/>
+      <c r="R7" s="2"/>
+      <c r="S7" s="2"/>
+      <c r="T7" s="2"/>
+      <c r="U7" s="2"/>
+      <c r="V7" s="2"/>
+      <c r="W7" s="2"/>
+      <c r="X7" s="2"/>
+    </row>
+    <row r="8" spans="1:24">
       <c r="A8" s="3" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="B8" s="3"/>
       <c r="C8" s="3"/>
       <c r="D8" s="3"/>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
-    </row>
-    <row r="9" spans="1:7">
+      <c r="H8" s="3"/>
+      <c r="I8" s="3"/>
+      <c r="J8" s="3"/>
+      <c r="K8" s="3"/>
+      <c r="L8" s="3"/>
+      <c r="M8" s="3"/>
+      <c r="N8" s="3"/>
+      <c r="O8" s="3"/>
+      <c r="P8" s="3"/>
+      <c r="Q8" s="3"/>
+      <c r="R8" s="3"/>
+      <c r="S8" s="3"/>
+      <c r="T8" s="3"/>
+      <c r="U8" s="3"/>
+      <c r="V8" s="3"/>
+      <c r="W8" s="3"/>
+      <c r="X8" s="3"/>
+    </row>
+    <row r="9" spans="1:24">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="C9" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="E9" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="G9" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:7">
+        <v>31</v>
+      </c>
+      <c r="H9" t="s">
+        <v>31</v>
+      </c>
+      <c r="I9" t="s">
+        <v>31</v>
+      </c>
+      <c r="J9" t="s">
+        <v>31</v>
+      </c>
+      <c r="K9" t="s">
+        <v>31</v>
+      </c>
+      <c r="L9" t="s">
+        <v>31</v>
+      </c>
+      <c r="M9" t="s">
+        <v>31</v>
+      </c>
+      <c r="N9" t="s">
+        <v>31</v>
+      </c>
+      <c r="O9" t="s">
+        <v>31</v>
+      </c>
+      <c r="P9" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>31</v>
+      </c>
+      <c r="R9" t="s">
+        <v>31</v>
+      </c>
+      <c r="S9" t="s">
+        <v>31</v>
+      </c>
+      <c r="T9" t="s">
+        <v>31</v>
+      </c>
+      <c r="U9" t="s">
+        <v>31</v>
+      </c>
+      <c r="V9" t="s">
+        <v>31</v>
+      </c>
+      <c r="W9" t="s">
+        <v>31</v>
+      </c>
+      <c r="X9" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24">
       <c r="A10" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="C10" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="D10" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="E10" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="F10" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="G10" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:7">
+        <v>33</v>
+      </c>
+      <c r="H10" t="s">
+        <v>33</v>
+      </c>
+      <c r="I10" t="s">
+        <v>33</v>
+      </c>
+      <c r="J10" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" t="s">
+        <v>33</v>
+      </c>
+      <c r="L10" t="s">
+        <v>33</v>
+      </c>
+      <c r="M10" t="s">
+        <v>33</v>
+      </c>
+      <c r="N10" t="s">
+        <v>33</v>
+      </c>
+      <c r="O10" t="s">
+        <v>33</v>
+      </c>
+      <c r="P10" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>33</v>
+      </c>
+      <c r="R10" t="s">
+        <v>33</v>
+      </c>
+      <c r="S10" t="s">
+        <v>33</v>
+      </c>
+      <c r="T10" t="s">
+        <v>33</v>
+      </c>
+      <c r="U10" t="s">
+        <v>33</v>
+      </c>
+      <c r="V10" t="s">
+        <v>33</v>
+      </c>
+      <c r="W10" t="s">
+        <v>33</v>
+      </c>
+      <c r="X10" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24">
       <c r="A11" s="4"/>
       <c r="B11" s="4"/>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
-    </row>
-    <row r="12" spans="1:7">
+      <c r="H11" s="4"/>
+      <c r="I11" s="4"/>
+      <c r="J11" s="4"/>
+      <c r="K11" s="4"/>
+      <c r="L11" s="4"/>
+      <c r="M11" s="4"/>
+      <c r="N11" s="4"/>
+      <c r="O11" s="4"/>
+      <c r="P11" s="4"/>
+      <c r="Q11" s="4"/>
+      <c r="R11" s="4"/>
+      <c r="S11" s="4"/>
+      <c r="T11" s="4"/>
+      <c r="U11" s="4"/>
+      <c r="V11" s="4"/>
+      <c r="W11" s="4"/>
+      <c r="X11" s="4"/>
+    </row>
+    <row r="12" spans="1:24">
       <c r="A12" s="2" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
-    </row>
-    <row r="13" spans="1:7">
+      <c r="H12" s="2"/>
+      <c r="I12" s="2"/>
+      <c r="J12" s="2"/>
+      <c r="K12" s="2"/>
+      <c r="L12" s="2"/>
+      <c r="M12" s="2"/>
+      <c r="N12" s="2"/>
+      <c r="O12" s="2"/>
+      <c r="P12" s="2"/>
+      <c r="Q12" s="2"/>
+      <c r="R12" s="2"/>
+      <c r="S12" s="2"/>
+      <c r="T12" s="2"/>
+      <c r="U12" s="2"/>
+      <c r="V12" s="2"/>
+      <c r="W12" s="2"/>
+      <c r="X12" s="2"/>
+    </row>
+    <row r="13" spans="1:24">
       <c r="A13" s="3" t="s">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
-    </row>
-    <row r="14" spans="1:7">
+      <c r="H13" s="3"/>
+      <c r="I13" s="3"/>
+      <c r="J13" s="3"/>
+      <c r="K13" s="3"/>
+      <c r="L13" s="3"/>
+      <c r="M13" s="3"/>
+      <c r="N13" s="3"/>
+      <c r="O13" s="3"/>
+      <c r="P13" s="3"/>
+      <c r="Q13" s="3"/>
+      <c r="R13" s="3"/>
+      <c r="S13" s="3"/>
+      <c r="T13" s="3"/>
+      <c r="U13" s="3"/>
+      <c r="V13" s="3"/>
+      <c r="W13" s="3"/>
+      <c r="X13" s="3"/>
+    </row>
+    <row r="14" spans="1:24">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B14" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="F14" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="G14" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:7">
+        <v>35</v>
+      </c>
+      <c r="H14" t="s">
+        <v>35</v>
+      </c>
+      <c r="I14" t="s">
+        <v>35</v>
+      </c>
+      <c r="J14" t="s">
+        <v>35</v>
+      </c>
+      <c r="K14" t="s">
+        <v>35</v>
+      </c>
+      <c r="L14" t="s">
+        <v>35</v>
+      </c>
+      <c r="M14" t="s">
+        <v>35</v>
+      </c>
+      <c r="N14" t="s">
+        <v>35</v>
+      </c>
+      <c r="O14" t="s">
+        <v>35</v>
+      </c>
+      <c r="P14" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>35</v>
+      </c>
+      <c r="R14" t="s">
+        <v>35</v>
+      </c>
+      <c r="S14" t="s">
+        <v>35</v>
+      </c>
+      <c r="T14" t="s">
+        <v>35</v>
+      </c>
+      <c r="U14" t="s">
+        <v>35</v>
+      </c>
+      <c r="V14" t="s">
+        <v>35</v>
+      </c>
+      <c r="W14" t="s">
+        <v>35</v>
+      </c>
+      <c r="X14" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24">
       <c r="A15" s="4"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
-    </row>
-    <row r="16" spans="1:7">
+      <c r="H15" s="4"/>
+      <c r="I15" s="4"/>
+      <c r="J15" s="4"/>
+      <c r="K15" s="4"/>
+      <c r="L15" s="4"/>
+      <c r="M15" s="4"/>
+      <c r="N15" s="4"/>
+      <c r="O15" s="4"/>
+      <c r="P15" s="4"/>
+      <c r="Q15" s="4"/>
+      <c r="R15" s="4"/>
+      <c r="S15" s="4"/>
+      <c r="T15" s="4"/>
+      <c r="U15" s="4"/>
+      <c r="V15" s="4"/>
+      <c r="W15" s="4"/>
+      <c r="X15" s="4"/>
+    </row>
+    <row r="16" spans="1:24">
       <c r="A16" s="2" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
-    </row>
-    <row r="17" spans="1:7">
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
+      <c r="J16" s="2"/>
+      <c r="K16" s="2"/>
+      <c r="L16" s="2"/>
+      <c r="M16" s="2"/>
+      <c r="N16" s="2"/>
+      <c r="O16" s="2"/>
+      <c r="P16" s="2"/>
+      <c r="Q16" s="2"/>
+      <c r="R16" s="2"/>
+      <c r="S16" s="2"/>
+      <c r="T16" s="2"/>
+      <c r="U16" s="2"/>
+      <c r="V16" s="2"/>
+      <c r="W16" s="2"/>
+      <c r="X16" s="2"/>
+    </row>
+    <row r="17" spans="1:24">
       <c r="A17" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:7">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="18" spans="1:24">
       <c r="A18" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:7">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="19" spans="1:24">
       <c r="A19" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:7">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="20" spans="1:24">
       <c r="A20" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:7">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24">
       <c r="A21" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:7">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="22" spans="1:24">
       <c r="A22" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:7">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24">
       <c r="A23" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:7">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="24" spans="1:24">
       <c r="A24" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:7">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="25" spans="1:24">
       <c r="A25" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:7">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="26" spans="1:24">
       <c r="A26" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="B26" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:7">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="27" spans="1:24">
       <c r="A27" t="s">
+        <v>55</v>
+      </c>
+      <c r="B27" t="s">
         <v>38</v>
       </c>
-      <c r="B27" t="s">
-[...3 lines deleted...]
-    <row r="29" spans="1:7">
+    </row>
+    <row r="29" spans="1:24">
       <c r="A29" s="1" t="s">
-        <v>39</v>
+        <v>56</v>
       </c>
       <c r="B29" s="1"/>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
-    </row>
-    <row r="30" spans="1:7">
+      <c r="H29" s="1"/>
+      <c r="I29" s="1"/>
+      <c r="J29" s="1"/>
+      <c r="K29" s="1"/>
+      <c r="L29" s="1"/>
+      <c r="M29" s="1"/>
+      <c r="N29" s="1"/>
+      <c r="O29" s="1"/>
+      <c r="P29" s="1"/>
+      <c r="Q29" s="1"/>
+      <c r="R29" s="1"/>
+      <c r="S29" s="1"/>
+      <c r="T29" s="1"/>
+      <c r="U29" s="1"/>
+      <c r="V29" s="1"/>
+      <c r="W29" s="1"/>
+      <c r="X29" s="1"/>
+    </row>
+    <row r="30" spans="1:24">
       <c r="A30" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A30:G30"/>
+    <mergeCell ref="A30:X30"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>