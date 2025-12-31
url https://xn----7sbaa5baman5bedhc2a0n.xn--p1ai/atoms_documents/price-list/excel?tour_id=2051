--- v0 (2025-10-31)
+++ v1 (2025-12-31)
@@ -14,95 +14,95 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="2051-po-zatutyrkam-2-dnya..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
-    <t>02.11.2025</t>
-[...11 lines deleted...]
-    <t>20.12.2025</t>
+    <t>07.02.2026</t>
+  </si>
+  <si>
+    <t>22.02.2026</t>
+  </si>
+  <si>
+    <t>08.03.2026</t>
+  </si>
+  <si>
+    <t>21.03.2026</t>
+  </si>
+  <si>
+    <t>11.04.2026</t>
+  </si>
+  <si>
+    <t>18.04.2026</t>
+  </si>
+  <si>
+    <t>25.04.2026</t>
   </si>
   <si>
     <t>"Арль" Номер в реестре С602025003934</t>
   </si>
   <si>
     <t>Твин (раздельные кровати)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>-</t>
-[...1 lines deleted...]
-  <si>
     <t>10200 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>12100 RUB</t>
   </si>
   <si>
     <t>Ребёнок 6—14 лет на основном месте</t>
   </si>
   <si>
     <t>9600 RUB</t>
   </si>
   <si>
-    <t>Ребёнок 6—0 лет на дополнительном месте</t>
-[...1 lines deleted...]
-  <si>
     <t>Комфорт (двуспальная кровать)</t>
   </si>
   <si>
     <t>10500 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>9500 RUB</t>
   </si>
   <si>
     <t>12900 RUB</t>
   </si>
   <si>
     <t>9900 RUB</t>
   </si>
   <si>
     <t>Ребёнок 6—14 лет на дополнительном месте</t>
   </si>
   <si>
     <t>8900 RUB</t>
   </si>
   <si>
     <t>"Ольгинская" Номер в реестре С602024019384</t>
@@ -269,51 +269,51 @@
   <si>
     <t>10000 RUB</t>
   </si>
   <si>
     <t>17400 RUB</t>
   </si>
   <si>
     <t>12700 RUB</t>
   </si>
   <si>
     <t>"Двор Подзноева" (корпус "Студии и апартаменты") Номер в реестре С602024012823</t>
   </si>
   <si>
     <t>13700 RUB</t>
   </si>
   <si>
     <t>18200 RUB</t>
   </si>
   <si>
     <t>13100 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 31.10.2025 07:26, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 31.12.2025 16:47, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -655,4127 +655,5623 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O117"/>
+  <dimension ref="A1:V109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A116" sqref="A116:O116"/>
+      <selection activeCell="A108" sqref="A108:V108"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="93.120117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15">
+    <row r="1" spans="1:22">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="M1" s="1" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="2" spans="1:15">
+      <c r="P1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="R1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="S1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="T1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="U1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="V1" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="2" spans="1:22">
       <c r="A2" s="2" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
-    </row>
-    <row r="3" spans="1:15">
+      <c r="P2" s="2"/>
+      <c r="Q2" s="2"/>
+      <c r="R2" s="2"/>
+      <c r="S2" s="2"/>
+      <c r="T2" s="2"/>
+      <c r="U2" s="2"/>
+      <c r="V2" s="2"/>
+    </row>
+    <row r="3" spans="1:22">
       <c r="A3" s="3" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
-    </row>
-    <row r="4" spans="1:15">
+      <c r="P3" s="3"/>
+      <c r="Q3" s="3"/>
+      <c r="R3" s="3"/>
+      <c r="S3" s="3"/>
+      <c r="T3" s="3"/>
+      <c r="U3" s="3"/>
+      <c r="V3" s="3"/>
+    </row>
+    <row r="4" spans="1:22">
       <c r="A4" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B4" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C4" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>10</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>10</v>
+      </c>
+      <c r="H4" t="s">
+        <v>10</v>
+      </c>
+      <c r="I4" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" t="s">
+        <v>10</v>
+      </c>
+      <c r="K4" t="s">
+        <v>10</v>
+      </c>
+      <c r="L4" t="s">
+        <v>10</v>
+      </c>
+      <c r="M4" t="s">
+        <v>10</v>
+      </c>
+      <c r="N4" t="s">
+        <v>10</v>
+      </c>
+      <c r="O4" t="s">
+        <v>10</v>
+      </c>
+      <c r="P4" t="s">
+        <v>10</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>10</v>
+      </c>
+      <c r="R4" t="s">
+        <v>10</v>
+      </c>
+      <c r="S4" t="s">
+        <v>10</v>
+      </c>
+      <c r="T4" t="s">
+        <v>10</v>
+      </c>
+      <c r="U4" t="s">
+        <v>10</v>
+      </c>
+      <c r="V4" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:22">
+      <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>12</v>
+      </c>
+      <c r="H5" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>12</v>
+      </c>
+      <c r="K5" t="s">
+        <v>12</v>
+      </c>
+      <c r="L5" t="s">
+        <v>12</v>
+      </c>
+      <c r="M5" t="s">
+        <v>12</v>
+      </c>
+      <c r="N5" t="s">
+        <v>12</v>
+      </c>
+      <c r="O5" t="s">
+        <v>12</v>
+      </c>
+      <c r="P5" t="s">
+        <v>12</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>12</v>
+      </c>
+      <c r="R5" t="s">
+        <v>12</v>
+      </c>
+      <c r="S5" t="s">
+        <v>12</v>
+      </c>
+      <c r="T5" t="s">
+        <v>12</v>
+      </c>
+      <c r="U5" t="s">
+        <v>12</v>
+      </c>
+      <c r="V5" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" spans="1:22">
+      <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" t="s">
+        <v>14</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
+        <v>14</v>
+      </c>
+      <c r="I6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J6" t="s">
+        <v>14</v>
+      </c>
+      <c r="K6" t="s">
+        <v>14</v>
+      </c>
+      <c r="L6" t="s">
+        <v>14</v>
+      </c>
+      <c r="M6" t="s">
+        <v>14</v>
+      </c>
+      <c r="N6" t="s">
+        <v>14</v>
+      </c>
+      <c r="O6" t="s">
+        <v>14</v>
+      </c>
+      <c r="P6" t="s">
+        <v>14</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>14</v>
+      </c>
+      <c r="R6" t="s">
+        <v>14</v>
+      </c>
+      <c r="S6" t="s">
+        <v>14</v>
+      </c>
+      <c r="T6" t="s">
+        <v>14</v>
+      </c>
+      <c r="U6" t="s">
+        <v>14</v>
+      </c>
+      <c r="V6" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="7" spans="1:22">
+      <c r="A7" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="3"/>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3"/>
+      <c r="E7" s="3"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="3"/>
+      <c r="H7" s="3"/>
+      <c r="I7" s="3"/>
+      <c r="J7" s="3"/>
+      <c r="K7" s="3"/>
+      <c r="L7" s="3"/>
+      <c r="M7" s="3"/>
+      <c r="N7" s="3"/>
+      <c r="O7" s="3"/>
+      <c r="P7" s="3"/>
+      <c r="Q7" s="3"/>
+      <c r="R7" s="3"/>
+      <c r="S7" s="3"/>
+      <c r="T7" s="3"/>
+      <c r="U7" s="3"/>
+      <c r="V7" s="3"/>
+    </row>
+    <row r="8" spans="1:22">
+      <c r="A8" t="s">
         <v>9</v>
       </c>
-      <c r="E4" t="s">
+      <c r="B8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" t="s">
+        <v>16</v>
+      </c>
+      <c r="D8" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" t="s">
+        <v>16</v>
+      </c>
+      <c r="F8" t="s">
+        <v>16</v>
+      </c>
+      <c r="G8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H8" t="s">
+        <v>16</v>
+      </c>
+      <c r="I8" t="s">
+        <v>16</v>
+      </c>
+      <c r="J8" t="s">
+        <v>16</v>
+      </c>
+      <c r="K8" t="s">
+        <v>16</v>
+      </c>
+      <c r="L8" t="s">
+        <v>16</v>
+      </c>
+      <c r="M8" t="s">
+        <v>16</v>
+      </c>
+      <c r="N8" t="s">
+        <v>16</v>
+      </c>
+      <c r="O8" t="s">
+        <v>16</v>
+      </c>
+      <c r="P8" t="s">
+        <v>16</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>16</v>
+      </c>
+      <c r="R8" t="s">
+        <v>16</v>
+      </c>
+      <c r="S8" t="s">
+        <v>16</v>
+      </c>
+      <c r="T8" t="s">
+        <v>16</v>
+      </c>
+      <c r="U8" t="s">
+        <v>16</v>
+      </c>
+      <c r="V8" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:22">
+      <c r="A9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" t="s">
+        <v>18</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" t="s">
+        <v>18</v>
+      </c>
+      <c r="F9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H9" t="s">
+        <v>18</v>
+      </c>
+      <c r="I9" t="s">
+        <v>18</v>
+      </c>
+      <c r="J9" t="s">
+        <v>18</v>
+      </c>
+      <c r="K9" t="s">
+        <v>18</v>
+      </c>
+      <c r="L9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M9" t="s">
+        <v>18</v>
+      </c>
+      <c r="N9" t="s">
+        <v>18</v>
+      </c>
+      <c r="O9" t="s">
+        <v>18</v>
+      </c>
+      <c r="P9" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>18</v>
+      </c>
+      <c r="R9" t="s">
+        <v>18</v>
+      </c>
+      <c r="S9" t="s">
+        <v>18</v>
+      </c>
+      <c r="T9" t="s">
+        <v>18</v>
+      </c>
+      <c r="U9" t="s">
+        <v>18</v>
+      </c>
+      <c r="V9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:22">
+      <c r="A10" t="s">
+        <v>11</v>
+      </c>
+      <c r="B10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>19</v>
+      </c>
+      <c r="F10" t="s">
+        <v>19</v>
+      </c>
+      <c r="G10" t="s">
+        <v>19</v>
+      </c>
+      <c r="H10" t="s">
+        <v>19</v>
+      </c>
+      <c r="I10" t="s">
+        <v>19</v>
+      </c>
+      <c r="J10" t="s">
+        <v>19</v>
+      </c>
+      <c r="K10" t="s">
+        <v>19</v>
+      </c>
+      <c r="L10" t="s">
+        <v>19</v>
+      </c>
+      <c r="M10" t="s">
+        <v>19</v>
+      </c>
+      <c r="N10" t="s">
+        <v>19</v>
+      </c>
+      <c r="O10" t="s">
+        <v>19</v>
+      </c>
+      <c r="P10" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>19</v>
+      </c>
+      <c r="R10" t="s">
+        <v>19</v>
+      </c>
+      <c r="S10" t="s">
+        <v>19</v>
+      </c>
+      <c r="T10" t="s">
+        <v>19</v>
+      </c>
+      <c r="U10" t="s">
+        <v>19</v>
+      </c>
+      <c r="V10" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="11" spans="1:22">
+      <c r="A11" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>20</v>
+      </c>
+      <c r="H11" t="s">
+        <v>20</v>
+      </c>
+      <c r="I11" t="s">
+        <v>20</v>
+      </c>
+      <c r="J11" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" t="s">
+        <v>20</v>
+      </c>
+      <c r="L11" t="s">
+        <v>20</v>
+      </c>
+      <c r="M11" t="s">
+        <v>20</v>
+      </c>
+      <c r="N11" t="s">
+        <v>20</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>20</v>
+      </c>
+      <c r="R11" t="s">
+        <v>20</v>
+      </c>
+      <c r="S11" t="s">
+        <v>20</v>
+      </c>
+      <c r="T11" t="s">
+        <v>20</v>
+      </c>
+      <c r="U11" t="s">
+        <v>20</v>
+      </c>
+      <c r="V11" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="12" spans="1:22">
+      <c r="A12" t="s">
+        <v>21</v>
+      </c>
+      <c r="B12" t="s">
+        <v>22</v>
+      </c>
+      <c r="C12" t="s">
+        <v>22</v>
+      </c>
+      <c r="D12" t="s">
+        <v>22</v>
+      </c>
+      <c r="E12" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" t="s">
+        <v>22</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12" t="s">
+        <v>22</v>
+      </c>
+      <c r="I12" t="s">
+        <v>22</v>
+      </c>
+      <c r="J12" t="s">
+        <v>22</v>
+      </c>
+      <c r="K12" t="s">
+        <v>22</v>
+      </c>
+      <c r="L12" t="s">
+        <v>22</v>
+      </c>
+      <c r="M12" t="s">
+        <v>22</v>
+      </c>
+      <c r="N12" t="s">
+        <v>22</v>
+      </c>
+      <c r="O12" t="s">
+        <v>22</v>
+      </c>
+      <c r="P12" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>22</v>
+      </c>
+      <c r="R12" t="s">
+        <v>22</v>
+      </c>
+      <c r="S12" t="s">
+        <v>22</v>
+      </c>
+      <c r="T12" t="s">
+        <v>22</v>
+      </c>
+      <c r="U12" t="s">
+        <v>22</v>
+      </c>
+      <c r="V12" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="13" spans="1:22">
+      <c r="A13" s="4"/>
+      <c r="B13" s="4"/>
+      <c r="C13" s="4"/>
+      <c r="D13" s="4"/>
+      <c r="E13" s="4"/>
+      <c r="F13" s="4"/>
+      <c r="G13" s="4"/>
+      <c r="H13" s="4"/>
+      <c r="I13" s="4"/>
+      <c r="J13" s="4"/>
+      <c r="K13" s="4"/>
+      <c r="L13" s="4"/>
+      <c r="M13" s="4"/>
+      <c r="N13" s="4"/>
+      <c r="O13" s="4"/>
+      <c r="P13" s="4"/>
+      <c r="Q13" s="4"/>
+      <c r="R13" s="4"/>
+      <c r="S13" s="4"/>
+      <c r="T13" s="4"/>
+      <c r="U13" s="4"/>
+      <c r="V13" s="4"/>
+    </row>
+    <row r="14" spans="1:22">
+      <c r="A14" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
+      <c r="J14" s="2"/>
+      <c r="K14" s="2"/>
+      <c r="L14" s="2"/>
+      <c r="M14" s="2"/>
+      <c r="N14" s="2"/>
+      <c r="O14" s="2"/>
+      <c r="P14" s="2"/>
+      <c r="Q14" s="2"/>
+      <c r="R14" s="2"/>
+      <c r="S14" s="2"/>
+      <c r="T14" s="2"/>
+      <c r="U14" s="2"/>
+      <c r="V14" s="2"/>
+    </row>
+    <row r="15" spans="1:22">
+      <c r="A15" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15" s="3"/>
+      <c r="C15" s="3"/>
+      <c r="D15" s="3"/>
+      <c r="E15" s="3"/>
+      <c r="F15" s="3"/>
+      <c r="G15" s="3"/>
+      <c r="H15" s="3"/>
+      <c r="I15" s="3"/>
+      <c r="J15" s="3"/>
+      <c r="K15" s="3"/>
+      <c r="L15" s="3"/>
+      <c r="M15" s="3"/>
+      <c r="N15" s="3"/>
+      <c r="O15" s="3"/>
+      <c r="P15" s="3"/>
+      <c r="Q15" s="3"/>
+      <c r="R15" s="3"/>
+      <c r="S15" s="3"/>
+      <c r="T15" s="3"/>
+      <c r="U15" s="3"/>
+      <c r="V15" s="3"/>
+    </row>
+    <row r="16" spans="1:22">
+      <c r="A16" t="s">
         <v>9</v>
       </c>
-      <c r="F4" t="s">
+      <c r="B16" t="s">
+        <v>25</v>
+      </c>
+      <c r="C16" t="s">
+        <v>25</v>
+      </c>
+      <c r="D16" t="s">
+        <v>25</v>
+      </c>
+      <c r="E16" t="s">
+        <v>25</v>
+      </c>
+      <c r="F16" t="s">
+        <v>25</v>
+      </c>
+      <c r="G16" t="s">
+        <v>25</v>
+      </c>
+      <c r="H16" t="s">
+        <v>25</v>
+      </c>
+      <c r="I16" t="s">
+        <v>25</v>
+      </c>
+      <c r="J16" t="s">
+        <v>25</v>
+      </c>
+      <c r="K16" t="s">
+        <v>25</v>
+      </c>
+      <c r="L16" t="s">
+        <v>25</v>
+      </c>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>25</v>
+      </c>
+      <c r="O16" t="s">
+        <v>25</v>
+      </c>
+      <c r="P16" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>25</v>
+      </c>
+      <c r="R16" t="s">
+        <v>25</v>
+      </c>
+      <c r="S16" t="s">
+        <v>25</v>
+      </c>
+      <c r="T16" t="s">
+        <v>25</v>
+      </c>
+      <c r="U16" t="s">
+        <v>25</v>
+      </c>
+      <c r="V16" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="17" spans="1:22">
+      <c r="A17" t="s">
+        <v>13</v>
+      </c>
+      <c r="B17" t="s">
+        <v>26</v>
+      </c>
+      <c r="C17" t="s">
+        <v>26</v>
+      </c>
+      <c r="D17" t="s">
+        <v>26</v>
+      </c>
+      <c r="E17" t="s">
+        <v>26</v>
+      </c>
+      <c r="F17" t="s">
+        <v>26</v>
+      </c>
+      <c r="G17" t="s">
+        <v>26</v>
+      </c>
+      <c r="H17" t="s">
+        <v>26</v>
+      </c>
+      <c r="I17" t="s">
+        <v>26</v>
+      </c>
+      <c r="J17" t="s">
+        <v>26</v>
+      </c>
+      <c r="K17" t="s">
+        <v>26</v>
+      </c>
+      <c r="L17" t="s">
+        <v>26</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>26</v>
+      </c>
+      <c r="P17" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>26</v>
+      </c>
+      <c r="R17" t="s">
+        <v>26</v>
+      </c>
+      <c r="S17" t="s">
+        <v>26</v>
+      </c>
+      <c r="T17" t="s">
+        <v>26</v>
+      </c>
+      <c r="U17" t="s">
+        <v>26</v>
+      </c>
+      <c r="V17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="18" spans="1:22">
+      <c r="A18" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B18" s="3"/>
+      <c r="C18" s="3"/>
+      <c r="D18" s="3"/>
+      <c r="E18" s="3"/>
+      <c r="F18" s="3"/>
+      <c r="G18" s="3"/>
+      <c r="H18" s="3"/>
+      <c r="I18" s="3"/>
+      <c r="J18" s="3"/>
+      <c r="K18" s="3"/>
+      <c r="L18" s="3"/>
+      <c r="M18" s="3"/>
+      <c r="N18" s="3"/>
+      <c r="O18" s="3"/>
+      <c r="P18" s="3"/>
+      <c r="Q18" s="3"/>
+      <c r="R18" s="3"/>
+      <c r="S18" s="3"/>
+      <c r="T18" s="3"/>
+      <c r="U18" s="3"/>
+      <c r="V18" s="3"/>
+    </row>
+    <row r="19" spans="1:22">
+      <c r="A19" t="s">
         <v>9</v>
       </c>
-      <c r="G4" t="s">
-[...544 lines deleted...]
-      </c>
       <c r="B19" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="C19" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="D19" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E19" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="F19" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="G19" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="H19" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="I19" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="J19" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="K19" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="L19" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="M19" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:15">
+        <v>28</v>
+      </c>
+      <c r="N19" t="s">
+        <v>28</v>
+      </c>
+      <c r="O19" t="s">
+        <v>28</v>
+      </c>
+      <c r="P19" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>28</v>
+      </c>
+      <c r="R19" t="s">
+        <v>28</v>
+      </c>
+      <c r="S19" t="s">
+        <v>28</v>
+      </c>
+      <c r="T19" t="s">
+        <v>28</v>
+      </c>
+      <c r="U19" t="s">
+        <v>28</v>
+      </c>
+      <c r="V19" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="20" spans="1:22">
       <c r="A20" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
-    </row>
-    <row r="21" spans="1:15">
+      <c r="P20" s="3"/>
+      <c r="Q20" s="3"/>
+      <c r="R20" s="3"/>
+      <c r="S20" s="3"/>
+      <c r="T20" s="3"/>
+      <c r="U20" s="3"/>
+      <c r="V20" s="3"/>
+    </row>
+    <row r="21" spans="1:22">
       <c r="A21" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B21" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C21" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="D21" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E21" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F21" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="G21" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="H21" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="I21" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="J21" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="K21" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="L21" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="M21" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="N21" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="O21" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:15">
+        <v>25</v>
+      </c>
+      <c r="P21" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>25</v>
+      </c>
+      <c r="R21" t="s">
+        <v>25</v>
+      </c>
+      <c r="S21" t="s">
+        <v>25</v>
+      </c>
+      <c r="T21" t="s">
+        <v>25</v>
+      </c>
+      <c r="U21" t="s">
+        <v>25</v>
+      </c>
+      <c r="V21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="22" spans="1:22">
       <c r="A22" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B22" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C22" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="D22" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E22" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="F22" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="G22" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="H22" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="I22" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="J22" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="K22" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="L22" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="M22" t="s">
-        <v>8</v>
-[...62 lines deleted...]
-    <row r="25" spans="1:15">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>26</v>
+      </c>
+      <c r="P22" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>26</v>
+      </c>
+      <c r="R22" t="s">
+        <v>26</v>
+      </c>
+      <c r="S22" t="s">
+        <v>26</v>
+      </c>
+      <c r="T22" t="s">
+        <v>26</v>
+      </c>
+      <c r="U22" t="s">
+        <v>26</v>
+      </c>
+      <c r="V22" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="23" spans="1:22">
+      <c r="A23" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B23" s="3"/>
+      <c r="C23" s="3"/>
+      <c r="D23" s="3"/>
+      <c r="E23" s="3"/>
+      <c r="F23" s="3"/>
+      <c r="G23" s="3"/>
+      <c r="H23" s="3"/>
+      <c r="I23" s="3"/>
+      <c r="J23" s="3"/>
+      <c r="K23" s="3"/>
+      <c r="L23" s="3"/>
+      <c r="M23" s="3"/>
+      <c r="N23" s="3"/>
+      <c r="O23" s="3"/>
+      <c r="P23" s="3"/>
+      <c r="Q23" s="3"/>
+      <c r="R23" s="3"/>
+      <c r="S23" s="3"/>
+      <c r="T23" s="3"/>
+      <c r="U23" s="3"/>
+      <c r="V23" s="3"/>
+    </row>
+    <row r="24" spans="1:22">
+      <c r="A24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B24" t="s">
+        <v>31</v>
+      </c>
+      <c r="C24" t="s">
+        <v>31</v>
+      </c>
+      <c r="D24" t="s">
+        <v>31</v>
+      </c>
+      <c r="E24" t="s">
+        <v>31</v>
+      </c>
+      <c r="F24" t="s">
+        <v>31</v>
+      </c>
+      <c r="G24" t="s">
+        <v>31</v>
+      </c>
+      <c r="H24" t="s">
+        <v>31</v>
+      </c>
+      <c r="I24" t="s">
+        <v>31</v>
+      </c>
+      <c r="J24" t="s">
+        <v>31</v>
+      </c>
+      <c r="K24" t="s">
+        <v>31</v>
+      </c>
+      <c r="L24" t="s">
+        <v>31</v>
+      </c>
+      <c r="M24" t="s">
+        <v>31</v>
+      </c>
+      <c r="N24" t="s">
+        <v>31</v>
+      </c>
+      <c r="O24" t="s">
+        <v>31</v>
+      </c>
+      <c r="P24" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>31</v>
+      </c>
+      <c r="R24" t="s">
+        <v>31</v>
+      </c>
+      <c r="S24" t="s">
+        <v>31</v>
+      </c>
+      <c r="T24" t="s">
+        <v>31</v>
+      </c>
+      <c r="U24" t="s">
+        <v>31</v>
+      </c>
+      <c r="V24" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="25" spans="1:22">
       <c r="A25" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="B25" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C25" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="E25" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="F25" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="G25" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="H25" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="I25" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="J25" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="K25" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="L25" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="M25" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="N25" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="O25" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:15">
+        <v>32</v>
+      </c>
+      <c r="P25" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>32</v>
+      </c>
+      <c r="R25" t="s">
+        <v>32</v>
+      </c>
+      <c r="S25" t="s">
+        <v>32</v>
+      </c>
+      <c r="T25" t="s">
+        <v>32</v>
+      </c>
+      <c r="U25" t="s">
+        <v>32</v>
+      </c>
+      <c r="V25" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="26" spans="1:22">
       <c r="A26" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B26" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="C26" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="D26" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="E26" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="F26" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="G26" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="H26" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="I26" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="J26" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="K26" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="L26" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="M26" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:15">
+        <v>33</v>
+      </c>
+      <c r="N26" t="s">
+        <v>33</v>
+      </c>
+      <c r="O26" t="s">
+        <v>33</v>
+      </c>
+      <c r="P26" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>33</v>
+      </c>
+      <c r="R26" t="s">
+        <v>33</v>
+      </c>
+      <c r="S26" t="s">
+        <v>33</v>
+      </c>
+      <c r="T26" t="s">
+        <v>33</v>
+      </c>
+      <c r="U26" t="s">
+        <v>33</v>
+      </c>
+      <c r="V26" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="27" spans="1:22">
       <c r="A27" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B27" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="C27" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="D27" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="E27" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="F27" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="G27" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="H27" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="I27" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="J27" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="K27" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="L27" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="M27" t="s">
-        <v>8</v>
-[...162 lines deleted...]
-    <row r="32" spans="1:15">
+        <v>34</v>
+      </c>
+      <c r="N27" t="s">
+        <v>34</v>
+      </c>
+      <c r="O27" t="s">
+        <v>34</v>
+      </c>
+      <c r="P27" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>34</v>
+      </c>
+      <c r="R27" t="s">
+        <v>34</v>
+      </c>
+      <c r="S27" t="s">
+        <v>34</v>
+      </c>
+      <c r="T27" t="s">
+        <v>34</v>
+      </c>
+      <c r="U27" t="s">
+        <v>34</v>
+      </c>
+      <c r="V27" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="28" spans="1:22">
+      <c r="A28" t="s">
+        <v>21</v>
+      </c>
+      <c r="B28" t="s">
+        <v>35</v>
+      </c>
+      <c r="C28" t="s">
+        <v>35</v>
+      </c>
+      <c r="D28" t="s">
+        <v>35</v>
+      </c>
+      <c r="E28" t="s">
+        <v>35</v>
+      </c>
+      <c r="F28" t="s">
+        <v>35</v>
+      </c>
+      <c r="G28" t="s">
+        <v>35</v>
+      </c>
+      <c r="H28" t="s">
+        <v>35</v>
+      </c>
+      <c r="I28" t="s">
+        <v>35</v>
+      </c>
+      <c r="J28" t="s">
+        <v>35</v>
+      </c>
+      <c r="K28" t="s">
+        <v>35</v>
+      </c>
+      <c r="L28" t="s">
+        <v>35</v>
+      </c>
+      <c r="M28" t="s">
+        <v>35</v>
+      </c>
+      <c r="N28" t="s">
+        <v>35</v>
+      </c>
+      <c r="O28" t="s">
+        <v>35</v>
+      </c>
+      <c r="P28" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>35</v>
+      </c>
+      <c r="R28" t="s">
+        <v>35</v>
+      </c>
+      <c r="S28" t="s">
+        <v>35</v>
+      </c>
+      <c r="T28" t="s">
+        <v>35</v>
+      </c>
+      <c r="U28" t="s">
+        <v>35</v>
+      </c>
+      <c r="V28" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="29" spans="1:22">
+      <c r="A29" s="4"/>
+      <c r="B29" s="4"/>
+      <c r="C29" s="4"/>
+      <c r="D29" s="4"/>
+      <c r="E29" s="4"/>
+      <c r="F29" s="4"/>
+      <c r="G29" s="4"/>
+      <c r="H29" s="4"/>
+      <c r="I29" s="4"/>
+      <c r="J29" s="4"/>
+      <c r="K29" s="4"/>
+      <c r="L29" s="4"/>
+      <c r="M29" s="4"/>
+      <c r="N29" s="4"/>
+      <c r="O29" s="4"/>
+      <c r="P29" s="4"/>
+      <c r="Q29" s="4"/>
+      <c r="R29" s="4"/>
+      <c r="S29" s="4"/>
+      <c r="T29" s="4"/>
+      <c r="U29" s="4"/>
+      <c r="V29" s="4"/>
+    </row>
+    <row r="30" spans="1:22">
+      <c r="A30" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
+      <c r="J30" s="2"/>
+      <c r="K30" s="2"/>
+      <c r="L30" s="2"/>
+      <c r="M30" s="2"/>
+      <c r="N30" s="2"/>
+      <c r="O30" s="2"/>
+      <c r="P30" s="2"/>
+      <c r="Q30" s="2"/>
+      <c r="R30" s="2"/>
+      <c r="S30" s="2"/>
+      <c r="T30" s="2"/>
+      <c r="U30" s="2"/>
+      <c r="V30" s="2"/>
+    </row>
+    <row r="31" spans="1:22">
+      <c r="A31" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B31" s="3"/>
+      <c r="C31" s="3"/>
+      <c r="D31" s="3"/>
+      <c r="E31" s="3"/>
+      <c r="F31" s="3"/>
+      <c r="G31" s="3"/>
+      <c r="H31" s="3"/>
+      <c r="I31" s="3"/>
+      <c r="J31" s="3"/>
+      <c r="K31" s="3"/>
+      <c r="L31" s="3"/>
+      <c r="M31" s="3"/>
+      <c r="N31" s="3"/>
+      <c r="O31" s="3"/>
+      <c r="P31" s="3"/>
+      <c r="Q31" s="3"/>
+      <c r="R31" s="3"/>
+      <c r="S31" s="3"/>
+      <c r="T31" s="3"/>
+      <c r="U31" s="3"/>
+      <c r="V31" s="3"/>
+    </row>
+    <row r="32" spans="1:22">
       <c r="A32" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="B32" t="s">
         <v>34</v>
       </c>
       <c r="C32" t="s">
         <v>34</v>
       </c>
       <c r="D32" t="s">
         <v>34</v>
       </c>
       <c r="E32" t="s">
         <v>34</v>
       </c>
       <c r="F32" t="s">
         <v>34</v>
       </c>
       <c r="G32" t="s">
         <v>34</v>
       </c>
       <c r="H32" t="s">
         <v>34</v>
       </c>
       <c r="I32" t="s">
         <v>34</v>
       </c>
       <c r="J32" t="s">
         <v>34</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
         <v>34</v>
       </c>
       <c r="M32" t="s">
         <v>34</v>
       </c>
-    </row>
-    <row r="33" spans="1:15">
+      <c r="N32" t="s">
+        <v>34</v>
+      </c>
+      <c r="O32" t="s">
+        <v>34</v>
+      </c>
+      <c r="P32" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>34</v>
+      </c>
+      <c r="R32" t="s">
+        <v>34</v>
+      </c>
+      <c r="S32" t="s">
+        <v>34</v>
+      </c>
+      <c r="T32" t="s">
+        <v>34</v>
+      </c>
+      <c r="U32" t="s">
+        <v>34</v>
+      </c>
+      <c r="V32" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="33" spans="1:22">
       <c r="A33" t="s">
+        <v>13</v>
+      </c>
+      <c r="B33" t="s">
+        <v>38</v>
+      </c>
+      <c r="C33" t="s">
+        <v>38</v>
+      </c>
+      <c r="D33" t="s">
+        <v>38</v>
+      </c>
+      <c r="E33" t="s">
+        <v>38</v>
+      </c>
+      <c r="F33" t="s">
+        <v>38</v>
+      </c>
+      <c r="G33" t="s">
+        <v>38</v>
+      </c>
+      <c r="H33" t="s">
+        <v>38</v>
+      </c>
+      <c r="I33" t="s">
+        <v>38</v>
+      </c>
+      <c r="J33" t="s">
+        <v>38</v>
+      </c>
+      <c r="K33" t="s">
+        <v>38</v>
+      </c>
+      <c r="L33" t="s">
+        <v>38</v>
+      </c>
+      <c r="M33" t="s">
+        <v>38</v>
+      </c>
+      <c r="N33" t="s">
+        <v>38</v>
+      </c>
+      <c r="O33" t="s">
+        <v>38</v>
+      </c>
+      <c r="P33" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>38</v>
+      </c>
+      <c r="R33" t="s">
+        <v>38</v>
+      </c>
+      <c r="S33" t="s">
+        <v>38</v>
+      </c>
+      <c r="T33" t="s">
+        <v>38</v>
+      </c>
+      <c r="U33" t="s">
+        <v>38</v>
+      </c>
+      <c r="V33" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="34" spans="1:22">
+      <c r="A34" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B34" s="3"/>
+      <c r="C34" s="3"/>
+      <c r="D34" s="3"/>
+      <c r="E34" s="3"/>
+      <c r="F34" s="3"/>
+      <c r="G34" s="3"/>
+      <c r="H34" s="3"/>
+      <c r="I34" s="3"/>
+      <c r="J34" s="3"/>
+      <c r="K34" s="3"/>
+      <c r="L34" s="3"/>
+      <c r="M34" s="3"/>
+      <c r="N34" s="3"/>
+      <c r="O34" s="3"/>
+      <c r="P34" s="3"/>
+      <c r="Q34" s="3"/>
+      <c r="R34" s="3"/>
+      <c r="S34" s="3"/>
+      <c r="T34" s="3"/>
+      <c r="U34" s="3"/>
+      <c r="V34" s="3"/>
+    </row>
+    <row r="35" spans="1:22">
+      <c r="A35" t="s">
+        <v>9</v>
+      </c>
+      <c r="B35" t="s">
+        <v>40</v>
+      </c>
+      <c r="C35" t="s">
+        <v>40</v>
+      </c>
+      <c r="D35" t="s">
+        <v>40</v>
+      </c>
+      <c r="E35" t="s">
+        <v>40</v>
+      </c>
+      <c r="F35" t="s">
+        <v>40</v>
+      </c>
+      <c r="G35" t="s">
+        <v>40</v>
+      </c>
+      <c r="H35" t="s">
+        <v>40</v>
+      </c>
+      <c r="I35" t="s">
+        <v>40</v>
+      </c>
+      <c r="J35" t="s">
+        <v>40</v>
+      </c>
+      <c r="K35" t="s">
+        <v>40</v>
+      </c>
+      <c r="L35" t="s">
+        <v>40</v>
+      </c>
+      <c r="M35" t="s">
+        <v>40</v>
+      </c>
+      <c r="N35" t="s">
+        <v>40</v>
+      </c>
+      <c r="O35" t="s">
+        <v>40</v>
+      </c>
+      <c r="P35" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>40</v>
+      </c>
+      <c r="R35" t="s">
+        <v>40</v>
+      </c>
+      <c r="S35" t="s">
+        <v>40</v>
+      </c>
+      <c r="T35" t="s">
+        <v>40</v>
+      </c>
+      <c r="U35" t="s">
+        <v>40</v>
+      </c>
+      <c r="V35" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="36" spans="1:22">
+      <c r="A36" s="4"/>
+      <c r="B36" s="4"/>
+      <c r="C36" s="4"/>
+      <c r="D36" s="4"/>
+      <c r="E36" s="4"/>
+      <c r="F36" s="4"/>
+      <c r="G36" s="4"/>
+      <c r="H36" s="4"/>
+      <c r="I36" s="4"/>
+      <c r="J36" s="4"/>
+      <c r="K36" s="4"/>
+      <c r="L36" s="4"/>
+      <c r="M36" s="4"/>
+      <c r="N36" s="4"/>
+      <c r="O36" s="4"/>
+      <c r="P36" s="4"/>
+      <c r="Q36" s="4"/>
+      <c r="R36" s="4"/>
+      <c r="S36" s="4"/>
+      <c r="T36" s="4"/>
+      <c r="U36" s="4"/>
+      <c r="V36" s="4"/>
+    </row>
+    <row r="37" spans="1:22">
+      <c r="A37" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B37" s="2"/>
+      <c r="C37" s="2"/>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2"/>
+      <c r="F37" s="2"/>
+      <c r="G37" s="2"/>
+      <c r="H37" s="2"/>
+      <c r="I37" s="2"/>
+      <c r="J37" s="2"/>
+      <c r="K37" s="2"/>
+      <c r="L37" s="2"/>
+      <c r="M37" s="2"/>
+      <c r="N37" s="2"/>
+      <c r="O37" s="2"/>
+      <c r="P37" s="2"/>
+      <c r="Q37" s="2"/>
+      <c r="R37" s="2"/>
+      <c r="S37" s="2"/>
+      <c r="T37" s="2"/>
+      <c r="U37" s="2"/>
+      <c r="V37" s="2"/>
+    </row>
+    <row r="38" spans="1:22">
+      <c r="A38" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B38" s="3"/>
+      <c r="C38" s="3"/>
+      <c r="D38" s="3"/>
+      <c r="E38" s="3"/>
+      <c r="F38" s="3"/>
+      <c r="G38" s="3"/>
+      <c r="H38" s="3"/>
+      <c r="I38" s="3"/>
+      <c r="J38" s="3"/>
+      <c r="K38" s="3"/>
+      <c r="L38" s="3"/>
+      <c r="M38" s="3"/>
+      <c r="N38" s="3"/>
+      <c r="O38" s="3"/>
+      <c r="P38" s="3"/>
+      <c r="Q38" s="3"/>
+      <c r="R38" s="3"/>
+      <c r="S38" s="3"/>
+      <c r="T38" s="3"/>
+      <c r="U38" s="3"/>
+      <c r="V38" s="3"/>
+    </row>
+    <row r="39" spans="1:22">
+      <c r="A39" t="s">
+        <v>9</v>
+      </c>
+      <c r="B39" t="s">
+        <v>43</v>
+      </c>
+      <c r="C39" t="s">
+        <v>43</v>
+      </c>
+      <c r="D39" t="s">
+        <v>43</v>
+      </c>
+      <c r="E39" t="s">
+        <v>43</v>
+      </c>
+      <c r="F39" t="s">
+        <v>43</v>
+      </c>
+      <c r="G39" t="s">
+        <v>43</v>
+      </c>
+      <c r="H39" t="s">
+        <v>43</v>
+      </c>
+      <c r="I39" t="s">
+        <v>43</v>
+      </c>
+      <c r="J39" t="s">
+        <v>43</v>
+      </c>
+      <c r="K39" t="s">
+        <v>43</v>
+      </c>
+      <c r="L39" t="s">
+        <v>43</v>
+      </c>
+      <c r="M39" t="s">
+        <v>43</v>
+      </c>
+      <c r="N39" t="s">
+        <v>43</v>
+      </c>
+      <c r="O39" t="s">
+        <v>43</v>
+      </c>
+      <c r="P39" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>43</v>
+      </c>
+      <c r="R39" t="s">
+        <v>43</v>
+      </c>
+      <c r="S39" t="s">
+        <v>43</v>
+      </c>
+      <c r="T39" t="s">
+        <v>43</v>
+      </c>
+      <c r="U39" t="s">
+        <v>43</v>
+      </c>
+      <c r="V39" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="40" spans="1:22">
+      <c r="A40" t="s">
+        <v>13</v>
+      </c>
+      <c r="B40" t="s">
+        <v>44</v>
+      </c>
+      <c r="C40" t="s">
+        <v>44</v>
+      </c>
+      <c r="D40" t="s">
+        <v>44</v>
+      </c>
+      <c r="E40" t="s">
+        <v>44</v>
+      </c>
+      <c r="F40" t="s">
+        <v>44</v>
+      </c>
+      <c r="G40" t="s">
+        <v>44</v>
+      </c>
+      <c r="H40" t="s">
+        <v>44</v>
+      </c>
+      <c r="I40" t="s">
+        <v>44</v>
+      </c>
+      <c r="J40" t="s">
+        <v>44</v>
+      </c>
+      <c r="K40" t="s">
+        <v>44</v>
+      </c>
+      <c r="L40" t="s">
+        <v>44</v>
+      </c>
+      <c r="M40" t="s">
+        <v>44</v>
+      </c>
+      <c r="N40" t="s">
+        <v>44</v>
+      </c>
+      <c r="O40" t="s">
+        <v>44</v>
+      </c>
+      <c r="P40" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>44</v>
+      </c>
+      <c r="R40" t="s">
+        <v>44</v>
+      </c>
+      <c r="S40" t="s">
+        <v>44</v>
+      </c>
+      <c r="T40" t="s">
+        <v>44</v>
+      </c>
+      <c r="U40" t="s">
+        <v>44</v>
+      </c>
+      <c r="V40" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="41" spans="1:22">
+      <c r="A41" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B41" s="3"/>
+      <c r="C41" s="3"/>
+      <c r="D41" s="3"/>
+      <c r="E41" s="3"/>
+      <c r="F41" s="3"/>
+      <c r="G41" s="3"/>
+      <c r="H41" s="3"/>
+      <c r="I41" s="3"/>
+      <c r="J41" s="3"/>
+      <c r="K41" s="3"/>
+      <c r="L41" s="3"/>
+      <c r="M41" s="3"/>
+      <c r="N41" s="3"/>
+      <c r="O41" s="3"/>
+      <c r="P41" s="3"/>
+      <c r="Q41" s="3"/>
+      <c r="R41" s="3"/>
+      <c r="S41" s="3"/>
+      <c r="T41" s="3"/>
+      <c r="U41" s="3"/>
+      <c r="V41" s="3"/>
+    </row>
+    <row r="42" spans="1:22">
+      <c r="A42" t="s">
+        <v>9</v>
+      </c>
+      <c r="B42" t="s">
+        <v>28</v>
+      </c>
+      <c r="C42" t="s">
+        <v>28</v>
+      </c>
+      <c r="D42" t="s">
+        <v>28</v>
+      </c>
+      <c r="E42" t="s">
+        <v>28</v>
+      </c>
+      <c r="F42" t="s">
+        <v>28</v>
+      </c>
+      <c r="G42" t="s">
+        <v>28</v>
+      </c>
+      <c r="H42" t="s">
+        <v>28</v>
+      </c>
+      <c r="I42" t="s">
+        <v>28</v>
+      </c>
+      <c r="J42" t="s">
+        <v>28</v>
+      </c>
+      <c r="K42" t="s">
+        <v>28</v>
+      </c>
+      <c r="L42" t="s">
+        <v>28</v>
+      </c>
+      <c r="M42" t="s">
+        <v>28</v>
+      </c>
+      <c r="N42" t="s">
+        <v>28</v>
+      </c>
+      <c r="O42" t="s">
+        <v>28</v>
+      </c>
+      <c r="P42" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>28</v>
+      </c>
+      <c r="R42" t="s">
+        <v>28</v>
+      </c>
+      <c r="S42" t="s">
+        <v>28</v>
+      </c>
+      <c r="T42" t="s">
+        <v>28</v>
+      </c>
+      <c r="U42" t="s">
+        <v>28</v>
+      </c>
+      <c r="V42" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="43" spans="1:22">
+      <c r="A43" s="4"/>
+      <c r="B43" s="4"/>
+      <c r="C43" s="4"/>
+      <c r="D43" s="4"/>
+      <c r="E43" s="4"/>
+      <c r="F43" s="4"/>
+      <c r="G43" s="4"/>
+      <c r="H43" s="4"/>
+      <c r="I43" s="4"/>
+      <c r="J43" s="4"/>
+      <c r="K43" s="4"/>
+      <c r="L43" s="4"/>
+      <c r="M43" s="4"/>
+      <c r="N43" s="4"/>
+      <c r="O43" s="4"/>
+      <c r="P43" s="4"/>
+      <c r="Q43" s="4"/>
+      <c r="R43" s="4"/>
+      <c r="S43" s="4"/>
+      <c r="T43" s="4"/>
+      <c r="U43" s="4"/>
+      <c r="V43" s="4"/>
+    </row>
+    <row r="44" spans="1:22">
+      <c r="A44" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B44" s="2"/>
+      <c r="C44" s="2"/>
+      <c r="D44" s="2"/>
+      <c r="E44" s="2"/>
+      <c r="F44" s="2"/>
+      <c r="G44" s="2"/>
+      <c r="H44" s="2"/>
+      <c r="I44" s="2"/>
+      <c r="J44" s="2"/>
+      <c r="K44" s="2"/>
+      <c r="L44" s="2"/>
+      <c r="M44" s="2"/>
+      <c r="N44" s="2"/>
+      <c r="O44" s="2"/>
+      <c r="P44" s="2"/>
+      <c r="Q44" s="2"/>
+      <c r="R44" s="2"/>
+      <c r="S44" s="2"/>
+      <c r="T44" s="2"/>
+      <c r="U44" s="2"/>
+      <c r="V44" s="2"/>
+    </row>
+    <row r="45" spans="1:22">
+      <c r="A45" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B45" s="3"/>
+      <c r="C45" s="3"/>
+      <c r="D45" s="3"/>
+      <c r="E45" s="3"/>
+      <c r="F45" s="3"/>
+      <c r="G45" s="3"/>
+      <c r="H45" s="3"/>
+      <c r="I45" s="3"/>
+      <c r="J45" s="3"/>
+      <c r="K45" s="3"/>
+      <c r="L45" s="3"/>
+      <c r="M45" s="3"/>
+      <c r="N45" s="3"/>
+      <c r="O45" s="3"/>
+      <c r="P45" s="3"/>
+      <c r="Q45" s="3"/>
+      <c r="R45" s="3"/>
+      <c r="S45" s="3"/>
+      <c r="T45" s="3"/>
+      <c r="U45" s="3"/>
+      <c r="V45" s="3"/>
+    </row>
+    <row r="46" spans="1:22">
+      <c r="A46" t="s">
+        <v>9</v>
+      </c>
+      <c r="B46" t="s">
+        <v>31</v>
+      </c>
+      <c r="C46" t="s">
+        <v>31</v>
+      </c>
+      <c r="D46" t="s">
+        <v>31</v>
+      </c>
+      <c r="E46" t="s">
+        <v>31</v>
+      </c>
+      <c r="F46" t="s">
+        <v>31</v>
+      </c>
+      <c r="G46" t="s">
+        <v>31</v>
+      </c>
+      <c r="H46" t="s">
+        <v>31</v>
+      </c>
+      <c r="I46" t="s">
+        <v>31</v>
+      </c>
+      <c r="J46" t="s">
+        <v>31</v>
+      </c>
+      <c r="K46" t="s">
+        <v>31</v>
+      </c>
+      <c r="L46" t="s">
+        <v>31</v>
+      </c>
+      <c r="M46" t="s">
+        <v>31</v>
+      </c>
+      <c r="N46" t="s">
+        <v>31</v>
+      </c>
+      <c r="O46" t="s">
+        <v>31</v>
+      </c>
+      <c r="P46" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>31</v>
+      </c>
+      <c r="R46" t="s">
+        <v>31</v>
+      </c>
+      <c r="S46" t="s">
+        <v>31</v>
+      </c>
+      <c r="T46" t="s">
+        <v>31</v>
+      </c>
+      <c r="U46" t="s">
+        <v>31</v>
+      </c>
+      <c r="V46" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="47" spans="1:22">
+      <c r="A47" t="s">
+        <v>17</v>
+      </c>
+      <c r="B47" t="s">
+        <v>48</v>
+      </c>
+      <c r="C47" t="s">
+        <v>48</v>
+      </c>
+      <c r="D47" t="s">
+        <v>48</v>
+      </c>
+      <c r="E47" t="s">
+        <v>48</v>
+      </c>
+      <c r="F47" t="s">
+        <v>48</v>
+      </c>
+      <c r="G47" t="s">
+        <v>48</v>
+      </c>
+      <c r="H47" t="s">
+        <v>48</v>
+      </c>
+      <c r="I47" t="s">
+        <v>48</v>
+      </c>
+      <c r="J47" t="s">
+        <v>48</v>
+      </c>
+      <c r="K47" t="s">
+        <v>48</v>
+      </c>
+      <c r="L47" t="s">
+        <v>48</v>
+      </c>
+      <c r="M47" t="s">
+        <v>48</v>
+      </c>
+      <c r="N47" t="s">
+        <v>48</v>
+      </c>
+      <c r="O47" t="s">
+        <v>48</v>
+      </c>
+      <c r="P47" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>48</v>
+      </c>
+      <c r="R47" t="s">
+        <v>48</v>
+      </c>
+      <c r="S47" t="s">
+        <v>48</v>
+      </c>
+      <c r="T47" t="s">
+        <v>48</v>
+      </c>
+      <c r="U47" t="s">
+        <v>48</v>
+      </c>
+      <c r="V47" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="48" spans="1:22">
+      <c r="A48" t="s">
+        <v>11</v>
+      </c>
+      <c r="B48" t="s">
+        <v>49</v>
+      </c>
+      <c r="C48" t="s">
+        <v>49</v>
+      </c>
+      <c r="D48" t="s">
+        <v>49</v>
+      </c>
+      <c r="E48" t="s">
+        <v>49</v>
+      </c>
+      <c r="F48" t="s">
+        <v>49</v>
+      </c>
+      <c r="G48" t="s">
+        <v>49</v>
+      </c>
+      <c r="H48" t="s">
+        <v>49</v>
+      </c>
+      <c r="I48" t="s">
+        <v>49</v>
+      </c>
+      <c r="J48" t="s">
+        <v>49</v>
+      </c>
+      <c r="K48" t="s">
+        <v>49</v>
+      </c>
+      <c r="L48" t="s">
+        <v>49</v>
+      </c>
+      <c r="M48" t="s">
+        <v>49</v>
+      </c>
+      <c r="N48" t="s">
+        <v>49</v>
+      </c>
+      <c r="O48" t="s">
+        <v>49</v>
+      </c>
+      <c r="P48" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>49</v>
+      </c>
+      <c r="R48" t="s">
+        <v>49</v>
+      </c>
+      <c r="S48" t="s">
+        <v>49</v>
+      </c>
+      <c r="T48" t="s">
+        <v>49</v>
+      </c>
+      <c r="U48" t="s">
+        <v>49</v>
+      </c>
+      <c r="V48" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="49" spans="1:22">
+      <c r="A49" t="s">
+        <v>13</v>
+      </c>
+      <c r="B49" t="s">
+        <v>34</v>
+      </c>
+      <c r="C49" t="s">
+        <v>34</v>
+      </c>
+      <c r="D49" t="s">
+        <v>34</v>
+      </c>
+      <c r="E49" t="s">
+        <v>34</v>
+      </c>
+      <c r="F49" t="s">
+        <v>34</v>
+      </c>
+      <c r="G49" t="s">
+        <v>34</v>
+      </c>
+      <c r="H49" t="s">
+        <v>34</v>
+      </c>
+      <c r="I49" t="s">
+        <v>34</v>
+      </c>
+      <c r="J49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>34</v>
+      </c>
+      <c r="M49" t="s">
+        <v>34</v>
+      </c>
+      <c r="N49" t="s">
+        <v>34</v>
+      </c>
+      <c r="O49" t="s">
+        <v>34</v>
+      </c>
+      <c r="P49" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>34</v>
+      </c>
+      <c r="R49" t="s">
+        <v>34</v>
+      </c>
+      <c r="S49" t="s">
+        <v>34</v>
+      </c>
+      <c r="T49" t="s">
+        <v>34</v>
+      </c>
+      <c r="U49" t="s">
+        <v>34</v>
+      </c>
+      <c r="V49" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="50" spans="1:22">
+      <c r="A50" t="s">
         <v>21</v>
       </c>
-      <c r="B33" t="s">
-[...139 lines deleted...]
-      <c r="A38" t="s">
+      <c r="B50" t="s">
+        <v>50</v>
+      </c>
+      <c r="C50" t="s">
+        <v>50</v>
+      </c>
+      <c r="D50" t="s">
+        <v>50</v>
+      </c>
+      <c r="E50" t="s">
+        <v>50</v>
+      </c>
+      <c r="F50" t="s">
+        <v>50</v>
+      </c>
+      <c r="G50" t="s">
+        <v>50</v>
+      </c>
+      <c r="H50" t="s">
+        <v>50</v>
+      </c>
+      <c r="I50" t="s">
+        <v>50</v>
+      </c>
+      <c r="J50" t="s">
+        <v>50</v>
+      </c>
+      <c r="K50" t="s">
+        <v>50</v>
+      </c>
+      <c r="L50" t="s">
+        <v>50</v>
+      </c>
+      <c r="M50" t="s">
+        <v>50</v>
+      </c>
+      <c r="N50" t="s">
+        <v>50</v>
+      </c>
+      <c r="O50" t="s">
+        <v>50</v>
+      </c>
+      <c r="P50" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>50</v>
+      </c>
+      <c r="R50" t="s">
+        <v>50</v>
+      </c>
+      <c r="S50" t="s">
+        <v>50</v>
+      </c>
+      <c r="T50" t="s">
+        <v>50</v>
+      </c>
+      <c r="U50" t="s">
+        <v>50</v>
+      </c>
+      <c r="V50" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="51" spans="1:22">
+      <c r="A51" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B51" s="3"/>
+      <c r="C51" s="3"/>
+      <c r="D51" s="3"/>
+      <c r="E51" s="3"/>
+      <c r="F51" s="3"/>
+      <c r="G51" s="3"/>
+      <c r="H51" s="3"/>
+      <c r="I51" s="3"/>
+      <c r="J51" s="3"/>
+      <c r="K51" s="3"/>
+      <c r="L51" s="3"/>
+      <c r="M51" s="3"/>
+      <c r="N51" s="3"/>
+      <c r="O51" s="3"/>
+      <c r="P51" s="3"/>
+      <c r="Q51" s="3"/>
+      <c r="R51" s="3"/>
+      <c r="S51" s="3"/>
+      <c r="T51" s="3"/>
+      <c r="U51" s="3"/>
+      <c r="V51" s="3"/>
+    </row>
+    <row r="52" spans="1:22">
+      <c r="A52" t="s">
+        <v>9</v>
+      </c>
+      <c r="B52" t="s">
         <v>12</v>
       </c>
-      <c r="B38" t="s">
-[...144 lines deleted...]
-      <c r="A42" t="s">
+      <c r="C52" t="s">
         <v>12</v>
       </c>
-      <c r="B42" t="s">
-[...180 lines deleted...]
-      <c r="A48" t="s">
+      <c r="D52" t="s">
         <v>12</v>
       </c>
-      <c r="B48" t="s">
-[...163 lines deleted...]
-    <row r="54" spans="1:15">
+      <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>12</v>
+      </c>
+      <c r="H52" t="s">
+        <v>12</v>
+      </c>
+      <c r="I52" t="s">
+        <v>12</v>
+      </c>
+      <c r="J52" t="s">
+        <v>12</v>
+      </c>
+      <c r="K52" t="s">
+        <v>12</v>
+      </c>
+      <c r="L52" t="s">
+        <v>12</v>
+      </c>
+      <c r="M52" t="s">
+        <v>12</v>
+      </c>
+      <c r="N52" t="s">
+        <v>12</v>
+      </c>
+      <c r="O52" t="s">
+        <v>12</v>
+      </c>
+      <c r="P52" t="s">
+        <v>12</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>12</v>
+      </c>
+      <c r="R52" t="s">
+        <v>12</v>
+      </c>
+      <c r="S52" t="s">
+        <v>12</v>
+      </c>
+      <c r="T52" t="s">
+        <v>12</v>
+      </c>
+      <c r="U52" t="s">
+        <v>12</v>
+      </c>
+      <c r="V52" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="53" spans="1:22">
+      <c r="A53" t="s">
+        <v>17</v>
+      </c>
+      <c r="B53" t="s">
+        <v>48</v>
+      </c>
+      <c r="C53" t="s">
+        <v>48</v>
+      </c>
+      <c r="D53" t="s">
+        <v>48</v>
+      </c>
+      <c r="E53" t="s">
+        <v>48</v>
+      </c>
+      <c r="F53" t="s">
+        <v>48</v>
+      </c>
+      <c r="G53" t="s">
+        <v>48</v>
+      </c>
+      <c r="H53" t="s">
+        <v>48</v>
+      </c>
+      <c r="I53" t="s">
+        <v>48</v>
+      </c>
+      <c r="J53" t="s">
+        <v>48</v>
+      </c>
+      <c r="K53" t="s">
+        <v>48</v>
+      </c>
+      <c r="L53" t="s">
+        <v>48</v>
+      </c>
+      <c r="M53" t="s">
+        <v>48</v>
+      </c>
+      <c r="N53" t="s">
+        <v>48</v>
+      </c>
+      <c r="O53" t="s">
+        <v>48</v>
+      </c>
+      <c r="P53" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>48</v>
+      </c>
+      <c r="R53" t="s">
+        <v>48</v>
+      </c>
+      <c r="S53" t="s">
+        <v>48</v>
+      </c>
+      <c r="T53" t="s">
+        <v>48</v>
+      </c>
+      <c r="U53" t="s">
+        <v>48</v>
+      </c>
+      <c r="V53" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="54" spans="1:22">
       <c r="A54" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="B54" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="C54" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="D54" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="E54" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="F54" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="G54" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="H54" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="I54" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="J54" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="K54" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="L54" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="M54" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="N54" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="O54" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:15">
+        <v>52</v>
+      </c>
+      <c r="P54" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>52</v>
+      </c>
+      <c r="R54" t="s">
+        <v>52</v>
+      </c>
+      <c r="S54" t="s">
+        <v>52</v>
+      </c>
+      <c r="T54" t="s">
+        <v>52</v>
+      </c>
+      <c r="U54" t="s">
+        <v>52</v>
+      </c>
+      <c r="V54" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="55" spans="1:22">
       <c r="A55" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B55" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C55" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="D55" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="E55" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="F55" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G55" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="H55" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="I55" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="J55" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="K55" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="L55" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="M55" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="N55" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="O55" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:15">
+        <v>53</v>
+      </c>
+      <c r="P55" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>53</v>
+      </c>
+      <c r="R55" t="s">
+        <v>53</v>
+      </c>
+      <c r="S55" t="s">
+        <v>53</v>
+      </c>
+      <c r="T55" t="s">
+        <v>53</v>
+      </c>
+      <c r="U55" t="s">
+        <v>53</v>
+      </c>
+      <c r="V55" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="56" spans="1:22">
       <c r="A56" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="B56" t="s">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="C56" t="s">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="D56" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E56" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F56" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G56" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H56" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I56" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J56" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K56" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L56" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M56" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N56" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="O56" t="s">
-        <v>49</v>
-[...47 lines deleted...]
-      <c r="B58" t="s">
         <v>50</v>
       </c>
-      <c r="C58" t="s">
+      <c r="P56" t="s">
         <v>50</v>
       </c>
-      <c r="D58" t="s">
+      <c r="Q56" t="s">
         <v>50</v>
       </c>
-      <c r="E58" t="s">
+      <c r="R56" t="s">
         <v>50</v>
       </c>
-      <c r="F58" t="s">
+      <c r="S56" t="s">
         <v>50</v>
       </c>
-      <c r="G58" t="s">
+      <c r="T56" t="s">
         <v>50</v>
       </c>
-      <c r="H58" t="s">
+      <c r="U56" t="s">
         <v>50</v>
       </c>
-      <c r="I58" t="s">
+      <c r="V56" t="s">
         <v>50</v>
       </c>
-      <c r="J58" t="s">
-[...12 lines deleted...]
-    <row r="59" spans="1:15">
+    </row>
+    <row r="57" spans="1:22">
+      <c r="A57" s="4"/>
+      <c r="B57" s="4"/>
+      <c r="C57" s="4"/>
+      <c r="D57" s="4"/>
+      <c r="E57" s="4"/>
+      <c r="F57" s="4"/>
+      <c r="G57" s="4"/>
+      <c r="H57" s="4"/>
+      <c r="I57" s="4"/>
+      <c r="J57" s="4"/>
+      <c r="K57" s="4"/>
+      <c r="L57" s="4"/>
+      <c r="M57" s="4"/>
+      <c r="N57" s="4"/>
+      <c r="O57" s="4"/>
+      <c r="P57" s="4"/>
+      <c r="Q57" s="4"/>
+      <c r="R57" s="4"/>
+      <c r="S57" s="4"/>
+      <c r="T57" s="4"/>
+      <c r="U57" s="4"/>
+      <c r="V57" s="4"/>
+    </row>
+    <row r="58" spans="1:22">
+      <c r="A58" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B58" s="2"/>
+      <c r="C58" s="2"/>
+      <c r="D58" s="2"/>
+      <c r="E58" s="2"/>
+      <c r="F58" s="2"/>
+      <c r="G58" s="2"/>
+      <c r="H58" s="2"/>
+      <c r="I58" s="2"/>
+      <c r="J58" s="2"/>
+      <c r="K58" s="2"/>
+      <c r="L58" s="2"/>
+      <c r="M58" s="2"/>
+      <c r="N58" s="2"/>
+      <c r="O58" s="2"/>
+      <c r="P58" s="2"/>
+      <c r="Q58" s="2"/>
+      <c r="R58" s="2"/>
+      <c r="S58" s="2"/>
+      <c r="T58" s="2"/>
+      <c r="U58" s="2"/>
+      <c r="V58" s="2"/>
+    </row>
+    <row r="59" spans="1:22">
       <c r="A59" s="3" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="B59" s="3"/>
       <c r="C59" s="3"/>
       <c r="D59" s="3"/>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
       <c r="J59" s="3"/>
       <c r="K59" s="3"/>
       <c r="L59" s="3"/>
       <c r="M59" s="3"/>
       <c r="N59" s="3"/>
       <c r="O59" s="3"/>
-    </row>
-    <row r="60" spans="1:15">
+      <c r="P59" s="3"/>
+      <c r="Q59" s="3"/>
+      <c r="R59" s="3"/>
+      <c r="S59" s="3"/>
+      <c r="T59" s="3"/>
+      <c r="U59" s="3"/>
+      <c r="V59" s="3"/>
+    </row>
+    <row r="60" spans="1:22">
       <c r="A60" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B60" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="C60" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="E60" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="F60" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="G60" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="H60" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="I60" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="J60" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="K60" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="L60" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="M60" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="N60" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="O60" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:15">
+        <v>56</v>
+      </c>
+      <c r="P60" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>56</v>
+      </c>
+      <c r="R60" t="s">
+        <v>56</v>
+      </c>
+      <c r="S60" t="s">
+        <v>56</v>
+      </c>
+      <c r="T60" t="s">
+        <v>56</v>
+      </c>
+      <c r="U60" t="s">
+        <v>56</v>
+      </c>
+      <c r="V60" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="61" spans="1:22">
       <c r="A61" t="s">
         <v>17</v>
       </c>
       <c r="B61" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="C61" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="D61" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="E61" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="F61" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="G61" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="H61" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="I61" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="J61" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="K61" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="L61" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="M61" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="N61" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="O61" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:15">
+        <v>16</v>
+      </c>
+      <c r="P61" t="s">
+        <v>16</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>16</v>
+      </c>
+      <c r="R61" t="s">
+        <v>16</v>
+      </c>
+      <c r="S61" t="s">
+        <v>16</v>
+      </c>
+      <c r="T61" t="s">
+        <v>16</v>
+      </c>
+      <c r="U61" t="s">
+        <v>16</v>
+      </c>
+      <c r="V61" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="62" spans="1:22">
       <c r="A62" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B62" t="s">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="C62" t="s">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="D62" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E62" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F62" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="G62" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="H62" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="I62" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="J62" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="K62" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="L62" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="M62" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="N62" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="O62" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:15">
+        <v>57</v>
+      </c>
+      <c r="P62" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>57</v>
+      </c>
+      <c r="R62" t="s">
+        <v>57</v>
+      </c>
+      <c r="S62" t="s">
+        <v>57</v>
+      </c>
+      <c r="T62" t="s">
+        <v>57</v>
+      </c>
+      <c r="U62" t="s">
+        <v>57</v>
+      </c>
+      <c r="V62" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="63" spans="1:22">
       <c r="A63" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B63" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="C63" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="D63" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="E63" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="F63" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="G63" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="H63" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="I63" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="J63" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="K63" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="L63" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="M63" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:15">
+        <v>31</v>
+      </c>
+      <c r="N63" t="s">
+        <v>31</v>
+      </c>
+      <c r="O63" t="s">
+        <v>31</v>
+      </c>
+      <c r="P63" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>31</v>
+      </c>
+      <c r="R63" t="s">
+        <v>31</v>
+      </c>
+      <c r="S63" t="s">
+        <v>31</v>
+      </c>
+      <c r="T63" t="s">
+        <v>31</v>
+      </c>
+      <c r="U63" t="s">
+        <v>31</v>
+      </c>
+      <c r="V63" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="64" spans="1:22">
       <c r="A64" t="s">
         <v>21</v>
       </c>
       <c r="B64" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="C64" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="D64" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H64" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I64" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="J64" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="K64" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="L64" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="M64" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:15">
+        <v>20</v>
+      </c>
+      <c r="N64" t="s">
+        <v>20</v>
+      </c>
+      <c r="O64" t="s">
+        <v>20</v>
+      </c>
+      <c r="P64" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>20</v>
+      </c>
+      <c r="R64" t="s">
+        <v>20</v>
+      </c>
+      <c r="S64" t="s">
+        <v>20</v>
+      </c>
+      <c r="T64" t="s">
+        <v>20</v>
+      </c>
+      <c r="U64" t="s">
+        <v>20</v>
+      </c>
+      <c r="V64" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="65" spans="1:22">
       <c r="A65" s="4"/>
       <c r="B65" s="4"/>
       <c r="C65" s="4"/>
       <c r="D65" s="4"/>
       <c r="E65" s="4"/>
       <c r="F65" s="4"/>
       <c r="G65" s="4"/>
       <c r="H65" s="4"/>
       <c r="I65" s="4"/>
       <c r="J65" s="4"/>
       <c r="K65" s="4"/>
       <c r="L65" s="4"/>
       <c r="M65" s="4"/>
       <c r="N65" s="4"/>
       <c r="O65" s="4"/>
-    </row>
-    <row r="66" spans="1:15">
+      <c r="P65" s="4"/>
+      <c r="Q65" s="4"/>
+      <c r="R65" s="4"/>
+      <c r="S65" s="4"/>
+      <c r="T65" s="4"/>
+      <c r="U65" s="4"/>
+      <c r="V65" s="4"/>
+    </row>
+    <row r="66" spans="1:22">
       <c r="A66" s="2" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="2"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
       <c r="I66" s="2"/>
       <c r="J66" s="2"/>
       <c r="K66" s="2"/>
       <c r="L66" s="2"/>
       <c r="M66" s="2"/>
       <c r="N66" s="2"/>
       <c r="O66" s="2"/>
-    </row>
-    <row r="67" spans="1:15">
+      <c r="P66" s="2"/>
+      <c r="Q66" s="2"/>
+      <c r="R66" s="2"/>
+      <c r="S66" s="2"/>
+      <c r="T66" s="2"/>
+      <c r="U66" s="2"/>
+      <c r="V66" s="2"/>
+    </row>
+    <row r="67" spans="1:22">
       <c r="A67" s="3" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B67" s="3"/>
       <c r="C67" s="3"/>
       <c r="D67" s="3"/>
       <c r="E67" s="3"/>
       <c r="F67" s="3"/>
       <c r="G67" s="3"/>
       <c r="H67" s="3"/>
       <c r="I67" s="3"/>
       <c r="J67" s="3"/>
       <c r="K67" s="3"/>
       <c r="L67" s="3"/>
       <c r="M67" s="3"/>
       <c r="N67" s="3"/>
       <c r="O67" s="3"/>
-    </row>
-    <row r="68" spans="1:15">
+      <c r="P67" s="3"/>
+      <c r="Q67" s="3"/>
+      <c r="R67" s="3"/>
+      <c r="S67" s="3"/>
+      <c r="T67" s="3"/>
+      <c r="U67" s="3"/>
+      <c r="V67" s="3"/>
+    </row>
+    <row r="68" spans="1:22">
       <c r="A68" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B68" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="C68" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="D68" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="E68" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="F68" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="G68" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="H68" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="I68" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="J68" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="K68" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="L68" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="M68" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="N68" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="O68" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:15">
+        <v>60</v>
+      </c>
+      <c r="P68" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>60</v>
+      </c>
+      <c r="R68" t="s">
+        <v>60</v>
+      </c>
+      <c r="S68" t="s">
+        <v>60</v>
+      </c>
+      <c r="T68" t="s">
+        <v>60</v>
+      </c>
+      <c r="U68" t="s">
+        <v>60</v>
+      </c>
+      <c r="V68" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="69" spans="1:22">
       <c r="A69" t="s">
         <v>17</v>
       </c>
       <c r="B69" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="C69" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D69" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="E69" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="F69" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="G69" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="H69" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="I69" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="J69" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="K69" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="L69" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="M69" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="N69" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="O69" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:15">
+        <v>61</v>
+      </c>
+      <c r="P69" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>61</v>
+      </c>
+      <c r="R69" t="s">
+        <v>61</v>
+      </c>
+      <c r="S69" t="s">
+        <v>61</v>
+      </c>
+      <c r="T69" t="s">
+        <v>61</v>
+      </c>
+      <c r="U69" t="s">
+        <v>61</v>
+      </c>
+      <c r="V69" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="70" spans="1:22">
       <c r="A70" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B70" t="s">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="C70" t="s">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="D70" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="E70" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="F70" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="G70" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H70" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="I70" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="J70" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="K70" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="L70" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="M70" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="N70" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="O70" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:15">
+        <v>62</v>
+      </c>
+      <c r="P70" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>62</v>
+      </c>
+      <c r="R70" t="s">
+        <v>62</v>
+      </c>
+      <c r="S70" t="s">
+        <v>62</v>
+      </c>
+      <c r="T70" t="s">
+        <v>62</v>
+      </c>
+      <c r="U70" t="s">
+        <v>62</v>
+      </c>
+      <c r="V70" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="71" spans="1:22">
       <c r="A71" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B71" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="C71" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="D71" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="E71" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="F71" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="G71" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="H71" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="I71" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="J71" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="K71" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="L71" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="M71" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:15">
+        <v>63</v>
+      </c>
+      <c r="N71" t="s">
+        <v>63</v>
+      </c>
+      <c r="O71" t="s">
+        <v>63</v>
+      </c>
+      <c r="P71" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>63</v>
+      </c>
+      <c r="R71" t="s">
+        <v>63</v>
+      </c>
+      <c r="S71" t="s">
+        <v>63</v>
+      </c>
+      <c r="T71" t="s">
+        <v>63</v>
+      </c>
+      <c r="U71" t="s">
+        <v>63</v>
+      </c>
+      <c r="V71" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="72" spans="1:22">
       <c r="A72" t="s">
         <v>21</v>
       </c>
       <c r="B72" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="C72" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="D72" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="E72" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="F72" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="G72" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H72" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="I72" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="J72" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="K72" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="L72" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="M72" t="s">
-        <v>20</v>
-[...57 lines deleted...]
-    <row r="76" spans="1:15">
+        <v>32</v>
+      </c>
+      <c r="N72" t="s">
+        <v>32</v>
+      </c>
+      <c r="O72" t="s">
+        <v>32</v>
+      </c>
+      <c r="P72" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>32</v>
+      </c>
+      <c r="R72" t="s">
+        <v>32</v>
+      </c>
+      <c r="S72" t="s">
+        <v>32</v>
+      </c>
+      <c r="T72" t="s">
+        <v>32</v>
+      </c>
+      <c r="U72" t="s">
+        <v>32</v>
+      </c>
+      <c r="V72" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="73" spans="1:22">
+      <c r="A73" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B73" s="3"/>
+      <c r="C73" s="3"/>
+      <c r="D73" s="3"/>
+      <c r="E73" s="3"/>
+      <c r="F73" s="3"/>
+      <c r="G73" s="3"/>
+      <c r="H73" s="3"/>
+      <c r="I73" s="3"/>
+      <c r="J73" s="3"/>
+      <c r="K73" s="3"/>
+      <c r="L73" s="3"/>
+      <c r="M73" s="3"/>
+      <c r="N73" s="3"/>
+      <c r="O73" s="3"/>
+      <c r="P73" s="3"/>
+      <c r="Q73" s="3"/>
+      <c r="R73" s="3"/>
+      <c r="S73" s="3"/>
+      <c r="T73" s="3"/>
+      <c r="U73" s="3"/>
+      <c r="V73" s="3"/>
+    </row>
+    <row r="74" spans="1:22">
+      <c r="A74" t="s">
+        <v>9</v>
+      </c>
+      <c r="B74" t="s">
+        <v>65</v>
+      </c>
+      <c r="C74" t="s">
+        <v>65</v>
+      </c>
+      <c r="D74" t="s">
+        <v>65</v>
+      </c>
+      <c r="E74" t="s">
+        <v>65</v>
+      </c>
+      <c r="F74" t="s">
+        <v>65</v>
+      </c>
+      <c r="G74" t="s">
+        <v>65</v>
+      </c>
+      <c r="H74" t="s">
+        <v>65</v>
+      </c>
+      <c r="I74" t="s">
+        <v>65</v>
+      </c>
+      <c r="J74" t="s">
+        <v>65</v>
+      </c>
+      <c r="K74" t="s">
+        <v>65</v>
+      </c>
+      <c r="L74" t="s">
+        <v>65</v>
+      </c>
+      <c r="M74" t="s">
+        <v>65</v>
+      </c>
+      <c r="N74" t="s">
+        <v>65</v>
+      </c>
+      <c r="O74" t="s">
+        <v>65</v>
+      </c>
+      <c r="P74" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>65</v>
+      </c>
+      <c r="R74" t="s">
+        <v>65</v>
+      </c>
+      <c r="S74" t="s">
+        <v>65</v>
+      </c>
+      <c r="T74" t="s">
+        <v>65</v>
+      </c>
+      <c r="U74" t="s">
+        <v>65</v>
+      </c>
+      <c r="V74" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="75" spans="1:22">
+      <c r="A75" t="s">
+        <v>17</v>
+      </c>
+      <c r="B75" t="s">
+        <v>61</v>
+      </c>
+      <c r="C75" t="s">
+        <v>61</v>
+      </c>
+      <c r="D75" t="s">
+        <v>61</v>
+      </c>
+      <c r="E75" t="s">
+        <v>61</v>
+      </c>
+      <c r="F75" t="s">
+        <v>61</v>
+      </c>
+      <c r="G75" t="s">
+        <v>61</v>
+      </c>
+      <c r="H75" t="s">
+        <v>61</v>
+      </c>
+      <c r="I75" t="s">
+        <v>61</v>
+      </c>
+      <c r="J75" t="s">
+        <v>61</v>
+      </c>
+      <c r="K75" t="s">
+        <v>61</v>
+      </c>
+      <c r="L75" t="s">
+        <v>61</v>
+      </c>
+      <c r="M75" t="s">
+        <v>61</v>
+      </c>
+      <c r="N75" t="s">
+        <v>61</v>
+      </c>
+      <c r="O75" t="s">
+        <v>61</v>
+      </c>
+      <c r="P75" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>61</v>
+      </c>
+      <c r="R75" t="s">
+        <v>61</v>
+      </c>
+      <c r="S75" t="s">
+        <v>61</v>
+      </c>
+      <c r="T75" t="s">
+        <v>61</v>
+      </c>
+      <c r="U75" t="s">
+        <v>61</v>
+      </c>
+      <c r="V75" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="76" spans="1:22">
       <c r="A76" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="B76" t="s">
-        <v>8</v>
+        <v>66</v>
       </c>
       <c r="C76" t="s">
-        <v>8</v>
+        <v>66</v>
       </c>
       <c r="D76" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="E76" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="F76" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G76" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="H76" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="I76" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="J76" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="K76" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="L76" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="M76" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="N76" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="O76" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:15">
+        <v>66</v>
+      </c>
+      <c r="P76" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>66</v>
+      </c>
+      <c r="R76" t="s">
+        <v>66</v>
+      </c>
+      <c r="S76" t="s">
+        <v>66</v>
+      </c>
+      <c r="T76" t="s">
+        <v>66</v>
+      </c>
+      <c r="U76" t="s">
+        <v>66</v>
+      </c>
+      <c r="V76" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="77" spans="1:22">
       <c r="A77" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B77" t="s">
-        <v>8</v>
+        <v>67</v>
       </c>
       <c r="C77" t="s">
-        <v>8</v>
+        <v>67</v>
       </c>
       <c r="D77" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="E77" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="F77" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="G77" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="H77" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="I77" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="J77" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="K77" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="L77" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="M77" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="N77" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="O77" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:15">
+        <v>67</v>
+      </c>
+      <c r="P77" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>67</v>
+      </c>
+      <c r="R77" t="s">
+        <v>67</v>
+      </c>
+      <c r="S77" t="s">
+        <v>67</v>
+      </c>
+      <c r="T77" t="s">
+        <v>67</v>
+      </c>
+      <c r="U77" t="s">
+        <v>67</v>
+      </c>
+      <c r="V77" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="78" spans="1:22">
       <c r="A78" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="B78" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C78" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="D78" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="E78" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="F78" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="G78" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="H78" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="I78" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="J78" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="K78" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="L78" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="M78" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="N78" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="O78" t="s">
-        <v>62</v>
-[...47 lines deleted...]
-      <c r="B80" t="s">
         <v>32</v>
       </c>
-      <c r="C80" t="s">
+      <c r="P78" t="s">
         <v>32</v>
       </c>
-      <c r="D80" t="s">
+      <c r="Q78" t="s">
         <v>32</v>
       </c>
-      <c r="E80" t="s">
+      <c r="R78" t="s">
         <v>32</v>
       </c>
-      <c r="F80" t="s">
+      <c r="S78" t="s">
         <v>32</v>
       </c>
-      <c r="G80" t="s">
+      <c r="T78" t="s">
         <v>32</v>
       </c>
-      <c r="H80" t="s">
+      <c r="U78" t="s">
         <v>32</v>
       </c>
-      <c r="I80" t="s">
+      <c r="V78" t="s">
         <v>32</v>
       </c>
-      <c r="J80" t="s">
-[...12 lines deleted...]
-    <row r="81" spans="1:15">
+    </row>
+    <row r="79" spans="1:22">
+      <c r="A79" s="4"/>
+      <c r="B79" s="4"/>
+      <c r="C79" s="4"/>
+      <c r="D79" s="4"/>
+      <c r="E79" s="4"/>
+      <c r="F79" s="4"/>
+      <c r="G79" s="4"/>
+      <c r="H79" s="4"/>
+      <c r="I79" s="4"/>
+      <c r="J79" s="4"/>
+      <c r="K79" s="4"/>
+      <c r="L79" s="4"/>
+      <c r="M79" s="4"/>
+      <c r="N79" s="4"/>
+      <c r="O79" s="4"/>
+      <c r="P79" s="4"/>
+      <c r="Q79" s="4"/>
+      <c r="R79" s="4"/>
+      <c r="S79" s="4"/>
+      <c r="T79" s="4"/>
+      <c r="U79" s="4"/>
+      <c r="V79" s="4"/>
+    </row>
+    <row r="80" spans="1:22">
+      <c r="A80" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="B80" s="2"/>
+      <c r="C80" s="2"/>
+      <c r="D80" s="2"/>
+      <c r="E80" s="2"/>
+      <c r="F80" s="2"/>
+      <c r="G80" s="2"/>
+      <c r="H80" s="2"/>
+      <c r="I80" s="2"/>
+      <c r="J80" s="2"/>
+      <c r="K80" s="2"/>
+      <c r="L80" s="2"/>
+      <c r="M80" s="2"/>
+      <c r="N80" s="2"/>
+      <c r="O80" s="2"/>
+      <c r="P80" s="2"/>
+      <c r="Q80" s="2"/>
+      <c r="R80" s="2"/>
+      <c r="S80" s="2"/>
+      <c r="T80" s="2"/>
+      <c r="U80" s="2"/>
+      <c r="V80" s="2"/>
+    </row>
+    <row r="81" spans="1:22">
       <c r="A81" s="3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B81" s="3"/>
       <c r="C81" s="3"/>
       <c r="D81" s="3"/>
       <c r="E81" s="3"/>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
       <c r="H81" s="3"/>
       <c r="I81" s="3"/>
       <c r="J81" s="3"/>
       <c r="K81" s="3"/>
       <c r="L81" s="3"/>
       <c r="M81" s="3"/>
       <c r="N81" s="3"/>
       <c r="O81" s="3"/>
-    </row>
-    <row r="82" spans="1:15">
+      <c r="P81" s="3"/>
+      <c r="Q81" s="3"/>
+      <c r="R81" s="3"/>
+      <c r="S81" s="3"/>
+      <c r="T81" s="3"/>
+      <c r="U81" s="3"/>
+      <c r="V81" s="3"/>
+    </row>
+    <row r="82" spans="1:22">
       <c r="A82" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B82" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C82" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="D82" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="E82" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F82" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="G82" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="H82" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="I82" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="J82" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="K82" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="L82" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="M82" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="N82" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="O82" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:15">
+        <v>70</v>
+      </c>
+      <c r="P82" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>70</v>
+      </c>
+      <c r="R82" t="s">
+        <v>70</v>
+      </c>
+      <c r="S82" t="s">
+        <v>70</v>
+      </c>
+      <c r="T82" t="s">
+        <v>70</v>
+      </c>
+      <c r="U82" t="s">
+        <v>70</v>
+      </c>
+      <c r="V82" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="83" spans="1:22">
       <c r="A83" t="s">
         <v>17</v>
       </c>
       <c r="B83" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="C83" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="D83" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="E83" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="F83" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="G83" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="H83" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="I83" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="J83" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="K83" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="L83" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="M83" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="N83" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="O83" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:15">
+        <v>16</v>
+      </c>
+      <c r="P83" t="s">
+        <v>16</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>16</v>
+      </c>
+      <c r="R83" t="s">
+        <v>16</v>
+      </c>
+      <c r="S83" t="s">
+        <v>16</v>
+      </c>
+      <c r="T83" t="s">
+        <v>16</v>
+      </c>
+      <c r="U83" t="s">
+        <v>16</v>
+      </c>
+      <c r="V83" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="84" spans="1:22">
       <c r="A84" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B84" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C84" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="D84" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="E84" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="F84" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="G84" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="H84" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="I84" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="J84" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="K84" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="L84" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="M84" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="N84" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="O84" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:15">
+        <v>71</v>
+      </c>
+      <c r="P84" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>71</v>
+      </c>
+      <c r="R84" t="s">
+        <v>71</v>
+      </c>
+      <c r="S84" t="s">
+        <v>71</v>
+      </c>
+      <c r="T84" t="s">
+        <v>71</v>
+      </c>
+      <c r="U84" t="s">
+        <v>71</v>
+      </c>
+      <c r="V84" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="85" spans="1:22">
       <c r="A85" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B85" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C85" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="D85" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="E85" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="F85" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="G85" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="H85" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="I85" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="J85" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="K85" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="L85" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="M85" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:15">
+        <v>72</v>
+      </c>
+      <c r="N85" t="s">
+        <v>72</v>
+      </c>
+      <c r="O85" t="s">
+        <v>72</v>
+      </c>
+      <c r="P85" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>72</v>
+      </c>
+      <c r="R85" t="s">
+        <v>72</v>
+      </c>
+      <c r="S85" t="s">
+        <v>72</v>
+      </c>
+      <c r="T85" t="s">
+        <v>72</v>
+      </c>
+      <c r="U85" t="s">
+        <v>72</v>
+      </c>
+      <c r="V85" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="86" spans="1:22">
       <c r="A86" t="s">
         <v>21</v>
       </c>
       <c r="B86" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="C86" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="D86" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="H86" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="I86" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="J86" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="K86" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="L86" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="M86" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:15">
+        <v>20</v>
+      </c>
+      <c r="N86" t="s">
+        <v>20</v>
+      </c>
+      <c r="O86" t="s">
+        <v>20</v>
+      </c>
+      <c r="P86" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>20</v>
+      </c>
+      <c r="R86" t="s">
+        <v>20</v>
+      </c>
+      <c r="S86" t="s">
+        <v>20</v>
+      </c>
+      <c r="T86" t="s">
+        <v>20</v>
+      </c>
+      <c r="U86" t="s">
+        <v>20</v>
+      </c>
+      <c r="V86" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="87" spans="1:22">
       <c r="A87" s="4"/>
       <c r="B87" s="4"/>
       <c r="C87" s="4"/>
       <c r="D87" s="4"/>
       <c r="E87" s="4"/>
       <c r="F87" s="4"/>
       <c r="G87" s="4"/>
       <c r="H87" s="4"/>
       <c r="I87" s="4"/>
       <c r="J87" s="4"/>
       <c r="K87" s="4"/>
       <c r="L87" s="4"/>
       <c r="M87" s="4"/>
       <c r="N87" s="4"/>
       <c r="O87" s="4"/>
-    </row>
-    <row r="88" spans="1:15">
+      <c r="P87" s="4"/>
+      <c r="Q87" s="4"/>
+      <c r="R87" s="4"/>
+      <c r="S87" s="4"/>
+      <c r="T87" s="4"/>
+      <c r="U87" s="4"/>
+      <c r="V87" s="4"/>
+    </row>
+    <row r="88" spans="1:22">
       <c r="A88" s="2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
       <c r="D88" s="2"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
       <c r="I88" s="2"/>
       <c r="J88" s="2"/>
       <c r="K88" s="2"/>
       <c r="L88" s="2"/>
       <c r="M88" s="2"/>
       <c r="N88" s="2"/>
       <c r="O88" s="2"/>
-    </row>
-    <row r="89" spans="1:15">
+      <c r="P88" s="2"/>
+      <c r="Q88" s="2"/>
+      <c r="R88" s="2"/>
+      <c r="S88" s="2"/>
+      <c r="T88" s="2"/>
+      <c r="U88" s="2"/>
+      <c r="V88" s="2"/>
+    </row>
+    <row r="89" spans="1:22">
       <c r="A89" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="B89" s="3"/>
       <c r="C89" s="3"/>
       <c r="D89" s="3"/>
       <c r="E89" s="3"/>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
       <c r="H89" s="3"/>
       <c r="I89" s="3"/>
       <c r="J89" s="3"/>
       <c r="K89" s="3"/>
       <c r="L89" s="3"/>
       <c r="M89" s="3"/>
       <c r="N89" s="3"/>
       <c r="O89" s="3"/>
-    </row>
-    <row r="90" spans="1:15">
+      <c r="P89" s="3"/>
+      <c r="Q89" s="3"/>
+      <c r="R89" s="3"/>
+      <c r="S89" s="3"/>
+      <c r="T89" s="3"/>
+      <c r="U89" s="3"/>
+      <c r="V89" s="3"/>
+    </row>
+    <row r="90" spans="1:22">
       <c r="A90" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B90" t="s">
-        <v>8</v>
+        <v>75</v>
       </c>
       <c r="C90" t="s">
-        <v>8</v>
+        <v>75</v>
       </c>
       <c r="D90" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="E90" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="F90" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="G90" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="H90" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="I90" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J90" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="K90" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="L90" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="M90" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="N90" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="O90" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      <c r="A91" t="s">
+        <v>75</v>
+      </c>
+      <c r="P90" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q90" t="s">
+        <v>75</v>
+      </c>
+      <c r="R90" t="s">
+        <v>75</v>
+      </c>
+      <c r="S90" t="s">
+        <v>75</v>
+      </c>
+      <c r="T90" t="s">
+        <v>75</v>
+      </c>
+      <c r="U90" t="s">
+        <v>75</v>
+      </c>
+      <c r="V90" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="91" spans="1:22">
+      <c r="A91" s="4"/>
+      <c r="B91" s="4"/>
+      <c r="C91" s="4"/>
+      <c r="D91" s="4"/>
+      <c r="E91" s="4"/>
+      <c r="F91" s="4"/>
+      <c r="G91" s="4"/>
+      <c r="H91" s="4"/>
+      <c r="I91" s="4"/>
+      <c r="J91" s="4"/>
+      <c r="K91" s="4"/>
+      <c r="L91" s="4"/>
+      <c r="M91" s="4"/>
+      <c r="N91" s="4"/>
+      <c r="O91" s="4"/>
+      <c r="P91" s="4"/>
+      <c r="Q91" s="4"/>
+      <c r="R91" s="4"/>
+      <c r="S91" s="4"/>
+      <c r="T91" s="4"/>
+      <c r="U91" s="4"/>
+      <c r="V91" s="4"/>
+    </row>
+    <row r="92" spans="1:22">
+      <c r="A92" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="B92" s="2"/>
+      <c r="C92" s="2"/>
+      <c r="D92" s="2"/>
+      <c r="E92" s="2"/>
+      <c r="F92" s="2"/>
+      <c r="G92" s="2"/>
+      <c r="H92" s="2"/>
+      <c r="I92" s="2"/>
+      <c r="J92" s="2"/>
+      <c r="K92" s="2"/>
+      <c r="L92" s="2"/>
+      <c r="M92" s="2"/>
+      <c r="N92" s="2"/>
+      <c r="O92" s="2"/>
+      <c r="P92" s="2"/>
+      <c r="Q92" s="2"/>
+      <c r="R92" s="2"/>
+      <c r="S92" s="2"/>
+      <c r="T92" s="2"/>
+      <c r="U92" s="2"/>
+      <c r="V92" s="2"/>
+    </row>
+    <row r="93" spans="1:22">
+      <c r="A93" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B93" s="3"/>
+      <c r="C93" s="3"/>
+      <c r="D93" s="3"/>
+      <c r="E93" s="3"/>
+      <c r="F93" s="3"/>
+      <c r="G93" s="3"/>
+      <c r="H93" s="3"/>
+      <c r="I93" s="3"/>
+      <c r="J93" s="3"/>
+      <c r="K93" s="3"/>
+      <c r="L93" s="3"/>
+      <c r="M93" s="3"/>
+      <c r="N93" s="3"/>
+      <c r="O93" s="3"/>
+      <c r="P93" s="3"/>
+      <c r="Q93" s="3"/>
+      <c r="R93" s="3"/>
+      <c r="S93" s="3"/>
+      <c r="T93" s="3"/>
+      <c r="U93" s="3"/>
+      <c r="V93" s="3"/>
+    </row>
+    <row r="94" spans="1:22">
+      <c r="A94" t="s">
+        <v>9</v>
+      </c>
+      <c r="B94" t="s">
+        <v>67</v>
+      </c>
+      <c r="C94" t="s">
+        <v>67</v>
+      </c>
+      <c r="D94" t="s">
+        <v>67</v>
+      </c>
+      <c r="E94" t="s">
+        <v>67</v>
+      </c>
+      <c r="F94" t="s">
+        <v>67</v>
+      </c>
+      <c r="G94" t="s">
+        <v>67</v>
+      </c>
+      <c r="H94" t="s">
+        <v>67</v>
+      </c>
+      <c r="I94" t="s">
+        <v>67</v>
+      </c>
+      <c r="J94" t="s">
+        <v>67</v>
+      </c>
+      <c r="K94" t="s">
+        <v>67</v>
+      </c>
+      <c r="L94" t="s">
+        <v>67</v>
+      </c>
+      <c r="M94" t="s">
+        <v>67</v>
+      </c>
+      <c r="N94" t="s">
+        <v>67</v>
+      </c>
+      <c r="O94" t="s">
+        <v>67</v>
+      </c>
+      <c r="P94" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>67</v>
+      </c>
+      <c r="R94" t="s">
+        <v>67</v>
+      </c>
+      <c r="S94" t="s">
+        <v>67</v>
+      </c>
+      <c r="T94" t="s">
+        <v>67</v>
+      </c>
+      <c r="U94" t="s">
+        <v>67</v>
+      </c>
+      <c r="V94" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="95" spans="1:22">
+      <c r="A95" t="s">
         <v>17</v>
       </c>
-      <c r="B91" t="s">
-[...131 lines deleted...]
-      <c r="A94" t="s">
+      <c r="B95" t="s">
+        <v>77</v>
+      </c>
+      <c r="C95" t="s">
+        <v>77</v>
+      </c>
+      <c r="D95" t="s">
+        <v>77</v>
+      </c>
+      <c r="E95" t="s">
+        <v>77</v>
+      </c>
+      <c r="F95" t="s">
+        <v>77</v>
+      </c>
+      <c r="G95" t="s">
+        <v>77</v>
+      </c>
+      <c r="H95" t="s">
+        <v>77</v>
+      </c>
+      <c r="I95" t="s">
+        <v>77</v>
+      </c>
+      <c r="J95" t="s">
+        <v>77</v>
+      </c>
+      <c r="K95" t="s">
+        <v>77</v>
+      </c>
+      <c r="L95" t="s">
+        <v>77</v>
+      </c>
+      <c r="M95" t="s">
+        <v>77</v>
+      </c>
+      <c r="N95" t="s">
+        <v>77</v>
+      </c>
+      <c r="O95" t="s">
+        <v>77</v>
+      </c>
+      <c r="P95" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>77</v>
+      </c>
+      <c r="R95" t="s">
+        <v>77</v>
+      </c>
+      <c r="S95" t="s">
+        <v>77</v>
+      </c>
+      <c r="T95" t="s">
+        <v>77</v>
+      </c>
+      <c r="U95" t="s">
+        <v>77</v>
+      </c>
+      <c r="V95" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="96" spans="1:22">
+      <c r="A96" t="s">
+        <v>11</v>
+      </c>
+      <c r="B96" t="s">
+        <v>78</v>
+      </c>
+      <c r="C96" t="s">
+        <v>78</v>
+      </c>
+      <c r="D96" t="s">
+        <v>78</v>
+      </c>
+      <c r="E96" t="s">
+        <v>78</v>
+      </c>
+      <c r="F96" t="s">
+        <v>78</v>
+      </c>
+      <c r="G96" t="s">
+        <v>78</v>
+      </c>
+      <c r="H96" t="s">
+        <v>78</v>
+      </c>
+      <c r="I96" t="s">
+        <v>78</v>
+      </c>
+      <c r="J96" t="s">
+        <v>78</v>
+      </c>
+      <c r="K96" t="s">
+        <v>78</v>
+      </c>
+      <c r="L96" t="s">
+        <v>78</v>
+      </c>
+      <c r="M96" t="s">
+        <v>78</v>
+      </c>
+      <c r="N96" t="s">
+        <v>78</v>
+      </c>
+      <c r="O96" t="s">
+        <v>78</v>
+      </c>
+      <c r="P96" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>78</v>
+      </c>
+      <c r="R96" t="s">
+        <v>78</v>
+      </c>
+      <c r="S96" t="s">
+        <v>78</v>
+      </c>
+      <c r="T96" t="s">
+        <v>78</v>
+      </c>
+      <c r="U96" t="s">
+        <v>78</v>
+      </c>
+      <c r="V96" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="97" spans="1:22">
+      <c r="A97" t="s">
+        <v>13</v>
+      </c>
+      <c r="B97" t="s">
+        <v>79</v>
+      </c>
+      <c r="C97" t="s">
+        <v>79</v>
+      </c>
+      <c r="D97" t="s">
+        <v>79</v>
+      </c>
+      <c r="E97" t="s">
+        <v>79</v>
+      </c>
+      <c r="F97" t="s">
+        <v>79</v>
+      </c>
+      <c r="G97" t="s">
+        <v>79</v>
+      </c>
+      <c r="H97" t="s">
+        <v>79</v>
+      </c>
+      <c r="I97" t="s">
+        <v>79</v>
+      </c>
+      <c r="J97" t="s">
+        <v>79</v>
+      </c>
+      <c r="K97" t="s">
+        <v>79</v>
+      </c>
+      <c r="L97" t="s">
+        <v>79</v>
+      </c>
+      <c r="M97" t="s">
+        <v>79</v>
+      </c>
+      <c r="N97" t="s">
+        <v>79</v>
+      </c>
+      <c r="O97" t="s">
+        <v>79</v>
+      </c>
+      <c r="P97" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>79</v>
+      </c>
+      <c r="R97" t="s">
+        <v>79</v>
+      </c>
+      <c r="S97" t="s">
+        <v>79</v>
+      </c>
+      <c r="T97" t="s">
+        <v>79</v>
+      </c>
+      <c r="U97" t="s">
+        <v>79</v>
+      </c>
+      <c r="V97" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="98" spans="1:22">
+      <c r="A98" t="s">
         <v>21</v>
       </c>
-      <c r="B94" t="s">
-[...94 lines deleted...]
-      </c>
       <c r="B98" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="C98" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="D98" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="E98" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="F98" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="G98" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="H98" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="I98" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="J98" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="K98" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="L98" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="M98" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="N98" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="O98" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:15">
+        <v>48</v>
+      </c>
+      <c r="P98" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>48</v>
+      </c>
+      <c r="R98" t="s">
+        <v>48</v>
+      </c>
+      <c r="S98" t="s">
+        <v>48</v>
+      </c>
+      <c r="T98" t="s">
+        <v>48</v>
+      </c>
+      <c r="U98" t="s">
+        <v>48</v>
+      </c>
+      <c r="V98" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="99" spans="1:22">
       <c r="A99" s="4"/>
       <c r="B99" s="4"/>
       <c r="C99" s="4"/>
       <c r="D99" s="4"/>
       <c r="E99" s="4"/>
       <c r="F99" s="4"/>
       <c r="G99" s="4"/>
       <c r="H99" s="4"/>
       <c r="I99" s="4"/>
       <c r="J99" s="4"/>
       <c r="K99" s="4"/>
       <c r="L99" s="4"/>
       <c r="M99" s="4"/>
       <c r="N99" s="4"/>
       <c r="O99" s="4"/>
-    </row>
-    <row r="100" spans="1:15">
+      <c r="P99" s="4"/>
+      <c r="Q99" s="4"/>
+      <c r="R99" s="4"/>
+      <c r="S99" s="4"/>
+      <c r="T99" s="4"/>
+      <c r="U99" s="4"/>
+      <c r="V99" s="4"/>
+    </row>
+    <row r="100" spans="1:22">
       <c r="A100" s="2" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="2"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
       <c r="I100" s="2"/>
       <c r="J100" s="2"/>
       <c r="K100" s="2"/>
       <c r="L100" s="2"/>
       <c r="M100" s="2"/>
       <c r="N100" s="2"/>
       <c r="O100" s="2"/>
-    </row>
-    <row r="101" spans="1:15">
+      <c r="P100" s="2"/>
+      <c r="Q100" s="2"/>
+      <c r="R100" s="2"/>
+      <c r="S100" s="2"/>
+      <c r="T100" s="2"/>
+      <c r="U100" s="2"/>
+      <c r="V100" s="2"/>
+    </row>
+    <row r="101" spans="1:22">
       <c r="A101" s="3" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="B101" s="3"/>
       <c r="C101" s="3"/>
       <c r="D101" s="3"/>
       <c r="E101" s="3"/>
       <c r="F101" s="3"/>
       <c r="G101" s="3"/>
       <c r="H101" s="3"/>
       <c r="I101" s="3"/>
       <c r="J101" s="3"/>
       <c r="K101" s="3"/>
       <c r="L101" s="3"/>
       <c r="M101" s="3"/>
       <c r="N101" s="3"/>
       <c r="O101" s="3"/>
-    </row>
-    <row r="102" spans="1:15">
+      <c r="P101" s="3"/>
+      <c r="Q101" s="3"/>
+      <c r="R101" s="3"/>
+      <c r="S101" s="3"/>
+      <c r="T101" s="3"/>
+      <c r="U101" s="3"/>
+      <c r="V101" s="3"/>
+    </row>
+    <row r="102" spans="1:22">
       <c r="A102" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B102" t="s">
-        <v>8</v>
+        <v>81</v>
       </c>
       <c r="C102" t="s">
-        <v>8</v>
+        <v>81</v>
       </c>
       <c r="D102" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="E102" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="F102" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="G102" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="H102" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I102" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="J102" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="K102" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="L102" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="M102" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="N102" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="O102" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:15">
+        <v>81</v>
+      </c>
+      <c r="P102" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>81</v>
+      </c>
+      <c r="R102" t="s">
+        <v>81</v>
+      </c>
+      <c r="S102" t="s">
+        <v>81</v>
+      </c>
+      <c r="T102" t="s">
+        <v>81</v>
+      </c>
+      <c r="U102" t="s">
+        <v>81</v>
+      </c>
+      <c r="V102" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="103" spans="1:22">
       <c r="A103" t="s">
         <v>17</v>
       </c>
       <c r="B103" t="s">
-        <v>8</v>
+        <v>77</v>
       </c>
       <c r="C103" t="s">
-        <v>8</v>
+        <v>77</v>
       </c>
       <c r="D103" t="s">
         <v>77</v>
       </c>
       <c r="E103" t="s">
         <v>77</v>
       </c>
       <c r="F103" t="s">
         <v>77</v>
       </c>
       <c r="G103" t="s">
         <v>77</v>
       </c>
       <c r="H103" t="s">
         <v>77</v>
       </c>
       <c r="I103" t="s">
         <v>77</v>
       </c>
       <c r="J103" t="s">
         <v>77</v>
       </c>
       <c r="K103" t="s">
         <v>77</v>
       </c>
       <c r="L103" t="s">
         <v>77</v>
       </c>
       <c r="M103" t="s">
         <v>77</v>
       </c>
       <c r="N103" t="s">
         <v>77</v>
       </c>
       <c r="O103" t="s">
         <v>77</v>
       </c>
-    </row>
-    <row r="104" spans="1:15">
+      <c r="P103" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>77</v>
+      </c>
+      <c r="R103" t="s">
+        <v>77</v>
+      </c>
+      <c r="S103" t="s">
+        <v>77</v>
+      </c>
+      <c r="T103" t="s">
+        <v>77</v>
+      </c>
+      <c r="U103" t="s">
+        <v>77</v>
+      </c>
+      <c r="V103" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="104" spans="1:22">
       <c r="A104" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B104" t="s">
-        <v>8</v>
+        <v>82</v>
       </c>
       <c r="C104" t="s">
-        <v>8</v>
+        <v>82</v>
       </c>
       <c r="D104" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="E104" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="F104" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="G104" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="H104" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="I104" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="J104" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="K104" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="L104" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="M104" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="N104" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="O104" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:15">
+        <v>82</v>
+      </c>
+      <c r="P104" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>82</v>
+      </c>
+      <c r="R104" t="s">
+        <v>82</v>
+      </c>
+      <c r="S104" t="s">
+        <v>82</v>
+      </c>
+      <c r="T104" t="s">
+        <v>82</v>
+      </c>
+      <c r="U104" t="s">
+        <v>82</v>
+      </c>
+      <c r="V104" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="105" spans="1:22">
       <c r="A105" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B105" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C105" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="D105" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="E105" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="F105" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G105" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H105" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="I105" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="J105" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="K105" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="L105" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="M105" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:15">
+        <v>83</v>
+      </c>
+      <c r="N105" t="s">
+        <v>83</v>
+      </c>
+      <c r="O105" t="s">
+        <v>83</v>
+      </c>
+      <c r="P105" t="s">
+        <v>83</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>83</v>
+      </c>
+      <c r="R105" t="s">
+        <v>83</v>
+      </c>
+      <c r="S105" t="s">
+        <v>83</v>
+      </c>
+      <c r="T105" t="s">
+        <v>83</v>
+      </c>
+      <c r="U105" t="s">
+        <v>83</v>
+      </c>
+      <c r="V105" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="106" spans="1:22">
       <c r="A106" t="s">
         <v>21</v>
       </c>
       <c r="B106" t="s">
         <v>48</v>
       </c>
       <c r="C106" t="s">
         <v>48</v>
       </c>
       <c r="D106" t="s">
         <v>48</v>
       </c>
       <c r="E106" t="s">
         <v>48</v>
       </c>
       <c r="F106" t="s">
         <v>48</v>
       </c>
       <c r="G106" t="s">
         <v>48</v>
       </c>
       <c r="H106" t="s">
         <v>48</v>
       </c>
       <c r="I106" t="s">
         <v>48</v>
       </c>
       <c r="J106" t="s">
         <v>48</v>
       </c>
       <c r="K106" t="s">
         <v>48</v>
       </c>
       <c r="L106" t="s">
         <v>48</v>
       </c>
       <c r="M106" t="s">
         <v>48</v>
       </c>
-    </row>
-[...279 lines deleted...]
-      <c r="A116" s="1" t="s">
+      <c r="N106" t="s">
+        <v>48</v>
+      </c>
+      <c r="O106" t="s">
+        <v>48</v>
+      </c>
+      <c r="P106" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>48</v>
+      </c>
+      <c r="R106" t="s">
+        <v>48</v>
+      </c>
+      <c r="S106" t="s">
+        <v>48</v>
+      </c>
+      <c r="T106" t="s">
+        <v>48</v>
+      </c>
+      <c r="U106" t="s">
+        <v>48</v>
+      </c>
+      <c r="V106" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="108" spans="1:22">
+      <c r="A108" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B116" s="1"/>
-[...15 lines deleted...]
-      <c r="A117" t="s">
+      <c r="B108" s="1"/>
+      <c r="C108" s="1"/>
+      <c r="D108" s="1"/>
+      <c r="E108" s="1"/>
+      <c r="F108" s="1"/>
+      <c r="G108" s="1"/>
+      <c r="H108" s="1"/>
+      <c r="I108" s="1"/>
+      <c r="J108" s="1"/>
+      <c r="K108" s="1"/>
+      <c r="L108" s="1"/>
+      <c r="M108" s="1"/>
+      <c r="N108" s="1"/>
+      <c r="O108" s="1"/>
+      <c r="P108" s="1"/>
+      <c r="Q108" s="1"/>
+      <c r="R108" s="1"/>
+      <c r="S108" s="1"/>
+      <c r="T108" s="1"/>
+      <c r="U108" s="1"/>
+      <c r="V108" s="1"/>
+    </row>
+    <row r="109" spans="1:22">
+      <c r="A109" t="s">
         <v>85</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A117:O117"/>
+    <mergeCell ref="A109:V109"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>