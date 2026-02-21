--- v1 (2025-12-31)
+++ v2 (2026-02-21)
@@ -12,308 +12,371 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="2051-po-zatutyrkam-2-dnya..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
-[...5 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>08.03.2026</t>
   </si>
   <si>
     <t>21.03.2026</t>
   </si>
   <si>
     <t>11.04.2026</t>
   </si>
   <si>
     <t>18.04.2026</t>
   </si>
   <si>
     <t>25.04.2026</t>
   </si>
   <si>
+    <t>02.05.2026</t>
+  </si>
+  <si>
+    <t>16.05.2026</t>
+  </si>
+  <si>
+    <t>23.05.2026</t>
+  </si>
+  <si>
+    <t>30.05.2026</t>
+  </si>
+  <si>
+    <t>06.06.2026</t>
+  </si>
+  <si>
+    <t>13.06.2026</t>
+  </si>
+  <si>
+    <t>20.06.2026</t>
+  </si>
+  <si>
+    <t>27.06.2026</t>
+  </si>
+  <si>
+    <t>04.07.2026</t>
+  </si>
+  <si>
+    <t>11.07.2026</t>
+  </si>
+  <si>
+    <t>18.07.2026</t>
+  </si>
+  <si>
+    <t>25.07.2026</t>
+  </si>
+  <si>
+    <t>01.08.2026</t>
+  </si>
+  <si>
+    <t>08.08.2026</t>
+  </si>
+  <si>
+    <t>15.08.2026</t>
+  </si>
+  <si>
+    <t>22.08.2026</t>
+  </si>
+  <si>
+    <t>29.08.2026</t>
+  </si>
+  <si>
+    <t>05.09.2026</t>
+  </si>
+  <si>
+    <t>12.09.2026</t>
+  </si>
+  <si>
+    <t>19.09.2026</t>
+  </si>
+  <si>
+    <t>26.09.2026</t>
+  </si>
+  <si>
     <t>"Арль" Номер в реестре С602025003934</t>
   </si>
   <si>
     <t>Твин (раздельные кровати)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>10200 RUB</t>
   </si>
   <si>
+    <t>14400 RUB</t>
+  </si>
+  <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>12100 RUB</t>
   </si>
   <si>
+    <t>17050 RUB</t>
+  </si>
+  <si>
     <t>Ребёнок 6—14 лет на основном месте</t>
   </si>
   <si>
     <t>9600 RUB</t>
   </si>
   <si>
+    <t>13800 RUB</t>
+  </si>
+  <si>
     <t>Комфорт (двуспальная кровать)</t>
   </si>
   <si>
     <t>10500 RUB</t>
   </si>
   <si>
+    <t>14550 RUB</t>
+  </si>
+  <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>9500 RUB</t>
   </si>
   <si>
+    <t>14050 RUB</t>
+  </si>
+  <si>
     <t>12900 RUB</t>
   </si>
   <si>
+    <t>17700 RUB</t>
+  </si>
+  <si>
     <t>9900 RUB</t>
   </si>
   <si>
+    <t>13950 RUB</t>
+  </si>
+  <si>
     <t>Ребёнок 6—14 лет на дополнительном месте</t>
   </si>
   <si>
     <t>8900 RUB</t>
   </si>
   <si>
-    <t>"Ольгинская" Номер в реестре С602024019384</t>
-[...11 lines deleted...]
-    <t>Стандарт 1-местный</t>
+    <t>13450 RUB</t>
+  </si>
+  <si>
+    <t>"Рижская" Номер в реестре С602024006682</t>
+  </si>
+  <si>
+    <t>Стандартный двухместный номер</t>
+  </si>
+  <si>
+    <t>11200 RUB</t>
+  </si>
+  <si>
+    <t>14850 RUB</t>
+  </si>
+  <si>
+    <t>10600 RUB</t>
+  </si>
+  <si>
+    <t>14250 RUB</t>
+  </si>
+  <si>
+    <t>Стандартный одноместный номер</t>
+  </si>
+  <si>
+    <t>11600 RUB</t>
+  </si>
+  <si>
+    <t>15700 RUB</t>
+  </si>
+  <si>
+    <t>"Октябрьская" Номер в реестре С602024014375</t>
+  </si>
+  <si>
+    <t>Стандарт двухместный</t>
+  </si>
+  <si>
+    <t>10900 RUB</t>
+  </si>
+  <si>
+    <t>14700 RUB</t>
+  </si>
+  <si>
+    <t>10300 RUB</t>
+  </si>
+  <si>
+    <t>14100 RUB</t>
+  </si>
+  <si>
+    <t>Стандарт одноместный</t>
   </si>
   <si>
     <t>11400 RUB</t>
   </si>
   <si>
-    <t>Стандарт 3-хместный</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Комфорт </t>
+    <t>15200 RUB</t>
+  </si>
+  <si>
+    <t>"Золотая набережная" Номер в реестре С602024001619</t>
+  </si>
+  <si>
+    <t>Номер "Комфорт"</t>
   </si>
   <si>
     <t>11800 RUB</t>
   </si>
   <si>
-    <t>9200 RUB</t>
-[...44 lines deleted...]
-    <t>Номер "Комфорт"</t>
+    <t>16700 RUB</t>
   </si>
   <si>
     <t>9400 RUB</t>
   </si>
   <si>
+    <t>13400 RUB</t>
+  </si>
+  <si>
     <t>15000 RUB</t>
   </si>
   <si>
+    <t>20700 RUB</t>
+  </si>
+  <si>
+    <t>16100 RUB</t>
+  </si>
+  <si>
     <t>8800 RUB</t>
   </si>
   <si>
+    <t>12800 RUB</t>
+  </si>
+  <si>
     <t>Номер "Комфорт+"</t>
   </si>
   <si>
+    <t>17200 RUB</t>
+  </si>
+  <si>
     <t>15500 RUB</t>
   </si>
   <si>
+    <t>21600 RUB</t>
+  </si>
+  <si>
     <t>11500 RUB</t>
   </si>
   <si>
+    <t>16600 RUB</t>
+  </si>
+  <si>
     <t>"Барселона" Номер в реестре С602024015193</t>
   </si>
   <si>
     <t xml:space="preserve">Стандарт </t>
   </si>
   <si>
     <t>12400 RUB</t>
   </si>
   <si>
+    <t>16750 RUB</t>
+  </si>
+  <si>
     <t>14800 RUB</t>
   </si>
   <si>
-    <t>"Покровский" Номер в реестре С602024019747</t>
-[...26 lines deleted...]
-    <t>13300 RUB</t>
+    <t>19750 RUB</t>
+  </si>
+  <si>
+    <t>16150 RUB</t>
   </si>
   <si>
     <t>Old Estate (Старые кварталы) Номер в реестре С602024003414</t>
   </si>
   <si>
     <t>Стандартный номер</t>
   </si>
   <si>
     <t>15800 RUB</t>
   </si>
   <si>
+    <t>21500 RUB</t>
+  </si>
+  <si>
+    <t>14750 RUB</t>
+  </si>
+  <si>
     <t>22500 RUB</t>
   </si>
   <si>
-    <t>15200 RUB</t>
+    <t>29600 RUB</t>
+  </si>
+  <si>
+    <t>20900 RUB</t>
+  </si>
+  <si>
+    <t>14150 RUB</t>
   </si>
   <si>
     <t>Тур без размещения</t>
   </si>
   <si>
     <t>Экскурсии, питание по программе тура, входные билеты</t>
   </si>
   <si>
     <t>7800 RUB</t>
   </si>
   <si>
-    <t>"Двор Подзноева" (корпус Бизнес) Номер в реестре С602024007106</t>
-[...20 lines deleted...]
-    <t>13100 RUB</t>
+    <t>10950 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 31.12.2025 16:47, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 21.02.2026 18:18, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -655,5623 +718,7329 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:V109"/>
+  <dimension ref="A1:BA63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A108" sqref="A108:V108"/>
+      <selection activeCell="A62" sqref="A62:BA62"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="93.120117" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="47" max="47" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22">
+    <row r="1" spans="1:53">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L1" s="1" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M1" s="1" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N1" s="1" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="O1" s="1" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="P1" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="Q1" s="1" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="R1" s="1" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="S1" s="1" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="T1" s="1" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="U1" s="1" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="V1" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
+      </c>
+      <c r="W1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="X1" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y1" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="Z1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AA1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AB1" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="AC1" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="AD1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="AE1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="AF1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="AG1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="AH1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AI1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="AK1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="AL1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AM1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AN1" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="AO1" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="AP1" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AQ1" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="AR1" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AS1" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="AT1" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AU1" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AV1" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="AW1" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="AX1" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="AY1" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="AZ1" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="BA1" s="1" t="s">
+        <v>25</v>
       </c>
     </row>
-    <row r="2" spans="1:22">
+    <row r="2" spans="1:53">
       <c r="A2" s="2" t="s">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
+      <c r="W2" s="2"/>
+      <c r="X2" s="2"/>
+      <c r="Y2" s="2"/>
+      <c r="Z2" s="2"/>
+      <c r="AA2" s="2"/>
+      <c r="AB2" s="2"/>
+      <c r="AC2" s="2"/>
+      <c r="AD2" s="2"/>
+      <c r="AE2" s="2"/>
+      <c r="AF2" s="2"/>
+      <c r="AG2" s="2"/>
+      <c r="AH2" s="2"/>
+      <c r="AI2" s="2"/>
+      <c r="AJ2" s="2"/>
+      <c r="AK2" s="2"/>
+      <c r="AL2" s="2"/>
+      <c r="AM2" s="2"/>
+      <c r="AN2" s="2"/>
+      <c r="AO2" s="2"/>
+      <c r="AP2" s="2"/>
+      <c r="AQ2" s="2"/>
+      <c r="AR2" s="2"/>
+      <c r="AS2" s="2"/>
+      <c r="AT2" s="2"/>
+      <c r="AU2" s="2"/>
+      <c r="AV2" s="2"/>
+      <c r="AW2" s="2"/>
+      <c r="AX2" s="2"/>
+      <c r="AY2" s="2"/>
+      <c r="AZ2" s="2"/>
+      <c r="BA2" s="2"/>
     </row>
-    <row r="3" spans="1:22">
+    <row r="3" spans="1:53">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
+      <c r="W3" s="3"/>
+      <c r="X3" s="3"/>
+      <c r="Y3" s="3"/>
+      <c r="Z3" s="3"/>
+      <c r="AA3" s="3"/>
+      <c r="AB3" s="3"/>
+      <c r="AC3" s="3"/>
+      <c r="AD3" s="3"/>
+      <c r="AE3" s="3"/>
+      <c r="AF3" s="3"/>
+      <c r="AG3" s="3"/>
+      <c r="AH3" s="3"/>
+      <c r="AI3" s="3"/>
+      <c r="AJ3" s="3"/>
+      <c r="AK3" s="3"/>
+      <c r="AL3" s="3"/>
+      <c r="AM3" s="3"/>
+      <c r="AN3" s="3"/>
+      <c r="AO3" s="3"/>
+      <c r="AP3" s="3"/>
+      <c r="AQ3" s="3"/>
+      <c r="AR3" s="3"/>
+      <c r="AS3" s="3"/>
+      <c r="AT3" s="3"/>
+      <c r="AU3" s="3"/>
+      <c r="AV3" s="3"/>
+      <c r="AW3" s="3"/>
+      <c r="AX3" s="3"/>
+      <c r="AY3" s="3"/>
+      <c r="AZ3" s="3"/>
+      <c r="BA3" s="3"/>
     </row>
-    <row r="4" spans="1:22">
+    <row r="4" spans="1:53">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="D4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="G4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="H4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="I4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="J4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="K4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="L4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="M4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="N4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="O4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="P4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="Q4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="R4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="S4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="T4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="U4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="V4" t="s">
-        <v>10</v>
+        <v>30</v>
+      </c>
+      <c r="W4" t="s">
+        <v>30</v>
+      </c>
+      <c r="X4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AH4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AI4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AJ4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AO4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AQ4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AS4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AT4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AU4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AV4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AX4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AY4" t="s">
+        <v>30</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>30</v>
+      </c>
+      <c r="BA4" t="s">
+        <v>30</v>
       </c>
     </row>
-    <row r="5" spans="1:22">
+    <row r="5" spans="1:53">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="G5" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="I5" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="J5" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="K5" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="L5" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="M5" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="N5" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="O5" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="P5" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="Q5" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="R5" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="S5" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="T5" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="U5" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="V5" t="s">
-        <v>12</v>
+        <v>33</v>
+      </c>
+      <c r="W5" t="s">
+        <v>33</v>
+      </c>
+      <c r="X5" t="s">
+        <v>33</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>33</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AF5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AH5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AI5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AJ5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AK5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AL5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AN5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AO5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AP5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AQ5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AS5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AT5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AU5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AV5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AX5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AY5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AZ5" t="s">
+        <v>33</v>
+      </c>
+      <c r="BA5" t="s">
+        <v>33</v>
       </c>
     </row>
-    <row r="6" spans="1:22">
+    <row r="6" spans="1:53">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F6" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="G6" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="H6" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="I6" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="J6" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="K6" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="L6" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="M6" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="N6" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="O6" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="P6" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="Q6" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="R6" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="S6" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="T6" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="U6" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="V6" t="s">
-        <v>14</v>
+        <v>36</v>
+      </c>
+      <c r="W6" t="s">
+        <v>36</v>
+      </c>
+      <c r="X6" t="s">
+        <v>36</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>36</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AH6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AI6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AJ6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AK6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AL6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AN6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AO6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AP6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AQ6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AS6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AT6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AU6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AV6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AX6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AY6" t="s">
+        <v>36</v>
+      </c>
+      <c r="AZ6" t="s">
+        <v>36</v>
+      </c>
+      <c r="BA6" t="s">
+        <v>36</v>
       </c>
     </row>
-    <row r="7" spans="1:22">
+    <row r="7" spans="1:53">
       <c r="A7" s="3" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
+      <c r="W7" s="3"/>
+      <c r="X7" s="3"/>
+      <c r="Y7" s="3"/>
+      <c r="Z7" s="3"/>
+      <c r="AA7" s="3"/>
+      <c r="AB7" s="3"/>
+      <c r="AC7" s="3"/>
+      <c r="AD7" s="3"/>
+      <c r="AE7" s="3"/>
+      <c r="AF7" s="3"/>
+      <c r="AG7" s="3"/>
+      <c r="AH7" s="3"/>
+      <c r="AI7" s="3"/>
+      <c r="AJ7" s="3"/>
+      <c r="AK7" s="3"/>
+      <c r="AL7" s="3"/>
+      <c r="AM7" s="3"/>
+      <c r="AN7" s="3"/>
+      <c r="AO7" s="3"/>
+      <c r="AP7" s="3"/>
+      <c r="AQ7" s="3"/>
+      <c r="AR7" s="3"/>
+      <c r="AS7" s="3"/>
+      <c r="AT7" s="3"/>
+      <c r="AU7" s="3"/>
+      <c r="AV7" s="3"/>
+      <c r="AW7" s="3"/>
+      <c r="AX7" s="3"/>
+      <c r="AY7" s="3"/>
+      <c r="AZ7" s="3"/>
+      <c r="BA7" s="3"/>
     </row>
-    <row r="8" spans="1:22">
+    <row r="8" spans="1:53">
       <c r="A8" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="B8" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="C8" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="D8" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="E8" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="F8" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="G8" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="H8" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="I8" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="J8" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="K8" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="L8" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="M8" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="N8" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="O8" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="P8" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="Q8" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="R8" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="S8" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="T8" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="U8" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="V8" t="s">
-        <v>16</v>
+        <v>39</v>
+      </c>
+      <c r="W8" t="s">
+        <v>39</v>
+      </c>
+      <c r="X8" t="s">
+        <v>39</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>39</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AE8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AG8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AH8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AI8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AJ8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AK8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AL8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AM8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AN8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AO8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AP8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AQ8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AR8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AS8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AT8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AU8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AV8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AW8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AX8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AY8" t="s">
+        <v>39</v>
+      </c>
+      <c r="AZ8" t="s">
+        <v>39</v>
+      </c>
+      <c r="BA8" t="s">
+        <v>39</v>
       </c>
     </row>
-    <row r="9" spans="1:22">
+    <row r="9" spans="1:53">
       <c r="A9" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F9" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="G9" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="H9" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="I9" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="J9" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="K9" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="L9" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="M9" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="N9" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="O9" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="P9" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="Q9" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="R9" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="S9" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="T9" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="U9" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="V9" t="s">
-        <v>18</v>
+        <v>42</v>
+      </c>
+      <c r="W9" t="s">
+        <v>42</v>
+      </c>
+      <c r="X9" t="s">
+        <v>42</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>42</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AE9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AF9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AH9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AI9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AJ9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AK9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AL9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AM9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AN9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AO9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AP9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AQ9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AR9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AS9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AT9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AU9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AV9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AW9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AX9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AY9" t="s">
+        <v>42</v>
+      </c>
+      <c r="AZ9" t="s">
+        <v>42</v>
+      </c>
+      <c r="BA9" t="s">
+        <v>42</v>
       </c>
     </row>
-    <row r="10" spans="1:22">
+    <row r="10" spans="1:53">
       <c r="A10" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="B10" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="C10" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="D10" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="E10" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="G10" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="H10" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="I10" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="J10" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="K10" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="L10" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="M10" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="N10" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="O10" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="P10" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="Q10" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="R10" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="S10" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="T10" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="U10" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="V10" t="s">
-        <v>19</v>
+        <v>44</v>
+      </c>
+      <c r="W10" t="s">
+        <v>44</v>
+      </c>
+      <c r="X10" t="s">
+        <v>44</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>44</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AH10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AI10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AJ10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AK10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AL10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AN10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AO10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AP10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AQ10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AR10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AS10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AT10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AU10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AV10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AW10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AX10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AY10" t="s">
+        <v>44</v>
+      </c>
+      <c r="AZ10" t="s">
+        <v>44</v>
+      </c>
+      <c r="BA10" t="s">
+        <v>44</v>
       </c>
     </row>
-    <row r="11" spans="1:22">
+    <row r="11" spans="1:53">
       <c r="A11" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="B11" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D11" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="F11" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="G11" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H11" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="I11" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="J11" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="K11" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="L11" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="M11" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="N11" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="O11" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="P11" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="Q11" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="R11" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="S11" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="T11" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="U11" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="V11" t="s">
-        <v>20</v>
+        <v>46</v>
+      </c>
+      <c r="W11" t="s">
+        <v>46</v>
+      </c>
+      <c r="X11" t="s">
+        <v>46</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>46</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AD11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AE11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AG11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AH11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AI11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AJ11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AK11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AL11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AM11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AN11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AO11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AP11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AQ11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AR11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AS11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AT11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AU11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AV11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AW11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AX11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AY11" t="s">
+        <v>46</v>
+      </c>
+      <c r="AZ11" t="s">
+        <v>46</v>
+      </c>
+      <c r="BA11" t="s">
+        <v>46</v>
       </c>
     </row>
-    <row r="12" spans="1:22">
+    <row r="12" spans="1:53">
       <c r="A12" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="B12" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="C12" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="D12" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="E12" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="F12" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="H12" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="I12" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="J12" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="K12" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="L12" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="M12" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="N12" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="O12" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="P12" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="Q12" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="R12" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="S12" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="T12" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="U12" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="V12" t="s">
-        <v>22</v>
+        <v>49</v>
+      </c>
+      <c r="W12" t="s">
+        <v>49</v>
+      </c>
+      <c r="X12" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>49</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AC12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AD12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AE12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AF12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AG12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AH12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AI12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AJ12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AK12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AL12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AM12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AN12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AO12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AP12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AQ12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AR12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AS12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AT12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AU12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AV12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AW12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AX12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AY12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AZ12" t="s">
+        <v>49</v>
+      </c>
+      <c r="BA12" t="s">
+        <v>49</v>
       </c>
     </row>
-    <row r="13" spans="1:22">
+    <row r="13" spans="1:53">
       <c r="A13" s="4"/>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
       <c r="L13" s="4"/>
       <c r="M13" s="4"/>
       <c r="N13" s="4"/>
       <c r="O13" s="4"/>
       <c r="P13" s="4"/>
       <c r="Q13" s="4"/>
       <c r="R13" s="4"/>
       <c r="S13" s="4"/>
       <c r="T13" s="4"/>
       <c r="U13" s="4"/>
       <c r="V13" s="4"/>
+      <c r="W13" s="4"/>
+      <c r="X13" s="4"/>
+      <c r="Y13" s="4"/>
+      <c r="Z13" s="4"/>
+      <c r="AA13" s="4"/>
+      <c r="AB13" s="4"/>
+      <c r="AC13" s="4"/>
+      <c r="AD13" s="4"/>
+      <c r="AE13" s="4"/>
+      <c r="AF13" s="4"/>
+      <c r="AG13" s="4"/>
+      <c r="AH13" s="4"/>
+      <c r="AI13" s="4"/>
+      <c r="AJ13" s="4"/>
+      <c r="AK13" s="4"/>
+      <c r="AL13" s="4"/>
+      <c r="AM13" s="4"/>
+      <c r="AN13" s="4"/>
+      <c r="AO13" s="4"/>
+      <c r="AP13" s="4"/>
+      <c r="AQ13" s="4"/>
+      <c r="AR13" s="4"/>
+      <c r="AS13" s="4"/>
+      <c r="AT13" s="4"/>
+      <c r="AU13" s="4"/>
+      <c r="AV13" s="4"/>
+      <c r="AW13" s="4"/>
+      <c r="AX13" s="4"/>
+      <c r="AY13" s="4"/>
+      <c r="AZ13" s="4"/>
+      <c r="BA13" s="4"/>
     </row>
-    <row r="14" spans="1:22">
+    <row r="14" spans="1:53">
       <c r="A14" s="2" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
       <c r="J14" s="2"/>
       <c r="K14" s="2"/>
       <c r="L14" s="2"/>
       <c r="M14" s="2"/>
       <c r="N14" s="2"/>
       <c r="O14" s="2"/>
       <c r="P14" s="2"/>
       <c r="Q14" s="2"/>
       <c r="R14" s="2"/>
       <c r="S14" s="2"/>
       <c r="T14" s="2"/>
       <c r="U14" s="2"/>
       <c r="V14" s="2"/>
+      <c r="W14" s="2"/>
+      <c r="X14" s="2"/>
+      <c r="Y14" s="2"/>
+      <c r="Z14" s="2"/>
+      <c r="AA14" s="2"/>
+      <c r="AB14" s="2"/>
+      <c r="AC14" s="2"/>
+      <c r="AD14" s="2"/>
+      <c r="AE14" s="2"/>
+      <c r="AF14" s="2"/>
+      <c r="AG14" s="2"/>
+      <c r="AH14" s="2"/>
+      <c r="AI14" s="2"/>
+      <c r="AJ14" s="2"/>
+      <c r="AK14" s="2"/>
+      <c r="AL14" s="2"/>
+      <c r="AM14" s="2"/>
+      <c r="AN14" s="2"/>
+      <c r="AO14" s="2"/>
+      <c r="AP14" s="2"/>
+      <c r="AQ14" s="2"/>
+      <c r="AR14" s="2"/>
+      <c r="AS14" s="2"/>
+      <c r="AT14" s="2"/>
+      <c r="AU14" s="2"/>
+      <c r="AV14" s="2"/>
+      <c r="AW14" s="2"/>
+      <c r="AX14" s="2"/>
+      <c r="AY14" s="2"/>
+      <c r="AZ14" s="2"/>
+      <c r="BA14" s="2"/>
     </row>
-    <row r="15" spans="1:22">
+    <row r="15" spans="1:53">
       <c r="A15" s="3" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
+      <c r="W15" s="3"/>
+      <c r="X15" s="3"/>
+      <c r="Y15" s="3"/>
+      <c r="Z15" s="3"/>
+      <c r="AA15" s="3"/>
+      <c r="AB15" s="3"/>
+      <c r="AC15" s="3"/>
+      <c r="AD15" s="3"/>
+      <c r="AE15" s="3"/>
+      <c r="AF15" s="3"/>
+      <c r="AG15" s="3"/>
+      <c r="AH15" s="3"/>
+      <c r="AI15" s="3"/>
+      <c r="AJ15" s="3"/>
+      <c r="AK15" s="3"/>
+      <c r="AL15" s="3"/>
+      <c r="AM15" s="3"/>
+      <c r="AN15" s="3"/>
+      <c r="AO15" s="3"/>
+      <c r="AP15" s="3"/>
+      <c r="AQ15" s="3"/>
+      <c r="AR15" s="3"/>
+      <c r="AS15" s="3"/>
+      <c r="AT15" s="3"/>
+      <c r="AU15" s="3"/>
+      <c r="AV15" s="3"/>
+      <c r="AW15" s="3"/>
+      <c r="AX15" s="3"/>
+      <c r="AY15" s="3"/>
+      <c r="AZ15" s="3"/>
+      <c r="BA15" s="3"/>
     </row>
-    <row r="16" spans="1:22">
+    <row r="16" spans="1:53">
       <c r="A16" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="B16" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="C16" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="D16" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="E16" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="F16" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="G16" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="H16" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="I16" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="J16" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="K16" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="L16" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="M16" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="N16" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="O16" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="P16" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="Q16" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="R16" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="S16" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="T16" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="U16" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="V16" t="s">
-        <v>25</v>
+        <v>53</v>
+      </c>
+      <c r="W16" t="s">
+        <v>53</v>
+      </c>
+      <c r="X16" t="s">
+        <v>53</v>
+      </c>
+      <c r="Y16" t="s">
+        <v>53</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AD16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AE16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AF16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AG16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AH16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AI16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AJ16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AK16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AL16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AM16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AN16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AO16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AP16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AQ16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AR16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AS16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AT16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AU16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AV16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AW16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AX16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AY16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AZ16" t="s">
+        <v>53</v>
+      </c>
+      <c r="BA16" t="s">
+        <v>53</v>
       </c>
     </row>
-    <row r="17" spans="1:22">
+    <row r="17" spans="1:53">
       <c r="A17" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="B17" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="C17" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="D17" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="E17" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F17" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="G17" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="H17" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="I17" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="J17" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="K17" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="L17" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="M17" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="N17" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="O17" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="P17" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="Q17" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="R17" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="S17" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="T17" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="U17" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="V17" t="s">
-        <v>26</v>
+        <v>55</v>
+      </c>
+      <c r="W17" t="s">
+        <v>55</v>
+      </c>
+      <c r="X17" t="s">
+        <v>55</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>55</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AD17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AF17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AG17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AH17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AI17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AJ17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AK17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AL17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AM17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AN17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AP17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AQ17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AR17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AS17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AT17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AU17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AV17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AW17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AX17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AY17" t="s">
+        <v>55</v>
+      </c>
+      <c r="AZ17" t="s">
+        <v>55</v>
+      </c>
+      <c r="BA17" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="18" spans="1:22">
+    <row r="18" spans="1:53">
       <c r="A18" s="3" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
       <c r="P18" s="3"/>
       <c r="Q18" s="3"/>
       <c r="R18" s="3"/>
       <c r="S18" s="3"/>
       <c r="T18" s="3"/>
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
+      <c r="W18" s="3"/>
+      <c r="X18" s="3"/>
+      <c r="Y18" s="3"/>
+      <c r="Z18" s="3"/>
+      <c r="AA18" s="3"/>
+      <c r="AB18" s="3"/>
+      <c r="AC18" s="3"/>
+      <c r="AD18" s="3"/>
+      <c r="AE18" s="3"/>
+      <c r="AF18" s="3"/>
+      <c r="AG18" s="3"/>
+      <c r="AH18" s="3"/>
+      <c r="AI18" s="3"/>
+      <c r="AJ18" s="3"/>
+      <c r="AK18" s="3"/>
+      <c r="AL18" s="3"/>
+      <c r="AM18" s="3"/>
+      <c r="AN18" s="3"/>
+      <c r="AO18" s="3"/>
+      <c r="AP18" s="3"/>
+      <c r="AQ18" s="3"/>
+      <c r="AR18" s="3"/>
+      <c r="AS18" s="3"/>
+      <c r="AT18" s="3"/>
+      <c r="AU18" s="3"/>
+      <c r="AV18" s="3"/>
+      <c r="AW18" s="3"/>
+      <c r="AX18" s="3"/>
+      <c r="AY18" s="3"/>
+      <c r="AZ18" s="3"/>
+      <c r="BA18" s="3"/>
     </row>
-    <row r="19" spans="1:22">
+    <row r="19" spans="1:53">
       <c r="A19" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="B19" t="s">
+        <v>57</v>
+      </c>
+      <c r="C19" t="s">
+        <v>57</v>
+      </c>
+      <c r="D19" t="s">
+        <v>57</v>
+      </c>
+      <c r="E19" t="s">
+        <v>57</v>
+      </c>
+      <c r="F19" t="s">
+        <v>57</v>
+      </c>
+      <c r="G19" t="s">
+        <v>57</v>
+      </c>
+      <c r="H19" t="s">
+        <v>57</v>
+      </c>
+      <c r="I19" t="s">
+        <v>57</v>
+      </c>
+      <c r="J19" t="s">
+        <v>58</v>
+      </c>
+      <c r="K19" t="s">
+        <v>58</v>
+      </c>
+      <c r="L19" t="s">
+        <v>58</v>
+      </c>
+      <c r="M19" t="s">
+        <v>58</v>
+      </c>
+      <c r="N19" t="s">
+        <v>58</v>
+      </c>
+      <c r="O19" t="s">
+        <v>58</v>
+      </c>
+      <c r="P19" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>58</v>
+      </c>
+      <c r="R19" t="s">
+        <v>58</v>
+      </c>
+      <c r="S19" t="s">
+        <v>58</v>
+      </c>
+      <c r="T19" t="s">
+        <v>58</v>
+      </c>
+      <c r="U19" t="s">
+        <v>58</v>
+      </c>
+      <c r="V19" t="s">
+        <v>58</v>
+      </c>
+      <c r="W19" t="s">
+        <v>58</v>
+      </c>
+      <c r="X19" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AD19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AE19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AF19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AG19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AH19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AI19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AJ19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AK19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AL19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AM19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AN19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AO19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AP19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AQ19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AR19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AS19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AT19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AU19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AV19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AW19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AX19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AY19" t="s">
+        <v>58</v>
+      </c>
+      <c r="AZ19" t="s">
+        <v>58</v>
+      </c>
+      <c r="BA19" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="20" spans="1:53">
+      <c r="A20" s="4"/>
+      <c r="B20" s="4"/>
+      <c r="C20" s="4"/>
+      <c r="D20" s="4"/>
+      <c r="E20" s="4"/>
+      <c r="F20" s="4"/>
+      <c r="G20" s="4"/>
+      <c r="H20" s="4"/>
+      <c r="I20" s="4"/>
+      <c r="J20" s="4"/>
+      <c r="K20" s="4"/>
+      <c r="L20" s="4"/>
+      <c r="M20" s="4"/>
+      <c r="N20" s="4"/>
+      <c r="O20" s="4"/>
+      <c r="P20" s="4"/>
+      <c r="Q20" s="4"/>
+      <c r="R20" s="4"/>
+      <c r="S20" s="4"/>
+      <c r="T20" s="4"/>
+      <c r="U20" s="4"/>
+      <c r="V20" s="4"/>
+      <c r="W20" s="4"/>
+      <c r="X20" s="4"/>
+      <c r="Y20" s="4"/>
+      <c r="Z20" s="4"/>
+      <c r="AA20" s="4"/>
+      <c r="AB20" s="4"/>
+      <c r="AC20" s="4"/>
+      <c r="AD20" s="4"/>
+      <c r="AE20" s="4"/>
+      <c r="AF20" s="4"/>
+      <c r="AG20" s="4"/>
+      <c r="AH20" s="4"/>
+      <c r="AI20" s="4"/>
+      <c r="AJ20" s="4"/>
+      <c r="AK20" s="4"/>
+      <c r="AL20" s="4"/>
+      <c r="AM20" s="4"/>
+      <c r="AN20" s="4"/>
+      <c r="AO20" s="4"/>
+      <c r="AP20" s="4"/>
+      <c r="AQ20" s="4"/>
+      <c r="AR20" s="4"/>
+      <c r="AS20" s="4"/>
+      <c r="AT20" s="4"/>
+      <c r="AU20" s="4"/>
+      <c r="AV20" s="4"/>
+      <c r="AW20" s="4"/>
+      <c r="AX20" s="4"/>
+      <c r="AY20" s="4"/>
+      <c r="AZ20" s="4"/>
+      <c r="BA20" s="4"/>
+    </row>
+    <row r="21" spans="1:53">
+      <c r="A21" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B21" s="2"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="2"/>
+      <c r="J21" s="2"/>
+      <c r="K21" s="2"/>
+      <c r="L21" s="2"/>
+      <c r="M21" s="2"/>
+      <c r="N21" s="2"/>
+      <c r="O21" s="2"/>
+      <c r="P21" s="2"/>
+      <c r="Q21" s="2"/>
+      <c r="R21" s="2"/>
+      <c r="S21" s="2"/>
+      <c r="T21" s="2"/>
+      <c r="U21" s="2"/>
+      <c r="V21" s="2"/>
+      <c r="W21" s="2"/>
+      <c r="X21" s="2"/>
+      <c r="Y21" s="2"/>
+      <c r="Z21" s="2"/>
+      <c r="AA21" s="2"/>
+      <c r="AB21" s="2"/>
+      <c r="AC21" s="2"/>
+      <c r="AD21" s="2"/>
+      <c r="AE21" s="2"/>
+      <c r="AF21" s="2"/>
+      <c r="AG21" s="2"/>
+      <c r="AH21" s="2"/>
+      <c r="AI21" s="2"/>
+      <c r="AJ21" s="2"/>
+      <c r="AK21" s="2"/>
+      <c r="AL21" s="2"/>
+      <c r="AM21" s="2"/>
+      <c r="AN21" s="2"/>
+      <c r="AO21" s="2"/>
+      <c r="AP21" s="2"/>
+      <c r="AQ21" s="2"/>
+      <c r="AR21" s="2"/>
+      <c r="AS21" s="2"/>
+      <c r="AT21" s="2"/>
+      <c r="AU21" s="2"/>
+      <c r="AV21" s="2"/>
+      <c r="AW21" s="2"/>
+      <c r="AX21" s="2"/>
+      <c r="AY21" s="2"/>
+      <c r="AZ21" s="2"/>
+      <c r="BA21" s="2"/>
+    </row>
+    <row r="22" spans="1:53">
+      <c r="A22" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="3"/>
+      <c r="C22" s="3"/>
+      <c r="D22" s="3"/>
+      <c r="E22" s="3"/>
+      <c r="F22" s="3"/>
+      <c r="G22" s="3"/>
+      <c r="H22" s="3"/>
+      <c r="I22" s="3"/>
+      <c r="J22" s="3"/>
+      <c r="K22" s="3"/>
+      <c r="L22" s="3"/>
+      <c r="M22" s="3"/>
+      <c r="N22" s="3"/>
+      <c r="O22" s="3"/>
+      <c r="P22" s="3"/>
+      <c r="Q22" s="3"/>
+      <c r="R22" s="3"/>
+      <c r="S22" s="3"/>
+      <c r="T22" s="3"/>
+      <c r="U22" s="3"/>
+      <c r="V22" s="3"/>
+      <c r="W22" s="3"/>
+      <c r="X22" s="3"/>
+      <c r="Y22" s="3"/>
+      <c r="Z22" s="3"/>
+      <c r="AA22" s="3"/>
+      <c r="AB22" s="3"/>
+      <c r="AC22" s="3"/>
+      <c r="AD22" s="3"/>
+      <c r="AE22" s="3"/>
+      <c r="AF22" s="3"/>
+      <c r="AG22" s="3"/>
+      <c r="AH22" s="3"/>
+      <c r="AI22" s="3"/>
+      <c r="AJ22" s="3"/>
+      <c r="AK22" s="3"/>
+      <c r="AL22" s="3"/>
+      <c r="AM22" s="3"/>
+      <c r="AN22" s="3"/>
+      <c r="AO22" s="3"/>
+      <c r="AP22" s="3"/>
+      <c r="AQ22" s="3"/>
+      <c r="AR22" s="3"/>
+      <c r="AS22" s="3"/>
+      <c r="AT22" s="3"/>
+      <c r="AU22" s="3"/>
+      <c r="AV22" s="3"/>
+      <c r="AW22" s="3"/>
+      <c r="AX22" s="3"/>
+      <c r="AY22" s="3"/>
+      <c r="AZ22" s="3"/>
+      <c r="BA22" s="3"/>
+    </row>
+    <row r="23" spans="1:53">
+      <c r="A23" t="s">
         <v>28</v>
       </c>
-      <c r="C19" t="s">
+      <c r="B23" t="s">
+        <v>61</v>
+      </c>
+      <c r="C23" t="s">
+        <v>61</v>
+      </c>
+      <c r="D23" t="s">
+        <v>61</v>
+      </c>
+      <c r="E23" t="s">
+        <v>61</v>
+      </c>
+      <c r="F23" t="s">
+        <v>61</v>
+      </c>
+      <c r="G23" t="s">
+        <v>61</v>
+      </c>
+      <c r="H23" t="s">
+        <v>61</v>
+      </c>
+      <c r="I23" t="s">
+        <v>61</v>
+      </c>
+      <c r="J23" t="s">
+        <v>62</v>
+      </c>
+      <c r="K23" t="s">
+        <v>62</v>
+      </c>
+      <c r="L23" t="s">
+        <v>62</v>
+      </c>
+      <c r="M23" t="s">
+        <v>62</v>
+      </c>
+      <c r="N23" t="s">
+        <v>62</v>
+      </c>
+      <c r="O23" t="s">
+        <v>62</v>
+      </c>
+      <c r="P23" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>62</v>
+      </c>
+      <c r="R23" t="s">
+        <v>62</v>
+      </c>
+      <c r="S23" t="s">
+        <v>62</v>
+      </c>
+      <c r="T23" t="s">
+        <v>62</v>
+      </c>
+      <c r="U23" t="s">
+        <v>62</v>
+      </c>
+      <c r="V23" t="s">
+        <v>62</v>
+      </c>
+      <c r="W23" t="s">
+        <v>62</v>
+      </c>
+      <c r="X23" t="s">
+        <v>62</v>
+      </c>
+      <c r="Y23" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AA23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AB23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AC23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AD23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AF23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AG23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AH23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AI23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AJ23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AL23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AM23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AN23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AO23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AP23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AQ23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AR23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AS23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AT23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AU23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AV23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AW23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AX23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AY23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AZ23" t="s">
+        <v>62</v>
+      </c>
+      <c r="BA23" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="24" spans="1:53">
+      <c r="A24" t="s">
+        <v>34</v>
+      </c>
+      <c r="B24" t="s">
+        <v>63</v>
+      </c>
+      <c r="C24" t="s">
+        <v>63</v>
+      </c>
+      <c r="D24" t="s">
+        <v>63</v>
+      </c>
+      <c r="E24" t="s">
+        <v>63</v>
+      </c>
+      <c r="F24" t="s">
+        <v>63</v>
+      </c>
+      <c r="G24" t="s">
+        <v>63</v>
+      </c>
+      <c r="H24" t="s">
+        <v>63</v>
+      </c>
+      <c r="I24" t="s">
+        <v>63</v>
+      </c>
+      <c r="J24" t="s">
+        <v>64</v>
+      </c>
+      <c r="K24" t="s">
+        <v>64</v>
+      </c>
+      <c r="L24" t="s">
+        <v>64</v>
+      </c>
+      <c r="M24" t="s">
+        <v>64</v>
+      </c>
+      <c r="N24" t="s">
+        <v>64</v>
+      </c>
+      <c r="O24" t="s">
+        <v>64</v>
+      </c>
+      <c r="P24" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>64</v>
+      </c>
+      <c r="R24" t="s">
+        <v>64</v>
+      </c>
+      <c r="S24" t="s">
+        <v>64</v>
+      </c>
+      <c r="T24" t="s">
+        <v>64</v>
+      </c>
+      <c r="U24" t="s">
+        <v>64</v>
+      </c>
+      <c r="V24" t="s">
+        <v>64</v>
+      </c>
+      <c r="W24" t="s">
+        <v>64</v>
+      </c>
+      <c r="X24" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y24" t="s">
+        <v>64</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AA24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AB24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AC24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AD24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AE24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AF24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AG24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AH24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AI24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AJ24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AK24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AL24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AM24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AN24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AO24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AP24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AQ24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AR24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AS24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AT24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AU24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AV24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AW24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AX24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AY24" t="s">
+        <v>64</v>
+      </c>
+      <c r="AZ24" t="s">
+        <v>64</v>
+      </c>
+      <c r="BA24" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="25" spans="1:53">
+      <c r="A25" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B25" s="3"/>
+      <c r="C25" s="3"/>
+      <c r="D25" s="3"/>
+      <c r="E25" s="3"/>
+      <c r="F25" s="3"/>
+      <c r="G25" s="3"/>
+      <c r="H25" s="3"/>
+      <c r="I25" s="3"/>
+      <c r="J25" s="3"/>
+      <c r="K25" s="3"/>
+      <c r="L25" s="3"/>
+      <c r="M25" s="3"/>
+      <c r="N25" s="3"/>
+      <c r="O25" s="3"/>
+      <c r="P25" s="3"/>
+      <c r="Q25" s="3"/>
+      <c r="R25" s="3"/>
+      <c r="S25" s="3"/>
+      <c r="T25" s="3"/>
+      <c r="U25" s="3"/>
+      <c r="V25" s="3"/>
+      <c r="W25" s="3"/>
+      <c r="X25" s="3"/>
+      <c r="Y25" s="3"/>
+      <c r="Z25" s="3"/>
+      <c r="AA25" s="3"/>
+      <c r="AB25" s="3"/>
+      <c r="AC25" s="3"/>
+      <c r="AD25" s="3"/>
+      <c r="AE25" s="3"/>
+      <c r="AF25" s="3"/>
+      <c r="AG25" s="3"/>
+      <c r="AH25" s="3"/>
+      <c r="AI25" s="3"/>
+      <c r="AJ25" s="3"/>
+      <c r="AK25" s="3"/>
+      <c r="AL25" s="3"/>
+      <c r="AM25" s="3"/>
+      <c r="AN25" s="3"/>
+      <c r="AO25" s="3"/>
+      <c r="AP25" s="3"/>
+      <c r="AQ25" s="3"/>
+      <c r="AR25" s="3"/>
+      <c r="AS25" s="3"/>
+      <c r="AT25" s="3"/>
+      <c r="AU25" s="3"/>
+      <c r="AV25" s="3"/>
+      <c r="AW25" s="3"/>
+      <c r="AX25" s="3"/>
+      <c r="AY25" s="3"/>
+      <c r="AZ25" s="3"/>
+      <c r="BA25" s="3"/>
+    </row>
+    <row r="26" spans="1:53">
+      <c r="A26" t="s">
         <v>28</v>
       </c>
-      <c r="D19" t="s">
+      <c r="B26" t="s">
+        <v>66</v>
+      </c>
+      <c r="C26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D26" t="s">
+        <v>66</v>
+      </c>
+      <c r="E26" t="s">
+        <v>66</v>
+      </c>
+      <c r="F26" t="s">
+        <v>66</v>
+      </c>
+      <c r="G26" t="s">
+        <v>66</v>
+      </c>
+      <c r="H26" t="s">
+        <v>66</v>
+      </c>
+      <c r="I26" t="s">
+        <v>66</v>
+      </c>
+      <c r="J26" t="s">
+        <v>67</v>
+      </c>
+      <c r="K26" t="s">
+        <v>67</v>
+      </c>
+      <c r="L26" t="s">
+        <v>67</v>
+      </c>
+      <c r="M26" t="s">
+        <v>67</v>
+      </c>
+      <c r="N26" t="s">
+        <v>67</v>
+      </c>
+      <c r="O26" t="s">
+        <v>67</v>
+      </c>
+      <c r="P26" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>67</v>
+      </c>
+      <c r="R26" t="s">
+        <v>67</v>
+      </c>
+      <c r="S26" t="s">
+        <v>67</v>
+      </c>
+      <c r="T26" t="s">
+        <v>67</v>
+      </c>
+      <c r="U26" t="s">
+        <v>67</v>
+      </c>
+      <c r="V26" t="s">
+        <v>67</v>
+      </c>
+      <c r="W26" t="s">
+        <v>67</v>
+      </c>
+      <c r="X26" t="s">
+        <v>67</v>
+      </c>
+      <c r="Y26" t="s">
+        <v>67</v>
+      </c>
+      <c r="Z26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AB26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AC26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AD26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AE26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AF26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AG26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AH26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AI26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AJ26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AK26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AL26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AM26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AN26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AO26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AP26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AQ26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AR26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AS26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AT26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AU26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AV26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AW26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AX26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AY26" t="s">
+        <v>67</v>
+      </c>
+      <c r="AZ26" t="s">
+        <v>67</v>
+      </c>
+      <c r="BA26" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="27" spans="1:53">
+      <c r="A27" s="4"/>
+      <c r="B27" s="4"/>
+      <c r="C27" s="4"/>
+      <c r="D27" s="4"/>
+      <c r="E27" s="4"/>
+      <c r="F27" s="4"/>
+      <c r="G27" s="4"/>
+      <c r="H27" s="4"/>
+      <c r="I27" s="4"/>
+      <c r="J27" s="4"/>
+      <c r="K27" s="4"/>
+      <c r="L27" s="4"/>
+      <c r="M27" s="4"/>
+      <c r="N27" s="4"/>
+      <c r="O27" s="4"/>
+      <c r="P27" s="4"/>
+      <c r="Q27" s="4"/>
+      <c r="R27" s="4"/>
+      <c r="S27" s="4"/>
+      <c r="T27" s="4"/>
+      <c r="U27" s="4"/>
+      <c r="V27" s="4"/>
+      <c r="W27" s="4"/>
+      <c r="X27" s="4"/>
+      <c r="Y27" s="4"/>
+      <c r="Z27" s="4"/>
+      <c r="AA27" s="4"/>
+      <c r="AB27" s="4"/>
+      <c r="AC27" s="4"/>
+      <c r="AD27" s="4"/>
+      <c r="AE27" s="4"/>
+      <c r="AF27" s="4"/>
+      <c r="AG27" s="4"/>
+      <c r="AH27" s="4"/>
+      <c r="AI27" s="4"/>
+      <c r="AJ27" s="4"/>
+      <c r="AK27" s="4"/>
+      <c r="AL27" s="4"/>
+      <c r="AM27" s="4"/>
+      <c r="AN27" s="4"/>
+      <c r="AO27" s="4"/>
+      <c r="AP27" s="4"/>
+      <c r="AQ27" s="4"/>
+      <c r="AR27" s="4"/>
+      <c r="AS27" s="4"/>
+      <c r="AT27" s="4"/>
+      <c r="AU27" s="4"/>
+      <c r="AV27" s="4"/>
+      <c r="AW27" s="4"/>
+      <c r="AX27" s="4"/>
+      <c r="AY27" s="4"/>
+      <c r="AZ27" s="4"/>
+      <c r="BA27" s="4"/>
+    </row>
+    <row r="28" spans="1:53">
+      <c r="A28" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="B28" s="2"/>
+      <c r="C28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2"/>
+      <c r="H28" s="2"/>
+      <c r="I28" s="2"/>
+      <c r="J28" s="2"/>
+      <c r="K28" s="2"/>
+      <c r="L28" s="2"/>
+      <c r="M28" s="2"/>
+      <c r="N28" s="2"/>
+      <c r="O28" s="2"/>
+      <c r="P28" s="2"/>
+      <c r="Q28" s="2"/>
+      <c r="R28" s="2"/>
+      <c r="S28" s="2"/>
+      <c r="T28" s="2"/>
+      <c r="U28" s="2"/>
+      <c r="V28" s="2"/>
+      <c r="W28" s="2"/>
+      <c r="X28" s="2"/>
+      <c r="Y28" s="2"/>
+      <c r="Z28" s="2"/>
+      <c r="AA28" s="2"/>
+      <c r="AB28" s="2"/>
+      <c r="AC28" s="2"/>
+      <c r="AD28" s="2"/>
+      <c r="AE28" s="2"/>
+      <c r="AF28" s="2"/>
+      <c r="AG28" s="2"/>
+      <c r="AH28" s="2"/>
+      <c r="AI28" s="2"/>
+      <c r="AJ28" s="2"/>
+      <c r="AK28" s="2"/>
+      <c r="AL28" s="2"/>
+      <c r="AM28" s="2"/>
+      <c r="AN28" s="2"/>
+      <c r="AO28" s="2"/>
+      <c r="AP28" s="2"/>
+      <c r="AQ28" s="2"/>
+      <c r="AR28" s="2"/>
+      <c r="AS28" s="2"/>
+      <c r="AT28" s="2"/>
+      <c r="AU28" s="2"/>
+      <c r="AV28" s="2"/>
+      <c r="AW28" s="2"/>
+      <c r="AX28" s="2"/>
+      <c r="AY28" s="2"/>
+      <c r="AZ28" s="2"/>
+      <c r="BA28" s="2"/>
+    </row>
+    <row r="29" spans="1:53">
+      <c r="A29" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B29" s="3"/>
+      <c r="C29" s="3"/>
+      <c r="D29" s="3"/>
+      <c r="E29" s="3"/>
+      <c r="F29" s="3"/>
+      <c r="G29" s="3"/>
+      <c r="H29" s="3"/>
+      <c r="I29" s="3"/>
+      <c r="J29" s="3"/>
+      <c r="K29" s="3"/>
+      <c r="L29" s="3"/>
+      <c r="M29" s="3"/>
+      <c r="N29" s="3"/>
+      <c r="O29" s="3"/>
+      <c r="P29" s="3"/>
+      <c r="Q29" s="3"/>
+      <c r="R29" s="3"/>
+      <c r="S29" s="3"/>
+      <c r="T29" s="3"/>
+      <c r="U29" s="3"/>
+      <c r="V29" s="3"/>
+      <c r="W29" s="3"/>
+      <c r="X29" s="3"/>
+      <c r="Y29" s="3"/>
+      <c r="Z29" s="3"/>
+      <c r="AA29" s="3"/>
+      <c r="AB29" s="3"/>
+      <c r="AC29" s="3"/>
+      <c r="AD29" s="3"/>
+      <c r="AE29" s="3"/>
+      <c r="AF29" s="3"/>
+      <c r="AG29" s="3"/>
+      <c r="AH29" s="3"/>
+      <c r="AI29" s="3"/>
+      <c r="AJ29" s="3"/>
+      <c r="AK29" s="3"/>
+      <c r="AL29" s="3"/>
+      <c r="AM29" s="3"/>
+      <c r="AN29" s="3"/>
+      <c r="AO29" s="3"/>
+      <c r="AP29" s="3"/>
+      <c r="AQ29" s="3"/>
+      <c r="AR29" s="3"/>
+      <c r="AS29" s="3"/>
+      <c r="AT29" s="3"/>
+      <c r="AU29" s="3"/>
+      <c r="AV29" s="3"/>
+      <c r="AW29" s="3"/>
+      <c r="AX29" s="3"/>
+      <c r="AY29" s="3"/>
+      <c r="AZ29" s="3"/>
+      <c r="BA29" s="3"/>
+    </row>
+    <row r="30" spans="1:53">
+      <c r="A30" t="s">
         <v>28</v>
       </c>
-      <c r="E19" t="s">
+      <c r="B30" t="s">
+        <v>70</v>
+      </c>
+      <c r="C30" t="s">
+        <v>70</v>
+      </c>
+      <c r="D30" t="s">
+        <v>70</v>
+      </c>
+      <c r="E30" t="s">
+        <v>70</v>
+      </c>
+      <c r="F30" t="s">
+        <v>70</v>
+      </c>
+      <c r="G30" t="s">
+        <v>70</v>
+      </c>
+      <c r="H30" t="s">
+        <v>70</v>
+      </c>
+      <c r="I30" t="s">
+        <v>70</v>
+      </c>
+      <c r="J30" t="s">
+        <v>71</v>
+      </c>
+      <c r="K30" t="s">
+        <v>71</v>
+      </c>
+      <c r="L30" t="s">
+        <v>71</v>
+      </c>
+      <c r="M30" t="s">
+        <v>71</v>
+      </c>
+      <c r="N30" t="s">
+        <v>71</v>
+      </c>
+      <c r="O30" t="s">
+        <v>71</v>
+      </c>
+      <c r="P30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>71</v>
+      </c>
+      <c r="R30" t="s">
+        <v>71</v>
+      </c>
+      <c r="S30" t="s">
+        <v>71</v>
+      </c>
+      <c r="T30" t="s">
+        <v>71</v>
+      </c>
+      <c r="U30" t="s">
+        <v>71</v>
+      </c>
+      <c r="V30" t="s">
+        <v>71</v>
+      </c>
+      <c r="W30" t="s">
+        <v>71</v>
+      </c>
+      <c r="X30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Y30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Z30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AB30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AC30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AD30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AE30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AF30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AG30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AH30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AI30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AJ30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AK30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AL30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AM30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AN30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AO30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AP30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AQ30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AR30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AS30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AT30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AU30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AV30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AW30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AX30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AY30" t="s">
+        <v>71</v>
+      </c>
+      <c r="AZ30" t="s">
+        <v>71</v>
+      </c>
+      <c r="BA30" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="31" spans="1:53">
+      <c r="A31" t="s">
+        <v>40</v>
+      </c>
+      <c r="B31" t="s">
+        <v>72</v>
+      </c>
+      <c r="C31" t="s">
+        <v>72</v>
+      </c>
+      <c r="D31" t="s">
+        <v>72</v>
+      </c>
+      <c r="E31" t="s">
+        <v>72</v>
+      </c>
+      <c r="F31" t="s">
+        <v>72</v>
+      </c>
+      <c r="G31" t="s">
+        <v>72</v>
+      </c>
+      <c r="H31" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" t="s">
+        <v>72</v>
+      </c>
+      <c r="J31" t="s">
+        <v>73</v>
+      </c>
+      <c r="K31" t="s">
+        <v>73</v>
+      </c>
+      <c r="L31" t="s">
+        <v>73</v>
+      </c>
+      <c r="M31" t="s">
+        <v>73</v>
+      </c>
+      <c r="N31" t="s">
+        <v>73</v>
+      </c>
+      <c r="O31" t="s">
+        <v>73</v>
+      </c>
+      <c r="P31" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>73</v>
+      </c>
+      <c r="R31" t="s">
+        <v>73</v>
+      </c>
+      <c r="S31" t="s">
+        <v>73</v>
+      </c>
+      <c r="T31" t="s">
+        <v>73</v>
+      </c>
+      <c r="U31" t="s">
+        <v>73</v>
+      </c>
+      <c r="V31" t="s">
+        <v>73</v>
+      </c>
+      <c r="W31" t="s">
+        <v>73</v>
+      </c>
+      <c r="X31" t="s">
+        <v>73</v>
+      </c>
+      <c r="Y31" t="s">
+        <v>73</v>
+      </c>
+      <c r="Z31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AA31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AB31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AC31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AD31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AE31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AF31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AG31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AH31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AI31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AJ31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AK31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AL31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AM31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AN31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AO31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AP31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AQ31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AS31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AT31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AU31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AV31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AW31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AX31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AY31" t="s">
+        <v>73</v>
+      </c>
+      <c r="AZ31" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA31" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="32" spans="1:53">
+      <c r="A32" t="s">
+        <v>31</v>
+      </c>
+      <c r="B32" t="s">
+        <v>74</v>
+      </c>
+      <c r="C32" t="s">
+        <v>74</v>
+      </c>
+      <c r="D32" t="s">
+        <v>74</v>
+      </c>
+      <c r="E32" t="s">
+        <v>74</v>
+      </c>
+      <c r="F32" t="s">
+        <v>74</v>
+      </c>
+      <c r="G32" t="s">
+        <v>74</v>
+      </c>
+      <c r="H32" t="s">
+        <v>74</v>
+      </c>
+      <c r="I32" t="s">
+        <v>74</v>
+      </c>
+      <c r="J32" t="s">
+        <v>75</v>
+      </c>
+      <c r="K32" t="s">
+        <v>75</v>
+      </c>
+      <c r="L32" t="s">
+        <v>75</v>
+      </c>
+      <c r="M32" t="s">
+        <v>75</v>
+      </c>
+      <c r="N32" t="s">
+        <v>75</v>
+      </c>
+      <c r="O32" t="s">
+        <v>75</v>
+      </c>
+      <c r="P32" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>75</v>
+      </c>
+      <c r="R32" t="s">
+        <v>75</v>
+      </c>
+      <c r="S32" t="s">
+        <v>75</v>
+      </c>
+      <c r="T32" t="s">
+        <v>75</v>
+      </c>
+      <c r="U32" t="s">
+        <v>75</v>
+      </c>
+      <c r="V32" t="s">
+        <v>75</v>
+      </c>
+      <c r="W32" t="s">
+        <v>75</v>
+      </c>
+      <c r="X32" t="s">
+        <v>75</v>
+      </c>
+      <c r="Y32" t="s">
+        <v>75</v>
+      </c>
+      <c r="Z32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AB32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AC32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AD32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AE32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AF32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AG32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AH32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AJ32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AK32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AL32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AM32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AN32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AO32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AP32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AQ32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AR32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AS32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AT32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AV32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AW32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AX32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AY32" t="s">
+        <v>75</v>
+      </c>
+      <c r="AZ32" t="s">
+        <v>75</v>
+      </c>
+      <c r="BA32" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="33" spans="1:53">
+      <c r="A33" t="s">
+        <v>34</v>
+      </c>
+      <c r="B33" t="s">
+        <v>52</v>
+      </c>
+      <c r="C33" t="s">
+        <v>52</v>
+      </c>
+      <c r="D33" t="s">
+        <v>52</v>
+      </c>
+      <c r="E33" t="s">
+        <v>52</v>
+      </c>
+      <c r="F33" t="s">
+        <v>52</v>
+      </c>
+      <c r="G33" t="s">
+        <v>52</v>
+      </c>
+      <c r="H33" t="s">
+        <v>52</v>
+      </c>
+      <c r="I33" t="s">
+        <v>52</v>
+      </c>
+      <c r="J33" t="s">
+        <v>76</v>
+      </c>
+      <c r="K33" t="s">
+        <v>76</v>
+      </c>
+      <c r="L33" t="s">
+        <v>76</v>
+      </c>
+      <c r="M33" t="s">
+        <v>76</v>
+      </c>
+      <c r="N33" t="s">
+        <v>76</v>
+      </c>
+      <c r="O33" t="s">
+        <v>76</v>
+      </c>
+      <c r="P33" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>76</v>
+      </c>
+      <c r="R33" t="s">
+        <v>76</v>
+      </c>
+      <c r="S33" t="s">
+        <v>76</v>
+      </c>
+      <c r="T33" t="s">
+        <v>76</v>
+      </c>
+      <c r="U33" t="s">
+        <v>76</v>
+      </c>
+      <c r="V33" t="s">
+        <v>76</v>
+      </c>
+      <c r="W33" t="s">
+        <v>76</v>
+      </c>
+      <c r="X33" t="s">
+        <v>76</v>
+      </c>
+      <c r="Y33" t="s">
+        <v>76</v>
+      </c>
+      <c r="Z33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AA33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AB33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AC33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AD33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AE33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AF33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AG33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AH33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AI33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AK33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AL33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AM33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AN33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AO33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AP33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AQ33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AR33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AS33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AT33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AU33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AV33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AW33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AX33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AY33" t="s">
+        <v>76</v>
+      </c>
+      <c r="AZ33" t="s">
+        <v>76</v>
+      </c>
+      <c r="BA33" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="34" spans="1:53">
+      <c r="A34" t="s">
+        <v>47</v>
+      </c>
+      <c r="B34" t="s">
+        <v>77</v>
+      </c>
+      <c r="C34" t="s">
+        <v>77</v>
+      </c>
+      <c r="D34" t="s">
+        <v>77</v>
+      </c>
+      <c r="E34" t="s">
+        <v>77</v>
+      </c>
+      <c r="F34" t="s">
+        <v>77</v>
+      </c>
+      <c r="G34" t="s">
+        <v>77</v>
+      </c>
+      <c r="H34" t="s">
+        <v>77</v>
+      </c>
+      <c r="I34" t="s">
+        <v>77</v>
+      </c>
+      <c r="J34" t="s">
+        <v>78</v>
+      </c>
+      <c r="K34" t="s">
+        <v>78</v>
+      </c>
+      <c r="L34" t="s">
+        <v>78</v>
+      </c>
+      <c r="M34" t="s">
+        <v>78</v>
+      </c>
+      <c r="N34" t="s">
+        <v>78</v>
+      </c>
+      <c r="O34" t="s">
+        <v>78</v>
+      </c>
+      <c r="P34" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>78</v>
+      </c>
+      <c r="R34" t="s">
+        <v>78</v>
+      </c>
+      <c r="S34" t="s">
+        <v>78</v>
+      </c>
+      <c r="T34" t="s">
+        <v>78</v>
+      </c>
+      <c r="U34" t="s">
+        <v>78</v>
+      </c>
+      <c r="V34" t="s">
+        <v>78</v>
+      </c>
+      <c r="W34" t="s">
+        <v>78</v>
+      </c>
+      <c r="X34" t="s">
+        <v>78</v>
+      </c>
+      <c r="Y34" t="s">
+        <v>78</v>
+      </c>
+      <c r="Z34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AB34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AC34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AD34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AE34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AF34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AG34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AH34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AI34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AJ34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AK34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AL34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AO34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AP34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AQ34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AR34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AS34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AT34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AV34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AW34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AX34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AY34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AZ34" t="s">
+        <v>78</v>
+      </c>
+      <c r="BA34" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="35" spans="1:53">
+      <c r="A35" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B35" s="3"/>
+      <c r="C35" s="3"/>
+      <c r="D35" s="3"/>
+      <c r="E35" s="3"/>
+      <c r="F35" s="3"/>
+      <c r="G35" s="3"/>
+      <c r="H35" s="3"/>
+      <c r="I35" s="3"/>
+      <c r="J35" s="3"/>
+      <c r="K35" s="3"/>
+      <c r="L35" s="3"/>
+      <c r="M35" s="3"/>
+      <c r="N35" s="3"/>
+      <c r="O35" s="3"/>
+      <c r="P35" s="3"/>
+      <c r="Q35" s="3"/>
+      <c r="R35" s="3"/>
+      <c r="S35" s="3"/>
+      <c r="T35" s="3"/>
+      <c r="U35" s="3"/>
+      <c r="V35" s="3"/>
+      <c r="W35" s="3"/>
+      <c r="X35" s="3"/>
+      <c r="Y35" s="3"/>
+      <c r="Z35" s="3"/>
+      <c r="AA35" s="3"/>
+      <c r="AB35" s="3"/>
+      <c r="AC35" s="3"/>
+      <c r="AD35" s="3"/>
+      <c r="AE35" s="3"/>
+      <c r="AF35" s="3"/>
+      <c r="AG35" s="3"/>
+      <c r="AH35" s="3"/>
+      <c r="AI35" s="3"/>
+      <c r="AJ35" s="3"/>
+      <c r="AK35" s="3"/>
+      <c r="AL35" s="3"/>
+      <c r="AM35" s="3"/>
+      <c r="AN35" s="3"/>
+      <c r="AO35" s="3"/>
+      <c r="AP35" s="3"/>
+      <c r="AQ35" s="3"/>
+      <c r="AR35" s="3"/>
+      <c r="AS35" s="3"/>
+      <c r="AT35" s="3"/>
+      <c r="AU35" s="3"/>
+      <c r="AV35" s="3"/>
+      <c r="AW35" s="3"/>
+      <c r="AX35" s="3"/>
+      <c r="AY35" s="3"/>
+      <c r="AZ35" s="3"/>
+      <c r="BA35" s="3"/>
+    </row>
+    <row r="36" spans="1:53">
+      <c r="A36" t="s">
         <v>28</v>
       </c>
-      <c r="F19" t="s">
+      <c r="B36" t="s">
+        <v>32</v>
+      </c>
+      <c r="C36" t="s">
+        <v>32</v>
+      </c>
+      <c r="D36" t="s">
+        <v>32</v>
+      </c>
+      <c r="E36" t="s">
+        <v>32</v>
+      </c>
+      <c r="F36" t="s">
+        <v>32</v>
+      </c>
+      <c r="G36" t="s">
+        <v>32</v>
+      </c>
+      <c r="H36" t="s">
+        <v>32</v>
+      </c>
+      <c r="I36" t="s">
+        <v>32</v>
+      </c>
+      <c r="J36" t="s">
+        <v>80</v>
+      </c>
+      <c r="K36" t="s">
+        <v>80</v>
+      </c>
+      <c r="L36" t="s">
+        <v>80</v>
+      </c>
+      <c r="M36" t="s">
+        <v>80</v>
+      </c>
+      <c r="N36" t="s">
+        <v>80</v>
+      </c>
+      <c r="O36" t="s">
+        <v>80</v>
+      </c>
+      <c r="P36" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>80</v>
+      </c>
+      <c r="R36" t="s">
+        <v>80</v>
+      </c>
+      <c r="S36" t="s">
+        <v>80</v>
+      </c>
+      <c r="T36" t="s">
+        <v>80</v>
+      </c>
+      <c r="U36" t="s">
+        <v>80</v>
+      </c>
+      <c r="V36" t="s">
+        <v>80</v>
+      </c>
+      <c r="W36" t="s">
+        <v>80</v>
+      </c>
+      <c r="X36" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y36" t="s">
+        <v>80</v>
+      </c>
+      <c r="Z36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AA36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AB36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AC36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AE36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AF36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AG36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AH36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AI36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AJ36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AK36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AL36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AM36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AO36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AP36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AQ36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AS36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AT36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AU36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AV36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AW36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AX36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AY36" t="s">
+        <v>80</v>
+      </c>
+      <c r="AZ36" t="s">
+        <v>80</v>
+      </c>
+      <c r="BA36" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="37" spans="1:53">
+      <c r="A37" t="s">
+        <v>40</v>
+      </c>
+      <c r="B37" t="s">
+        <v>72</v>
+      </c>
+      <c r="C37" t="s">
+        <v>72</v>
+      </c>
+      <c r="D37" t="s">
+        <v>72</v>
+      </c>
+      <c r="E37" t="s">
+        <v>72</v>
+      </c>
+      <c r="F37" t="s">
+        <v>72</v>
+      </c>
+      <c r="G37" t="s">
+        <v>72</v>
+      </c>
+      <c r="H37" t="s">
+        <v>72</v>
+      </c>
+      <c r="I37" t="s">
+        <v>72</v>
+      </c>
+      <c r="J37" t="s">
+        <v>73</v>
+      </c>
+      <c r="K37" t="s">
+        <v>73</v>
+      </c>
+      <c r="L37" t="s">
+        <v>73</v>
+      </c>
+      <c r="M37" t="s">
+        <v>73</v>
+      </c>
+      <c r="N37" t="s">
+        <v>73</v>
+      </c>
+      <c r="O37" t="s">
+        <v>73</v>
+      </c>
+      <c r="P37" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>73</v>
+      </c>
+      <c r="R37" t="s">
+        <v>73</v>
+      </c>
+      <c r="S37" t="s">
+        <v>73</v>
+      </c>
+      <c r="T37" t="s">
+        <v>73</v>
+      </c>
+      <c r="U37" t="s">
+        <v>73</v>
+      </c>
+      <c r="V37" t="s">
+        <v>73</v>
+      </c>
+      <c r="W37" t="s">
+        <v>73</v>
+      </c>
+      <c r="X37" t="s">
+        <v>73</v>
+      </c>
+      <c r="Y37" t="s">
+        <v>73</v>
+      </c>
+      <c r="Z37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AA37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AB37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AC37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AD37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AE37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AF37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AG37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AH37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AI37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AJ37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AK37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AL37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AM37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AN37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AO37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AP37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AQ37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AS37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AT37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AU37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AV37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AW37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AX37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AY37" t="s">
+        <v>73</v>
+      </c>
+      <c r="AZ37" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA37" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="38" spans="1:53">
+      <c r="A38" t="s">
+        <v>31</v>
+      </c>
+      <c r="B38" t="s">
+        <v>81</v>
+      </c>
+      <c r="C38" t="s">
+        <v>81</v>
+      </c>
+      <c r="D38" t="s">
+        <v>81</v>
+      </c>
+      <c r="E38" t="s">
+        <v>81</v>
+      </c>
+      <c r="F38" t="s">
+        <v>81</v>
+      </c>
+      <c r="G38" t="s">
+        <v>81</v>
+      </c>
+      <c r="H38" t="s">
+        <v>81</v>
+      </c>
+      <c r="I38" t="s">
+        <v>81</v>
+      </c>
+      <c r="J38" t="s">
+        <v>82</v>
+      </c>
+      <c r="K38" t="s">
+        <v>82</v>
+      </c>
+      <c r="L38" t="s">
+        <v>82</v>
+      </c>
+      <c r="M38" t="s">
+        <v>82</v>
+      </c>
+      <c r="N38" t="s">
+        <v>82</v>
+      </c>
+      <c r="O38" t="s">
+        <v>82</v>
+      </c>
+      <c r="P38" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>82</v>
+      </c>
+      <c r="R38" t="s">
+        <v>82</v>
+      </c>
+      <c r="S38" t="s">
+        <v>82</v>
+      </c>
+      <c r="T38" t="s">
+        <v>82</v>
+      </c>
+      <c r="U38" t="s">
+        <v>82</v>
+      </c>
+      <c r="V38" t="s">
+        <v>82</v>
+      </c>
+      <c r="W38" t="s">
+        <v>82</v>
+      </c>
+      <c r="X38" t="s">
+        <v>82</v>
+      </c>
+      <c r="Y38" t="s">
+        <v>82</v>
+      </c>
+      <c r="Z38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AA38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AC38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AD38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AE38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AF38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AG38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AH38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AI38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AJ38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AK38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AL38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AM38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AN38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AO38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AP38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AQ38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AR38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AS38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AT38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AU38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AV38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AW38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AX38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY38" t="s">
+        <v>82</v>
+      </c>
+      <c r="AZ38" t="s">
+        <v>82</v>
+      </c>
+      <c r="BA38" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="39" spans="1:53">
+      <c r="A39" t="s">
+        <v>34</v>
+      </c>
+      <c r="B39" t="s">
+        <v>83</v>
+      </c>
+      <c r="C39" t="s">
+        <v>83</v>
+      </c>
+      <c r="D39" t="s">
+        <v>83</v>
+      </c>
+      <c r="E39" t="s">
+        <v>83</v>
+      </c>
+      <c r="F39" t="s">
+        <v>83</v>
+      </c>
+      <c r="G39" t="s">
+        <v>83</v>
+      </c>
+      <c r="H39" t="s">
+        <v>83</v>
+      </c>
+      <c r="I39" t="s">
+        <v>83</v>
+      </c>
+      <c r="J39" t="s">
+        <v>84</v>
+      </c>
+      <c r="K39" t="s">
+        <v>84</v>
+      </c>
+      <c r="L39" t="s">
+        <v>84</v>
+      </c>
+      <c r="M39" t="s">
+        <v>84</v>
+      </c>
+      <c r="N39" t="s">
+        <v>84</v>
+      </c>
+      <c r="O39" t="s">
+        <v>84</v>
+      </c>
+      <c r="P39" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>84</v>
+      </c>
+      <c r="R39" t="s">
+        <v>84</v>
+      </c>
+      <c r="S39" t="s">
+        <v>84</v>
+      </c>
+      <c r="T39" t="s">
+        <v>84</v>
+      </c>
+      <c r="U39" t="s">
+        <v>84</v>
+      </c>
+      <c r="V39" t="s">
+        <v>84</v>
+      </c>
+      <c r="W39" t="s">
+        <v>84</v>
+      </c>
+      <c r="X39" t="s">
+        <v>84</v>
+      </c>
+      <c r="Y39" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AA39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AB39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AC39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AD39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AE39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AF39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AG39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AH39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AI39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AJ39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AK39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AL39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AM39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AN39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AO39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AP39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AQ39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AR39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AS39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AT39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AU39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AV39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AW39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AX39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY39" t="s">
+        <v>84</v>
+      </c>
+      <c r="AZ39" t="s">
+        <v>84</v>
+      </c>
+      <c r="BA39" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="40" spans="1:53">
+      <c r="A40" t="s">
+        <v>47</v>
+      </c>
+      <c r="B40" t="s">
+        <v>77</v>
+      </c>
+      <c r="C40" t="s">
+        <v>77</v>
+      </c>
+      <c r="D40" t="s">
+        <v>77</v>
+      </c>
+      <c r="E40" t="s">
+        <v>77</v>
+      </c>
+      <c r="F40" t="s">
+        <v>77</v>
+      </c>
+      <c r="G40" t="s">
+        <v>77</v>
+      </c>
+      <c r="H40" t="s">
+        <v>77</v>
+      </c>
+      <c r="I40" t="s">
+        <v>77</v>
+      </c>
+      <c r="J40" t="s">
+        <v>78</v>
+      </c>
+      <c r="K40" t="s">
+        <v>78</v>
+      </c>
+      <c r="L40" t="s">
+        <v>78</v>
+      </c>
+      <c r="M40" t="s">
+        <v>78</v>
+      </c>
+      <c r="N40" t="s">
+        <v>78</v>
+      </c>
+      <c r="O40" t="s">
+        <v>78</v>
+      </c>
+      <c r="P40" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>78</v>
+      </c>
+      <c r="R40" t="s">
+        <v>78</v>
+      </c>
+      <c r="S40" t="s">
+        <v>78</v>
+      </c>
+      <c r="T40" t="s">
+        <v>78</v>
+      </c>
+      <c r="U40" t="s">
+        <v>78</v>
+      </c>
+      <c r="V40" t="s">
+        <v>78</v>
+      </c>
+      <c r="W40" t="s">
+        <v>78</v>
+      </c>
+      <c r="X40" t="s">
+        <v>78</v>
+      </c>
+      <c r="Y40" t="s">
+        <v>78</v>
+      </c>
+      <c r="Z40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AB40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AC40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AD40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AE40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AF40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AG40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AH40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AI40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AJ40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AK40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AL40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AO40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AP40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AQ40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AR40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AS40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AT40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AV40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AW40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AX40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AY40" t="s">
+        <v>78</v>
+      </c>
+      <c r="AZ40" t="s">
+        <v>78</v>
+      </c>
+      <c r="BA40" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="41" spans="1:53">
+      <c r="A41" s="4"/>
+      <c r="B41" s="4"/>
+      <c r="C41" s="4"/>
+      <c r="D41" s="4"/>
+      <c r="E41" s="4"/>
+      <c r="F41" s="4"/>
+      <c r="G41" s="4"/>
+      <c r="H41" s="4"/>
+      <c r="I41" s="4"/>
+      <c r="J41" s="4"/>
+      <c r="K41" s="4"/>
+      <c r="L41" s="4"/>
+      <c r="M41" s="4"/>
+      <c r="N41" s="4"/>
+      <c r="O41" s="4"/>
+      <c r="P41" s="4"/>
+      <c r="Q41" s="4"/>
+      <c r="R41" s="4"/>
+      <c r="S41" s="4"/>
+      <c r="T41" s="4"/>
+      <c r="U41" s="4"/>
+      <c r="V41" s="4"/>
+      <c r="W41" s="4"/>
+      <c r="X41" s="4"/>
+      <c r="Y41" s="4"/>
+      <c r="Z41" s="4"/>
+      <c r="AA41" s="4"/>
+      <c r="AB41" s="4"/>
+      <c r="AC41" s="4"/>
+      <c r="AD41" s="4"/>
+      <c r="AE41" s="4"/>
+      <c r="AF41" s="4"/>
+      <c r="AG41" s="4"/>
+      <c r="AH41" s="4"/>
+      <c r="AI41" s="4"/>
+      <c r="AJ41" s="4"/>
+      <c r="AK41" s="4"/>
+      <c r="AL41" s="4"/>
+      <c r="AM41" s="4"/>
+      <c r="AN41" s="4"/>
+      <c r="AO41" s="4"/>
+      <c r="AP41" s="4"/>
+      <c r="AQ41" s="4"/>
+      <c r="AR41" s="4"/>
+      <c r="AS41" s="4"/>
+      <c r="AT41" s="4"/>
+      <c r="AU41" s="4"/>
+      <c r="AV41" s="4"/>
+      <c r="AW41" s="4"/>
+      <c r="AX41" s="4"/>
+      <c r="AY41" s="4"/>
+      <c r="AZ41" s="4"/>
+      <c r="BA41" s="4"/>
+    </row>
+    <row r="42" spans="1:53">
+      <c r="A42" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B42" s="2"/>
+      <c r="C42" s="2"/>
+      <c r="D42" s="2"/>
+      <c r="E42" s="2"/>
+      <c r="F42" s="2"/>
+      <c r="G42" s="2"/>
+      <c r="H42" s="2"/>
+      <c r="I42" s="2"/>
+      <c r="J42" s="2"/>
+      <c r="K42" s="2"/>
+      <c r="L42" s="2"/>
+      <c r="M42" s="2"/>
+      <c r="N42" s="2"/>
+      <c r="O42" s="2"/>
+      <c r="P42" s="2"/>
+      <c r="Q42" s="2"/>
+      <c r="R42" s="2"/>
+      <c r="S42" s="2"/>
+      <c r="T42" s="2"/>
+      <c r="U42" s="2"/>
+      <c r="V42" s="2"/>
+      <c r="W42" s="2"/>
+      <c r="X42" s="2"/>
+      <c r="Y42" s="2"/>
+      <c r="Z42" s="2"/>
+      <c r="AA42" s="2"/>
+      <c r="AB42" s="2"/>
+      <c r="AC42" s="2"/>
+      <c r="AD42" s="2"/>
+      <c r="AE42" s="2"/>
+      <c r="AF42" s="2"/>
+      <c r="AG42" s="2"/>
+      <c r="AH42" s="2"/>
+      <c r="AI42" s="2"/>
+      <c r="AJ42" s="2"/>
+      <c r="AK42" s="2"/>
+      <c r="AL42" s="2"/>
+      <c r="AM42" s="2"/>
+      <c r="AN42" s="2"/>
+      <c r="AO42" s="2"/>
+      <c r="AP42" s="2"/>
+      <c r="AQ42" s="2"/>
+      <c r="AR42" s="2"/>
+      <c r="AS42" s="2"/>
+      <c r="AT42" s="2"/>
+      <c r="AU42" s="2"/>
+      <c r="AV42" s="2"/>
+      <c r="AW42" s="2"/>
+      <c r="AX42" s="2"/>
+      <c r="AY42" s="2"/>
+      <c r="AZ42" s="2"/>
+      <c r="BA42" s="2"/>
+    </row>
+    <row r="43" spans="1:53">
+      <c r="A43" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B43" s="3"/>
+      <c r="C43" s="3"/>
+      <c r="D43" s="3"/>
+      <c r="E43" s="3"/>
+      <c r="F43" s="3"/>
+      <c r="G43" s="3"/>
+      <c r="H43" s="3"/>
+      <c r="I43" s="3"/>
+      <c r="J43" s="3"/>
+      <c r="K43" s="3"/>
+      <c r="L43" s="3"/>
+      <c r="M43" s="3"/>
+      <c r="N43" s="3"/>
+      <c r="O43" s="3"/>
+      <c r="P43" s="3"/>
+      <c r="Q43" s="3"/>
+      <c r="R43" s="3"/>
+      <c r="S43" s="3"/>
+      <c r="T43" s="3"/>
+      <c r="U43" s="3"/>
+      <c r="V43" s="3"/>
+      <c r="W43" s="3"/>
+      <c r="X43" s="3"/>
+      <c r="Y43" s="3"/>
+      <c r="Z43" s="3"/>
+      <c r="AA43" s="3"/>
+      <c r="AB43" s="3"/>
+      <c r="AC43" s="3"/>
+      <c r="AD43" s="3"/>
+      <c r="AE43" s="3"/>
+      <c r="AF43" s="3"/>
+      <c r="AG43" s="3"/>
+      <c r="AH43" s="3"/>
+      <c r="AI43" s="3"/>
+      <c r="AJ43" s="3"/>
+      <c r="AK43" s="3"/>
+      <c r="AL43" s="3"/>
+      <c r="AM43" s="3"/>
+      <c r="AN43" s="3"/>
+      <c r="AO43" s="3"/>
+      <c r="AP43" s="3"/>
+      <c r="AQ43" s="3"/>
+      <c r="AR43" s="3"/>
+      <c r="AS43" s="3"/>
+      <c r="AT43" s="3"/>
+      <c r="AU43" s="3"/>
+      <c r="AV43" s="3"/>
+      <c r="AW43" s="3"/>
+      <c r="AX43" s="3"/>
+      <c r="AY43" s="3"/>
+      <c r="AZ43" s="3"/>
+      <c r="BA43" s="3"/>
+    </row>
+    <row r="44" spans="1:53">
+      <c r="A44" t="s">
         <v>28</v>
       </c>
-      <c r="G19" t="s">
-[...45 lines deleted...]
-        <v>28</v>
+      <c r="B44" t="s">
+        <v>87</v>
+      </c>
+      <c r="C44" t="s">
+        <v>87</v>
+      </c>
+      <c r="D44" t="s">
+        <v>87</v>
+      </c>
+      <c r="E44" t="s">
+        <v>87</v>
+      </c>
+      <c r="F44" t="s">
+        <v>87</v>
+      </c>
+      <c r="G44" t="s">
+        <v>87</v>
+      </c>
+      <c r="H44" t="s">
+        <v>87</v>
+      </c>
+      <c r="I44" t="s">
+        <v>87</v>
+      </c>
+      <c r="J44" t="s">
+        <v>88</v>
+      </c>
+      <c r="K44" t="s">
+        <v>88</v>
+      </c>
+      <c r="L44" t="s">
+        <v>88</v>
+      </c>
+      <c r="M44" t="s">
+        <v>88</v>
+      </c>
+      <c r="N44" t="s">
+        <v>88</v>
+      </c>
+      <c r="O44" t="s">
+        <v>88</v>
+      </c>
+      <c r="P44" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>88</v>
+      </c>
+      <c r="R44" t="s">
+        <v>88</v>
+      </c>
+      <c r="S44" t="s">
+        <v>88</v>
+      </c>
+      <c r="T44" t="s">
+        <v>88</v>
+      </c>
+      <c r="U44" t="s">
+        <v>88</v>
+      </c>
+      <c r="V44" t="s">
+        <v>88</v>
+      </c>
+      <c r="W44" t="s">
+        <v>88</v>
+      </c>
+      <c r="X44" t="s">
+        <v>88</v>
+      </c>
+      <c r="Y44" t="s">
+        <v>88</v>
+      </c>
+      <c r="Z44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AA44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AB44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AC44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AD44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AE44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AF44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AG44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AH44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AI44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AJ44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AK44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AL44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AM44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AN44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AO44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AP44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AQ44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AR44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AS44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AT44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AU44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AV44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AW44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AX44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AY44" t="s">
+        <v>88</v>
+      </c>
+      <c r="AZ44" t="s">
+        <v>88</v>
+      </c>
+      <c r="BA44" t="s">
+        <v>88</v>
       </c>
     </row>
-    <row r="20" spans="1:22">
-[...23 lines deleted...]
-      <c r="V20" s="3"/>
+    <row r="45" spans="1:53">
+      <c r="A45" t="s">
+        <v>40</v>
+      </c>
+      <c r="B45" t="s">
+        <v>38</v>
+      </c>
+      <c r="C45" t="s">
+        <v>38</v>
+      </c>
+      <c r="D45" t="s">
+        <v>38</v>
+      </c>
+      <c r="E45" t="s">
+        <v>38</v>
+      </c>
+      <c r="F45" t="s">
+        <v>38</v>
+      </c>
+      <c r="G45" t="s">
+        <v>38</v>
+      </c>
+      <c r="H45" t="s">
+        <v>38</v>
+      </c>
+      <c r="I45" t="s">
+        <v>38</v>
+      </c>
+      <c r="J45" t="s">
+        <v>42</v>
+      </c>
+      <c r="K45" t="s">
+        <v>42</v>
+      </c>
+      <c r="L45" t="s">
+        <v>42</v>
+      </c>
+      <c r="M45" t="s">
+        <v>42</v>
+      </c>
+      <c r="N45" t="s">
+        <v>42</v>
+      </c>
+      <c r="O45" t="s">
+        <v>42</v>
+      </c>
+      <c r="P45" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>42</v>
+      </c>
+      <c r="R45" t="s">
+        <v>42</v>
+      </c>
+      <c r="S45" t="s">
+        <v>42</v>
+      </c>
+      <c r="T45" t="s">
+        <v>42</v>
+      </c>
+      <c r="U45" t="s">
+        <v>42</v>
+      </c>
+      <c r="V45" t="s">
+        <v>42</v>
+      </c>
+      <c r="W45" t="s">
+        <v>42</v>
+      </c>
+      <c r="X45" t="s">
+        <v>42</v>
+      </c>
+      <c r="Y45" t="s">
+        <v>42</v>
+      </c>
+      <c r="Z45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AA45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AB45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AC45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AD45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AE45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AF45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AG45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AH45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AI45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AJ45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AK45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AL45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AM45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AN45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AO45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AP45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AQ45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AR45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AS45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AT45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AU45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AV45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AW45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AX45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AY45" t="s">
+        <v>42</v>
+      </c>
+      <c r="AZ45" t="s">
+        <v>42</v>
+      </c>
+      <c r="BA45" t="s">
+        <v>42</v>
+      </c>
     </row>
-    <row r="21" spans="1:22">
-[...64 lines deleted...]
-        <v>25</v>
+    <row r="46" spans="1:53">
+      <c r="A46" t="s">
+        <v>31</v>
+      </c>
+      <c r="B46" t="s">
+        <v>89</v>
+      </c>
+      <c r="C46" t="s">
+        <v>89</v>
+      </c>
+      <c r="D46" t="s">
+        <v>89</v>
+      </c>
+      <c r="E46" t="s">
+        <v>89</v>
+      </c>
+      <c r="F46" t="s">
+        <v>89</v>
+      </c>
+      <c r="G46" t="s">
+        <v>89</v>
+      </c>
+      <c r="H46" t="s">
+        <v>89</v>
+      </c>
+      <c r="I46" t="s">
+        <v>89</v>
+      </c>
+      <c r="J46" t="s">
+        <v>90</v>
+      </c>
+      <c r="K46" t="s">
+        <v>90</v>
+      </c>
+      <c r="L46" t="s">
+        <v>90</v>
+      </c>
+      <c r="M46" t="s">
+        <v>90</v>
+      </c>
+      <c r="N46" t="s">
+        <v>90</v>
+      </c>
+      <c r="O46" t="s">
+        <v>90</v>
+      </c>
+      <c r="P46" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>90</v>
+      </c>
+      <c r="R46" t="s">
+        <v>90</v>
+      </c>
+      <c r="S46" t="s">
+        <v>90</v>
+      </c>
+      <c r="T46" t="s">
+        <v>90</v>
+      </c>
+      <c r="U46" t="s">
+        <v>90</v>
+      </c>
+      <c r="V46" t="s">
+        <v>90</v>
+      </c>
+      <c r="W46" t="s">
+        <v>90</v>
+      </c>
+      <c r="X46" t="s">
+        <v>90</v>
+      </c>
+      <c r="Y46" t="s">
+        <v>90</v>
+      </c>
+      <c r="Z46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AA46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AB46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AC46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AD46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AE46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AF46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AG46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AH46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AI46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AJ46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AK46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AL46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AM46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AN46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AO46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AP46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AQ46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AR46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AS46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AT46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AU46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AV46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AW46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AX46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AY46" t="s">
+        <v>90</v>
+      </c>
+      <c r="AZ46" t="s">
+        <v>90</v>
+      </c>
+      <c r="BA46" t="s">
+        <v>90</v>
       </c>
     </row>
-    <row r="22" spans="1:22">
-[...64 lines deleted...]
-        <v>26</v>
+    <row r="47" spans="1:53">
+      <c r="A47" t="s">
+        <v>34</v>
+      </c>
+      <c r="B47" t="s">
+        <v>70</v>
+      </c>
+      <c r="C47" t="s">
+        <v>70</v>
+      </c>
+      <c r="D47" t="s">
+        <v>70</v>
+      </c>
+      <c r="E47" t="s">
+        <v>70</v>
+      </c>
+      <c r="F47" t="s">
+        <v>70</v>
+      </c>
+      <c r="G47" t="s">
+        <v>70</v>
+      </c>
+      <c r="H47" t="s">
+        <v>70</v>
+      </c>
+      <c r="I47" t="s">
+        <v>70</v>
+      </c>
+      <c r="J47" t="s">
+        <v>91</v>
+      </c>
+      <c r="K47" t="s">
+        <v>91</v>
+      </c>
+      <c r="L47" t="s">
+        <v>91</v>
+      </c>
+      <c r="M47" t="s">
+        <v>91</v>
+      </c>
+      <c r="N47" t="s">
+        <v>91</v>
+      </c>
+      <c r="O47" t="s">
+        <v>91</v>
+      </c>
+      <c r="P47" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>91</v>
+      </c>
+      <c r="R47" t="s">
+        <v>91</v>
+      </c>
+      <c r="S47" t="s">
+        <v>91</v>
+      </c>
+      <c r="T47" t="s">
+        <v>91</v>
+      </c>
+      <c r="U47" t="s">
+        <v>91</v>
+      </c>
+      <c r="V47" t="s">
+        <v>91</v>
+      </c>
+      <c r="W47" t="s">
+        <v>91</v>
+      </c>
+      <c r="X47" t="s">
+        <v>91</v>
+      </c>
+      <c r="Y47" t="s">
+        <v>91</v>
+      </c>
+      <c r="Z47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AA47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AB47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AC47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AD47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AE47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AF47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AG47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AH47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AI47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AJ47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AK47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AL47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AM47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AN47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AO47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AP47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AQ47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AR47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AS47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AT47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AU47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AV47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AW47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AX47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AY47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AZ47" t="s">
+        <v>91</v>
+      </c>
+      <c r="BA47" t="s">
+        <v>91</v>
       </c>
     </row>
-    <row r="23" spans="1:22">
-[...23 lines deleted...]
-      <c r="V23" s="3"/>
+    <row r="48" spans="1:53">
+      <c r="A48" t="s">
+        <v>47</v>
+      </c>
+      <c r="B48" t="s">
+        <v>45</v>
+      </c>
+      <c r="C48" t="s">
+        <v>45</v>
+      </c>
+      <c r="D48" t="s">
+        <v>45</v>
+      </c>
+      <c r="E48" t="s">
+        <v>45</v>
+      </c>
+      <c r="F48" t="s">
+        <v>45</v>
+      </c>
+      <c r="G48" t="s">
+        <v>45</v>
+      </c>
+      <c r="H48" t="s">
+        <v>45</v>
+      </c>
+      <c r="I48" t="s">
+        <v>45</v>
+      </c>
+      <c r="J48" t="s">
+        <v>49</v>
+      </c>
+      <c r="K48" t="s">
+        <v>49</v>
+      </c>
+      <c r="L48" t="s">
+        <v>49</v>
+      </c>
+      <c r="M48" t="s">
+        <v>49</v>
+      </c>
+      <c r="N48" t="s">
+        <v>49</v>
+      </c>
+      <c r="O48" t="s">
+        <v>49</v>
+      </c>
+      <c r="P48" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>49</v>
+      </c>
+      <c r="R48" t="s">
+        <v>49</v>
+      </c>
+      <c r="S48" t="s">
+        <v>49</v>
+      </c>
+      <c r="T48" t="s">
+        <v>49</v>
+      </c>
+      <c r="U48" t="s">
+        <v>49</v>
+      </c>
+      <c r="V48" t="s">
+        <v>49</v>
+      </c>
+      <c r="W48" t="s">
+        <v>49</v>
+      </c>
+      <c r="X48" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y48" t="s">
+        <v>49</v>
+      </c>
+      <c r="Z48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AA48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AB48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AC48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AD48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AE48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AF48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AG48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AH48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AI48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AJ48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AK48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AL48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AM48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AN48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AO48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AP48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AQ48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AR48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AS48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AT48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AU48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AV48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AW48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AX48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AY48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AZ48" t="s">
+        <v>49</v>
+      </c>
+      <c r="BA48" t="s">
+        <v>49</v>
+      </c>
     </row>
-    <row r="24" spans="1:22">
-[...65 lines deleted...]
-      </c>
+    <row r="49" spans="1:53">
+      <c r="A49" s="4"/>
+      <c r="B49" s="4"/>
+      <c r="C49" s="4"/>
+      <c r="D49" s="4"/>
+      <c r="E49" s="4"/>
+      <c r="F49" s="4"/>
+      <c r="G49" s="4"/>
+      <c r="H49" s="4"/>
+      <c r="I49" s="4"/>
+      <c r="J49" s="4"/>
+      <c r="K49" s="4"/>
+      <c r="L49" s="4"/>
+      <c r="M49" s="4"/>
+      <c r="N49" s="4"/>
+      <c r="O49" s="4"/>
+      <c r="P49" s="4"/>
+      <c r="Q49" s="4"/>
+      <c r="R49" s="4"/>
+      <c r="S49" s="4"/>
+      <c r="T49" s="4"/>
+      <c r="U49" s="4"/>
+      <c r="V49" s="4"/>
+      <c r="W49" s="4"/>
+      <c r="X49" s="4"/>
+      <c r="Y49" s="4"/>
+      <c r="Z49" s="4"/>
+      <c r="AA49" s="4"/>
+      <c r="AB49" s="4"/>
+      <c r="AC49" s="4"/>
+      <c r="AD49" s="4"/>
+      <c r="AE49" s="4"/>
+      <c r="AF49" s="4"/>
+      <c r="AG49" s="4"/>
+      <c r="AH49" s="4"/>
+      <c r="AI49" s="4"/>
+      <c r="AJ49" s="4"/>
+      <c r="AK49" s="4"/>
+      <c r="AL49" s="4"/>
+      <c r="AM49" s="4"/>
+      <c r="AN49" s="4"/>
+      <c r="AO49" s="4"/>
+      <c r="AP49" s="4"/>
+      <c r="AQ49" s="4"/>
+      <c r="AR49" s="4"/>
+      <c r="AS49" s="4"/>
+      <c r="AT49" s="4"/>
+      <c r="AU49" s="4"/>
+      <c r="AV49" s="4"/>
+      <c r="AW49" s="4"/>
+      <c r="AX49" s="4"/>
+      <c r="AY49" s="4"/>
+      <c r="AZ49" s="4"/>
+      <c r="BA49" s="4"/>
     </row>
-    <row r="25" spans="1:22">
-[...65 lines deleted...]
-      </c>
+    <row r="50" spans="1:53">
+      <c r="A50" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="B50" s="2"/>
+      <c r="C50" s="2"/>
+      <c r="D50" s="2"/>
+      <c r="E50" s="2"/>
+      <c r="F50" s="2"/>
+      <c r="G50" s="2"/>
+      <c r="H50" s="2"/>
+      <c r="I50" s="2"/>
+      <c r="J50" s="2"/>
+      <c r="K50" s="2"/>
+      <c r="L50" s="2"/>
+      <c r="M50" s="2"/>
+      <c r="N50" s="2"/>
+      <c r="O50" s="2"/>
+      <c r="P50" s="2"/>
+      <c r="Q50" s="2"/>
+      <c r="R50" s="2"/>
+      <c r="S50" s="2"/>
+      <c r="T50" s="2"/>
+      <c r="U50" s="2"/>
+      <c r="V50" s="2"/>
+      <c r="W50" s="2"/>
+      <c r="X50" s="2"/>
+      <c r="Y50" s="2"/>
+      <c r="Z50" s="2"/>
+      <c r="AA50" s="2"/>
+      <c r="AB50" s="2"/>
+      <c r="AC50" s="2"/>
+      <c r="AD50" s="2"/>
+      <c r="AE50" s="2"/>
+      <c r="AF50" s="2"/>
+      <c r="AG50" s="2"/>
+      <c r="AH50" s="2"/>
+      <c r="AI50" s="2"/>
+      <c r="AJ50" s="2"/>
+      <c r="AK50" s="2"/>
+      <c r="AL50" s="2"/>
+      <c r="AM50" s="2"/>
+      <c r="AN50" s="2"/>
+      <c r="AO50" s="2"/>
+      <c r="AP50" s="2"/>
+      <c r="AQ50" s="2"/>
+      <c r="AR50" s="2"/>
+      <c r="AS50" s="2"/>
+      <c r="AT50" s="2"/>
+      <c r="AU50" s="2"/>
+      <c r="AV50" s="2"/>
+      <c r="AW50" s="2"/>
+      <c r="AX50" s="2"/>
+      <c r="AY50" s="2"/>
+      <c r="AZ50" s="2"/>
+      <c r="BA50" s="2"/>
     </row>
-    <row r="26" spans="1:22">
-[...1231 lines deleted...]
-    <row r="51" spans="1:22">
+    <row r="51" spans="1:53">
       <c r="A51" s="3" t="s">
-        <v>51</v>
+        <v>93</v>
       </c>
       <c r="B51" s="3"/>
       <c r="C51" s="3"/>
       <c r="D51" s="3"/>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="I51" s="3"/>
       <c r="J51" s="3"/>
       <c r="K51" s="3"/>
       <c r="L51" s="3"/>
       <c r="M51" s="3"/>
       <c r="N51" s="3"/>
       <c r="O51" s="3"/>
       <c r="P51" s="3"/>
       <c r="Q51" s="3"/>
       <c r="R51" s="3"/>
       <c r="S51" s="3"/>
       <c r="T51" s="3"/>
       <c r="U51" s="3"/>
       <c r="V51" s="3"/>
+      <c r="W51" s="3"/>
+      <c r="X51" s="3"/>
+      <c r="Y51" s="3"/>
+      <c r="Z51" s="3"/>
+      <c r="AA51" s="3"/>
+      <c r="AB51" s="3"/>
+      <c r="AC51" s="3"/>
+      <c r="AD51" s="3"/>
+      <c r="AE51" s="3"/>
+      <c r="AF51" s="3"/>
+      <c r="AG51" s="3"/>
+      <c r="AH51" s="3"/>
+      <c r="AI51" s="3"/>
+      <c r="AJ51" s="3"/>
+      <c r="AK51" s="3"/>
+      <c r="AL51" s="3"/>
+      <c r="AM51" s="3"/>
+      <c r="AN51" s="3"/>
+      <c r="AO51" s="3"/>
+      <c r="AP51" s="3"/>
+      <c r="AQ51" s="3"/>
+      <c r="AR51" s="3"/>
+      <c r="AS51" s="3"/>
+      <c r="AT51" s="3"/>
+      <c r="AU51" s="3"/>
+      <c r="AV51" s="3"/>
+      <c r="AW51" s="3"/>
+      <c r="AX51" s="3"/>
+      <c r="AY51" s="3"/>
+      <c r="AZ51" s="3"/>
+      <c r="BA51" s="3"/>
     </row>
-    <row r="52" spans="1:22">
+    <row r="52" spans="1:53">
       <c r="A52" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="B52" t="s">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c r="C52" t="s">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c r="E52" t="s">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c r="F52" t="s">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c r="G52" t="s">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c r="H52" t="s">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c r="I52" t="s">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c r="J52" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="K52" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="L52" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="M52" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="N52" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="O52" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="P52" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="Q52" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="R52" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="S52" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="T52" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="U52" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="V52" t="s">
-        <v>12</v>
+        <v>95</v>
+      </c>
+      <c r="W52" t="s">
+        <v>95</v>
+      </c>
+      <c r="X52" t="s">
+        <v>95</v>
+      </c>
+      <c r="Y52" t="s">
+        <v>95</v>
+      </c>
+      <c r="Z52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AA52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AB52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AC52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AD52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AE52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AF52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AG52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AH52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AI52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AJ52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AK52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AL52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AM52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AN52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AO52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AP52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AQ52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AR52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AS52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AT52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AU52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AV52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AW52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AX52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AY52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AZ52" t="s">
+        <v>95</v>
+      </c>
+      <c r="BA52" t="s">
+        <v>95</v>
       </c>
     </row>
-    <row r="53" spans="1:22">
+    <row r="53" spans="1:53">
       <c r="A53" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="B53" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="C53" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="D53" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="E53" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="F53" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="G53" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="H53" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="I53" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="J53" t="s">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="K53" t="s">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="L53" t="s">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="M53" t="s">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="N53" t="s">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="O53" t="s">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="P53" t="s">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="Q53" t="s">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="R53" t="s">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="S53" t="s">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="T53" t="s">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="U53" t="s">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="V53" t="s">
-        <v>48</v>
+        <v>96</v>
+      </c>
+      <c r="W53" t="s">
+        <v>96</v>
+      </c>
+      <c r="X53" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y53" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY53" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ53" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA53" t="s">
+        <v>96</v>
       </c>
     </row>
-    <row r="54" spans="1:22">
+    <row r="54" spans="1:53">
       <c r="A54" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="B54" t="s">
-        <v>52</v>
+        <v>97</v>
       </c>
       <c r="C54" t="s">
-        <v>52</v>
+        <v>97</v>
       </c>
       <c r="D54" t="s">
-        <v>52</v>
+        <v>97</v>
       </c>
       <c r="E54" t="s">
-        <v>52</v>
+        <v>97</v>
       </c>
       <c r="F54" t="s">
-        <v>52</v>
+        <v>97</v>
       </c>
       <c r="G54" t="s">
-        <v>52</v>
+        <v>97</v>
       </c>
       <c r="H54" t="s">
-        <v>52</v>
+        <v>97</v>
       </c>
       <c r="I54" t="s">
-        <v>52</v>
+        <v>97</v>
       </c>
       <c r="J54" t="s">
-        <v>52</v>
+        <v>98</v>
       </c>
       <c r="K54" t="s">
-        <v>52</v>
+        <v>98</v>
       </c>
       <c r="L54" t="s">
-        <v>52</v>
+        <v>98</v>
       </c>
       <c r="M54" t="s">
-        <v>52</v>
+        <v>98</v>
       </c>
       <c r="N54" t="s">
-        <v>52</v>
+        <v>98</v>
       </c>
       <c r="O54" t="s">
-        <v>52</v>
+        <v>98</v>
       </c>
       <c r="P54" t="s">
-        <v>52</v>
+        <v>98</v>
       </c>
       <c r="Q54" t="s">
-        <v>52</v>
+        <v>98</v>
       </c>
       <c r="R54" t="s">
-        <v>52</v>
+        <v>98</v>
       </c>
       <c r="S54" t="s">
-        <v>52</v>
+        <v>98</v>
       </c>
       <c r="T54" t="s">
-        <v>52</v>
+        <v>98</v>
       </c>
       <c r="U54" t="s">
-        <v>52</v>
+        <v>98</v>
       </c>
       <c r="V54" t="s">
-        <v>52</v>
+        <v>98</v>
+      </c>
+      <c r="W54" t="s">
+        <v>98</v>
+      </c>
+      <c r="X54" t="s">
+        <v>98</v>
+      </c>
+      <c r="Y54" t="s">
+        <v>98</v>
+      </c>
+      <c r="Z54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AA54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AB54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AC54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AD54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AE54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AF54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AG54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AH54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AI54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AJ54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AK54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AL54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AM54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AN54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AO54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AP54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AQ54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AR54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AS54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AT54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AU54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AV54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AW54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AX54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AY54" t="s">
+        <v>98</v>
+      </c>
+      <c r="AZ54" t="s">
+        <v>98</v>
+      </c>
+      <c r="BA54" t="s">
+        <v>98</v>
       </c>
     </row>
-    <row r="55" spans="1:22">
+    <row r="55" spans="1:53">
       <c r="A55" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="B55" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="C55" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="D55" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="E55" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="F55" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="G55" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="H55" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="I55" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="J55" t="s">
-        <v>53</v>
+        <v>99</v>
       </c>
       <c r="K55" t="s">
-        <v>53</v>
+        <v>99</v>
       </c>
       <c r="L55" t="s">
-        <v>53</v>
+        <v>99</v>
       </c>
       <c r="M55" t="s">
-        <v>53</v>
+        <v>99</v>
       </c>
       <c r="N55" t="s">
-        <v>53</v>
+        <v>99</v>
       </c>
       <c r="O55" t="s">
-        <v>53</v>
+        <v>99</v>
       </c>
       <c r="P55" t="s">
-        <v>53</v>
+        <v>99</v>
       </c>
       <c r="Q55" t="s">
-        <v>53</v>
+        <v>99</v>
       </c>
       <c r="R55" t="s">
-        <v>53</v>
+        <v>99</v>
       </c>
       <c r="S55" t="s">
-        <v>53</v>
+        <v>99</v>
       </c>
       <c r="T55" t="s">
-        <v>53</v>
+        <v>99</v>
       </c>
       <c r="U55" t="s">
-        <v>53</v>
+        <v>99</v>
       </c>
       <c r="V55" t="s">
-        <v>53</v>
+        <v>99</v>
+      </c>
+      <c r="W55" t="s">
+        <v>99</v>
+      </c>
+      <c r="X55" t="s">
+        <v>99</v>
+      </c>
+      <c r="Y55" t="s">
+        <v>99</v>
+      </c>
+      <c r="Z55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AA55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AB55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AC55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AD55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AE55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AF55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AG55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AH55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AI55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AJ55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AK55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AL55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AM55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AN55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AO55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AP55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AQ55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AR55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AS55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AT55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AU55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AV55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AW55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AX55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AY55" t="s">
+        <v>99</v>
+      </c>
+      <c r="AZ55" t="s">
+        <v>99</v>
+      </c>
+      <c r="BA55" t="s">
+        <v>99</v>
       </c>
     </row>
-    <row r="56" spans="1:22">
+    <row r="56" spans="1:53">
       <c r="A56" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="B56" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="C56" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D56" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E56" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="F56" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="G56" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="H56" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="I56" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="J56" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="K56" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="L56" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="M56" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="N56" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="O56" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="P56" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="Q56" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="R56" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="S56" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="T56" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="U56" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="V56" t="s">
-        <v>50</v>
+        <v>100</v>
+      </c>
+      <c r="W56" t="s">
+        <v>100</v>
+      </c>
+      <c r="X56" t="s">
+        <v>100</v>
+      </c>
+      <c r="Y56" t="s">
+        <v>100</v>
+      </c>
+      <c r="Z56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AA56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AB56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AC56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AD56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AE56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AF56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AG56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AH56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AI56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AJ56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AK56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AL56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AM56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AN56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AO56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AP56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AQ56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AR56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AS56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AT56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AU56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AV56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AW56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AX56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AY56" t="s">
+        <v>100</v>
+      </c>
+      <c r="AZ56" t="s">
+        <v>100</v>
+      </c>
+      <c r="BA56" t="s">
+        <v>100</v>
       </c>
     </row>
-    <row r="57" spans="1:22">
+    <row r="57" spans="1:53">
       <c r="A57" s="4"/>
       <c r="B57" s="4"/>
       <c r="C57" s="4"/>
       <c r="D57" s="4"/>
       <c r="E57" s="4"/>
       <c r="F57" s="4"/>
       <c r="G57" s="4"/>
       <c r="H57" s="4"/>
       <c r="I57" s="4"/>
       <c r="J57" s="4"/>
       <c r="K57" s="4"/>
       <c r="L57" s="4"/>
       <c r="M57" s="4"/>
       <c r="N57" s="4"/>
       <c r="O57" s="4"/>
       <c r="P57" s="4"/>
       <c r="Q57" s="4"/>
       <c r="R57" s="4"/>
       <c r="S57" s="4"/>
       <c r="T57" s="4"/>
       <c r="U57" s="4"/>
       <c r="V57" s="4"/>
+      <c r="W57" s="4"/>
+      <c r="X57" s="4"/>
+      <c r="Y57" s="4"/>
+      <c r="Z57" s="4"/>
+      <c r="AA57" s="4"/>
+      <c r="AB57" s="4"/>
+      <c r="AC57" s="4"/>
+      <c r="AD57" s="4"/>
+      <c r="AE57" s="4"/>
+      <c r="AF57" s="4"/>
+      <c r="AG57" s="4"/>
+      <c r="AH57" s="4"/>
+      <c r="AI57" s="4"/>
+      <c r="AJ57" s="4"/>
+      <c r="AK57" s="4"/>
+      <c r="AL57" s="4"/>
+      <c r="AM57" s="4"/>
+      <c r="AN57" s="4"/>
+      <c r="AO57" s="4"/>
+      <c r="AP57" s="4"/>
+      <c r="AQ57" s="4"/>
+      <c r="AR57" s="4"/>
+      <c r="AS57" s="4"/>
+      <c r="AT57" s="4"/>
+      <c r="AU57" s="4"/>
+      <c r="AV57" s="4"/>
+      <c r="AW57" s="4"/>
+      <c r="AX57" s="4"/>
+      <c r="AY57" s="4"/>
+      <c r="AZ57" s="4"/>
+      <c r="BA57" s="4"/>
     </row>
-    <row r="58" spans="1:22">
+    <row r="58" spans="1:53">
       <c r="A58" s="2" t="s">
-        <v>54</v>
+        <v>101</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="2"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
       <c r="I58" s="2"/>
       <c r="J58" s="2"/>
       <c r="K58" s="2"/>
       <c r="L58" s="2"/>
       <c r="M58" s="2"/>
       <c r="N58" s="2"/>
       <c r="O58" s="2"/>
       <c r="P58" s="2"/>
       <c r="Q58" s="2"/>
       <c r="R58" s="2"/>
       <c r="S58" s="2"/>
       <c r="T58" s="2"/>
       <c r="U58" s="2"/>
       <c r="V58" s="2"/>
+      <c r="W58" s="2"/>
+      <c r="X58" s="2"/>
+      <c r="Y58" s="2"/>
+      <c r="Z58" s="2"/>
+      <c r="AA58" s="2"/>
+      <c r="AB58" s="2"/>
+      <c r="AC58" s="2"/>
+      <c r="AD58" s="2"/>
+      <c r="AE58" s="2"/>
+      <c r="AF58" s="2"/>
+      <c r="AG58" s="2"/>
+      <c r="AH58" s="2"/>
+      <c r="AI58" s="2"/>
+      <c r="AJ58" s="2"/>
+      <c r="AK58" s="2"/>
+      <c r="AL58" s="2"/>
+      <c r="AM58" s="2"/>
+      <c r="AN58" s="2"/>
+      <c r="AO58" s="2"/>
+      <c r="AP58" s="2"/>
+      <c r="AQ58" s="2"/>
+      <c r="AR58" s="2"/>
+      <c r="AS58" s="2"/>
+      <c r="AT58" s="2"/>
+      <c r="AU58" s="2"/>
+      <c r="AV58" s="2"/>
+      <c r="AW58" s="2"/>
+      <c r="AX58" s="2"/>
+      <c r="AY58" s="2"/>
+      <c r="AZ58" s="2"/>
+      <c r="BA58" s="2"/>
     </row>
-    <row r="59" spans="1:22">
+    <row r="59" spans="1:53">
       <c r="A59" s="3" t="s">
-        <v>55</v>
+        <v>102</v>
       </c>
       <c r="B59" s="3"/>
       <c r="C59" s="3"/>
       <c r="D59" s="3"/>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
       <c r="J59" s="3"/>
       <c r="K59" s="3"/>
       <c r="L59" s="3"/>
       <c r="M59" s="3"/>
       <c r="N59" s="3"/>
       <c r="O59" s="3"/>
       <c r="P59" s="3"/>
       <c r="Q59" s="3"/>
       <c r="R59" s="3"/>
       <c r="S59" s="3"/>
       <c r="T59" s="3"/>
       <c r="U59" s="3"/>
       <c r="V59" s="3"/>
+      <c r="W59" s="3"/>
+      <c r="X59" s="3"/>
+      <c r="Y59" s="3"/>
+      <c r="Z59" s="3"/>
+      <c r="AA59" s="3"/>
+      <c r="AB59" s="3"/>
+      <c r="AC59" s="3"/>
+      <c r="AD59" s="3"/>
+      <c r="AE59" s="3"/>
+      <c r="AF59" s="3"/>
+      <c r="AG59" s="3"/>
+      <c r="AH59" s="3"/>
+      <c r="AI59" s="3"/>
+      <c r="AJ59" s="3"/>
+      <c r="AK59" s="3"/>
+      <c r="AL59" s="3"/>
+      <c r="AM59" s="3"/>
+      <c r="AN59" s="3"/>
+      <c r="AO59" s="3"/>
+      <c r="AP59" s="3"/>
+      <c r="AQ59" s="3"/>
+      <c r="AR59" s="3"/>
+      <c r="AS59" s="3"/>
+      <c r="AT59" s="3"/>
+      <c r="AU59" s="3"/>
+      <c r="AV59" s="3"/>
+      <c r="AW59" s="3"/>
+      <c r="AX59" s="3"/>
+      <c r="AY59" s="3"/>
+      <c r="AZ59" s="3"/>
+      <c r="BA59" s="3"/>
     </row>
-    <row r="60" spans="1:22">
+    <row r="60" spans="1:53">
       <c r="A60" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="B60" t="s">
-        <v>56</v>
+        <v>103</v>
       </c>
       <c r="C60" t="s">
-        <v>56</v>
+        <v>103</v>
       </c>
       <c r="D60" t="s">
-        <v>56</v>
+        <v>103</v>
       </c>
       <c r="E60" t="s">
-        <v>56</v>
+        <v>103</v>
       </c>
       <c r="F60" t="s">
-        <v>56</v>
+        <v>103</v>
       </c>
       <c r="G60" t="s">
-        <v>56</v>
+        <v>103</v>
       </c>
       <c r="H60" t="s">
-        <v>56</v>
+        <v>103</v>
       </c>
       <c r="I60" t="s">
-        <v>56</v>
+        <v>103</v>
       </c>
       <c r="J60" t="s">
-        <v>56</v>
+        <v>104</v>
       </c>
       <c r="K60" t="s">
-        <v>56</v>
+        <v>104</v>
       </c>
       <c r="L60" t="s">
-        <v>56</v>
+        <v>104</v>
       </c>
       <c r="M60" t="s">
-        <v>56</v>
+        <v>104</v>
       </c>
       <c r="N60" t="s">
-        <v>56</v>
+        <v>104</v>
       </c>
       <c r="O60" t="s">
-        <v>56</v>
+        <v>104</v>
       </c>
       <c r="P60" t="s">
-        <v>56</v>
+        <v>104</v>
       </c>
       <c r="Q60" t="s">
-        <v>56</v>
+        <v>104</v>
       </c>
       <c r="R60" t="s">
-        <v>56</v>
+        <v>104</v>
       </c>
       <c r="S60" t="s">
-        <v>56</v>
+        <v>104</v>
       </c>
       <c r="T60" t="s">
-        <v>56</v>
+        <v>104</v>
       </c>
       <c r="U60" t="s">
-        <v>56</v>
+        <v>104</v>
       </c>
       <c r="V60" t="s">
-        <v>56</v>
+        <v>104</v>
+      </c>
+      <c r="W60" t="s">
+        <v>104</v>
+      </c>
+      <c r="X60" t="s">
+        <v>104</v>
+      </c>
+      <c r="Y60" t="s">
+        <v>104</v>
+      </c>
+      <c r="Z60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AA60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AB60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AC60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AE60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AF60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AM60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AN60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AP60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AS60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AT60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AU60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AV60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AW60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AX60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY60" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ60" t="s">
+        <v>104</v>
+      </c>
+      <c r="BA60" t="s">
+        <v>104</v>
       </c>
     </row>
-    <row r="61" spans="1:22">
-[...65 lines deleted...]
-      </c>
+    <row r="62" spans="1:53">
+      <c r="A62" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B62" s="1"/>
+      <c r="C62" s="1"/>
+      <c r="D62" s="1"/>
+      <c r="E62" s="1"/>
+      <c r="F62" s="1"/>
+      <c r="G62" s="1"/>
+      <c r="H62" s="1"/>
+      <c r="I62" s="1"/>
+      <c r="J62" s="1"/>
+      <c r="K62" s="1"/>
+      <c r="L62" s="1"/>
+      <c r="M62" s="1"/>
+      <c r="N62" s="1"/>
+      <c r="O62" s="1"/>
+      <c r="P62" s="1"/>
+      <c r="Q62" s="1"/>
+      <c r="R62" s="1"/>
+      <c r="S62" s="1"/>
+      <c r="T62" s="1"/>
+      <c r="U62" s="1"/>
+      <c r="V62" s="1"/>
+      <c r="W62" s="1"/>
+      <c r="X62" s="1"/>
+      <c r="Y62" s="1"/>
+      <c r="Z62" s="1"/>
+      <c r="AA62" s="1"/>
+      <c r="AB62" s="1"/>
+      <c r="AC62" s="1"/>
+      <c r="AD62" s="1"/>
+      <c r="AE62" s="1"/>
+      <c r="AF62" s="1"/>
+      <c r="AG62" s="1"/>
+      <c r="AH62" s="1"/>
+      <c r="AI62" s="1"/>
+      <c r="AJ62" s="1"/>
+      <c r="AK62" s="1"/>
+      <c r="AL62" s="1"/>
+      <c r="AM62" s="1"/>
+      <c r="AN62" s="1"/>
+      <c r="AO62" s="1"/>
+      <c r="AP62" s="1"/>
+      <c r="AQ62" s="1"/>
+      <c r="AR62" s="1"/>
+      <c r="AS62" s="1"/>
+      <c r="AT62" s="1"/>
+      <c r="AU62" s="1"/>
+      <c r="AV62" s="1"/>
+      <c r="AW62" s="1"/>
+      <c r="AX62" s="1"/>
+      <c r="AY62" s="1"/>
+      <c r="AZ62" s="1"/>
+      <c r="BA62" s="1"/>
     </row>
-    <row r="62" spans="1:22">
-[...67 lines deleted...]
-    <row r="63" spans="1:22">
+    <row r="63" spans="1:53">
       <c r="A63" t="s">
-        <v>13</v>
-[...2335 lines deleted...]
-        <v>85</v>
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A109:V109"/>
+    <mergeCell ref="A63:BA63"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>