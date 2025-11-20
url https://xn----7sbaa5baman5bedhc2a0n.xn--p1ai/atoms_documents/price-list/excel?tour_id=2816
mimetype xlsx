--- v0 (2025-10-05)
+++ v1 (2025-11-20)
@@ -12,108 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="2816-nizhegorodskie-prost..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
-[...56 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>25.11.2025</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>02.12.2025</t>
   </si>
   <si>
     <t>06.12.2025</t>
   </si>
   <si>
     <t>09.12.2025</t>
   </si>
   <si>
     <t>13.12.2025</t>
   </si>
   <si>
     <t>16.12.2025</t>
   </si>
   <si>
@@ -671,51 +614,51 @@
   <si>
     <t>23950 RUB</t>
   </si>
   <si>
     <t>Двухместный номер для одного человека</t>
   </si>
   <si>
     <t>16250 RUB</t>
   </si>
   <si>
     <t>19250 RUB</t>
   </si>
   <si>
     <t>Трехместный номер для одного человека</t>
   </si>
   <si>
     <t>15250 RUB</t>
   </si>
   <si>
     <t>18250 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 05.10.2025 07:06, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 20.11.2025 18:49, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1057,54 +1000,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:GQ19"/>
+  <dimension ref="A1:FX19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A18" sqref="A18:GQ18"/>
+      <selection activeCell="A18" sqref="A18:FX18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="44.703369" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -1245,72 +1188,53 @@
     <col min="156" max="156" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="157" max="157" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="158" max="158" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="159" max="159" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="160" max="160" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="161" max="161" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="162" max="162" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="163" max="163" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="164" max="164" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="165" max="165" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="166" max="166" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="167" max="167" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="168" max="168" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="169" max="169" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="170" max="170" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="171" max="171" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="172" max="172" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="173" max="173" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="174" max="174" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="175" max="175" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="176" max="176" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="177" max="177" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="178" max="178" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="179" max="179" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="180" max="180" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="181" max="181" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...17 lines deleted...]
-    <col min="199" max="199" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:199">
+    <row r="1" spans="1:180">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -1805,111 +1729,54 @@
       </c>
       <c r="FQ1" s="1" t="s">
         <v>171</v>
       </c>
       <c r="FR1" s="1" t="s">
         <v>172</v>
       </c>
       <c r="FS1" s="1" t="s">
         <v>173</v>
       </c>
       <c r="FT1" s="1" t="s">
         <v>174</v>
       </c>
       <c r="FU1" s="1" t="s">
         <v>175</v>
       </c>
       <c r="FV1" s="1" t="s">
         <v>176</v>
       </c>
       <c r="FW1" s="1" t="s">
         <v>177</v>
       </c>
       <c r="FX1" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="FY1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:180">
+      <c r="A2" s="2" t="s">
         <v>179</v>
-      </c>
-[...57 lines deleted...]
-        <v>198</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
@@ -2046,73 +1913,54 @@
       <c r="EZ2" s="2"/>
       <c r="FA2" s="2"/>
       <c r="FB2" s="2"/>
       <c r="FC2" s="2"/>
       <c r="FD2" s="2"/>
       <c r="FE2" s="2"/>
       <c r="FF2" s="2"/>
       <c r="FG2" s="2"/>
       <c r="FH2" s="2"/>
       <c r="FI2" s="2"/>
       <c r="FJ2" s="2"/>
       <c r="FK2" s="2"/>
       <c r="FL2" s="2"/>
       <c r="FM2" s="2"/>
       <c r="FN2" s="2"/>
       <c r="FO2" s="2"/>
       <c r="FP2" s="2"/>
       <c r="FQ2" s="2"/>
       <c r="FR2" s="2"/>
       <c r="FS2" s="2"/>
       <c r="FT2" s="2"/>
       <c r="FU2" s="2"/>
       <c r="FV2" s="2"/>
       <c r="FW2" s="2"/>
       <c r="FX2" s="2"/>
-      <c r="FY2" s="2"/>
-[...17 lines deleted...]
-      <c r="GQ2" s="2"/>
     </row>
-    <row r="3" spans="1:199">
+    <row r="3" spans="1:180">
       <c r="A3" s="3" t="s">
-        <v>199</v>
+        <v>180</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -2249,672 +2097,596 @@
       <c r="EZ3" s="3"/>
       <c r="FA3" s="3"/>
       <c r="FB3" s="3"/>
       <c r="FC3" s="3"/>
       <c r="FD3" s="3"/>
       <c r="FE3" s="3"/>
       <c r="FF3" s="3"/>
       <c r="FG3" s="3"/>
       <c r="FH3" s="3"/>
       <c r="FI3" s="3"/>
       <c r="FJ3" s="3"/>
       <c r="FK3" s="3"/>
       <c r="FL3" s="3"/>
       <c r="FM3" s="3"/>
       <c r="FN3" s="3"/>
       <c r="FO3" s="3"/>
       <c r="FP3" s="3"/>
       <c r="FQ3" s="3"/>
       <c r="FR3" s="3"/>
       <c r="FS3" s="3"/>
       <c r="FT3" s="3"/>
       <c r="FU3" s="3"/>
       <c r="FV3" s="3"/>
       <c r="FW3" s="3"/>
       <c r="FX3" s="3"/>
-      <c r="FY3" s="3"/>
-[...17 lines deleted...]
-      <c r="GQ3" s="3"/>
     </row>
-    <row r="4" spans="1:199">
+    <row r="4" spans="1:180">
       <c r="A4" t="s">
-        <v>200</v>
+        <v>181</v>
       </c>
       <c r="B4" t="s">
-        <v>201</v>
+        <v>182</v>
       </c>
       <c r="C4" t="s">
-        <v>201</v>
+        <v>182</v>
       </c>
       <c r="D4" t="s">
-        <v>201</v>
+        <v>182</v>
       </c>
       <c r="E4" t="s">
-        <v>201</v>
+        <v>182</v>
       </c>
       <c r="F4" t="s">
-        <v>201</v>
+        <v>182</v>
       </c>
       <c r="G4" t="s">
-        <v>201</v>
+        <v>182</v>
       </c>
       <c r="H4" t="s">
-        <v>201</v>
+        <v>182</v>
       </c>
       <c r="I4" t="s">
-        <v>201</v>
+        <v>182</v>
       </c>
       <c r="J4" t="s">
-        <v>201</v>
+        <v>182</v>
       </c>
       <c r="K4" t="s">
-        <v>201</v>
+        <v>182</v>
       </c>
       <c r="L4" t="s">
-        <v>201</v>
+        <v>182</v>
       </c>
       <c r="M4" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="N4" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="O4" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="P4" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="Q4" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="R4" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="S4" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="T4" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="U4" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="V4" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="W4" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="X4" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="Y4" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="Z4" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="AA4" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="AB4" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="AC4" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="AD4" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="AE4" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="AF4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="AG4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="AH4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="AI4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="AJ4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="AK4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="AL4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="AM4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="AN4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="AO4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="AP4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="AQ4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="AR4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="AS4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="AT4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="AU4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="AV4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="AW4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="AX4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="AY4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="AZ4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BA4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BB4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BC4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BD4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BE4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BF4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BG4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BH4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BI4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BJ4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BK4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BL4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BM4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BN4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BO4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BP4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BQ4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BR4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BS4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BT4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BU4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BV4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BW4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BX4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BY4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="BZ4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CA4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CB4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CC4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CD4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CE4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CF4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CG4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CH4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CI4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CJ4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CK4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CL4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CM4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CN4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CO4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CP4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CQ4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CR4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CS4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CT4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CU4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CV4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CW4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CX4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CY4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="CZ4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DA4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DB4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DC4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DD4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DE4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DF4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DG4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DH4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DI4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DJ4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DK4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DL4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DM4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DN4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DO4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DP4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DQ4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DR4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DS4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DT4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DU4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DV4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DW4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DX4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DY4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="DZ4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EA4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EB4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EC4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="ED4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EE4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EF4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EG4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EH4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EI4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EJ4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EK4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EL4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EM4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EN4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EO4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EP4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EQ4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="ER4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="ES4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="ET4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EU4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EV4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EW4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EX4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EY4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="EZ4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FA4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FB4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FC4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FD4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FE4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FF4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FG4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FH4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FI4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FJ4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FK4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FL4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FM4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FN4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FO4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FP4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FQ4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FR4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FS4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FT4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FU4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FV4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FW4" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="FX4" t="s">
-        <v>202</v>
-[...56 lines deleted...]
-        <v>202</v>
+        <v>183</v>
       </c>
     </row>
-    <row r="5" spans="1:199">
+    <row r="5" spans="1:180">
       <c r="A5" s="3" t="s">
-        <v>203</v>
+        <v>184</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="3"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
@@ -3051,672 +2823,596 @@
       <c r="EZ5" s="3"/>
       <c r="FA5" s="3"/>
       <c r="FB5" s="3"/>
       <c r="FC5" s="3"/>
       <c r="FD5" s="3"/>
       <c r="FE5" s="3"/>
       <c r="FF5" s="3"/>
       <c r="FG5" s="3"/>
       <c r="FH5" s="3"/>
       <c r="FI5" s="3"/>
       <c r="FJ5" s="3"/>
       <c r="FK5" s="3"/>
       <c r="FL5" s="3"/>
       <c r="FM5" s="3"/>
       <c r="FN5" s="3"/>
       <c r="FO5" s="3"/>
       <c r="FP5" s="3"/>
       <c r="FQ5" s="3"/>
       <c r="FR5" s="3"/>
       <c r="FS5" s="3"/>
       <c r="FT5" s="3"/>
       <c r="FU5" s="3"/>
       <c r="FV5" s="3"/>
       <c r="FW5" s="3"/>
       <c r="FX5" s="3"/>
-      <c r="FY5" s="3"/>
-[...17 lines deleted...]
-      <c r="GQ5" s="3"/>
     </row>
-    <row r="6" spans="1:199">
+    <row r="6" spans="1:180">
       <c r="A6" t="s">
-        <v>200</v>
+        <v>181</v>
       </c>
       <c r="B6" t="s">
-        <v>204</v>
+        <v>185</v>
       </c>
       <c r="C6" t="s">
-        <v>204</v>
+        <v>185</v>
       </c>
       <c r="D6" t="s">
-        <v>204</v>
+        <v>185</v>
       </c>
       <c r="E6" t="s">
-        <v>204</v>
+        <v>185</v>
       </c>
       <c r="F6" t="s">
-        <v>204</v>
+        <v>185</v>
       </c>
       <c r="G6" t="s">
-        <v>204</v>
+        <v>185</v>
       </c>
       <c r="H6" t="s">
-        <v>204</v>
+        <v>185</v>
       </c>
       <c r="I6" t="s">
-        <v>204</v>
+        <v>185</v>
       </c>
       <c r="J6" t="s">
-        <v>204</v>
+        <v>185</v>
       </c>
       <c r="K6" t="s">
-        <v>204</v>
+        <v>185</v>
       </c>
       <c r="L6" t="s">
-        <v>204</v>
+        <v>185</v>
       </c>
       <c r="M6" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="N6" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="O6" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="P6" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="Q6" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="R6" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="S6" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="T6" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="U6" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="V6" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="W6" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="X6" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="Y6" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="Z6" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="AA6" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="AB6" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="AC6" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="AD6" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="AE6" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="AF6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="AG6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="AH6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="AI6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="AJ6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="AK6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="AL6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="AM6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="AN6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="AO6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="AP6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="AQ6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="AR6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="AS6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="AT6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="AU6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="AV6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="AW6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="AX6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="AY6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="AZ6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BA6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BB6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BC6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BD6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BE6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BF6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BG6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BH6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BI6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BJ6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BK6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BL6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BM6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BN6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BO6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BP6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BQ6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BR6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BS6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BT6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BU6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BV6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BW6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BX6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BY6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="BZ6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CA6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CB6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CC6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CD6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CE6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CF6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CG6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CH6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CI6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CJ6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CK6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CL6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CM6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CN6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CO6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CP6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CQ6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CR6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CS6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CT6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CU6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CV6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CW6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CX6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CY6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="CZ6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DA6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DB6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DC6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DD6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DE6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DF6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DG6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DH6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DI6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DJ6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DK6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DL6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DM6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DN6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DO6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DP6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DQ6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DR6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DS6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DT6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DU6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DV6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DW6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DX6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DY6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="DZ6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EA6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EB6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EC6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="ED6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EE6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EF6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EG6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EH6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EI6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EJ6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EK6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EL6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EM6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EN6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EO6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EP6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EQ6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="ER6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="ES6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="ET6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EU6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EV6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EW6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EX6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EY6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="EZ6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FA6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FB6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FC6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FD6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FE6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FF6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FG6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FH6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FI6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FJ6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FK6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FL6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FM6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FN6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FO6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FP6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FQ6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FR6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FS6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FT6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FU6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FV6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FW6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="FX6" t="s">
-        <v>205</v>
-[...56 lines deleted...]
-        <v>205</v>
+        <v>186</v>
       </c>
     </row>
-    <row r="7" spans="1:199">
+    <row r="7" spans="1:180">
       <c r="A7" s="3" t="s">
-        <v>206</v>
+        <v>187</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
@@ -3853,670 +3549,594 @@
       <c r="EZ7" s="3"/>
       <c r="FA7" s="3"/>
       <c r="FB7" s="3"/>
       <c r="FC7" s="3"/>
       <c r="FD7" s="3"/>
       <c r="FE7" s="3"/>
       <c r="FF7" s="3"/>
       <c r="FG7" s="3"/>
       <c r="FH7" s="3"/>
       <c r="FI7" s="3"/>
       <c r="FJ7" s="3"/>
       <c r="FK7" s="3"/>
       <c r="FL7" s="3"/>
       <c r="FM7" s="3"/>
       <c r="FN7" s="3"/>
       <c r="FO7" s="3"/>
       <c r="FP7" s="3"/>
       <c r="FQ7" s="3"/>
       <c r="FR7" s="3"/>
       <c r="FS7" s="3"/>
       <c r="FT7" s="3"/>
       <c r="FU7" s="3"/>
       <c r="FV7" s="3"/>
       <c r="FW7" s="3"/>
       <c r="FX7" s="3"/>
-      <c r="FY7" s="3"/>
-[...17 lines deleted...]
-      <c r="GQ7" s="3"/>
     </row>
-    <row r="8" spans="1:199">
+    <row r="8" spans="1:180">
       <c r="A8" t="s">
-        <v>200</v>
+        <v>181</v>
       </c>
       <c r="B8" t="s">
-        <v>207</v>
+        <v>188</v>
       </c>
       <c r="C8" t="s">
-        <v>207</v>
+        <v>188</v>
       </c>
       <c r="D8" t="s">
-        <v>207</v>
+        <v>188</v>
       </c>
       <c r="E8" t="s">
-        <v>207</v>
+        <v>188</v>
       </c>
       <c r="F8" t="s">
-        <v>207</v>
+        <v>188</v>
       </c>
       <c r="G8" t="s">
-        <v>207</v>
+        <v>188</v>
       </c>
       <c r="H8" t="s">
-        <v>207</v>
+        <v>188</v>
       </c>
       <c r="I8" t="s">
-        <v>207</v>
+        <v>188</v>
       </c>
       <c r="J8" t="s">
-        <v>207</v>
+        <v>188</v>
       </c>
       <c r="K8" t="s">
-        <v>207</v>
+        <v>188</v>
       </c>
       <c r="L8" t="s">
-        <v>207</v>
+        <v>188</v>
       </c>
       <c r="M8" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="N8" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="O8" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="P8" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="Q8" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="R8" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="S8" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="T8" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="U8" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="V8" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="W8" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="X8" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="Y8" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="Z8" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="AA8" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="AB8" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="AC8" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="AD8" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="AE8" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="AF8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="AG8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="AH8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="AI8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="AJ8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="AK8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="AL8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="AM8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="AN8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="AO8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="AP8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="AQ8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="AR8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="AS8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="AT8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="AU8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="AV8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="AW8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="AX8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="AY8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="AZ8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BA8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BB8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BC8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BD8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BE8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BF8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BG8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BH8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BI8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BJ8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BK8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BL8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BM8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BN8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BO8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BP8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BQ8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BR8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BS8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BT8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BU8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BV8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BW8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BX8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BY8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="BZ8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CA8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CB8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CC8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CD8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CE8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CF8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CG8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CH8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CI8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CJ8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CK8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CL8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CM8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CN8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CO8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CP8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CQ8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CR8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CS8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CT8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CU8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CV8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CW8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CX8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CY8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="CZ8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DA8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DB8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DC8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DD8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DE8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DF8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DG8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DH8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DI8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DJ8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DK8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DL8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DM8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DN8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DO8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DP8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DQ8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DR8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DS8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DT8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DU8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DV8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DW8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DX8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DY8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="DZ8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EA8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EB8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EC8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="ED8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EE8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EF8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EG8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EH8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EI8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EJ8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EK8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EL8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EM8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EN8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EO8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EP8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EQ8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="ER8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="ES8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="ET8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EU8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EV8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EW8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EX8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EY8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="EZ8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FA8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FB8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FC8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FD8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FE8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FF8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FG8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FH8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FI8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FJ8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FK8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FL8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FM8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FN8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FO8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FP8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FQ8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FR8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FS8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FT8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FU8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FV8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FW8" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="FX8" t="s">
-        <v>208</v>
-[...56 lines deleted...]
-        <v>208</v>
+        <v>189</v>
       </c>
     </row>
-    <row r="9" spans="1:199">
+    <row r="9" spans="1:180">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
       <c r="R9" s="4"/>
       <c r="S9" s="4"/>
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
       <c r="V9" s="4"/>
       <c r="W9" s="4"/>
       <c r="X9" s="4"/>
       <c r="Y9" s="4"/>
@@ -4653,73 +4273,54 @@
       <c r="EZ9" s="4"/>
       <c r="FA9" s="4"/>
       <c r="FB9" s="4"/>
       <c r="FC9" s="4"/>
       <c r="FD9" s="4"/>
       <c r="FE9" s="4"/>
       <c r="FF9" s="4"/>
       <c r="FG9" s="4"/>
       <c r="FH9" s="4"/>
       <c r="FI9" s="4"/>
       <c r="FJ9" s="4"/>
       <c r="FK9" s="4"/>
       <c r="FL9" s="4"/>
       <c r="FM9" s="4"/>
       <c r="FN9" s="4"/>
       <c r="FO9" s="4"/>
       <c r="FP9" s="4"/>
       <c r="FQ9" s="4"/>
       <c r="FR9" s="4"/>
       <c r="FS9" s="4"/>
       <c r="FT9" s="4"/>
       <c r="FU9" s="4"/>
       <c r="FV9" s="4"/>
       <c r="FW9" s="4"/>
       <c r="FX9" s="4"/>
-      <c r="FY9" s="4"/>
-[...17 lines deleted...]
-      <c r="GQ9" s="4"/>
     </row>
-    <row r="10" spans="1:199">
+    <row r="10" spans="1:180">
       <c r="A10" s="2" t="s">
-        <v>209</v>
+        <v>190</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
       <c r="V10" s="2"/>
       <c r="W10" s="2"/>
       <c r="X10" s="2"/>
       <c r="Y10" s="2"/>
@@ -4856,73 +4457,54 @@
       <c r="EZ10" s="2"/>
       <c r="FA10" s="2"/>
       <c r="FB10" s="2"/>
       <c r="FC10" s="2"/>
       <c r="FD10" s="2"/>
       <c r="FE10" s="2"/>
       <c r="FF10" s="2"/>
       <c r="FG10" s="2"/>
       <c r="FH10" s="2"/>
       <c r="FI10" s="2"/>
       <c r="FJ10" s="2"/>
       <c r="FK10" s="2"/>
       <c r="FL10" s="2"/>
       <c r="FM10" s="2"/>
       <c r="FN10" s="2"/>
       <c r="FO10" s="2"/>
       <c r="FP10" s="2"/>
       <c r="FQ10" s="2"/>
       <c r="FR10" s="2"/>
       <c r="FS10" s="2"/>
       <c r="FT10" s="2"/>
       <c r="FU10" s="2"/>
       <c r="FV10" s="2"/>
       <c r="FW10" s="2"/>
       <c r="FX10" s="2"/>
-      <c r="FY10" s="2"/>
-[...17 lines deleted...]
-      <c r="GQ10" s="2"/>
     </row>
-    <row r="11" spans="1:199">
+    <row r="11" spans="1:180">
       <c r="A11" s="3" t="s">
-        <v>199</v>
+        <v>180</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
@@ -5059,672 +4641,596 @@
       <c r="EZ11" s="3"/>
       <c r="FA11" s="3"/>
       <c r="FB11" s="3"/>
       <c r="FC11" s="3"/>
       <c r="FD11" s="3"/>
       <c r="FE11" s="3"/>
       <c r="FF11" s="3"/>
       <c r="FG11" s="3"/>
       <c r="FH11" s="3"/>
       <c r="FI11" s="3"/>
       <c r="FJ11" s="3"/>
       <c r="FK11" s="3"/>
       <c r="FL11" s="3"/>
       <c r="FM11" s="3"/>
       <c r="FN11" s="3"/>
       <c r="FO11" s="3"/>
       <c r="FP11" s="3"/>
       <c r="FQ11" s="3"/>
       <c r="FR11" s="3"/>
       <c r="FS11" s="3"/>
       <c r="FT11" s="3"/>
       <c r="FU11" s="3"/>
       <c r="FV11" s="3"/>
       <c r="FW11" s="3"/>
       <c r="FX11" s="3"/>
-      <c r="FY11" s="3"/>
-[...17 lines deleted...]
-      <c r="GQ11" s="3"/>
     </row>
-    <row r="12" spans="1:199">
+    <row r="12" spans="1:180">
       <c r="A12" t="s">
-        <v>200</v>
+        <v>181</v>
       </c>
       <c r="B12" t="s">
-        <v>210</v>
+        <v>191</v>
       </c>
       <c r="C12" t="s">
-        <v>210</v>
+        <v>191</v>
       </c>
       <c r="D12" t="s">
-        <v>210</v>
+        <v>191</v>
       </c>
       <c r="E12" t="s">
-        <v>210</v>
+        <v>191</v>
       </c>
       <c r="F12" t="s">
-        <v>210</v>
+        <v>191</v>
       </c>
       <c r="G12" t="s">
-        <v>210</v>
+        <v>191</v>
       </c>
       <c r="H12" t="s">
-        <v>210</v>
+        <v>191</v>
       </c>
       <c r="I12" t="s">
-        <v>210</v>
+        <v>191</v>
       </c>
       <c r="J12" t="s">
-        <v>210</v>
+        <v>191</v>
       </c>
       <c r="K12" t="s">
-        <v>210</v>
+        <v>191</v>
       </c>
       <c r="L12" t="s">
-        <v>210</v>
+        <v>191</v>
       </c>
       <c r="M12" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="N12" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="O12" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="P12" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="Q12" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="R12" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="S12" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="T12" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="U12" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="V12" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="W12" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="X12" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="Y12" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="Z12" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="AA12" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="AB12" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="AC12" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="AD12" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="AE12" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="AF12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="AG12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="AH12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="AI12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="AJ12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="AK12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="AL12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="AM12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="AN12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="AO12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="AP12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="AQ12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="AR12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="AS12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="AT12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="AU12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="AV12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="AW12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="AX12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="AY12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="AZ12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BA12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BB12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BC12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BD12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BE12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BF12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BG12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BH12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BI12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BJ12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BK12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BL12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BM12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BN12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BO12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BP12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BQ12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BR12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BS12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BT12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BU12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BV12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BW12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BX12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BY12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="BZ12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CA12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CB12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CC12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CD12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CE12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CF12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CG12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CH12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CI12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CJ12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CK12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CL12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CM12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CN12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CO12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CP12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CQ12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CR12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CS12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CT12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CU12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CV12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CW12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CX12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CY12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="CZ12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DA12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DB12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DC12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DD12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DE12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DF12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DG12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DH12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DI12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DJ12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DK12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DL12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DM12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DN12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DO12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DP12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DQ12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DR12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DS12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DT12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DU12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DV12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DW12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DX12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DY12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="DZ12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EA12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EB12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EC12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="ED12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EE12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EF12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EG12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EH12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EI12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EJ12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EK12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EL12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EM12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EN12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EO12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EP12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EQ12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="ER12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="ES12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="ET12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EU12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EV12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EW12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EX12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EY12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="EZ12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FA12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FB12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FC12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FD12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FE12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FF12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FG12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FH12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FI12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FJ12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FK12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FL12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FM12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FN12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FO12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FP12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FQ12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FR12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FS12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FT12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FU12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FV12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FW12" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="FX12" t="s">
-        <v>211</v>
-[...56 lines deleted...]
-        <v>211</v>
+        <v>192</v>
       </c>
     </row>
-    <row r="13" spans="1:199">
+    <row r="13" spans="1:180">
       <c r="A13" s="3" t="s">
-        <v>212</v>
+        <v>193</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
       <c r="P13" s="3"/>
       <c r="Q13" s="3"/>
       <c r="R13" s="3"/>
       <c r="S13" s="3"/>
       <c r="T13" s="3"/>
       <c r="U13" s="3"/>
       <c r="V13" s="3"/>
       <c r="W13" s="3"/>
       <c r="X13" s="3"/>
       <c r="Y13" s="3"/>
@@ -5861,672 +5367,596 @@
       <c r="EZ13" s="3"/>
       <c r="FA13" s="3"/>
       <c r="FB13" s="3"/>
       <c r="FC13" s="3"/>
       <c r="FD13" s="3"/>
       <c r="FE13" s="3"/>
       <c r="FF13" s="3"/>
       <c r="FG13" s="3"/>
       <c r="FH13" s="3"/>
       <c r="FI13" s="3"/>
       <c r="FJ13" s="3"/>
       <c r="FK13" s="3"/>
       <c r="FL13" s="3"/>
       <c r="FM13" s="3"/>
       <c r="FN13" s="3"/>
       <c r="FO13" s="3"/>
       <c r="FP13" s="3"/>
       <c r="FQ13" s="3"/>
       <c r="FR13" s="3"/>
       <c r="FS13" s="3"/>
       <c r="FT13" s="3"/>
       <c r="FU13" s="3"/>
       <c r="FV13" s="3"/>
       <c r="FW13" s="3"/>
       <c r="FX13" s="3"/>
-      <c r="FY13" s="3"/>
-[...17 lines deleted...]
-      <c r="GQ13" s="3"/>
     </row>
-    <row r="14" spans="1:199">
+    <row r="14" spans="1:180">
       <c r="A14" t="s">
-        <v>200</v>
+        <v>181</v>
       </c>
       <c r="B14" t="s">
-        <v>213</v>
+        <v>194</v>
       </c>
       <c r="C14" t="s">
-        <v>213</v>
+        <v>194</v>
       </c>
       <c r="D14" t="s">
-        <v>213</v>
+        <v>194</v>
       </c>
       <c r="E14" t="s">
-        <v>213</v>
+        <v>194</v>
       </c>
       <c r="F14" t="s">
-        <v>213</v>
+        <v>194</v>
       </c>
       <c r="G14" t="s">
-        <v>213</v>
+        <v>194</v>
       </c>
       <c r="H14" t="s">
-        <v>213</v>
+        <v>194</v>
       </c>
       <c r="I14" t="s">
-        <v>213</v>
+        <v>194</v>
       </c>
       <c r="J14" t="s">
-        <v>213</v>
+        <v>194</v>
       </c>
       <c r="K14" t="s">
-        <v>213</v>
+        <v>194</v>
       </c>
       <c r="L14" t="s">
-        <v>213</v>
+        <v>194</v>
       </c>
       <c r="M14" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="N14" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="O14" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="P14" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="Q14" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="R14" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="S14" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="T14" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="U14" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="V14" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="W14" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="X14" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="Y14" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="Z14" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="AA14" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="AB14" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="AC14" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="AD14" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="AE14" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="AF14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="AG14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="AH14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="AI14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="AJ14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="AK14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="AL14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="AM14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="AN14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="AO14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="AP14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="AQ14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="AR14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="AS14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="AT14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="AU14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="AV14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="AW14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="AX14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="AY14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="AZ14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BA14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BB14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BC14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BD14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BE14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BF14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BG14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BH14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BI14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BJ14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BK14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BL14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BM14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BN14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BO14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BP14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BQ14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BR14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BS14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BT14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BU14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BV14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BW14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BX14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BY14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="BZ14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CA14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CB14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CC14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CD14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CE14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CF14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CG14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CH14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CI14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CJ14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CK14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CL14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CM14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CN14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CO14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CP14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CQ14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CR14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CS14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CT14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CU14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CV14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CW14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CX14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CY14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="CZ14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DA14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DB14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DC14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DD14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DE14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DF14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DG14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DH14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DI14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DJ14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DK14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DL14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DM14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DN14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DO14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DP14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DQ14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DR14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DS14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DT14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DU14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DV14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DW14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DX14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DY14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="DZ14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EA14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EB14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EC14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="ED14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EE14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EF14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EG14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EH14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EI14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EJ14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EK14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EL14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EM14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EN14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EO14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EP14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EQ14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="ER14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="ES14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="ET14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EU14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EV14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EW14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EX14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EY14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="EZ14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FA14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FB14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FC14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FD14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FE14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FF14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FG14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FH14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FI14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FJ14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FK14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FL14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FM14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FN14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FO14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FP14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FQ14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FR14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FS14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FT14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FU14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FV14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FW14" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="FX14" t="s">
-        <v>214</v>
-[...56 lines deleted...]
-        <v>214</v>
+        <v>195</v>
       </c>
     </row>
-    <row r="15" spans="1:199">
+    <row r="15" spans="1:180">
       <c r="A15" s="3" t="s">
-        <v>215</v>
+        <v>196</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3"/>
       <c r="X15" s="3"/>
       <c r="Y15" s="3"/>
@@ -6663,672 +6093,596 @@
       <c r="EZ15" s="3"/>
       <c r="FA15" s="3"/>
       <c r="FB15" s="3"/>
       <c r="FC15" s="3"/>
       <c r="FD15" s="3"/>
       <c r="FE15" s="3"/>
       <c r="FF15" s="3"/>
       <c r="FG15" s="3"/>
       <c r="FH15" s="3"/>
       <c r="FI15" s="3"/>
       <c r="FJ15" s="3"/>
       <c r="FK15" s="3"/>
       <c r="FL15" s="3"/>
       <c r="FM15" s="3"/>
       <c r="FN15" s="3"/>
       <c r="FO15" s="3"/>
       <c r="FP15" s="3"/>
       <c r="FQ15" s="3"/>
       <c r="FR15" s="3"/>
       <c r="FS15" s="3"/>
       <c r="FT15" s="3"/>
       <c r="FU15" s="3"/>
       <c r="FV15" s="3"/>
       <c r="FW15" s="3"/>
       <c r="FX15" s="3"/>
-      <c r="FY15" s="3"/>
-[...17 lines deleted...]
-      <c r="GQ15" s="3"/>
     </row>
-    <row r="16" spans="1:199">
+    <row r="16" spans="1:180">
       <c r="A16" t="s">
-        <v>200</v>
+        <v>181</v>
       </c>
       <c r="B16" t="s">
-        <v>216</v>
+        <v>197</v>
       </c>
       <c r="C16" t="s">
-        <v>216</v>
+        <v>197</v>
       </c>
       <c r="D16" t="s">
-        <v>216</v>
+        <v>197</v>
       </c>
       <c r="E16" t="s">
-        <v>216</v>
+        <v>197</v>
       </c>
       <c r="F16" t="s">
-        <v>216</v>
+        <v>197</v>
       </c>
       <c r="G16" t="s">
-        <v>216</v>
+        <v>197</v>
       </c>
       <c r="H16" t="s">
-        <v>216</v>
+        <v>197</v>
       </c>
       <c r="I16" t="s">
-        <v>216</v>
+        <v>197</v>
       </c>
       <c r="J16" t="s">
-        <v>216</v>
+        <v>197</v>
       </c>
       <c r="K16" t="s">
-        <v>216</v>
+        <v>197</v>
       </c>
       <c r="L16" t="s">
-        <v>216</v>
+        <v>197</v>
       </c>
       <c r="M16" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="N16" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="O16" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="P16" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="Q16" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="R16" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="S16" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="T16" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="U16" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="V16" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="W16" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="X16" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="Y16" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="Z16" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="AA16" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="AB16" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="AC16" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="AD16" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="AE16" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="AF16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="AG16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="AH16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="AI16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="AJ16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="AK16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="AL16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="AM16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="AN16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="AO16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="AP16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="AQ16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="AR16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="AS16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="AT16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="AU16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="AV16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="AW16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="AX16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="AY16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="AZ16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BA16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BB16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BC16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BD16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BE16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BF16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BG16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BH16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BI16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BJ16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BK16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BL16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BM16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BN16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BO16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BP16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BQ16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BR16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BS16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BT16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BU16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BV16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BW16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BX16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BY16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="BZ16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CA16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CB16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CC16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CD16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CE16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CF16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CG16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CH16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CI16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CJ16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CK16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CL16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CM16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CN16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CO16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CP16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CQ16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CR16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CS16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CT16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CU16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CV16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CW16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CX16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CY16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="CZ16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DA16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DB16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DC16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DD16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DE16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DF16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DG16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DH16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DI16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DJ16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DK16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DL16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DM16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DN16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DO16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DP16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DQ16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DR16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DS16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DT16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DU16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DV16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DW16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DX16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DY16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="DZ16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EA16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EB16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EC16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="ED16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EE16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EF16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EG16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EH16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EI16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EJ16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EK16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EL16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EM16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EN16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EO16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EP16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EQ16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="ER16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="ES16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="ET16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EU16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EV16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EW16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EX16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EY16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="EZ16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FA16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FB16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FC16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FD16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FE16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FF16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FG16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FH16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FI16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FJ16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FK16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FL16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FM16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FN16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FO16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FP16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FQ16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FR16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FS16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FT16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FU16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FV16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FW16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="FX16" t="s">
-        <v>217</v>
-[...56 lines deleted...]
-        <v>217</v>
+        <v>198</v>
       </c>
     </row>
-    <row r="18" spans="1:199">
+    <row r="18" spans="1:180">
       <c r="A18" s="1" t="s">
-        <v>218</v>
+        <v>199</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
@@ -7465,79 +6819,60 @@
       <c r="EZ18" s="1"/>
       <c r="FA18" s="1"/>
       <c r="FB18" s="1"/>
       <c r="FC18" s="1"/>
       <c r="FD18" s="1"/>
       <c r="FE18" s="1"/>
       <c r="FF18" s="1"/>
       <c r="FG18" s="1"/>
       <c r="FH18" s="1"/>
       <c r="FI18" s="1"/>
       <c r="FJ18" s="1"/>
       <c r="FK18" s="1"/>
       <c r="FL18" s="1"/>
       <c r="FM18" s="1"/>
       <c r="FN18" s="1"/>
       <c r="FO18" s="1"/>
       <c r="FP18" s="1"/>
       <c r="FQ18" s="1"/>
       <c r="FR18" s="1"/>
       <c r="FS18" s="1"/>
       <c r="FT18" s="1"/>
       <c r="FU18" s="1"/>
       <c r="FV18" s="1"/>
       <c r="FW18" s="1"/>
       <c r="FX18" s="1"/>
-      <c r="FY18" s="1"/>
-[...17 lines deleted...]
-      <c r="GQ18" s="1"/>
     </row>
-    <row r="19" spans="1:199">
+    <row r="19" spans="1:180">
       <c r="A19" t="s">
-        <v>219</v>
+        <v>200</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A19:GQ19"/>
+    <mergeCell ref="A19:FX19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>