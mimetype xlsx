--- v1 (2025-11-20)
+++ v2 (2026-01-20)
@@ -12,123 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="2816-nizhegorodskie-prost..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
-[...71 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
   <si>
     <t>20.01.2026</t>
   </si>
   <si>
     <t>22.01.2026</t>
   </si>
   <si>
     <t>24.01.2026</t>
   </si>
   <si>
     <t>27.01.2026</t>
   </si>
   <si>
     <t>29.01.2026</t>
   </si>
   <si>
     <t>31.01.2026</t>
   </si>
   <si>
     <t>03.02.2026</t>
   </si>
   <si>
     <t>05.02.2026</t>
   </si>
   <si>
@@ -551,114 +479,96 @@
   <si>
     <t>15.12.2026</t>
   </si>
   <si>
     <t>17.12.2026</t>
   </si>
   <si>
     <t>19.12.2026</t>
   </si>
   <si>
     <t>22.12.2026</t>
   </si>
   <si>
     <t>24.12.2026</t>
   </si>
   <si>
     <t>26.12.2026</t>
   </si>
   <si>
     <t>29.12.2026</t>
   </si>
   <si>
     <t>31.12.2026</t>
   </si>
   <si>
-    <t>Ibis</t>
+    <t>«REDDY 3*»</t>
   </si>
   <si>
     <t>Одноместный номер для одного человека</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>18450 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>20450 RUB</t>
   </si>
   <si>
     <t>Двухместный номер для двух человек</t>
   </si>
   <si>
-    <t>13550 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>15550 RUB</t>
   </si>
   <si>
     <t>Трехместный номер для трех человек</t>
   </si>
   <si>
-    <t>12400 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>14400 RUB</t>
   </si>
   <si>
-    <t>Courtyard</t>
-[...2 lines deleted...]
-    <t>20950 RUB</t>
+    <t>«CORT INN 4*»</t>
   </si>
   <si>
     <t>23950 RUB</t>
   </si>
   <si>
     <t>Двухместный номер для одного человека</t>
   </si>
   <si>
-    <t>16250 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>19250 RUB</t>
   </si>
   <si>
     <t>Трехместный номер для одного человека</t>
   </si>
   <si>
-    <t>15250 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>18250 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 20.11.2025 18:49, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 20.01.2026 09:33, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1000,54 +910,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:FX19"/>
+  <dimension ref="A1:EZ19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A18" sqref="A18:FX18"/>
+      <selection activeCell="A18" sqref="A18:EZ18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="44.703369" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -1164,77 +1074,53 @@
     <col min="132" max="132" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="133" max="133" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="134" max="134" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="135" max="135" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="136" max="136" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="137" max="137" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="138" max="138" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="139" max="139" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="140" max="140" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="141" max="141" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="142" max="142" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="143" max="143" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="144" max="144" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="145" max="145" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="146" max="146" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="147" max="147" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="148" max="148" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="149" max="149" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="150" max="150" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="151" max="151" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="152" max="152" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="153" max="153" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="154" max="154" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="155" max="155" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="156" max="156" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="157" max="157" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...22 lines deleted...]
-    <col min="180" max="180" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:180">
+    <row r="1" spans="1:156">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -1657,126 +1543,54 @@
       </c>
       <c r="ES1" s="1" t="s">
         <v>147</v>
       </c>
       <c r="ET1" s="1" t="s">
         <v>148</v>
       </c>
       <c r="EU1" s="1" t="s">
         <v>149</v>
       </c>
       <c r="EV1" s="1" t="s">
         <v>150</v>
       </c>
       <c r="EW1" s="1" t="s">
         <v>151</v>
       </c>
       <c r="EX1" s="1" t="s">
         <v>152</v>
       </c>
       <c r="EY1" s="1" t="s">
         <v>153</v>
       </c>
       <c r="EZ1" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="FA1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:156">
+      <c r="A2" s="2" t="s">
         <v>155</v>
-      </c>
-[...72 lines deleted...]
-        <v>179</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
@@ -1889,78 +1703,54 @@
       <c r="EB2" s="2"/>
       <c r="EC2" s="2"/>
       <c r="ED2" s="2"/>
       <c r="EE2" s="2"/>
       <c r="EF2" s="2"/>
       <c r="EG2" s="2"/>
       <c r="EH2" s="2"/>
       <c r="EI2" s="2"/>
       <c r="EJ2" s="2"/>
       <c r="EK2" s="2"/>
       <c r="EL2" s="2"/>
       <c r="EM2" s="2"/>
       <c r="EN2" s="2"/>
       <c r="EO2" s="2"/>
       <c r="EP2" s="2"/>
       <c r="EQ2" s="2"/>
       <c r="ER2" s="2"/>
       <c r="ES2" s="2"/>
       <c r="ET2" s="2"/>
       <c r="EU2" s="2"/>
       <c r="EV2" s="2"/>
       <c r="EW2" s="2"/>
       <c r="EX2" s="2"/>
       <c r="EY2" s="2"/>
       <c r="EZ2" s="2"/>
-      <c r="FA2" s="2"/>
-[...22 lines deleted...]
-      <c r="FX2" s="2"/>
     </row>
-    <row r="3" spans="1:180">
+    <row r="3" spans="1:156">
       <c r="A3" s="3" t="s">
-        <v>180</v>
+        <v>156</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -2073,620 +1863,524 @@
       <c r="EB3" s="3"/>
       <c r="EC3" s="3"/>
       <c r="ED3" s="3"/>
       <c r="EE3" s="3"/>
       <c r="EF3" s="3"/>
       <c r="EG3" s="3"/>
       <c r="EH3" s="3"/>
       <c r="EI3" s="3"/>
       <c r="EJ3" s="3"/>
       <c r="EK3" s="3"/>
       <c r="EL3" s="3"/>
       <c r="EM3" s="3"/>
       <c r="EN3" s="3"/>
       <c r="EO3" s="3"/>
       <c r="EP3" s="3"/>
       <c r="EQ3" s="3"/>
       <c r="ER3" s="3"/>
       <c r="ES3" s="3"/>
       <c r="ET3" s="3"/>
       <c r="EU3" s="3"/>
       <c r="EV3" s="3"/>
       <c r="EW3" s="3"/>
       <c r="EX3" s="3"/>
       <c r="EY3" s="3"/>
       <c r="EZ3" s="3"/>
-      <c r="FA3" s="3"/>
-[...22 lines deleted...]
-      <c r="FX3" s="3"/>
     </row>
-    <row r="4" spans="1:180">
+    <row r="4" spans="1:156">
       <c r="A4" t="s">
-        <v>181</v>
+        <v>157</v>
       </c>
       <c r="B4" t="s">
-        <v>182</v>
+        <v>158</v>
       </c>
       <c r="C4" t="s">
-        <v>182</v>
+        <v>158</v>
       </c>
       <c r="D4" t="s">
-        <v>182</v>
+        <v>158</v>
       </c>
       <c r="E4" t="s">
-        <v>182</v>
+        <v>158</v>
       </c>
       <c r="F4" t="s">
-        <v>182</v>
+        <v>158</v>
       </c>
       <c r="G4" t="s">
-        <v>182</v>
+        <v>158</v>
       </c>
       <c r="H4" t="s">
-        <v>182</v>
+        <v>158</v>
       </c>
       <c r="I4" t="s">
-        <v>182</v>
+        <v>158</v>
       </c>
       <c r="J4" t="s">
-        <v>182</v>
+        <v>158</v>
       </c>
       <c r="K4" t="s">
-        <v>182</v>
+        <v>158</v>
       </c>
       <c r="L4" t="s">
-        <v>182</v>
+        <v>158</v>
       </c>
       <c r="M4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="N4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="O4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="P4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="Q4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="R4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="S4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="T4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="U4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="V4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="W4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="X4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="Y4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="Z4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AA4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AB4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AC4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AD4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AE4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AF4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AG4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AH4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AI4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AJ4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AK4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AL4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AM4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AN4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AO4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AP4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AQ4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AR4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AS4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AT4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AU4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AV4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AW4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AX4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AY4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AZ4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BA4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BB4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BC4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BD4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BE4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BF4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BG4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BH4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BI4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BJ4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BK4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BL4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BM4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BN4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BO4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BP4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BQ4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BR4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BS4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BT4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BU4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BV4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BW4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BX4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BY4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="BZ4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CA4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CB4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CC4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CD4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CE4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CF4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CG4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CH4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CI4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CJ4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CK4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CL4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CM4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CN4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CO4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CP4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CQ4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CR4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CS4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CT4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CU4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CV4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CW4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CX4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CY4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="CZ4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DA4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DB4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DC4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DD4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DE4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DF4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DG4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DH4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DI4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DJ4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DK4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DL4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DM4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DN4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DO4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DP4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DQ4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DR4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DS4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DT4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DU4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DV4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DW4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DX4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DY4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="DZ4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EA4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EB4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EC4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="ED4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EE4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EF4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EG4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EH4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EI4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EJ4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EK4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EL4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EM4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EN4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EO4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EP4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EQ4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="ER4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="ES4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="ET4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EU4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EV4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EW4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EX4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EY4" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="EZ4" t="s">
-        <v>183</v>
-[...71 lines deleted...]
-        <v>183</v>
+        <v>158</v>
       </c>
     </row>
-    <row r="5" spans="1:180">
+    <row r="5" spans="1:156">
       <c r="A5" s="3" t="s">
-        <v>184</v>
+        <v>159</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="3"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
@@ -2799,620 +2493,524 @@
       <c r="EB5" s="3"/>
       <c r="EC5" s="3"/>
       <c r="ED5" s="3"/>
       <c r="EE5" s="3"/>
       <c r="EF5" s="3"/>
       <c r="EG5" s="3"/>
       <c r="EH5" s="3"/>
       <c r="EI5" s="3"/>
       <c r="EJ5" s="3"/>
       <c r="EK5" s="3"/>
       <c r="EL5" s="3"/>
       <c r="EM5" s="3"/>
       <c r="EN5" s="3"/>
       <c r="EO5" s="3"/>
       <c r="EP5" s="3"/>
       <c r="EQ5" s="3"/>
       <c r="ER5" s="3"/>
       <c r="ES5" s="3"/>
       <c r="ET5" s="3"/>
       <c r="EU5" s="3"/>
       <c r="EV5" s="3"/>
       <c r="EW5" s="3"/>
       <c r="EX5" s="3"/>
       <c r="EY5" s="3"/>
       <c r="EZ5" s="3"/>
-      <c r="FA5" s="3"/>
-[...22 lines deleted...]
-      <c r="FX5" s="3"/>
     </row>
-    <row r="6" spans="1:180">
+    <row r="6" spans="1:156">
       <c r="A6" t="s">
-        <v>181</v>
+        <v>157</v>
       </c>
       <c r="B6" t="s">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="C6" t="s">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="D6" t="s">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="E6" t="s">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="F6" t="s">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="G6" t="s">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="H6" t="s">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="I6" t="s">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="J6" t="s">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="K6" t="s">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="L6" t="s">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="M6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="N6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="O6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="P6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="Q6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="R6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="S6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="T6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="U6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="V6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="W6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="X6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="Y6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="Z6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AA6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AB6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AC6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AD6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AE6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AF6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AG6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AH6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AI6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AJ6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AK6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AL6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AM6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AN6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AO6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AP6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AQ6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AR6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AS6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AT6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AU6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AV6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AW6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AX6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AY6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="AZ6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BA6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BB6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BC6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BD6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BE6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BF6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BG6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BH6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BI6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BJ6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BK6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BL6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BM6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BN6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BO6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BP6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BQ6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BR6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BS6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BT6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BU6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BV6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BW6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BX6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BY6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="BZ6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CA6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CB6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CC6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CD6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CE6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CF6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CG6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CH6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CI6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CJ6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CK6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CL6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CM6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CN6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CO6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CP6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CQ6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CR6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CS6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CT6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CU6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CV6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CW6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CX6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CY6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="CZ6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DA6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DB6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DC6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DD6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DE6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DF6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DG6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DH6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DI6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DJ6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DK6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DL6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DM6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DN6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DO6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DP6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DQ6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DR6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DS6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DT6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DU6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DV6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DW6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DX6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DY6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="DZ6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EA6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EB6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EC6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="ED6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EE6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EF6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EG6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EH6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EI6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EJ6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EK6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EL6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EM6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EN6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EO6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EP6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EQ6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="ER6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="ES6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="ET6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EU6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EV6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EW6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EX6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EY6" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="EZ6" t="s">
-        <v>186</v>
-[...71 lines deleted...]
-        <v>186</v>
+        <v>160</v>
       </c>
     </row>
-    <row r="7" spans="1:180">
+    <row r="7" spans="1:156">
       <c r="A7" s="3" t="s">
-        <v>187</v>
+        <v>161</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
@@ -3525,618 +3123,522 @@
       <c r="EB7" s="3"/>
       <c r="EC7" s="3"/>
       <c r="ED7" s="3"/>
       <c r="EE7" s="3"/>
       <c r="EF7" s="3"/>
       <c r="EG7" s="3"/>
       <c r="EH7" s="3"/>
       <c r="EI7" s="3"/>
       <c r="EJ7" s="3"/>
       <c r="EK7" s="3"/>
       <c r="EL7" s="3"/>
       <c r="EM7" s="3"/>
       <c r="EN7" s="3"/>
       <c r="EO7" s="3"/>
       <c r="EP7" s="3"/>
       <c r="EQ7" s="3"/>
       <c r="ER7" s="3"/>
       <c r="ES7" s="3"/>
       <c r="ET7" s="3"/>
       <c r="EU7" s="3"/>
       <c r="EV7" s="3"/>
       <c r="EW7" s="3"/>
       <c r="EX7" s="3"/>
       <c r="EY7" s="3"/>
       <c r="EZ7" s="3"/>
-      <c r="FA7" s="3"/>
-[...22 lines deleted...]
-      <c r="FX7" s="3"/>
     </row>
-    <row r="8" spans="1:180">
+    <row r="8" spans="1:156">
       <c r="A8" t="s">
-        <v>181</v>
+        <v>157</v>
       </c>
       <c r="B8" t="s">
-        <v>188</v>
+        <v>162</v>
       </c>
       <c r="C8" t="s">
-        <v>188</v>
+        <v>162</v>
       </c>
       <c r="D8" t="s">
-        <v>188</v>
+        <v>162</v>
       </c>
       <c r="E8" t="s">
-        <v>188</v>
+        <v>162</v>
       </c>
       <c r="F8" t="s">
-        <v>188</v>
+        <v>162</v>
       </c>
       <c r="G8" t="s">
-        <v>188</v>
+        <v>162</v>
       </c>
       <c r="H8" t="s">
-        <v>188</v>
+        <v>162</v>
       </c>
       <c r="I8" t="s">
-        <v>188</v>
+        <v>162</v>
       </c>
       <c r="J8" t="s">
-        <v>188</v>
+        <v>162</v>
       </c>
       <c r="K8" t="s">
-        <v>188</v>
+        <v>162</v>
       </c>
       <c r="L8" t="s">
-        <v>188</v>
+        <v>162</v>
       </c>
       <c r="M8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="N8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="O8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="P8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="Q8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="R8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="S8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="T8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="U8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="V8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="W8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="X8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="Y8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="Z8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AA8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AB8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AC8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AD8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AE8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AF8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AG8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AH8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AI8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AJ8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AK8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AL8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AM8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AN8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AO8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AP8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AQ8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AR8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AS8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AT8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AU8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AV8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AW8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AX8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AY8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="AZ8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BA8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BB8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BC8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BD8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BE8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BF8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BG8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BH8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BI8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BJ8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BK8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BL8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BM8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BN8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BO8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BP8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BQ8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BR8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BS8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BT8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BU8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BV8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BW8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BX8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BY8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="BZ8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CA8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CB8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CC8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CD8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CE8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CF8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CG8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CH8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CI8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CJ8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CK8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CL8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CM8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CN8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CO8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CP8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CQ8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CR8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CS8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CT8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CU8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CV8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CW8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CX8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CY8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="CZ8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DA8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DB8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DC8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DD8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DE8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DF8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DG8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DH8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DI8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DJ8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DK8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DL8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DM8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DN8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DO8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DP8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DQ8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DR8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DS8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DT8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DU8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DV8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DW8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DX8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DY8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="DZ8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EA8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EB8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EC8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="ED8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EE8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EF8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EG8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EH8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EI8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EJ8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EK8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EL8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EM8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EN8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EO8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EP8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EQ8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="ER8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="ES8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="ET8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EU8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EV8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EW8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EX8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EY8" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="EZ8" t="s">
-        <v>189</v>
-[...71 lines deleted...]
-        <v>189</v>
+        <v>162</v>
       </c>
     </row>
-    <row r="9" spans="1:180">
+    <row r="9" spans="1:156">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
       <c r="R9" s="4"/>
       <c r="S9" s="4"/>
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
       <c r="V9" s="4"/>
       <c r="W9" s="4"/>
       <c r="X9" s="4"/>
       <c r="Y9" s="4"/>
@@ -4249,78 +3751,54 @@
       <c r="EB9" s="4"/>
       <c r="EC9" s="4"/>
       <c r="ED9" s="4"/>
       <c r="EE9" s="4"/>
       <c r="EF9" s="4"/>
       <c r="EG9" s="4"/>
       <c r="EH9" s="4"/>
       <c r="EI9" s="4"/>
       <c r="EJ9" s="4"/>
       <c r="EK9" s="4"/>
       <c r="EL9" s="4"/>
       <c r="EM9" s="4"/>
       <c r="EN9" s="4"/>
       <c r="EO9" s="4"/>
       <c r="EP9" s="4"/>
       <c r="EQ9" s="4"/>
       <c r="ER9" s="4"/>
       <c r="ES9" s="4"/>
       <c r="ET9" s="4"/>
       <c r="EU9" s="4"/>
       <c r="EV9" s="4"/>
       <c r="EW9" s="4"/>
       <c r="EX9" s="4"/>
       <c r="EY9" s="4"/>
       <c r="EZ9" s="4"/>
-      <c r="FA9" s="4"/>
-[...22 lines deleted...]
-      <c r="FX9" s="4"/>
     </row>
-    <row r="10" spans="1:180">
+    <row r="10" spans="1:156">
       <c r="A10" s="2" t="s">
-        <v>190</v>
+        <v>163</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
       <c r="V10" s="2"/>
       <c r="W10" s="2"/>
       <c r="X10" s="2"/>
       <c r="Y10" s="2"/>
@@ -4433,78 +3911,54 @@
       <c r="EB10" s="2"/>
       <c r="EC10" s="2"/>
       <c r="ED10" s="2"/>
       <c r="EE10" s="2"/>
       <c r="EF10" s="2"/>
       <c r="EG10" s="2"/>
       <c r="EH10" s="2"/>
       <c r="EI10" s="2"/>
       <c r="EJ10" s="2"/>
       <c r="EK10" s="2"/>
       <c r="EL10" s="2"/>
       <c r="EM10" s="2"/>
       <c r="EN10" s="2"/>
       <c r="EO10" s="2"/>
       <c r="EP10" s="2"/>
       <c r="EQ10" s="2"/>
       <c r="ER10" s="2"/>
       <c r="ES10" s="2"/>
       <c r="ET10" s="2"/>
       <c r="EU10" s="2"/>
       <c r="EV10" s="2"/>
       <c r="EW10" s="2"/>
       <c r="EX10" s="2"/>
       <c r="EY10" s="2"/>
       <c r="EZ10" s="2"/>
-      <c r="FA10" s="2"/>
-[...22 lines deleted...]
-      <c r="FX10" s="2"/>
     </row>
-    <row r="11" spans="1:180">
+    <row r="11" spans="1:156">
       <c r="A11" s="3" t="s">
-        <v>180</v>
+        <v>156</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
@@ -4617,620 +4071,524 @@
       <c r="EB11" s="3"/>
       <c r="EC11" s="3"/>
       <c r="ED11" s="3"/>
       <c r="EE11" s="3"/>
       <c r="EF11" s="3"/>
       <c r="EG11" s="3"/>
       <c r="EH11" s="3"/>
       <c r="EI11" s="3"/>
       <c r="EJ11" s="3"/>
       <c r="EK11" s="3"/>
       <c r="EL11" s="3"/>
       <c r="EM11" s="3"/>
       <c r="EN11" s="3"/>
       <c r="EO11" s="3"/>
       <c r="EP11" s="3"/>
       <c r="EQ11" s="3"/>
       <c r="ER11" s="3"/>
       <c r="ES11" s="3"/>
       <c r="ET11" s="3"/>
       <c r="EU11" s="3"/>
       <c r="EV11" s="3"/>
       <c r="EW11" s="3"/>
       <c r="EX11" s="3"/>
       <c r="EY11" s="3"/>
       <c r="EZ11" s="3"/>
-      <c r="FA11" s="3"/>
-[...22 lines deleted...]
-      <c r="FX11" s="3"/>
     </row>
-    <row r="12" spans="1:180">
+    <row r="12" spans="1:156">
       <c r="A12" t="s">
-        <v>181</v>
+        <v>157</v>
       </c>
       <c r="B12" t="s">
-        <v>191</v>
+        <v>164</v>
       </c>
       <c r="C12" t="s">
-        <v>191</v>
+        <v>164</v>
       </c>
       <c r="D12" t="s">
-        <v>191</v>
+        <v>164</v>
       </c>
       <c r="E12" t="s">
-        <v>191</v>
+        <v>164</v>
       </c>
       <c r="F12" t="s">
-        <v>191</v>
+        <v>164</v>
       </c>
       <c r="G12" t="s">
-        <v>191</v>
+        <v>164</v>
       </c>
       <c r="H12" t="s">
-        <v>191</v>
+        <v>164</v>
       </c>
       <c r="I12" t="s">
-        <v>191</v>
+        <v>164</v>
       </c>
       <c r="J12" t="s">
-        <v>191</v>
+        <v>164</v>
       </c>
       <c r="K12" t="s">
-        <v>191</v>
+        <v>164</v>
       </c>
       <c r="L12" t="s">
-        <v>191</v>
+        <v>164</v>
       </c>
       <c r="M12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="N12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="O12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="P12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="Q12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="R12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="S12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="T12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="U12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="V12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="W12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="X12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="Y12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="Z12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AA12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AB12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AC12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AD12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AE12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AF12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AG12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AH12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AI12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AJ12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AK12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AL12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AM12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AN12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AO12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AP12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AQ12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AR12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AS12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AT12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AU12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AV12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AW12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AX12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AY12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="AZ12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BA12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BB12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BC12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BD12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BE12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BF12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BG12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BH12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BI12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BJ12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BK12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BL12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BM12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BN12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BO12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BP12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BQ12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BR12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BS12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BT12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BU12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BV12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BW12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BX12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BY12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="BZ12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CA12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CB12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CC12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CD12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CE12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CF12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CG12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CH12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CI12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CJ12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CK12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CL12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CM12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CN12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CO12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CP12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CQ12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CR12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CS12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CT12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CU12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CV12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CW12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CX12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CY12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="CZ12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DA12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DB12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DC12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DD12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DE12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DF12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DG12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DH12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DI12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DJ12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DK12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DL12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DM12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DN12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DO12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DP12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DQ12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DR12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DS12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DT12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DU12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DV12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DW12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DX12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DY12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="DZ12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EA12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EB12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EC12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="ED12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EE12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EF12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EG12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EH12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EI12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EJ12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EK12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EL12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EM12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EN12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EO12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EP12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EQ12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="ER12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="ES12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="ET12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EU12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EV12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EW12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EX12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EY12" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="EZ12" t="s">
-        <v>192</v>
-[...71 lines deleted...]
-        <v>192</v>
+        <v>164</v>
       </c>
     </row>
-    <row r="13" spans="1:180">
+    <row r="13" spans="1:156">
       <c r="A13" s="3" t="s">
-        <v>193</v>
+        <v>165</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
       <c r="P13" s="3"/>
       <c r="Q13" s="3"/>
       <c r="R13" s="3"/>
       <c r="S13" s="3"/>
       <c r="T13" s="3"/>
       <c r="U13" s="3"/>
       <c r="V13" s="3"/>
       <c r="W13" s="3"/>
       <c r="X13" s="3"/>
       <c r="Y13" s="3"/>
@@ -5343,620 +4701,524 @@
       <c r="EB13" s="3"/>
       <c r="EC13" s="3"/>
       <c r="ED13" s="3"/>
       <c r="EE13" s="3"/>
       <c r="EF13" s="3"/>
       <c r="EG13" s="3"/>
       <c r="EH13" s="3"/>
       <c r="EI13" s="3"/>
       <c r="EJ13" s="3"/>
       <c r="EK13" s="3"/>
       <c r="EL13" s="3"/>
       <c r="EM13" s="3"/>
       <c r="EN13" s="3"/>
       <c r="EO13" s="3"/>
       <c r="EP13" s="3"/>
       <c r="EQ13" s="3"/>
       <c r="ER13" s="3"/>
       <c r="ES13" s="3"/>
       <c r="ET13" s="3"/>
       <c r="EU13" s="3"/>
       <c r="EV13" s="3"/>
       <c r="EW13" s="3"/>
       <c r="EX13" s="3"/>
       <c r="EY13" s="3"/>
       <c r="EZ13" s="3"/>
-      <c r="FA13" s="3"/>
-[...22 lines deleted...]
-      <c r="FX13" s="3"/>
     </row>
-    <row r="14" spans="1:180">
+    <row r="14" spans="1:156">
       <c r="A14" t="s">
-        <v>181</v>
+        <v>157</v>
       </c>
       <c r="B14" t="s">
-        <v>194</v>
+        <v>166</v>
       </c>
       <c r="C14" t="s">
-        <v>194</v>
+        <v>166</v>
       </c>
       <c r="D14" t="s">
-        <v>194</v>
+        <v>166</v>
       </c>
       <c r="E14" t="s">
-        <v>194</v>
+        <v>166</v>
       </c>
       <c r="F14" t="s">
-        <v>194</v>
+        <v>166</v>
       </c>
       <c r="G14" t="s">
-        <v>194</v>
+        <v>166</v>
       </c>
       <c r="H14" t="s">
-        <v>194</v>
+        <v>166</v>
       </c>
       <c r="I14" t="s">
-        <v>194</v>
+        <v>166</v>
       </c>
       <c r="J14" t="s">
-        <v>194</v>
+        <v>166</v>
       </c>
       <c r="K14" t="s">
-        <v>194</v>
+        <v>166</v>
       </c>
       <c r="L14" t="s">
-        <v>194</v>
+        <v>166</v>
       </c>
       <c r="M14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="N14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="O14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="P14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="Q14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="R14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="S14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="T14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="U14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="V14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="W14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="X14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="Y14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="Z14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AA14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AB14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AC14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AD14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AE14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AF14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AG14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AH14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AI14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AJ14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AK14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AL14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AM14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AN14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AO14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AP14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AQ14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AR14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AS14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AT14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AU14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AV14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AW14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AX14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AY14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="AZ14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BA14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BB14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BC14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BD14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BE14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BF14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BG14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BH14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BI14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BJ14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BK14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BL14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BM14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BN14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BO14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BP14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BQ14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BR14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BS14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BT14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BU14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BV14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BW14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BX14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BY14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="BZ14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CA14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CB14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CC14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CD14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CE14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CF14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CG14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CH14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CI14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CJ14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CK14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CL14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CM14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CN14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CO14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CP14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CQ14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CR14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CS14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CT14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CU14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CV14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CW14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CX14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CY14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="CZ14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DA14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DB14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DC14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DD14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DE14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DF14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DG14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DH14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DI14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DJ14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DK14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DL14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DM14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DN14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DO14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DP14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DQ14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DR14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DS14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DT14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DU14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DV14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DW14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DX14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DY14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="DZ14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EA14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EB14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EC14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="ED14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EE14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EF14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EG14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EH14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EI14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EJ14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EK14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EL14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EM14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EN14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EO14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EP14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EQ14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="ER14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="ES14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="ET14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EU14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EV14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EW14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EX14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EY14" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="EZ14" t="s">
-        <v>195</v>
-[...71 lines deleted...]
-        <v>195</v>
+        <v>166</v>
       </c>
     </row>
-    <row r="15" spans="1:180">
+    <row r="15" spans="1:156">
       <c r="A15" s="3" t="s">
-        <v>196</v>
+        <v>167</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3"/>
       <c r="X15" s="3"/>
       <c r="Y15" s="3"/>
@@ -6069,620 +5331,524 @@
       <c r="EB15" s="3"/>
       <c r="EC15" s="3"/>
       <c r="ED15" s="3"/>
       <c r="EE15" s="3"/>
       <c r="EF15" s="3"/>
       <c r="EG15" s="3"/>
       <c r="EH15" s="3"/>
       <c r="EI15" s="3"/>
       <c r="EJ15" s="3"/>
       <c r="EK15" s="3"/>
       <c r="EL15" s="3"/>
       <c r="EM15" s="3"/>
       <c r="EN15" s="3"/>
       <c r="EO15" s="3"/>
       <c r="EP15" s="3"/>
       <c r="EQ15" s="3"/>
       <c r="ER15" s="3"/>
       <c r="ES15" s="3"/>
       <c r="ET15" s="3"/>
       <c r="EU15" s="3"/>
       <c r="EV15" s="3"/>
       <c r="EW15" s="3"/>
       <c r="EX15" s="3"/>
       <c r="EY15" s="3"/>
       <c r="EZ15" s="3"/>
-      <c r="FA15" s="3"/>
-[...22 lines deleted...]
-      <c r="FX15" s="3"/>
     </row>
-    <row r="16" spans="1:180">
+    <row r="16" spans="1:156">
       <c r="A16" t="s">
-        <v>181</v>
+        <v>157</v>
       </c>
       <c r="B16" t="s">
-        <v>197</v>
+        <v>168</v>
       </c>
       <c r="C16" t="s">
-        <v>197</v>
+        <v>168</v>
       </c>
       <c r="D16" t="s">
-        <v>197</v>
+        <v>168</v>
       </c>
       <c r="E16" t="s">
-        <v>197</v>
+        <v>168</v>
       </c>
       <c r="F16" t="s">
-        <v>197</v>
+        <v>168</v>
       </c>
       <c r="G16" t="s">
-        <v>197</v>
+        <v>168</v>
       </c>
       <c r="H16" t="s">
-        <v>197</v>
+        <v>168</v>
       </c>
       <c r="I16" t="s">
-        <v>197</v>
+        <v>168</v>
       </c>
       <c r="J16" t="s">
-        <v>197</v>
+        <v>168</v>
       </c>
       <c r="K16" t="s">
-        <v>197</v>
+        <v>168</v>
       </c>
       <c r="L16" t="s">
-        <v>197</v>
+        <v>168</v>
       </c>
       <c r="M16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="N16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="O16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="P16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="Q16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="R16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="S16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="T16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="U16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="V16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="W16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="X16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="Y16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="Z16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AA16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AB16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AC16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AD16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AE16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AF16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AG16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AH16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AI16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AJ16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AK16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AL16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AM16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AN16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AO16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AP16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AQ16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AR16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AS16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AT16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AU16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AV16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AW16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AX16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AY16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="AZ16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BA16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BB16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BC16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BD16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BE16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BF16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BG16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BH16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BI16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BJ16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BK16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BL16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BM16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BN16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BO16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BP16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BQ16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BR16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BS16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BT16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BU16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BV16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BW16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BX16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BY16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="BZ16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CA16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CB16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CC16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CD16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CE16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CF16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CG16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CH16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CI16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CJ16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CK16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CL16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CM16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CN16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CO16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CP16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CQ16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CR16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CS16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CT16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CU16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CV16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CW16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CX16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CY16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="CZ16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DA16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DB16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DC16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DD16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DE16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DF16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DG16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DH16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DI16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DJ16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DK16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DL16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DM16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DN16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DO16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DP16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DQ16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DR16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DS16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DT16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DU16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DV16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DW16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DX16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DY16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="DZ16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EA16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EB16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EC16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="ED16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EE16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EF16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EG16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EH16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EI16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EJ16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EK16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EL16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EM16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EN16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EO16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EP16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EQ16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="ER16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="ES16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="ET16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EU16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EV16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EW16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EX16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EY16" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="EZ16" t="s">
-        <v>198</v>
-[...71 lines deleted...]
-        <v>198</v>
+        <v>168</v>
       </c>
     </row>
-    <row r="18" spans="1:180">
+    <row r="18" spans="1:156">
       <c r="A18" s="1" t="s">
-        <v>199</v>
+        <v>169</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
@@ -6795,84 +5961,60 @@
       <c r="EB18" s="1"/>
       <c r="EC18" s="1"/>
       <c r="ED18" s="1"/>
       <c r="EE18" s="1"/>
       <c r="EF18" s="1"/>
       <c r="EG18" s="1"/>
       <c r="EH18" s="1"/>
       <c r="EI18" s="1"/>
       <c r="EJ18" s="1"/>
       <c r="EK18" s="1"/>
       <c r="EL18" s="1"/>
       <c r="EM18" s="1"/>
       <c r="EN18" s="1"/>
       <c r="EO18" s="1"/>
       <c r="EP18" s="1"/>
       <c r="EQ18" s="1"/>
       <c r="ER18" s="1"/>
       <c r="ES18" s="1"/>
       <c r="ET18" s="1"/>
       <c r="EU18" s="1"/>
       <c r="EV18" s="1"/>
       <c r="EW18" s="1"/>
       <c r="EX18" s="1"/>
       <c r="EY18" s="1"/>
       <c r="EZ18" s="1"/>
-      <c r="FA18" s="1"/>
-[...22 lines deleted...]
-      <c r="FX18" s="1"/>
     </row>
-    <row r="19" spans="1:180">
+    <row r="19" spans="1:156">
       <c r="A19" t="s">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A19:FX19"/>
+    <mergeCell ref="A19:EZ19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>