--- v2 (2026-01-20)
+++ v3 (2026-03-15)
@@ -12,126 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="2816-nizhegorodskie-prost..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
-[...74 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
   <si>
     <t>17.03.2026</t>
   </si>
   <si>
     <t>19.03.2026</t>
   </si>
   <si>
     <t>21.03.2026</t>
   </si>
   <si>
     <t>24.03.2026</t>
   </si>
   <si>
     <t>26.03.2026</t>
   </si>
   <si>
     <t>28.03.2026</t>
   </si>
   <si>
     <t>31.03.2026</t>
   </si>
   <si>
     <t>02.04.2026</t>
   </si>
   <si>
@@ -524,51 +449,51 @@
   <si>
     <t>14400 RUB</t>
   </si>
   <si>
     <t>«CORT INN 4*»</t>
   </si>
   <si>
     <t>23950 RUB</t>
   </si>
   <si>
     <t>Двухместный номер для одного человека</t>
   </si>
   <si>
     <t>19250 RUB</t>
   </si>
   <si>
     <t>Трехместный номер для одного человека</t>
   </si>
   <si>
     <t>18250 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 20.01.2026 09:33, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 15.03.2026 09:38, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -910,54 +835,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:EZ19"/>
+  <dimension ref="A1:EA19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A18" sqref="A18:EZ18"/>
+      <selection activeCell="A18" sqref="A18:EA18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="44.703369" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -1049,78 +974,53 @@
     <col min="107" max="107" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="108" max="108" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="110" max="110" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="112" max="112" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="114" max="114" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="115" max="115" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="116" max="116" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="117" max="117" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="118" max="118" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="119" max="119" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="120" max="120" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="121" max="121" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="122" max="122" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="123" max="123" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="124" max="124" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="125" max="125" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="126" max="126" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="127" max="127" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="128" max="128" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="129" max="129" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="130" max="130" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="131" max="131" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="132" max="132" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...23 lines deleted...]
-    <col min="156" max="156" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:156">
+    <row r="1" spans="1:131">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -1468,129 +1368,54 @@
       </c>
       <c r="DT1" s="1" t="s">
         <v>122</v>
       </c>
       <c r="DU1" s="1" t="s">
         <v>123</v>
       </c>
       <c r="DV1" s="1" t="s">
         <v>124</v>
       </c>
       <c r="DW1" s="1" t="s">
         <v>125</v>
       </c>
       <c r="DX1" s="1" t="s">
         <v>126</v>
       </c>
       <c r="DY1" s="1" t="s">
         <v>127</v>
       </c>
       <c r="DZ1" s="1" t="s">
         <v>128</v>
       </c>
       <c r="EA1" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="EB1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:131">
+      <c r="A2" s="2" t="s">
         <v>130</v>
-      </c>
-[...75 lines deleted...]
-        <v>155</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
@@ -1678,79 +1503,54 @@
       <c r="DC2" s="2"/>
       <c r="DD2" s="2"/>
       <c r="DE2" s="2"/>
       <c r="DF2" s="2"/>
       <c r="DG2" s="2"/>
       <c r="DH2" s="2"/>
       <c r="DI2" s="2"/>
       <c r="DJ2" s="2"/>
       <c r="DK2" s="2"/>
       <c r="DL2" s="2"/>
       <c r="DM2" s="2"/>
       <c r="DN2" s="2"/>
       <c r="DO2" s="2"/>
       <c r="DP2" s="2"/>
       <c r="DQ2" s="2"/>
       <c r="DR2" s="2"/>
       <c r="DS2" s="2"/>
       <c r="DT2" s="2"/>
       <c r="DU2" s="2"/>
       <c r="DV2" s="2"/>
       <c r="DW2" s="2"/>
       <c r="DX2" s="2"/>
       <c r="DY2" s="2"/>
       <c r="DZ2" s="2"/>
       <c r="EA2" s="2"/>
-      <c r="EB2" s="2"/>
-[...23 lines deleted...]
-      <c r="EZ2" s="2"/>
     </row>
-    <row r="3" spans="1:156">
+    <row r="3" spans="1:131">
       <c r="A3" s="3" t="s">
-        <v>156</v>
+        <v>131</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -1838,549 +1638,449 @@
       <c r="DC3" s="3"/>
       <c r="DD3" s="3"/>
       <c r="DE3" s="3"/>
       <c r="DF3" s="3"/>
       <c r="DG3" s="3"/>
       <c r="DH3" s="3"/>
       <c r="DI3" s="3"/>
       <c r="DJ3" s="3"/>
       <c r="DK3" s="3"/>
       <c r="DL3" s="3"/>
       <c r="DM3" s="3"/>
       <c r="DN3" s="3"/>
       <c r="DO3" s="3"/>
       <c r="DP3" s="3"/>
       <c r="DQ3" s="3"/>
       <c r="DR3" s="3"/>
       <c r="DS3" s="3"/>
       <c r="DT3" s="3"/>
       <c r="DU3" s="3"/>
       <c r="DV3" s="3"/>
       <c r="DW3" s="3"/>
       <c r="DX3" s="3"/>
       <c r="DY3" s="3"/>
       <c r="DZ3" s="3"/>
       <c r="EA3" s="3"/>
-      <c r="EB3" s="3"/>
-[...23 lines deleted...]
-      <c r="EZ3" s="3"/>
     </row>
-    <row r="4" spans="1:156">
+    <row r="4" spans="1:131">
       <c r="A4" t="s">
-        <v>157</v>
+        <v>132</v>
       </c>
       <c r="B4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="C4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="D4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="E4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="F4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="G4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="H4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="I4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="J4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="K4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="L4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="M4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="N4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="O4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="P4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="Q4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="R4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="S4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="T4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="U4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="V4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="W4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="X4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="Y4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="Z4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AA4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AB4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AC4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AD4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AE4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AF4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AG4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AH4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AI4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AJ4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AK4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AL4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AM4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AN4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AO4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AP4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AQ4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AR4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AS4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AT4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AU4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AV4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AW4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AX4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AY4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AZ4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BA4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BB4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BC4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BD4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BE4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BF4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BG4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BH4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BI4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BJ4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BK4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BL4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BM4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BN4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BO4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BP4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BQ4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BR4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BS4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BT4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BU4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BV4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BW4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BX4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BY4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="BZ4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CA4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CB4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CC4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CD4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CE4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CF4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CG4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CH4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CI4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CJ4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CK4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CL4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CM4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CN4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CO4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CP4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CQ4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CR4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CS4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CT4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CU4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CV4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CW4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CX4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CY4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="CZ4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DA4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DB4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DC4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DD4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DE4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DF4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DG4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DH4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DI4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DJ4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DK4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DL4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DM4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DN4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DO4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DP4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DQ4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DR4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DS4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DT4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DU4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DV4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DW4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DX4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DY4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="DZ4" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="EA4" t="s">
-        <v>158</v>
-[...74 lines deleted...]
-        <v>158</v>
+        <v>133</v>
       </c>
     </row>
-    <row r="5" spans="1:156">
+    <row r="5" spans="1:131">
       <c r="A5" s="3" t="s">
-        <v>159</v>
+        <v>134</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="3"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
@@ -2468,549 +2168,449 @@
       <c r="DC5" s="3"/>
       <c r="DD5" s="3"/>
       <c r="DE5" s="3"/>
       <c r="DF5" s="3"/>
       <c r="DG5" s="3"/>
       <c r="DH5" s="3"/>
       <c r="DI5" s="3"/>
       <c r="DJ5" s="3"/>
       <c r="DK5" s="3"/>
       <c r="DL5" s="3"/>
       <c r="DM5" s="3"/>
       <c r="DN5" s="3"/>
       <c r="DO5" s="3"/>
       <c r="DP5" s="3"/>
       <c r="DQ5" s="3"/>
       <c r="DR5" s="3"/>
       <c r="DS5" s="3"/>
       <c r="DT5" s="3"/>
       <c r="DU5" s="3"/>
       <c r="DV5" s="3"/>
       <c r="DW5" s="3"/>
       <c r="DX5" s="3"/>
       <c r="DY5" s="3"/>
       <c r="DZ5" s="3"/>
       <c r="EA5" s="3"/>
-      <c r="EB5" s="3"/>
-[...23 lines deleted...]
-      <c r="EZ5" s="3"/>
     </row>
-    <row r="6" spans="1:156">
+    <row r="6" spans="1:131">
       <c r="A6" t="s">
-        <v>157</v>
+        <v>132</v>
       </c>
       <c r="B6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="C6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="D6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="E6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="F6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="G6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="H6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="I6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="J6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="K6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="L6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="M6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="N6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="O6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="P6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="Q6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="R6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="S6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="T6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="U6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="V6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="W6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="X6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="Y6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="Z6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AA6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AB6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AC6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AD6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AE6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AF6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AG6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AH6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AI6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AJ6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AK6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AL6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AM6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AN6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AO6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AP6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AQ6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AR6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AS6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AT6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AU6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AV6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AW6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AX6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AY6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="AZ6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BA6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BB6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BC6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BD6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BE6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BF6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BG6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BH6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BI6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BJ6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BK6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BL6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BM6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BN6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BO6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BP6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BQ6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BR6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BS6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BT6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BU6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BV6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BW6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BX6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BY6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="BZ6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CA6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CB6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CC6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CD6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CE6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CF6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CG6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CH6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CI6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CJ6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CK6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CL6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CM6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CN6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CO6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CP6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CQ6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CR6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CS6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CT6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CU6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CV6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CW6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CX6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CY6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="CZ6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DA6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DB6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DC6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DD6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DE6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DF6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DG6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DH6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DI6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DJ6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DK6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DL6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DM6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DN6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DO6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DP6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DQ6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DR6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DS6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DT6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DU6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DV6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DW6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DX6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DY6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="DZ6" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="EA6" t="s">
-        <v>160</v>
-[...74 lines deleted...]
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
-    <row r="7" spans="1:156">
+    <row r="7" spans="1:131">
       <c r="A7" s="3" t="s">
-        <v>161</v>
+        <v>136</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
@@ -3098,547 +2698,447 @@
       <c r="DC7" s="3"/>
       <c r="DD7" s="3"/>
       <c r="DE7" s="3"/>
       <c r="DF7" s="3"/>
       <c r="DG7" s="3"/>
       <c r="DH7" s="3"/>
       <c r="DI7" s="3"/>
       <c r="DJ7" s="3"/>
       <c r="DK7" s="3"/>
       <c r="DL7" s="3"/>
       <c r="DM7" s="3"/>
       <c r="DN7" s="3"/>
       <c r="DO7" s="3"/>
       <c r="DP7" s="3"/>
       <c r="DQ7" s="3"/>
       <c r="DR7" s="3"/>
       <c r="DS7" s="3"/>
       <c r="DT7" s="3"/>
       <c r="DU7" s="3"/>
       <c r="DV7" s="3"/>
       <c r="DW7" s="3"/>
       <c r="DX7" s="3"/>
       <c r="DY7" s="3"/>
       <c r="DZ7" s="3"/>
       <c r="EA7" s="3"/>
-      <c r="EB7" s="3"/>
-[...23 lines deleted...]
-      <c r="EZ7" s="3"/>
     </row>
-    <row r="8" spans="1:156">
+    <row r="8" spans="1:131">
       <c r="A8" t="s">
-        <v>157</v>
+        <v>132</v>
       </c>
       <c r="B8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="C8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="D8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="E8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="F8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="G8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="H8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="I8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="J8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="K8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="L8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="M8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="N8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="O8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="P8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="Q8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="R8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="S8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="T8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="U8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="V8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="W8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="X8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="Y8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="Z8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AA8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AB8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AC8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AD8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AE8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AF8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AG8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AH8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AI8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AJ8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AK8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AL8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AM8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AN8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AO8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AP8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AQ8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AR8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AS8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AT8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AU8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AV8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AW8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AX8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AY8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="AZ8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BA8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BB8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BC8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BD8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BE8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BF8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BG8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BH8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BI8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BJ8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BK8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BL8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BM8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BN8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BO8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BP8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BQ8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BR8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BS8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BT8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BU8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BV8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BW8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BX8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BY8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="BZ8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CA8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CB8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CC8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CD8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CE8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CF8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CG8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CH8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CI8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CJ8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CK8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CL8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CM8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CN8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CO8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CP8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CQ8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CR8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CS8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CT8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CU8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CV8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CW8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CX8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CY8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="CZ8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DA8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DB8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DC8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DD8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DE8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DF8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DG8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DH8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DI8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DJ8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DK8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DL8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DM8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DN8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DO8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DP8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DQ8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DR8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DS8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DT8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DU8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DV8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DW8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DX8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DY8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="DZ8" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="EA8" t="s">
-        <v>162</v>
-[...74 lines deleted...]
-        <v>162</v>
+        <v>137</v>
       </c>
     </row>
-    <row r="9" spans="1:156">
+    <row r="9" spans="1:131">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
       <c r="R9" s="4"/>
       <c r="S9" s="4"/>
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
       <c r="V9" s="4"/>
       <c r="W9" s="4"/>
       <c r="X9" s="4"/>
       <c r="Y9" s="4"/>
@@ -3726,79 +3226,54 @@
       <c r="DC9" s="4"/>
       <c r="DD9" s="4"/>
       <c r="DE9" s="4"/>
       <c r="DF9" s="4"/>
       <c r="DG9" s="4"/>
       <c r="DH9" s="4"/>
       <c r="DI9" s="4"/>
       <c r="DJ9" s="4"/>
       <c r="DK9" s="4"/>
       <c r="DL9" s="4"/>
       <c r="DM9" s="4"/>
       <c r="DN9" s="4"/>
       <c r="DO9" s="4"/>
       <c r="DP9" s="4"/>
       <c r="DQ9" s="4"/>
       <c r="DR9" s="4"/>
       <c r="DS9" s="4"/>
       <c r="DT9" s="4"/>
       <c r="DU9" s="4"/>
       <c r="DV9" s="4"/>
       <c r="DW9" s="4"/>
       <c r="DX9" s="4"/>
       <c r="DY9" s="4"/>
       <c r="DZ9" s="4"/>
       <c r="EA9" s="4"/>
-      <c r="EB9" s="4"/>
-[...23 lines deleted...]
-      <c r="EZ9" s="4"/>
     </row>
-    <row r="10" spans="1:156">
+    <row r="10" spans="1:131">
       <c r="A10" s="2" t="s">
-        <v>163</v>
+        <v>138</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
       <c r="V10" s="2"/>
       <c r="W10" s="2"/>
       <c r="X10" s="2"/>
       <c r="Y10" s="2"/>
@@ -3886,79 +3361,54 @@
       <c r="DC10" s="2"/>
       <c r="DD10" s="2"/>
       <c r="DE10" s="2"/>
       <c r="DF10" s="2"/>
       <c r="DG10" s="2"/>
       <c r="DH10" s="2"/>
       <c r="DI10" s="2"/>
       <c r="DJ10" s="2"/>
       <c r="DK10" s="2"/>
       <c r="DL10" s="2"/>
       <c r="DM10" s="2"/>
       <c r="DN10" s="2"/>
       <c r="DO10" s="2"/>
       <c r="DP10" s="2"/>
       <c r="DQ10" s="2"/>
       <c r="DR10" s="2"/>
       <c r="DS10" s="2"/>
       <c r="DT10" s="2"/>
       <c r="DU10" s="2"/>
       <c r="DV10" s="2"/>
       <c r="DW10" s="2"/>
       <c r="DX10" s="2"/>
       <c r="DY10" s="2"/>
       <c r="DZ10" s="2"/>
       <c r="EA10" s="2"/>
-      <c r="EB10" s="2"/>
-[...23 lines deleted...]
-      <c r="EZ10" s="2"/>
     </row>
-    <row r="11" spans="1:156">
+    <row r="11" spans="1:131">
       <c r="A11" s="3" t="s">
-        <v>156</v>
+        <v>131</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
@@ -4046,549 +3496,449 @@
       <c r="DC11" s="3"/>
       <c r="DD11" s="3"/>
       <c r="DE11" s="3"/>
       <c r="DF11" s="3"/>
       <c r="DG11" s="3"/>
       <c r="DH11" s="3"/>
       <c r="DI11" s="3"/>
       <c r="DJ11" s="3"/>
       <c r="DK11" s="3"/>
       <c r="DL11" s="3"/>
       <c r="DM11" s="3"/>
       <c r="DN11" s="3"/>
       <c r="DO11" s="3"/>
       <c r="DP11" s="3"/>
       <c r="DQ11" s="3"/>
       <c r="DR11" s="3"/>
       <c r="DS11" s="3"/>
       <c r="DT11" s="3"/>
       <c r="DU11" s="3"/>
       <c r="DV11" s="3"/>
       <c r="DW11" s="3"/>
       <c r="DX11" s="3"/>
       <c r="DY11" s="3"/>
       <c r="DZ11" s="3"/>
       <c r="EA11" s="3"/>
-      <c r="EB11" s="3"/>
-[...23 lines deleted...]
-      <c r="EZ11" s="3"/>
     </row>
-    <row r="12" spans="1:156">
+    <row r="12" spans="1:131">
       <c r="A12" t="s">
-        <v>157</v>
+        <v>132</v>
       </c>
       <c r="B12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="C12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="D12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="E12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="F12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="G12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="H12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="I12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="J12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="K12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="L12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="M12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="N12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="O12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="P12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="Q12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="R12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="S12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="T12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="U12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="V12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="W12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="X12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="Y12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="Z12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AA12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AB12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AC12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AD12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AE12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AF12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AG12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AH12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AI12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AJ12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AK12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AL12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AM12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AN12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AO12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AP12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AQ12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AR12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AS12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AT12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AU12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AV12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AW12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AX12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AY12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="AZ12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BA12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BB12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BC12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BD12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BE12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BF12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BG12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BH12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BI12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BJ12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BK12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BL12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BM12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BN12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BO12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BP12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BQ12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BR12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BS12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BT12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BU12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BV12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BW12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BX12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BY12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="BZ12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CA12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CB12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CC12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CD12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CE12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CF12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CG12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CH12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CI12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CJ12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CK12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CL12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CM12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CN12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CO12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CP12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CQ12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CR12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CS12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CT12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CU12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CV12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CW12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CX12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CY12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="CZ12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DA12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DB12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DC12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DD12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DE12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DF12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DG12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DH12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DI12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DJ12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DK12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DL12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DM12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DN12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DO12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DP12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DQ12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DR12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DS12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DT12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DU12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DV12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DW12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DX12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DY12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="DZ12" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="EA12" t="s">
-        <v>164</v>
-[...74 lines deleted...]
-        <v>164</v>
+        <v>139</v>
       </c>
     </row>
-    <row r="13" spans="1:156">
+    <row r="13" spans="1:131">
       <c r="A13" s="3" t="s">
-        <v>165</v>
+        <v>140</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
       <c r="P13" s="3"/>
       <c r="Q13" s="3"/>
       <c r="R13" s="3"/>
       <c r="S13" s="3"/>
       <c r="T13" s="3"/>
       <c r="U13" s="3"/>
       <c r="V13" s="3"/>
       <c r="W13" s="3"/>
       <c r="X13" s="3"/>
       <c r="Y13" s="3"/>
@@ -4676,549 +4026,449 @@
       <c r="DC13" s="3"/>
       <c r="DD13" s="3"/>
       <c r="DE13" s="3"/>
       <c r="DF13" s="3"/>
       <c r="DG13" s="3"/>
       <c r="DH13" s="3"/>
       <c r="DI13" s="3"/>
       <c r="DJ13" s="3"/>
       <c r="DK13" s="3"/>
       <c r="DL13" s="3"/>
       <c r="DM13" s="3"/>
       <c r="DN13" s="3"/>
       <c r="DO13" s="3"/>
       <c r="DP13" s="3"/>
       <c r="DQ13" s="3"/>
       <c r="DR13" s="3"/>
       <c r="DS13" s="3"/>
       <c r="DT13" s="3"/>
       <c r="DU13" s="3"/>
       <c r="DV13" s="3"/>
       <c r="DW13" s="3"/>
       <c r="DX13" s="3"/>
       <c r="DY13" s="3"/>
       <c r="DZ13" s="3"/>
       <c r="EA13" s="3"/>
-      <c r="EB13" s="3"/>
-[...23 lines deleted...]
-      <c r="EZ13" s="3"/>
     </row>
-    <row r="14" spans="1:156">
+    <row r="14" spans="1:131">
       <c r="A14" t="s">
-        <v>157</v>
+        <v>132</v>
       </c>
       <c r="B14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="C14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="D14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="E14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="F14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="G14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="H14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="I14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="J14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="K14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="L14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="M14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="N14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="O14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="P14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="Q14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="R14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="S14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="T14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="U14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="V14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="W14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="X14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="Y14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="Z14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AA14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AB14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AC14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AD14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AE14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AF14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AG14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AH14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AI14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AJ14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AK14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AL14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AM14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AN14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AO14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AP14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AQ14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AR14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AS14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AT14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AU14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AV14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AW14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AX14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AY14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="AZ14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BA14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BB14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BC14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BD14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BE14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BF14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BG14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BH14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BI14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BJ14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BK14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BL14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BM14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BN14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BO14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BP14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BQ14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BR14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BS14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BT14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BU14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BV14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BW14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BX14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BY14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="BZ14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CA14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CB14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CC14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CD14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CE14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CF14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CG14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CH14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CI14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CJ14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CK14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CL14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CM14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CN14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CO14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CP14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CQ14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CR14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CS14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CT14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CU14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CV14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CW14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CX14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CY14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="CZ14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DA14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DB14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DC14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DD14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DE14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DF14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DG14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DH14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DI14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DJ14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DK14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DL14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DM14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DN14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DO14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DP14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DQ14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DR14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DS14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DT14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DU14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DV14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DW14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DX14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DY14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="DZ14" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="EA14" t="s">
-        <v>166</v>
-[...74 lines deleted...]
-        <v>166</v>
+        <v>141</v>
       </c>
     </row>
-    <row r="15" spans="1:156">
+    <row r="15" spans="1:131">
       <c r="A15" s="3" t="s">
-        <v>167</v>
+        <v>142</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3"/>
       <c r="X15" s="3"/>
       <c r="Y15" s="3"/>
@@ -5306,549 +4556,449 @@
       <c r="DC15" s="3"/>
       <c r="DD15" s="3"/>
       <c r="DE15" s="3"/>
       <c r="DF15" s="3"/>
       <c r="DG15" s="3"/>
       <c r="DH15" s="3"/>
       <c r="DI15" s="3"/>
       <c r="DJ15" s="3"/>
       <c r="DK15" s="3"/>
       <c r="DL15" s="3"/>
       <c r="DM15" s="3"/>
       <c r="DN15" s="3"/>
       <c r="DO15" s="3"/>
       <c r="DP15" s="3"/>
       <c r="DQ15" s="3"/>
       <c r="DR15" s="3"/>
       <c r="DS15" s="3"/>
       <c r="DT15" s="3"/>
       <c r="DU15" s="3"/>
       <c r="DV15" s="3"/>
       <c r="DW15" s="3"/>
       <c r="DX15" s="3"/>
       <c r="DY15" s="3"/>
       <c r="DZ15" s="3"/>
       <c r="EA15" s="3"/>
-      <c r="EB15" s="3"/>
-[...23 lines deleted...]
-      <c r="EZ15" s="3"/>
     </row>
-    <row r="16" spans="1:156">
+    <row r="16" spans="1:131">
       <c r="A16" t="s">
-        <v>157</v>
+        <v>132</v>
       </c>
       <c r="B16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="C16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="D16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="E16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="F16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="G16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="H16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="I16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="J16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="K16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="L16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="M16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="N16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="O16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="P16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="Q16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="R16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="S16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="T16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="U16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="V16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="W16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="X16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="Y16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="Z16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AA16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AB16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AC16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AD16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AE16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AF16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AG16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AH16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AI16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AJ16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AK16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AL16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AM16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AN16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AO16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AP16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AQ16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AR16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AS16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AT16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AU16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AV16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AW16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AX16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AY16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="AZ16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BA16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BB16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BC16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BD16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BE16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BF16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BG16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BH16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BI16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BJ16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BK16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BL16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BM16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BN16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BO16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BP16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BQ16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BR16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BS16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BT16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BU16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BV16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BW16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BX16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BY16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="BZ16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CA16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CB16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CC16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CD16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CE16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CF16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CG16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CH16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CI16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CJ16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CK16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CL16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CM16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CN16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CO16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CP16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CQ16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CR16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CS16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CT16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CU16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CV16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CW16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CX16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CY16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="CZ16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DA16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DB16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DC16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DD16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DE16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DF16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DG16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DH16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DI16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DJ16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DK16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DL16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DM16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DN16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DO16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DP16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DQ16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DR16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DS16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DT16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DU16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DV16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DW16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DX16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DY16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="DZ16" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="EA16" t="s">
-        <v>168</v>
-[...74 lines deleted...]
-        <v>168</v>
+        <v>143</v>
       </c>
     </row>
-    <row r="18" spans="1:156">
+    <row r="18" spans="1:131">
       <c r="A18" s="1" t="s">
-        <v>169</v>
+        <v>144</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
@@ -5936,85 +5086,60 @@
       <c r="DC18" s="1"/>
       <c r="DD18" s="1"/>
       <c r="DE18" s="1"/>
       <c r="DF18" s="1"/>
       <c r="DG18" s="1"/>
       <c r="DH18" s="1"/>
       <c r="DI18" s="1"/>
       <c r="DJ18" s="1"/>
       <c r="DK18" s="1"/>
       <c r="DL18" s="1"/>
       <c r="DM18" s="1"/>
       <c r="DN18" s="1"/>
       <c r="DO18" s="1"/>
       <c r="DP18" s="1"/>
       <c r="DQ18" s="1"/>
       <c r="DR18" s="1"/>
       <c r="DS18" s="1"/>
       <c r="DT18" s="1"/>
       <c r="DU18" s="1"/>
       <c r="DV18" s="1"/>
       <c r="DW18" s="1"/>
       <c r="DX18" s="1"/>
       <c r="DY18" s="1"/>
       <c r="DZ18" s="1"/>
       <c r="EA18" s="1"/>
-      <c r="EB18" s="1"/>
-[...23 lines deleted...]
-      <c r="EZ18" s="1"/>
     </row>
-    <row r="19" spans="1:156">
+    <row r="19" spans="1:131">
       <c r="A19" t="s">
-        <v>170</v>
+        <v>145</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A19:EZ19"/>
+    <mergeCell ref="A19:EA19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>