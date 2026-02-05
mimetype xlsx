--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -12,134 +12,371 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3076-bolshoe-zolotoe-kolt..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
-[...7 lines deleted...]
-    <t>08.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+  <si>
+    <t>09.02.2026</t>
+  </si>
+  <si>
+    <t>23.02.2026</t>
+  </si>
+  <si>
+    <t>09.03.2026</t>
+  </si>
+  <si>
+    <t>21.03.2026</t>
+  </si>
+  <si>
+    <t>23.03.2026</t>
+  </si>
+  <si>
+    <t>28.03.2026</t>
+  </si>
+  <si>
+    <t>30.03.2026</t>
+  </si>
+  <si>
+    <t>04.04.2026</t>
+  </si>
+  <si>
+    <t>06.04.2026</t>
+  </si>
+  <si>
+    <t>13.04.2026</t>
+  </si>
+  <si>
+    <t>18.04.2026</t>
+  </si>
+  <si>
+    <t>20.04.2026</t>
+  </si>
+  <si>
+    <t>25.04.2026</t>
+  </si>
+  <si>
+    <t>27.04.2026</t>
+  </si>
+  <si>
+    <t>04.05.2026</t>
+  </si>
+  <si>
+    <t>11.05.2026</t>
+  </si>
+  <si>
+    <t>16.05.2026</t>
+  </si>
+  <si>
+    <t>18.05.2026</t>
+  </si>
+  <si>
+    <t>23.05.2026</t>
+  </si>
+  <si>
+    <t>25.05.2026</t>
+  </si>
+  <si>
+    <t>01.06.2026</t>
+  </si>
+  <si>
+    <t>06.06.2026</t>
+  </si>
+  <si>
+    <t>08.06.2026</t>
+  </si>
+  <si>
+    <t>13.06.2026</t>
+  </si>
+  <si>
+    <t>15.06.2026</t>
+  </si>
+  <si>
+    <t>20.06.2026</t>
+  </si>
+  <si>
+    <t>22.06.2026</t>
+  </si>
+  <si>
+    <t>27.06.2026</t>
+  </si>
+  <si>
+    <t>29.06.2026</t>
+  </si>
+  <si>
+    <t>04.07.2026</t>
+  </si>
+  <si>
+    <t>06.07.2026</t>
+  </si>
+  <si>
+    <t>11.07.2026</t>
+  </si>
+  <si>
+    <t>13.07.2026</t>
+  </si>
+  <si>
+    <t>18.07.2026</t>
+  </si>
+  <si>
+    <t>20.07.2026</t>
+  </si>
+  <si>
+    <t>25.07.2026</t>
+  </si>
+  <si>
+    <t>27.07.2026</t>
+  </si>
+  <si>
+    <t>01.08.2026</t>
+  </si>
+  <si>
+    <t>03.08.2026</t>
+  </si>
+  <si>
+    <t>08.08.2026</t>
+  </si>
+  <si>
+    <t>10.08.2026</t>
+  </si>
+  <si>
+    <t>15.08.2026</t>
+  </si>
+  <si>
+    <t>17.08.2026</t>
+  </si>
+  <si>
+    <t>22.08.2026</t>
+  </si>
+  <si>
+    <t>24.08.2026</t>
+  </si>
+  <si>
+    <t>29.08.2026</t>
+  </si>
+  <si>
+    <t>31.08.2026</t>
+  </si>
+  <si>
+    <t>05.09.2026</t>
+  </si>
+  <si>
+    <t>07.09.2026</t>
+  </si>
+  <si>
+    <t>12.09.2026</t>
+  </si>
+  <si>
+    <t>14.09.2026</t>
+  </si>
+  <si>
+    <t>19.09.2026</t>
+  </si>
+  <si>
+    <t>21.09.2026</t>
+  </si>
+  <si>
+    <t>26.09.2026</t>
+  </si>
+  <si>
+    <t>28.09.2026</t>
+  </si>
+  <si>
+    <t>03.10.2026</t>
+  </si>
+  <si>
+    <t>05.10.2026</t>
+  </si>
+  <si>
+    <t>10.10.2026</t>
+  </si>
+  <si>
+    <t>12.10.2026</t>
+  </si>
+  <si>
+    <t>17.10.2026</t>
+  </si>
+  <si>
+    <t>19.10.2026</t>
+  </si>
+  <si>
+    <t>24.10.2026</t>
+  </si>
+  <si>
+    <t>26.10.2026</t>
+  </si>
+  <si>
+    <t>31.10.2026</t>
+  </si>
+  <si>
+    <t>02.11.2026</t>
+  </si>
+  <si>
+    <t>16.11.2026</t>
+  </si>
+  <si>
+    <t>30.11.2026</t>
+  </si>
+  <si>
+    <t>14.12.2026</t>
   </si>
   <si>
     <t>Гостиница по программе тура</t>
   </si>
   <si>
     <t>2-х местный номер; питание BB (завтрак)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>44800 RUB</t>
+    <t>42390 RUB</t>
+  </si>
+  <si>
+    <t>48590 RUB</t>
+  </si>
+  <si>
+    <t>42990 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
-    <t>43400 RUB</t>
+    <t>40990 RUB</t>
+  </si>
+  <si>
+    <t>47190 RUB</t>
+  </si>
+  <si>
+    <t>51590 RUB</t>
   </si>
   <si>
     <t>2-х местный номер; питание HB (завтрак+обед)</t>
   </si>
   <si>
-    <t>48300 RUB</t>
-[...2 lines deleted...]
-    <t>46900 RUB</t>
+    <t>47990 RUB</t>
+  </si>
+  <si>
+    <t>54190 RUB</t>
+  </si>
+  <si>
+    <t>46590 RUB</t>
+  </si>
+  <si>
+    <t>52790 RUB</t>
   </si>
   <si>
     <t>2-х местный номер; питание FB (завтрак+обед+ужин)</t>
   </si>
   <si>
-    <t>51300 RUB</t>
-[...2 lines deleted...]
-    <t>49900 RUB</t>
+    <t>58990 RUB</t>
+  </si>
+  <si>
+    <t>53390 RUB</t>
+  </si>
+  <si>
+    <t>51390 RUB</t>
+  </si>
+  <si>
+    <t>57590 RUB</t>
+  </si>
+  <si>
+    <t>51990 RUB</t>
   </si>
   <si>
     <t>1-местный номер; питание BB (завтрак)</t>
   </si>
   <si>
-    <t>56090 RUB</t>
+    <t>53680 RUB</t>
+  </si>
+  <si>
+    <t>59880 RUB</t>
+  </si>
+  <si>
+    <t>54280 RUB</t>
   </si>
   <si>
     <t>1-местный номер; питание HB (завтрак+обед)</t>
   </si>
   <si>
-    <t>59590 RUB</t>
+    <t>59280 RUB</t>
+  </si>
+  <si>
+    <t>65480 RUB</t>
   </si>
   <si>
     <t>1-местный номер; питание FB (завтрак+обед+ужин)</t>
   </si>
   <si>
-    <t>62590 RUB</t>
+    <t>64080 RUB</t>
+  </si>
+  <si>
+    <t>70280 RUB</t>
+  </si>
+  <si>
+    <t>64680 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Доп.экскурсии Большое Золотое Кольцо</t>
   </si>
   <si>
-    <t>2700 RUB</t>
+    <t>3000 RUB</t>
   </si>
   <si>
     <t>Выбор места в автобусе</t>
   </si>
   <si>
     <t>3430 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 31.10.2025 07:17, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 05.02.2026 01:10, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -481,305 +718,2970 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D24"/>
+  <dimension ref="A1:BQ24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A23" sqref="A23:D23"/>
+      <selection activeCell="A23" sqref="A23:BQ23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.842773" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="47" max="47" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="65" max="65" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
+    <row r="1" spans="1:69">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
+      <c r="E1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="R1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="S1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="T1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="U1" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="V1" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="W1" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="X1" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y1" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="Z1" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="AA1" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="AB1" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="AC1" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="AD1" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="AE1" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AF1" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="AG1" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AH1" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AI1" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AJ1" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="AK1" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="AL1" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM1" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="AN1" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="AO1" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="AP1" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="AQ1" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="AR1" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="AS1" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="AT1" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="AU1" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="AV1" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="AW1" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="AX1" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="AY1" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="AZ1" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="BA1" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="BB1" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC1" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="BD1" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="BE1" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="BF1" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="BG1" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="BH1" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="BI1" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="BJ1" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="BK1" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="BL1" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="BM1" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="BN1" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="BO1" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="BP1" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="BQ1" s="1" t="s">
+        <v>67</v>
+      </c>
     </row>
-    <row r="2" spans="1:4">
+    <row r="2" spans="1:69">
       <c r="A2" s="2" t="s">
-        <v>3</v>
+        <v>68</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+      <c r="J2" s="2"/>
+      <c r="K2" s="2"/>
+      <c r="L2" s="2"/>
+      <c r="M2" s="2"/>
+      <c r="N2" s="2"/>
+      <c r="O2" s="2"/>
+      <c r="P2" s="2"/>
+      <c r="Q2" s="2"/>
+      <c r="R2" s="2"/>
+      <c r="S2" s="2"/>
+      <c r="T2" s="2"/>
+      <c r="U2" s="2"/>
+      <c r="V2" s="2"/>
+      <c r="W2" s="2"/>
+      <c r="X2" s="2"/>
+      <c r="Y2" s="2"/>
+      <c r="Z2" s="2"/>
+      <c r="AA2" s="2"/>
+      <c r="AB2" s="2"/>
+      <c r="AC2" s="2"/>
+      <c r="AD2" s="2"/>
+      <c r="AE2" s="2"/>
+      <c r="AF2" s="2"/>
+      <c r="AG2" s="2"/>
+      <c r="AH2" s="2"/>
+      <c r="AI2" s="2"/>
+      <c r="AJ2" s="2"/>
+      <c r="AK2" s="2"/>
+      <c r="AL2" s="2"/>
+      <c r="AM2" s="2"/>
+      <c r="AN2" s="2"/>
+      <c r="AO2" s="2"/>
+      <c r="AP2" s="2"/>
+      <c r="AQ2" s="2"/>
+      <c r="AR2" s="2"/>
+      <c r="AS2" s="2"/>
+      <c r="AT2" s="2"/>
+      <c r="AU2" s="2"/>
+      <c r="AV2" s="2"/>
+      <c r="AW2" s="2"/>
+      <c r="AX2" s="2"/>
+      <c r="AY2" s="2"/>
+      <c r="AZ2" s="2"/>
+      <c r="BA2" s="2"/>
+      <c r="BB2" s="2"/>
+      <c r="BC2" s="2"/>
+      <c r="BD2" s="2"/>
+      <c r="BE2" s="2"/>
+      <c r="BF2" s="2"/>
+      <c r="BG2" s="2"/>
+      <c r="BH2" s="2"/>
+      <c r="BI2" s="2"/>
+      <c r="BJ2" s="2"/>
+      <c r="BK2" s="2"/>
+      <c r="BL2" s="2"/>
+      <c r="BM2" s="2"/>
+      <c r="BN2" s="2"/>
+      <c r="BO2" s="2"/>
+      <c r="BP2" s="2"/>
+      <c r="BQ2" s="2"/>
     </row>
-    <row r="3" spans="1:4">
+    <row r="3" spans="1:69">
       <c r="A3" s="3" t="s">
-        <v>4</v>
+        <v>69</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="3"/>
+      <c r="O3" s="3"/>
+      <c r="P3" s="3"/>
+      <c r="Q3" s="3"/>
+      <c r="R3" s="3"/>
+      <c r="S3" s="3"/>
+      <c r="T3" s="3"/>
+      <c r="U3" s="3"/>
+      <c r="V3" s="3"/>
+      <c r="W3" s="3"/>
+      <c r="X3" s="3"/>
+      <c r="Y3" s="3"/>
+      <c r="Z3" s="3"/>
+      <c r="AA3" s="3"/>
+      <c r="AB3" s="3"/>
+      <c r="AC3" s="3"/>
+      <c r="AD3" s="3"/>
+      <c r="AE3" s="3"/>
+      <c r="AF3" s="3"/>
+      <c r="AG3" s="3"/>
+      <c r="AH3" s="3"/>
+      <c r="AI3" s="3"/>
+      <c r="AJ3" s="3"/>
+      <c r="AK3" s="3"/>
+      <c r="AL3" s="3"/>
+      <c r="AM3" s="3"/>
+      <c r="AN3" s="3"/>
+      <c r="AO3" s="3"/>
+      <c r="AP3" s="3"/>
+      <c r="AQ3" s="3"/>
+      <c r="AR3" s="3"/>
+      <c r="AS3" s="3"/>
+      <c r="AT3" s="3"/>
+      <c r="AU3" s="3"/>
+      <c r="AV3" s="3"/>
+      <c r="AW3" s="3"/>
+      <c r="AX3" s="3"/>
+      <c r="AY3" s="3"/>
+      <c r="AZ3" s="3"/>
+      <c r="BA3" s="3"/>
+      <c r="BB3" s="3"/>
+      <c r="BC3" s="3"/>
+      <c r="BD3" s="3"/>
+      <c r="BE3" s="3"/>
+      <c r="BF3" s="3"/>
+      <c r="BG3" s="3"/>
+      <c r="BH3" s="3"/>
+      <c r="BI3" s="3"/>
+      <c r="BJ3" s="3"/>
+      <c r="BK3" s="3"/>
+      <c r="BL3" s="3"/>
+      <c r="BM3" s="3"/>
+      <c r="BN3" s="3"/>
+      <c r="BO3" s="3"/>
+      <c r="BP3" s="3"/>
+      <c r="BQ3" s="3"/>
     </row>
-    <row r="4" spans="1:4">
+    <row r="4" spans="1:69">
       <c r="A4" t="s">
-        <v>5</v>
+        <v>70</v>
       </c>
       <c r="B4" t="s">
-        <v>6</v>
+        <v>71</v>
       </c>
       <c r="C4" t="s">
-        <v>6</v>
+        <v>72</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>72</v>
+      </c>
+      <c r="E4" t="s">
+        <v>71</v>
+      </c>
+      <c r="F4" t="s">
+        <v>71</v>
+      </c>
+      <c r="G4" t="s">
+        <v>71</v>
+      </c>
+      <c r="H4" t="s">
+        <v>71</v>
+      </c>
+      <c r="I4" t="s">
+        <v>71</v>
+      </c>
+      <c r="J4" t="s">
+        <v>71</v>
+      </c>
+      <c r="K4" t="s">
+        <v>71</v>
+      </c>
+      <c r="L4" t="s">
+        <v>71</v>
+      </c>
+      <c r="M4" t="s">
+        <v>71</v>
+      </c>
+      <c r="N4" t="s">
+        <v>71</v>
+      </c>
+      <c r="O4" t="s">
+        <v>72</v>
+      </c>
+      <c r="P4" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>72</v>
+      </c>
+      <c r="R4" t="s">
+        <v>73</v>
+      </c>
+      <c r="S4" t="s">
+        <v>73</v>
+      </c>
+      <c r="T4" t="s">
+        <v>73</v>
+      </c>
+      <c r="U4" t="s">
+        <v>73</v>
+      </c>
+      <c r="V4" t="s">
+        <v>73</v>
+      </c>
+      <c r="W4" t="s">
+        <v>73</v>
+      </c>
+      <c r="X4" t="s">
+        <v>73</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>72</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AH4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AI4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AJ4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AO4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AQ4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AS4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AT4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AU4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AV4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AW4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AX4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AY4" t="s">
+        <v>73</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA4" t="s">
+        <v>73</v>
+      </c>
+      <c r="BB4" t="s">
+        <v>73</v>
+      </c>
+      <c r="BC4" t="s">
+        <v>73</v>
+      </c>
+      <c r="BD4" t="s">
+        <v>73</v>
+      </c>
+      <c r="BE4" t="s">
+        <v>71</v>
+      </c>
+      <c r="BF4" t="s">
+        <v>71</v>
+      </c>
+      <c r="BG4" t="s">
+        <v>71</v>
+      </c>
+      <c r="BH4" t="s">
+        <v>71</v>
+      </c>
+      <c r="BI4" t="s">
+        <v>71</v>
+      </c>
+      <c r="BJ4" t="s">
+        <v>71</v>
+      </c>
+      <c r="BK4" t="s">
+        <v>71</v>
+      </c>
+      <c r="BL4" t="s">
+        <v>71</v>
+      </c>
+      <c r="BM4" t="s">
+        <v>72</v>
+      </c>
+      <c r="BN4" t="s">
+        <v>72</v>
+      </c>
+      <c r="BO4" t="s">
+        <v>71</v>
+      </c>
+      <c r="BP4" t="s">
+        <v>71</v>
+      </c>
+      <c r="BQ4" t="s">
+        <v>71</v>
       </c>
     </row>
-    <row r="5" spans="1:4">
+    <row r="5" spans="1:69">
       <c r="A5" t="s">
-        <v>7</v>
+        <v>74</v>
       </c>
       <c r="B5" t="s">
-        <v>8</v>
+        <v>75</v>
       </c>
       <c r="C5" t="s">
-        <v>8</v>
+        <v>76</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>76</v>
+      </c>
+      <c r="E5" t="s">
+        <v>75</v>
+      </c>
+      <c r="F5" t="s">
+        <v>75</v>
+      </c>
+      <c r="G5" t="s">
+        <v>75</v>
+      </c>
+      <c r="H5" t="s">
+        <v>75</v>
+      </c>
+      <c r="I5" t="s">
+        <v>75</v>
+      </c>
+      <c r="J5" t="s">
+        <v>75</v>
+      </c>
+      <c r="K5" t="s">
+        <v>75</v>
+      </c>
+      <c r="L5" t="s">
+        <v>75</v>
+      </c>
+      <c r="M5" t="s">
+        <v>75</v>
+      </c>
+      <c r="N5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O5" t="s">
+        <v>76</v>
+      </c>
+      <c r="P5" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>76</v>
+      </c>
+      <c r="R5" t="s">
+        <v>77</v>
+      </c>
+      <c r="S5" t="s">
+        <v>77</v>
+      </c>
+      <c r="T5" t="s">
+        <v>77</v>
+      </c>
+      <c r="U5" t="s">
+        <v>77</v>
+      </c>
+      <c r="V5" t="s">
+        <v>77</v>
+      </c>
+      <c r="W5" t="s">
+        <v>77</v>
+      </c>
+      <c r="X5" t="s">
+        <v>77</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>76</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AH5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AI5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AJ5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AK5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AL5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AN5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AO5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AP5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AQ5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AR5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AS5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AT5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AU5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AV5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AW5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AX5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AY5" t="s">
+        <v>77</v>
+      </c>
+      <c r="AZ5" t="s">
+        <v>77</v>
+      </c>
+      <c r="BA5" t="s">
+        <v>77</v>
+      </c>
+      <c r="BB5" t="s">
+        <v>77</v>
+      </c>
+      <c r="BC5" t="s">
+        <v>77</v>
+      </c>
+      <c r="BD5" t="s">
+        <v>77</v>
+      </c>
+      <c r="BE5" t="s">
+        <v>75</v>
+      </c>
+      <c r="BF5" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG5" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH5" t="s">
+        <v>75</v>
+      </c>
+      <c r="BI5" t="s">
+        <v>75</v>
+      </c>
+      <c r="BJ5" t="s">
+        <v>75</v>
+      </c>
+      <c r="BK5" t="s">
+        <v>75</v>
+      </c>
+      <c r="BL5" t="s">
+        <v>75</v>
+      </c>
+      <c r="BM5" t="s">
+        <v>76</v>
+      </c>
+      <c r="BN5" t="s">
+        <v>76</v>
+      </c>
+      <c r="BO5" t="s">
+        <v>75</v>
+      </c>
+      <c r="BP5" t="s">
+        <v>75</v>
+      </c>
+      <c r="BQ5" t="s">
+        <v>75</v>
       </c>
     </row>
-    <row r="6" spans="1:4">
+    <row r="6" spans="1:69">
       <c r="A6" s="3" t="s">
-        <v>9</v>
+        <v>78</v>
       </c>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
+      <c r="E6" s="3"/>
+      <c r="F6" s="3"/>
+      <c r="G6" s="3"/>
+      <c r="H6" s="3"/>
+      <c r="I6" s="3"/>
+      <c r="J6" s="3"/>
+      <c r="K6" s="3"/>
+      <c r="L6" s="3"/>
+      <c r="M6" s="3"/>
+      <c r="N6" s="3"/>
+      <c r="O6" s="3"/>
+      <c r="P6" s="3"/>
+      <c r="Q6" s="3"/>
+      <c r="R6" s="3"/>
+      <c r="S6" s="3"/>
+      <c r="T6" s="3"/>
+      <c r="U6" s="3"/>
+      <c r="V6" s="3"/>
+      <c r="W6" s="3"/>
+      <c r="X6" s="3"/>
+      <c r="Y6" s="3"/>
+      <c r="Z6" s="3"/>
+      <c r="AA6" s="3"/>
+      <c r="AB6" s="3"/>
+      <c r="AC6" s="3"/>
+      <c r="AD6" s="3"/>
+      <c r="AE6" s="3"/>
+      <c r="AF6" s="3"/>
+      <c r="AG6" s="3"/>
+      <c r="AH6" s="3"/>
+      <c r="AI6" s="3"/>
+      <c r="AJ6" s="3"/>
+      <c r="AK6" s="3"/>
+      <c r="AL6" s="3"/>
+      <c r="AM6" s="3"/>
+      <c r="AN6" s="3"/>
+      <c r="AO6" s="3"/>
+      <c r="AP6" s="3"/>
+      <c r="AQ6" s="3"/>
+      <c r="AR6" s="3"/>
+      <c r="AS6" s="3"/>
+      <c r="AT6" s="3"/>
+      <c r="AU6" s="3"/>
+      <c r="AV6" s="3"/>
+      <c r="AW6" s="3"/>
+      <c r="AX6" s="3"/>
+      <c r="AY6" s="3"/>
+      <c r="AZ6" s="3"/>
+      <c r="BA6" s="3"/>
+      <c r="BB6" s="3"/>
+      <c r="BC6" s="3"/>
+      <c r="BD6" s="3"/>
+      <c r="BE6" s="3"/>
+      <c r="BF6" s="3"/>
+      <c r="BG6" s="3"/>
+      <c r="BH6" s="3"/>
+      <c r="BI6" s="3"/>
+      <c r="BJ6" s="3"/>
+      <c r="BK6" s="3"/>
+      <c r="BL6" s="3"/>
+      <c r="BM6" s="3"/>
+      <c r="BN6" s="3"/>
+      <c r="BO6" s="3"/>
+      <c r="BP6" s="3"/>
+      <c r="BQ6" s="3"/>
     </row>
-    <row r="7" spans="1:4">
+    <row r="7" spans="1:69">
       <c r="A7" t="s">
-        <v>5</v>
+        <v>70</v>
       </c>
       <c r="B7" t="s">
-        <v>10</v>
+        <v>79</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="D7" t="s">
-        <v>10</v>
+        <v>80</v>
+      </c>
+      <c r="E7" t="s">
+        <v>79</v>
+      </c>
+      <c r="F7" t="s">
+        <v>79</v>
+      </c>
+      <c r="G7" t="s">
+        <v>79</v>
+      </c>
+      <c r="H7" t="s">
+        <v>79</v>
+      </c>
+      <c r="I7" t="s">
+        <v>79</v>
+      </c>
+      <c r="J7" t="s">
+        <v>79</v>
+      </c>
+      <c r="K7" t="s">
+        <v>79</v>
+      </c>
+      <c r="L7" t="s">
+        <v>79</v>
+      </c>
+      <c r="M7" t="s">
+        <v>79</v>
+      </c>
+      <c r="N7" t="s">
+        <v>79</v>
+      </c>
+      <c r="O7" t="s">
+        <v>80</v>
+      </c>
+      <c r="P7" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>80</v>
+      </c>
+      <c r="R7" t="s">
+        <v>72</v>
+      </c>
+      <c r="S7" t="s">
+        <v>72</v>
+      </c>
+      <c r="T7" t="s">
+        <v>72</v>
+      </c>
+      <c r="U7" t="s">
+        <v>72</v>
+      </c>
+      <c r="V7" t="s">
+        <v>72</v>
+      </c>
+      <c r="W7" t="s">
+        <v>72</v>
+      </c>
+      <c r="X7" t="s">
+        <v>72</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>80</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AH7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AI7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AJ7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AK7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AL7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AN7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AO7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AP7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AQ7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AR7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AS7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AT7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AU7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AV7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AW7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AX7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AY7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AZ7" t="s">
+        <v>72</v>
+      </c>
+      <c r="BA7" t="s">
+        <v>72</v>
+      </c>
+      <c r="BB7" t="s">
+        <v>72</v>
+      </c>
+      <c r="BC7" t="s">
+        <v>72</v>
+      </c>
+      <c r="BD7" t="s">
+        <v>72</v>
+      </c>
+      <c r="BE7" t="s">
+        <v>79</v>
+      </c>
+      <c r="BF7" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG7" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH7" t="s">
+        <v>79</v>
+      </c>
+      <c r="BI7" t="s">
+        <v>79</v>
+      </c>
+      <c r="BJ7" t="s">
+        <v>79</v>
+      </c>
+      <c r="BK7" t="s">
+        <v>79</v>
+      </c>
+      <c r="BL7" t="s">
+        <v>79</v>
+      </c>
+      <c r="BM7" t="s">
+        <v>80</v>
+      </c>
+      <c r="BN7" t="s">
+        <v>80</v>
+      </c>
+      <c r="BO7" t="s">
+        <v>79</v>
+      </c>
+      <c r="BP7" t="s">
+        <v>79</v>
+      </c>
+      <c r="BQ7" t="s">
+        <v>79</v>
       </c>
     </row>
-    <row r="8" spans="1:4">
+    <row r="8" spans="1:69">
       <c r="A8" t="s">
-        <v>7</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
-        <v>11</v>
+        <v>81</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>82</v>
+      </c>
+      <c r="E8" t="s">
+        <v>81</v>
+      </c>
+      <c r="F8" t="s">
+        <v>81</v>
+      </c>
+      <c r="G8" t="s">
+        <v>81</v>
+      </c>
+      <c r="H8" t="s">
+        <v>81</v>
+      </c>
+      <c r="I8" t="s">
+        <v>81</v>
+      </c>
+      <c r="J8" t="s">
+        <v>81</v>
+      </c>
+      <c r="K8" t="s">
+        <v>81</v>
+      </c>
+      <c r="L8" t="s">
+        <v>81</v>
+      </c>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>81</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>82</v>
+      </c>
+      <c r="R8" t="s">
+        <v>76</v>
+      </c>
+      <c r="S8" t="s">
+        <v>76</v>
+      </c>
+      <c r="T8" t="s">
+        <v>76</v>
+      </c>
+      <c r="U8" t="s">
+        <v>76</v>
+      </c>
+      <c r="V8" t="s">
+        <v>76</v>
+      </c>
+      <c r="W8" t="s">
+        <v>76</v>
+      </c>
+      <c r="X8" t="s">
+        <v>76</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>82</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AE8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AG8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AH8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AI8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AK8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AL8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AM8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AN8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AO8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AP8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AQ8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AR8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AS8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AT8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AU8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AV8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AW8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AX8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AY8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AZ8" t="s">
+        <v>76</v>
+      </c>
+      <c r="BA8" t="s">
+        <v>76</v>
+      </c>
+      <c r="BB8" t="s">
+        <v>76</v>
+      </c>
+      <c r="BC8" t="s">
+        <v>76</v>
+      </c>
+      <c r="BD8" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE8" t="s">
+        <v>81</v>
+      </c>
+      <c r="BF8" t="s">
+        <v>81</v>
+      </c>
+      <c r="BG8" t="s">
+        <v>81</v>
+      </c>
+      <c r="BH8" t="s">
+        <v>81</v>
+      </c>
+      <c r="BI8" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ8" t="s">
+        <v>81</v>
+      </c>
+      <c r="BK8" t="s">
+        <v>81</v>
+      </c>
+      <c r="BL8" t="s">
+        <v>81</v>
+      </c>
+      <c r="BM8" t="s">
+        <v>82</v>
+      </c>
+      <c r="BN8" t="s">
+        <v>82</v>
+      </c>
+      <c r="BO8" t="s">
+        <v>81</v>
+      </c>
+      <c r="BP8" t="s">
+        <v>81</v>
+      </c>
+      <c r="BQ8" t="s">
+        <v>81</v>
       </c>
     </row>
-    <row r="9" spans="1:4">
+    <row r="9" spans="1:69">
       <c r="A9" s="3" t="s">
-        <v>12</v>
+        <v>83</v>
       </c>
       <c r="B9" s="3"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
+      <c r="E9" s="3"/>
+      <c r="F9" s="3"/>
+      <c r="G9" s="3"/>
+      <c r="H9" s="3"/>
+      <c r="I9" s="3"/>
+      <c r="J9" s="3"/>
+      <c r="K9" s="3"/>
+      <c r="L9" s="3"/>
+      <c r="M9" s="3"/>
+      <c r="N9" s="3"/>
+      <c r="O9" s="3"/>
+      <c r="P9" s="3"/>
+      <c r="Q9" s="3"/>
+      <c r="R9" s="3"/>
+      <c r="S9" s="3"/>
+      <c r="T9" s="3"/>
+      <c r="U9" s="3"/>
+      <c r="V9" s="3"/>
+      <c r="W9" s="3"/>
+      <c r="X9" s="3"/>
+      <c r="Y9" s="3"/>
+      <c r="Z9" s="3"/>
+      <c r="AA9" s="3"/>
+      <c r="AB9" s="3"/>
+      <c r="AC9" s="3"/>
+      <c r="AD9" s="3"/>
+      <c r="AE9" s="3"/>
+      <c r="AF9" s="3"/>
+      <c r="AG9" s="3"/>
+      <c r="AH9" s="3"/>
+      <c r="AI9" s="3"/>
+      <c r="AJ9" s="3"/>
+      <c r="AK9" s="3"/>
+      <c r="AL9" s="3"/>
+      <c r="AM9" s="3"/>
+      <c r="AN9" s="3"/>
+      <c r="AO9" s="3"/>
+      <c r="AP9" s="3"/>
+      <c r="AQ9" s="3"/>
+      <c r="AR9" s="3"/>
+      <c r="AS9" s="3"/>
+      <c r="AT9" s="3"/>
+      <c r="AU9" s="3"/>
+      <c r="AV9" s="3"/>
+      <c r="AW9" s="3"/>
+      <c r="AX9" s="3"/>
+      <c r="AY9" s="3"/>
+      <c r="AZ9" s="3"/>
+      <c r="BA9" s="3"/>
+      <c r="BB9" s="3"/>
+      <c r="BC9" s="3"/>
+      <c r="BD9" s="3"/>
+      <c r="BE9" s="3"/>
+      <c r="BF9" s="3"/>
+      <c r="BG9" s="3"/>
+      <c r="BH9" s="3"/>
+      <c r="BI9" s="3"/>
+      <c r="BJ9" s="3"/>
+      <c r="BK9" s="3"/>
+      <c r="BL9" s="3"/>
+      <c r="BM9" s="3"/>
+      <c r="BN9" s="3"/>
+      <c r="BO9" s="3"/>
+      <c r="BP9" s="3"/>
+      <c r="BQ9" s="3"/>
     </row>
-    <row r="10" spans="1:4">
+    <row r="10" spans="1:69">
       <c r="A10" t="s">
-        <v>5</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>84</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
+        <v>82</v>
+      </c>
+      <c r="F10" t="s">
+        <v>82</v>
+      </c>
+      <c r="G10" t="s">
+        <v>82</v>
+      </c>
+      <c r="H10" t="s">
+        <v>82</v>
+      </c>
+      <c r="I10" t="s">
+        <v>82</v>
+      </c>
+      <c r="J10" t="s">
+        <v>82</v>
+      </c>
+      <c r="K10" t="s">
+        <v>82</v>
+      </c>
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
+        <v>82</v>
+      </c>
+      <c r="N10" t="s">
+        <v>82</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>84</v>
+      </c>
+      <c r="R10" t="s">
+        <v>85</v>
+      </c>
+      <c r="S10" t="s">
+        <v>85</v>
+      </c>
+      <c r="T10" t="s">
+        <v>85</v>
+      </c>
+      <c r="U10" t="s">
+        <v>85</v>
+      </c>
+      <c r="V10" t="s">
+        <v>85</v>
+      </c>
+      <c r="W10" t="s">
+        <v>85</v>
+      </c>
+      <c r="X10" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AH10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AI10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AJ10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AK10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AL10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AN10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AO10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AP10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AQ10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AR10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AS10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AT10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AU10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AV10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AW10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AX10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AY10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AZ10" t="s">
+        <v>85</v>
+      </c>
+      <c r="BA10" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB10" t="s">
+        <v>85</v>
+      </c>
+      <c r="BC10" t="s">
+        <v>85</v>
+      </c>
+      <c r="BD10" t="s">
+        <v>85</v>
+      </c>
+      <c r="BE10" t="s">
+        <v>82</v>
+      </c>
+      <c r="BF10" t="s">
+        <v>82</v>
+      </c>
+      <c r="BG10" t="s">
+        <v>82</v>
+      </c>
+      <c r="BH10" t="s">
+        <v>82</v>
+      </c>
+      <c r="BI10" t="s">
+        <v>82</v>
+      </c>
+      <c r="BJ10" t="s">
+        <v>82</v>
+      </c>
+      <c r="BK10" t="s">
+        <v>82</v>
+      </c>
+      <c r="BL10" t="s">
+        <v>82</v>
+      </c>
+      <c r="BM10" t="s">
+        <v>84</v>
+      </c>
+      <c r="BN10" t="s">
+        <v>84</v>
+      </c>
+      <c r="BO10" t="s">
+        <v>82</v>
+      </c>
+      <c r="BP10" t="s">
+        <v>82</v>
+      </c>
+      <c r="BQ10" t="s">
+        <v>82</v>
       </c>
     </row>
-    <row r="11" spans="1:4">
+    <row r="11" spans="1:69">
       <c r="A11" t="s">
-        <v>7</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>14</v>
+        <v>86</v>
       </c>
       <c r="C11" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>87</v>
+      </c>
+      <c r="E11" t="s">
+        <v>86</v>
+      </c>
+      <c r="F11" t="s">
+        <v>86</v>
+      </c>
+      <c r="G11" t="s">
+        <v>86</v>
+      </c>
+      <c r="H11" t="s">
+        <v>86</v>
+      </c>
+      <c r="I11" t="s">
+        <v>86</v>
+      </c>
+      <c r="J11" t="s">
+        <v>86</v>
+      </c>
+      <c r="K11" t="s">
+        <v>86</v>
+      </c>
+      <c r="L11" t="s">
+        <v>86</v>
+      </c>
+      <c r="M11" t="s">
+        <v>86</v>
+      </c>
+      <c r="N11" t="s">
+        <v>86</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>87</v>
+      </c>
+      <c r="R11" t="s">
+        <v>88</v>
+      </c>
+      <c r="S11" t="s">
+        <v>88</v>
+      </c>
+      <c r="T11" t="s">
+        <v>88</v>
+      </c>
+      <c r="U11" t="s">
+        <v>88</v>
+      </c>
+      <c r="V11" t="s">
+        <v>88</v>
+      </c>
+      <c r="W11" t="s">
+        <v>88</v>
+      </c>
+      <c r="X11" t="s">
+        <v>88</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>87</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AC11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AD11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AE11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AG11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AH11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AI11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AJ11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AK11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AL11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AM11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AN11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AO11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AP11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AQ11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AR11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AS11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AT11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AU11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AV11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AW11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AX11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AY11" t="s">
+        <v>88</v>
+      </c>
+      <c r="AZ11" t="s">
+        <v>88</v>
+      </c>
+      <c r="BA11" t="s">
+        <v>88</v>
+      </c>
+      <c r="BB11" t="s">
+        <v>88</v>
+      </c>
+      <c r="BC11" t="s">
+        <v>88</v>
+      </c>
+      <c r="BD11" t="s">
+        <v>88</v>
+      </c>
+      <c r="BE11" t="s">
+        <v>86</v>
+      </c>
+      <c r="BF11" t="s">
+        <v>86</v>
+      </c>
+      <c r="BG11" t="s">
+        <v>86</v>
+      </c>
+      <c r="BH11" t="s">
+        <v>86</v>
+      </c>
+      <c r="BI11" t="s">
+        <v>86</v>
+      </c>
+      <c r="BJ11" t="s">
+        <v>86</v>
+      </c>
+      <c r="BK11" t="s">
+        <v>86</v>
+      </c>
+      <c r="BL11" t="s">
+        <v>86</v>
+      </c>
+      <c r="BM11" t="s">
+        <v>87</v>
+      </c>
+      <c r="BN11" t="s">
+        <v>87</v>
+      </c>
+      <c r="BO11" t="s">
+        <v>86</v>
+      </c>
+      <c r="BP11" t="s">
+        <v>86</v>
+      </c>
+      <c r="BQ11" t="s">
+        <v>86</v>
       </c>
     </row>
-    <row r="12" spans="1:4">
+    <row r="12" spans="1:69">
       <c r="A12" s="3" t="s">
-        <v>15</v>
+        <v>89</v>
       </c>
       <c r="B12" s="3"/>
       <c r="C12" s="3"/>
       <c r="D12" s="3"/>
+      <c r="E12" s="3"/>
+      <c r="F12" s="3"/>
+      <c r="G12" s="3"/>
+      <c r="H12" s="3"/>
+      <c r="I12" s="3"/>
+      <c r="J12" s="3"/>
+      <c r="K12" s="3"/>
+      <c r="L12" s="3"/>
+      <c r="M12" s="3"/>
+      <c r="N12" s="3"/>
+      <c r="O12" s="3"/>
+      <c r="P12" s="3"/>
+      <c r="Q12" s="3"/>
+      <c r="R12" s="3"/>
+      <c r="S12" s="3"/>
+      <c r="T12" s="3"/>
+      <c r="U12" s="3"/>
+      <c r="V12" s="3"/>
+      <c r="W12" s="3"/>
+      <c r="X12" s="3"/>
+      <c r="Y12" s="3"/>
+      <c r="Z12" s="3"/>
+      <c r="AA12" s="3"/>
+      <c r="AB12" s="3"/>
+      <c r="AC12" s="3"/>
+      <c r="AD12" s="3"/>
+      <c r="AE12" s="3"/>
+      <c r="AF12" s="3"/>
+      <c r="AG12" s="3"/>
+      <c r="AH12" s="3"/>
+      <c r="AI12" s="3"/>
+      <c r="AJ12" s="3"/>
+      <c r="AK12" s="3"/>
+      <c r="AL12" s="3"/>
+      <c r="AM12" s="3"/>
+      <c r="AN12" s="3"/>
+      <c r="AO12" s="3"/>
+      <c r="AP12" s="3"/>
+      <c r="AQ12" s="3"/>
+      <c r="AR12" s="3"/>
+      <c r="AS12" s="3"/>
+      <c r="AT12" s="3"/>
+      <c r="AU12" s="3"/>
+      <c r="AV12" s="3"/>
+      <c r="AW12" s="3"/>
+      <c r="AX12" s="3"/>
+      <c r="AY12" s="3"/>
+      <c r="AZ12" s="3"/>
+      <c r="BA12" s="3"/>
+      <c r="BB12" s="3"/>
+      <c r="BC12" s="3"/>
+      <c r="BD12" s="3"/>
+      <c r="BE12" s="3"/>
+      <c r="BF12" s="3"/>
+      <c r="BG12" s="3"/>
+      <c r="BH12" s="3"/>
+      <c r="BI12" s="3"/>
+      <c r="BJ12" s="3"/>
+      <c r="BK12" s="3"/>
+      <c r="BL12" s="3"/>
+      <c r="BM12" s="3"/>
+      <c r="BN12" s="3"/>
+      <c r="BO12" s="3"/>
+      <c r="BP12" s="3"/>
+      <c r="BQ12" s="3"/>
     </row>
-    <row r="13" spans="1:4">
+    <row r="13" spans="1:69">
       <c r="A13" t="s">
-        <v>5</v>
+        <v>70</v>
       </c>
       <c r="B13" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
       <c r="C13" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="D13" t="s">
-        <v>16</v>
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
+        <v>90</v>
+      </c>
+      <c r="F13" t="s">
+        <v>90</v>
+      </c>
+      <c r="G13" t="s">
+        <v>90</v>
+      </c>
+      <c r="H13" t="s">
+        <v>90</v>
+      </c>
+      <c r="I13" t="s">
+        <v>90</v>
+      </c>
+      <c r="J13" t="s">
+        <v>90</v>
+      </c>
+      <c r="K13" t="s">
+        <v>90</v>
+      </c>
+      <c r="L13" t="s">
+        <v>90</v>
+      </c>
+      <c r="M13" t="s">
+        <v>90</v>
+      </c>
+      <c r="N13" t="s">
+        <v>90</v>
+      </c>
+      <c r="O13" t="s">
+        <v>91</v>
+      </c>
+      <c r="P13" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>91</v>
+      </c>
+      <c r="R13" t="s">
+        <v>92</v>
+      </c>
+      <c r="S13" t="s">
+        <v>92</v>
+      </c>
+      <c r="T13" t="s">
+        <v>92</v>
+      </c>
+      <c r="U13" t="s">
+        <v>92</v>
+      </c>
+      <c r="V13" t="s">
+        <v>92</v>
+      </c>
+      <c r="W13" t="s">
+        <v>92</v>
+      </c>
+      <c r="X13" t="s">
+        <v>92</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>91</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AB13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AC13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AD13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AE13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AF13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AG13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AH13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AI13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AJ13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AK13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AL13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AM13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AN13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AO13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AP13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AQ13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AR13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AS13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AT13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AU13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AV13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AW13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AX13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AY13" t="s">
+        <v>92</v>
+      </c>
+      <c r="AZ13" t="s">
+        <v>92</v>
+      </c>
+      <c r="BA13" t="s">
+        <v>92</v>
+      </c>
+      <c r="BB13" t="s">
+        <v>92</v>
+      </c>
+      <c r="BC13" t="s">
+        <v>92</v>
+      </c>
+      <c r="BD13" t="s">
+        <v>92</v>
+      </c>
+      <c r="BE13" t="s">
+        <v>90</v>
+      </c>
+      <c r="BF13" t="s">
+        <v>90</v>
+      </c>
+      <c r="BG13" t="s">
+        <v>90</v>
+      </c>
+      <c r="BH13" t="s">
+        <v>90</v>
+      </c>
+      <c r="BI13" t="s">
+        <v>90</v>
+      </c>
+      <c r="BJ13" t="s">
+        <v>90</v>
+      </c>
+      <c r="BK13" t="s">
+        <v>90</v>
+      </c>
+      <c r="BL13" t="s">
+        <v>90</v>
+      </c>
+      <c r="BM13" t="s">
+        <v>91</v>
+      </c>
+      <c r="BN13" t="s">
+        <v>91</v>
+      </c>
+      <c r="BO13" t="s">
+        <v>90</v>
+      </c>
+      <c r="BP13" t="s">
+        <v>90</v>
+      </c>
+      <c r="BQ13" t="s">
+        <v>90</v>
       </c>
     </row>
-    <row r="14" spans="1:4">
+    <row r="14" spans="1:69">
       <c r="A14" s="3" t="s">
-        <v>17</v>
+        <v>93</v>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="3"/>
       <c r="D14" s="3"/>
+      <c r="E14" s="3"/>
+      <c r="F14" s="3"/>
+      <c r="G14" s="3"/>
+      <c r="H14" s="3"/>
+      <c r="I14" s="3"/>
+      <c r="J14" s="3"/>
+      <c r="K14" s="3"/>
+      <c r="L14" s="3"/>
+      <c r="M14" s="3"/>
+      <c r="N14" s="3"/>
+      <c r="O14" s="3"/>
+      <c r="P14" s="3"/>
+      <c r="Q14" s="3"/>
+      <c r="R14" s="3"/>
+      <c r="S14" s="3"/>
+      <c r="T14" s="3"/>
+      <c r="U14" s="3"/>
+      <c r="V14" s="3"/>
+      <c r="W14" s="3"/>
+      <c r="X14" s="3"/>
+      <c r="Y14" s="3"/>
+      <c r="Z14" s="3"/>
+      <c r="AA14" s="3"/>
+      <c r="AB14" s="3"/>
+      <c r="AC14" s="3"/>
+      <c r="AD14" s="3"/>
+      <c r="AE14" s="3"/>
+      <c r="AF14" s="3"/>
+      <c r="AG14" s="3"/>
+      <c r="AH14" s="3"/>
+      <c r="AI14" s="3"/>
+      <c r="AJ14" s="3"/>
+      <c r="AK14" s="3"/>
+      <c r="AL14" s="3"/>
+      <c r="AM14" s="3"/>
+      <c r="AN14" s="3"/>
+      <c r="AO14" s="3"/>
+      <c r="AP14" s="3"/>
+      <c r="AQ14" s="3"/>
+      <c r="AR14" s="3"/>
+      <c r="AS14" s="3"/>
+      <c r="AT14" s="3"/>
+      <c r="AU14" s="3"/>
+      <c r="AV14" s="3"/>
+      <c r="AW14" s="3"/>
+      <c r="AX14" s="3"/>
+      <c r="AY14" s="3"/>
+      <c r="AZ14" s="3"/>
+      <c r="BA14" s="3"/>
+      <c r="BB14" s="3"/>
+      <c r="BC14" s="3"/>
+      <c r="BD14" s="3"/>
+      <c r="BE14" s="3"/>
+      <c r="BF14" s="3"/>
+      <c r="BG14" s="3"/>
+      <c r="BH14" s="3"/>
+      <c r="BI14" s="3"/>
+      <c r="BJ14" s="3"/>
+      <c r="BK14" s="3"/>
+      <c r="BL14" s="3"/>
+      <c r="BM14" s="3"/>
+      <c r="BN14" s="3"/>
+      <c r="BO14" s="3"/>
+      <c r="BP14" s="3"/>
+      <c r="BQ14" s="3"/>
     </row>
-    <row r="15" spans="1:4">
+    <row r="15" spans="1:69">
       <c r="A15" t="s">
-        <v>5</v>
+        <v>70</v>
       </c>
       <c r="B15" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="C15" t="s">
-        <v>18</v>
+        <v>95</v>
       </c>
       <c r="D15" t="s">
-        <v>18</v>
+        <v>95</v>
+      </c>
+      <c r="E15" t="s">
+        <v>94</v>
+      </c>
+      <c r="F15" t="s">
+        <v>94</v>
+      </c>
+      <c r="G15" t="s">
+        <v>94</v>
+      </c>
+      <c r="H15" t="s">
+        <v>94</v>
+      </c>
+      <c r="I15" t="s">
+        <v>94</v>
+      </c>
+      <c r="J15" t="s">
+        <v>94</v>
+      </c>
+      <c r="K15" t="s">
+        <v>94</v>
+      </c>
+      <c r="L15" t="s">
+        <v>94</v>
+      </c>
+      <c r="M15" t="s">
+        <v>94</v>
+      </c>
+      <c r="N15" t="s">
+        <v>94</v>
+      </c>
+      <c r="O15" t="s">
+        <v>95</v>
+      </c>
+      <c r="P15" t="s">
+        <v>95</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>95</v>
+      </c>
+      <c r="R15" t="s">
+        <v>91</v>
+      </c>
+      <c r="S15" t="s">
+        <v>91</v>
+      </c>
+      <c r="T15" t="s">
+        <v>91</v>
+      </c>
+      <c r="U15" t="s">
+        <v>91</v>
+      </c>
+      <c r="V15" t="s">
+        <v>91</v>
+      </c>
+      <c r="W15" t="s">
+        <v>91</v>
+      </c>
+      <c r="X15" t="s">
+        <v>91</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>95</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AC15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AD15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AE15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AF15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AG15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AH15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AI15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AJ15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AK15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AL15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AM15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AN15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AO15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AP15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AQ15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AR15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AS15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AT15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AU15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AV15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AW15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AX15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AY15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AZ15" t="s">
+        <v>91</v>
+      </c>
+      <c r="BA15" t="s">
+        <v>91</v>
+      </c>
+      <c r="BB15" t="s">
+        <v>91</v>
+      </c>
+      <c r="BC15" t="s">
+        <v>91</v>
+      </c>
+      <c r="BD15" t="s">
+        <v>91</v>
+      </c>
+      <c r="BE15" t="s">
+        <v>94</v>
+      </c>
+      <c r="BF15" t="s">
+        <v>94</v>
+      </c>
+      <c r="BG15" t="s">
+        <v>94</v>
+      </c>
+      <c r="BH15" t="s">
+        <v>94</v>
+      </c>
+      <c r="BI15" t="s">
+        <v>94</v>
+      </c>
+      <c r="BJ15" t="s">
+        <v>94</v>
+      </c>
+      <c r="BK15" t="s">
+        <v>94</v>
+      </c>
+      <c r="BL15" t="s">
+        <v>94</v>
+      </c>
+      <c r="BM15" t="s">
+        <v>95</v>
+      </c>
+      <c r="BN15" t="s">
+        <v>95</v>
+      </c>
+      <c r="BO15" t="s">
+        <v>94</v>
+      </c>
+      <c r="BP15" t="s">
+        <v>94</v>
+      </c>
+      <c r="BQ15" t="s">
+        <v>94</v>
       </c>
     </row>
-    <row r="16" spans="1:4">
+    <row r="16" spans="1:69">
       <c r="A16" s="3" t="s">
-        <v>19</v>
+        <v>96</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
+      <c r="E16" s="3"/>
+      <c r="F16" s="3"/>
+      <c r="G16" s="3"/>
+      <c r="H16" s="3"/>
+      <c r="I16" s="3"/>
+      <c r="J16" s="3"/>
+      <c r="K16" s="3"/>
+      <c r="L16" s="3"/>
+      <c r="M16" s="3"/>
+      <c r="N16" s="3"/>
+      <c r="O16" s="3"/>
+      <c r="P16" s="3"/>
+      <c r="Q16" s="3"/>
+      <c r="R16" s="3"/>
+      <c r="S16" s="3"/>
+      <c r="T16" s="3"/>
+      <c r="U16" s="3"/>
+      <c r="V16" s="3"/>
+      <c r="W16" s="3"/>
+      <c r="X16" s="3"/>
+      <c r="Y16" s="3"/>
+      <c r="Z16" s="3"/>
+      <c r="AA16" s="3"/>
+      <c r="AB16" s="3"/>
+      <c r="AC16" s="3"/>
+      <c r="AD16" s="3"/>
+      <c r="AE16" s="3"/>
+      <c r="AF16" s="3"/>
+      <c r="AG16" s="3"/>
+      <c r="AH16" s="3"/>
+      <c r="AI16" s="3"/>
+      <c r="AJ16" s="3"/>
+      <c r="AK16" s="3"/>
+      <c r="AL16" s="3"/>
+      <c r="AM16" s="3"/>
+      <c r="AN16" s="3"/>
+      <c r="AO16" s="3"/>
+      <c r="AP16" s="3"/>
+      <c r="AQ16" s="3"/>
+      <c r="AR16" s="3"/>
+      <c r="AS16" s="3"/>
+      <c r="AT16" s="3"/>
+      <c r="AU16" s="3"/>
+      <c r="AV16" s="3"/>
+      <c r="AW16" s="3"/>
+      <c r="AX16" s="3"/>
+      <c r="AY16" s="3"/>
+      <c r="AZ16" s="3"/>
+      <c r="BA16" s="3"/>
+      <c r="BB16" s="3"/>
+      <c r="BC16" s="3"/>
+      <c r="BD16" s="3"/>
+      <c r="BE16" s="3"/>
+      <c r="BF16" s="3"/>
+      <c r="BG16" s="3"/>
+      <c r="BH16" s="3"/>
+      <c r="BI16" s="3"/>
+      <c r="BJ16" s="3"/>
+      <c r="BK16" s="3"/>
+      <c r="BL16" s="3"/>
+      <c r="BM16" s="3"/>
+      <c r="BN16" s="3"/>
+      <c r="BO16" s="3"/>
+      <c r="BP16" s="3"/>
+      <c r="BQ16" s="3"/>
     </row>
-    <row r="17" spans="1:4">
+    <row r="17" spans="1:69">
       <c r="A17" t="s">
-        <v>5</v>
+        <v>70</v>
       </c>
       <c r="B17" t="s">
-        <v>20</v>
+        <v>97</v>
       </c>
       <c r="C17" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="D17" t="s">
-        <v>20</v>
+        <v>98</v>
+      </c>
+      <c r="E17" t="s">
+        <v>97</v>
+      </c>
+      <c r="F17" t="s">
+        <v>97</v>
+      </c>
+      <c r="G17" t="s">
+        <v>97</v>
+      </c>
+      <c r="H17" t="s">
+        <v>97</v>
+      </c>
+      <c r="I17" t="s">
+        <v>97</v>
+      </c>
+      <c r="J17" t="s">
+        <v>97</v>
+      </c>
+      <c r="K17" t="s">
+        <v>97</v>
+      </c>
+      <c r="L17" t="s">
+        <v>97</v>
+      </c>
+      <c r="M17" t="s">
+        <v>97</v>
+      </c>
+      <c r="N17" t="s">
+        <v>97</v>
+      </c>
+      <c r="O17" t="s">
+        <v>98</v>
+      </c>
+      <c r="P17" t="s">
+        <v>98</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>98</v>
+      </c>
+      <c r="R17" t="s">
+        <v>99</v>
+      </c>
+      <c r="S17" t="s">
+        <v>99</v>
+      </c>
+      <c r="T17" t="s">
+        <v>99</v>
+      </c>
+      <c r="U17" t="s">
+        <v>99</v>
+      </c>
+      <c r="V17" t="s">
+        <v>99</v>
+      </c>
+      <c r="W17" t="s">
+        <v>99</v>
+      </c>
+      <c r="X17" t="s">
+        <v>99</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>98</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AD17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AF17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AG17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AH17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AI17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AJ17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AK17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AL17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AM17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AN17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AO17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AP17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AQ17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AR17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AS17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AT17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AU17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AV17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AW17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AX17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AY17" t="s">
+        <v>99</v>
+      </c>
+      <c r="AZ17" t="s">
+        <v>99</v>
+      </c>
+      <c r="BA17" t="s">
+        <v>99</v>
+      </c>
+      <c r="BB17" t="s">
+        <v>99</v>
+      </c>
+      <c r="BC17" t="s">
+        <v>99</v>
+      </c>
+      <c r="BD17" t="s">
+        <v>99</v>
+      </c>
+      <c r="BE17" t="s">
+        <v>97</v>
+      </c>
+      <c r="BF17" t="s">
+        <v>97</v>
+      </c>
+      <c r="BG17" t="s">
+        <v>97</v>
+      </c>
+      <c r="BH17" t="s">
+        <v>97</v>
+      </c>
+      <c r="BI17" t="s">
+        <v>97</v>
+      </c>
+      <c r="BJ17" t="s">
+        <v>97</v>
+      </c>
+      <c r="BK17" t="s">
+        <v>97</v>
+      </c>
+      <c r="BL17" t="s">
+        <v>97</v>
+      </c>
+      <c r="BM17" t="s">
+        <v>98</v>
+      </c>
+      <c r="BN17" t="s">
+        <v>98</v>
+      </c>
+      <c r="BO17" t="s">
+        <v>97</v>
+      </c>
+      <c r="BP17" t="s">
+        <v>97</v>
+      </c>
+      <c r="BQ17" t="s">
+        <v>97</v>
       </c>
     </row>
-    <row r="18" spans="1:4">
+    <row r="18" spans="1:69">
       <c r="A18" s="4"/>
       <c r="B18" s="4"/>
       <c r="C18" s="4"/>
       <c r="D18" s="4"/>
+      <c r="E18" s="4"/>
+      <c r="F18" s="4"/>
+      <c r="G18" s="4"/>
+      <c r="H18" s="4"/>
+      <c r="I18" s="4"/>
+      <c r="J18" s="4"/>
+      <c r="K18" s="4"/>
+      <c r="L18" s="4"/>
+      <c r="M18" s="4"/>
+      <c r="N18" s="4"/>
+      <c r="O18" s="4"/>
+      <c r="P18" s="4"/>
+      <c r="Q18" s="4"/>
+      <c r="R18" s="4"/>
+      <c r="S18" s="4"/>
+      <c r="T18" s="4"/>
+      <c r="U18" s="4"/>
+      <c r="V18" s="4"/>
+      <c r="W18" s="4"/>
+      <c r="X18" s="4"/>
+      <c r="Y18" s="4"/>
+      <c r="Z18" s="4"/>
+      <c r="AA18" s="4"/>
+      <c r="AB18" s="4"/>
+      <c r="AC18" s="4"/>
+      <c r="AD18" s="4"/>
+      <c r="AE18" s="4"/>
+      <c r="AF18" s="4"/>
+      <c r="AG18" s="4"/>
+      <c r="AH18" s="4"/>
+      <c r="AI18" s="4"/>
+      <c r="AJ18" s="4"/>
+      <c r="AK18" s="4"/>
+      <c r="AL18" s="4"/>
+      <c r="AM18" s="4"/>
+      <c r="AN18" s="4"/>
+      <c r="AO18" s="4"/>
+      <c r="AP18" s="4"/>
+      <c r="AQ18" s="4"/>
+      <c r="AR18" s="4"/>
+      <c r="AS18" s="4"/>
+      <c r="AT18" s="4"/>
+      <c r="AU18" s="4"/>
+      <c r="AV18" s="4"/>
+      <c r="AW18" s="4"/>
+      <c r="AX18" s="4"/>
+      <c r="AY18" s="4"/>
+      <c r="AZ18" s="4"/>
+      <c r="BA18" s="4"/>
+      <c r="BB18" s="4"/>
+      <c r="BC18" s="4"/>
+      <c r="BD18" s="4"/>
+      <c r="BE18" s="4"/>
+      <c r="BF18" s="4"/>
+      <c r="BG18" s="4"/>
+      <c r="BH18" s="4"/>
+      <c r="BI18" s="4"/>
+      <c r="BJ18" s="4"/>
+      <c r="BK18" s="4"/>
+      <c r="BL18" s="4"/>
+      <c r="BM18" s="4"/>
+      <c r="BN18" s="4"/>
+      <c r="BO18" s="4"/>
+      <c r="BP18" s="4"/>
+      <c r="BQ18" s="4"/>
     </row>
-    <row r="19" spans="1:4">
+    <row r="19" spans="1:69">
       <c r="A19" s="2" t="s">
-        <v>21</v>
+        <v>100</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
+      <c r="J19" s="2"/>
+      <c r="K19" s="2"/>
+      <c r="L19" s="2"/>
+      <c r="M19" s="2"/>
+      <c r="N19" s="2"/>
+      <c r="O19" s="2"/>
+      <c r="P19" s="2"/>
+      <c r="Q19" s="2"/>
+      <c r="R19" s="2"/>
+      <c r="S19" s="2"/>
+      <c r="T19" s="2"/>
+      <c r="U19" s="2"/>
+      <c r="V19" s="2"/>
+      <c r="W19" s="2"/>
+      <c r="X19" s="2"/>
+      <c r="Y19" s="2"/>
+      <c r="Z19" s="2"/>
+      <c r="AA19" s="2"/>
+      <c r="AB19" s="2"/>
+      <c r="AC19" s="2"/>
+      <c r="AD19" s="2"/>
+      <c r="AE19" s="2"/>
+      <c r="AF19" s="2"/>
+      <c r="AG19" s="2"/>
+      <c r="AH19" s="2"/>
+      <c r="AI19" s="2"/>
+      <c r="AJ19" s="2"/>
+      <c r="AK19" s="2"/>
+      <c r="AL19" s="2"/>
+      <c r="AM19" s="2"/>
+      <c r="AN19" s="2"/>
+      <c r="AO19" s="2"/>
+      <c r="AP19" s="2"/>
+      <c r="AQ19" s="2"/>
+      <c r="AR19" s="2"/>
+      <c r="AS19" s="2"/>
+      <c r="AT19" s="2"/>
+      <c r="AU19" s="2"/>
+      <c r="AV19" s="2"/>
+      <c r="AW19" s="2"/>
+      <c r="AX19" s="2"/>
+      <c r="AY19" s="2"/>
+      <c r="AZ19" s="2"/>
+      <c r="BA19" s="2"/>
+      <c r="BB19" s="2"/>
+      <c r="BC19" s="2"/>
+      <c r="BD19" s="2"/>
+      <c r="BE19" s="2"/>
+      <c r="BF19" s="2"/>
+      <c r="BG19" s="2"/>
+      <c r="BH19" s="2"/>
+      <c r="BI19" s="2"/>
+      <c r="BJ19" s="2"/>
+      <c r="BK19" s="2"/>
+      <c r="BL19" s="2"/>
+      <c r="BM19" s="2"/>
+      <c r="BN19" s="2"/>
+      <c r="BO19" s="2"/>
+      <c r="BP19" s="2"/>
+      <c r="BQ19" s="2"/>
     </row>
-    <row r="20" spans="1:4">
+    <row r="20" spans="1:69">
       <c r="A20" t="s">
-        <v>22</v>
+        <v>101</v>
       </c>
       <c r="B20" t="s">
-        <v>23</v>
+        <v>102</v>
       </c>
     </row>
-    <row r="21" spans="1:4">
+    <row r="21" spans="1:69">
       <c r="A21" t="s">
-        <v>24</v>
+        <v>103</v>
       </c>
       <c r="B21" t="s">
-        <v>25</v>
+        <v>104</v>
       </c>
     </row>
-    <row r="23" spans="1:4">
+    <row r="23" spans="1:69">
       <c r="A23" s="1" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="B23" s="1"/>
       <c r="C23" s="1"/>
       <c r="D23" s="1"/>
+      <c r="E23" s="1"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="1"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="1"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="1"/>
+      <c r="L23" s="1"/>
+      <c r="M23" s="1"/>
+      <c r="N23" s="1"/>
+      <c r="O23" s="1"/>
+      <c r="P23" s="1"/>
+      <c r="Q23" s="1"/>
+      <c r="R23" s="1"/>
+      <c r="S23" s="1"/>
+      <c r="T23" s="1"/>
+      <c r="U23" s="1"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="1"/>
+      <c r="X23" s="1"/>
+      <c r="Y23" s="1"/>
+      <c r="Z23" s="1"/>
+      <c r="AA23" s="1"/>
+      <c r="AB23" s="1"/>
+      <c r="AC23" s="1"/>
+      <c r="AD23" s="1"/>
+      <c r="AE23" s="1"/>
+      <c r="AF23" s="1"/>
+      <c r="AG23" s="1"/>
+      <c r="AH23" s="1"/>
+      <c r="AI23" s="1"/>
+      <c r="AJ23" s="1"/>
+      <c r="AK23" s="1"/>
+      <c r="AL23" s="1"/>
+      <c r="AM23" s="1"/>
+      <c r="AN23" s="1"/>
+      <c r="AO23" s="1"/>
+      <c r="AP23" s="1"/>
+      <c r="AQ23" s="1"/>
+      <c r="AR23" s="1"/>
+      <c r="AS23" s="1"/>
+      <c r="AT23" s="1"/>
+      <c r="AU23" s="1"/>
+      <c r="AV23" s="1"/>
+      <c r="AW23" s="1"/>
+      <c r="AX23" s="1"/>
+      <c r="AY23" s="1"/>
+      <c r="AZ23" s="1"/>
+      <c r="BA23" s="1"/>
+      <c r="BB23" s="1"/>
+      <c r="BC23" s="1"/>
+      <c r="BD23" s="1"/>
+      <c r="BE23" s="1"/>
+      <c r="BF23" s="1"/>
+      <c r="BG23" s="1"/>
+      <c r="BH23" s="1"/>
+      <c r="BI23" s="1"/>
+      <c r="BJ23" s="1"/>
+      <c r="BK23" s="1"/>
+      <c r="BL23" s="1"/>
+      <c r="BM23" s="1"/>
+      <c r="BN23" s="1"/>
+      <c r="BO23" s="1"/>
+      <c r="BP23" s="1"/>
+      <c r="BQ23" s="1"/>
     </row>
-    <row r="24" spans="1:4">
+    <row r="24" spans="1:69">
       <c r="A24" t="s">
-        <v>27</v>
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A24:D24"/>
+    <mergeCell ref="A24:BQ24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>