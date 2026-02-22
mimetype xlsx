--- v0 (2025-12-23)
+++ v1 (2026-02-22)
@@ -12,54 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="4310-zhemchuzhiny-novgoro..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>07.03.2026</t>
   </si>
   <si>
     <t>Садко 3*</t>
   </si>
   <si>
     <t>Двухместный номер</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>23400 RUB</t>
   </si>
   <si>
     <t>Ребёнок 0—16 лет на основном месте</t>
   </si>
   <si>
     <t>22900 RUB</t>
   </si>
   <si>
     <t>одноместный номер стандарт</t>
   </si>
   <si>
@@ -143,51 +140,51 @@
   <si>
     <t>24800 RUB</t>
   </si>
   <si>
     <t>21200 RUB</t>
   </si>
   <si>
     <t>Одноместный номер стандарт</t>
   </si>
   <si>
     <t>29650 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Обед 1-й день</t>
   </si>
   <si>
     <t>1000 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 23.12.2025 07:45, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 22.02.2026 02:34, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -529,486 +526,391 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C49"/>
+  <dimension ref="A1:B49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A48" sqref="A48:C48"/>
+      <selection activeCell="A48" sqref="A48:B48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="48.273926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:2">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:2">
+      <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="2" t="s">
+      <c r="B2" s="2"/>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="2"/>
-[...3 lines deleted...]
-      <c r="A3" s="3" t="s">
+      <c r="B3" s="3"/>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>3</v>
       </c>
-      <c r="B3" s="3"/>
-[...3 lines deleted...]
-      <c r="A4" t="s">
+      <c r="B4" t="s">
         <v>4</v>
       </c>
-      <c r="B4" t="s">
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>5</v>
       </c>
-      <c r="C4" t="s">
-[...4 lines deleted...]
-      <c r="A5" t="s">
+      <c r="B5" t="s">
         <v>6</v>
       </c>
-      <c r="B5" t="s">
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C5" t="s">
-[...4 lines deleted...]
-      <c r="A6" s="3" t="s">
+      <c r="B6" s="3"/>
+    </row>
+    <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>3</v>
+      </c>
+      <c r="B7" t="s">
         <v>8</v>
       </c>
-      <c r="B6" s="3"/>
-[...13 lines deleted...]
-    <row r="8" spans="1:3">
+    </row>
+    <row r="8" spans="1:2">
       <c r="A8" s="4"/>
       <c r="B8" s="4"/>
-      <c r="C8" s="4"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:3">
+    </row>
+    <row r="9" spans="1:2">
       <c r="A9" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B9" s="2"/>
+    </row>
+    <row r="10" spans="1:2">
+      <c r="A10" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B9" s="2"/>
-[...3 lines deleted...]
-      <c r="A10" s="3" t="s">
+      <c r="B10" s="3"/>
+    </row>
+    <row r="11" spans="1:2">
+      <c r="A11" t="s">
+        <v>3</v>
+      </c>
+      <c r="B11" t="s">
         <v>11</v>
       </c>
-      <c r="B10" s="3"/>
-[...6 lines deleted...]
-      <c r="B11" t="s">
+    </row>
+    <row r="12" spans="1:2">
+      <c r="A12" t="s">
         <v>12</v>
       </c>
-      <c r="C11" t="s">
-[...4 lines deleted...]
-      <c r="A12" t="s">
+      <c r="B12" t="s">
         <v>13</v>
       </c>
-      <c r="B12" t="s">
+    </row>
+    <row r="13" spans="1:2">
+      <c r="A13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B13" t="s">
         <v>14</v>
       </c>
-      <c r="C12" t="s">
-[...7 lines deleted...]
-      <c r="B13" t="s">
+    </row>
+    <row r="14" spans="1:2">
+      <c r="A14" t="s">
         <v>15</v>
       </c>
-      <c r="C13" t="s">
-[...4 lines deleted...]
-      <c r="A14" t="s">
+      <c r="B14" t="s">
         <v>16</v>
       </c>
-      <c r="B14" t="s">
+    </row>
+    <row r="15" spans="1:2">
+      <c r="A15" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="B15" s="3"/>
+    </row>
+    <row r="16" spans="1:2">
+      <c r="A16" t="s">
+        <v>3</v>
+      </c>
+      <c r="B16" t="s">
         <v>17</v>
       </c>
-      <c r="C14" t="s">
-[...21 lines deleted...]
-    <row r="17" spans="1:3">
+    </row>
+    <row r="17" spans="1:2">
       <c r="A17" s="4"/>
       <c r="B17" s="4"/>
-      <c r="C17" s="4"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:3">
+    </row>
+    <row r="18" spans="1:2">
       <c r="A18" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B18" s="2"/>
+    </row>
+    <row r="19" spans="1:2">
+      <c r="A19" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B19" s="3"/>
+    </row>
+    <row r="20" spans="1:2">
+      <c r="A20" t="s">
+        <v>3</v>
+      </c>
+      <c r="B20" t="s">
         <v>19</v>
       </c>
-      <c r="B18" s="2"/>
-[...3 lines deleted...]
-      <c r="A19" s="3" t="s">
+    </row>
+    <row r="21" spans="1:2">
+      <c r="A21" t="s">
+        <v>12</v>
+      </c>
+      <c r="B21" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2">
+      <c r="A22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B22" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2">
+      <c r="A23" t="s">
+        <v>15</v>
+      </c>
+      <c r="B23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="24" spans="1:2">
+      <c r="A24" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="B24" s="3"/>
+    </row>
+    <row r="25" spans="1:2">
+      <c r="A25" t="s">
         <v>3</v>
       </c>
-      <c r="B19" s="3"/>
-[...39 lines deleted...]
-      <c r="B23" t="s">
+      <c r="B25" t="s">
         <v>23</v>
       </c>
-      <c r="C23" t="s">
-[...21 lines deleted...]
-    <row r="26" spans="1:3">
+    </row>
+    <row r="26" spans="1:2">
       <c r="A26" s="4"/>
       <c r="B26" s="4"/>
-      <c r="C26" s="4"/>
-[...1 lines deleted...]
-    <row r="27" spans="1:3">
+    </row>
+    <row r="27" spans="1:2">
       <c r="A27" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B27" s="2"/>
+    </row>
+    <row r="28" spans="1:2">
+      <c r="A28" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B28" s="3"/>
+    </row>
+    <row r="29" spans="1:2">
+      <c r="A29" t="s">
+        <v>3</v>
+      </c>
+      <c r="B29" t="s">
         <v>25</v>
       </c>
-      <c r="B27" s="2"/>
-[...3 lines deleted...]
-      <c r="A28" s="3" t="s">
+    </row>
+    <row r="30" spans="1:2">
+      <c r="A30" t="s">
+        <v>12</v>
+      </c>
+      <c r="B30" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="31" spans="1:2">
+      <c r="A31" t="s">
+        <v>5</v>
+      </c>
+      <c r="B31" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2">
+      <c r="A32" t="s">
+        <v>15</v>
+      </c>
+      <c r="B32" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2">
+      <c r="A33" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="B33" s="3"/>
+    </row>
+    <row r="34" spans="1:2">
+      <c r="A34" t="s">
         <v>3</v>
       </c>
-      <c r="B28" s="3"/>
-[...39 lines deleted...]
-      <c r="B32" t="s">
+      <c r="B34" t="s">
         <v>29</v>
       </c>
-      <c r="C32" t="s">
-[...21 lines deleted...]
-    <row r="35" spans="1:3">
+    </row>
+    <row r="35" spans="1:2">
       <c r="A35" s="4"/>
       <c r="B35" s="4"/>
-      <c r="C35" s="4"/>
-[...1 lines deleted...]
-    <row r="36" spans="1:3">
+    </row>
+    <row r="36" spans="1:2">
       <c r="A36" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B36" s="2"/>
+    </row>
+    <row r="37" spans="1:2">
+      <c r="A37" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B36" s="2"/>
-[...3 lines deleted...]
-      <c r="A37" s="3" t="s">
+      <c r="B37" s="3"/>
+    </row>
+    <row r="38" spans="1:2">
+      <c r="A38" t="s">
+        <v>3</v>
+      </c>
+      <c r="B38" t="s">
         <v>32</v>
       </c>
-      <c r="B37" s="3"/>
-[...6 lines deleted...]
-      <c r="B38" t="s">
+    </row>
+    <row r="39" spans="1:2">
+      <c r="A39" t="s">
+        <v>12</v>
+      </c>
+      <c r="B39" t="s">
         <v>33</v>
       </c>
-      <c r="C38" t="s">
-[...7 lines deleted...]
-      <c r="B39" t="s">
+    </row>
+    <row r="40" spans="1:2">
+      <c r="A40" t="s">
+        <v>5</v>
+      </c>
+      <c r="B40" t="s">
         <v>34</v>
       </c>
-      <c r="C39" t="s">
-[...7 lines deleted...]
-      <c r="B40" t="s">
+    </row>
+    <row r="41" spans="1:2">
+      <c r="A41" t="s">
+        <v>15</v>
+      </c>
+      <c r="B41" t="s">
         <v>35</v>
       </c>
-      <c r="C40" t="s">
-[...7 lines deleted...]
-      <c r="B41" t="s">
+    </row>
+    <row r="42" spans="1:2">
+      <c r="A42" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="C41" t="s">
-[...4 lines deleted...]
-      <c r="A42" s="3" t="s">
+      <c r="B42" s="3"/>
+    </row>
+    <row r="43" spans="1:2">
+      <c r="A43" t="s">
+        <v>3</v>
+      </c>
+      <c r="B43" t="s">
         <v>37</v>
       </c>
-      <c r="B42" s="3"/>
-[...13 lines deleted...]
-    <row r="44" spans="1:3">
+    </row>
+    <row r="44" spans="1:2">
       <c r="A44" s="4"/>
       <c r="B44" s="4"/>
-      <c r="C44" s="4"/>
-[...1 lines deleted...]
-    <row r="45" spans="1:3">
+    </row>
+    <row r="45" spans="1:2">
       <c r="A45" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B45" s="2"/>
+    </row>
+    <row r="46" spans="1:2">
+      <c r="A46" t="s">
         <v>39</v>
       </c>
-      <c r="B45" s="2"/>
-[...3 lines deleted...]
-      <c r="A46" t="s">
+      <c r="B46" t="s">
         <v>40</v>
       </c>
-      <c r="B46" t="s">
+    </row>
+    <row r="48" spans="1:2">
+      <c r="A48" s="1" t="s">
         <v>41</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A48" s="1" t="s">
+      <c r="B48" s="1"/>
+    </row>
+    <row r="49" spans="1:2">
+      <c r="A49" t="s">
         <v>42</v>
-      </c>
-[...5 lines deleted...]
-        <v>43</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A49:C49"/>
+    <mergeCell ref="A49:B49"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>