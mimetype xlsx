--- v0 (2025-10-05)
+++ v1 (2025-11-20)
@@ -12,73 +12,136 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="7482-msk-2025-sbornyj-tur..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
-[...8 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>05.12.2025</t>
   </si>
   <si>
     <t>19.12.2025</t>
   </si>
   <si>
     <t>04.01.2026</t>
   </si>
   <si>
+    <t>30.01.2026</t>
+  </si>
+  <si>
+    <t>13.02.2026</t>
+  </si>
+  <si>
+    <t>27.02.2026</t>
+  </si>
+  <si>
+    <t>13.03.2026</t>
+  </si>
+  <si>
+    <t>27.03.2026</t>
+  </si>
+  <si>
+    <t>10.04.2026</t>
+  </si>
+  <si>
+    <t>24.04.2026</t>
+  </si>
+  <si>
+    <t>08.05.2026</t>
+  </si>
+  <si>
+    <t>22.05.2026</t>
+  </si>
+  <si>
+    <t>05.06.2026</t>
+  </si>
+  <si>
+    <t>19.06.2026</t>
+  </si>
+  <si>
+    <t>03.07.2026</t>
+  </si>
+  <si>
+    <t>17.07.2026</t>
+  </si>
+  <si>
+    <t>31.07.2026</t>
+  </si>
+  <si>
+    <t>14.08.2026</t>
+  </si>
+  <si>
+    <t>28.08.2026</t>
+  </si>
+  <si>
+    <t>11.09.2026</t>
+  </si>
+  <si>
+    <t>25.09.2026</t>
+  </si>
+  <si>
+    <t>09.10.2026</t>
+  </si>
+  <si>
+    <t>23.10.2026</t>
+  </si>
+  <si>
+    <t>06.11.2026</t>
+  </si>
+  <si>
+    <t>20.11.2026</t>
+  </si>
+  <si>
+    <t>04.12.2026</t>
+  </si>
+  <si>
+    <t>18.12.2026</t>
+  </si>
+  <si>
     <t>Мираж</t>
   </si>
   <si>
     <t>2-м номер KING (номер с одной двухспальной кроватью)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>45970 RUB</t>
   </si>
   <si>
     <t>57350 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>34420 RUB</t>
   </si>
   <si>
     <t>41530 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
@@ -248,104 +311,104 @@
   <si>
     <t>37150 RUB</t>
   </si>
   <si>
     <t>Парк Отель</t>
   </si>
   <si>
     <t>36170 RUB</t>
   </si>
   <si>
     <t>45300 RUB</t>
   </si>
   <si>
     <t>42900 RUB</t>
   </si>
   <si>
     <t>57130 RUB</t>
   </si>
   <si>
     <t>Давыдов</t>
   </si>
   <si>
     <t>35930 RUB</t>
   </si>
   <si>
+    <t>43130 RUB</t>
+  </si>
+  <si>
+    <t>41450 RUB</t>
+  </si>
+  <si>
+    <t>Джузеппе</t>
+  </si>
+  <si>
+    <t>37100 RUB</t>
+  </si>
+  <si>
+    <t>44520 RUB</t>
+  </si>
+  <si>
+    <t>34170 RUB</t>
+  </si>
+  <si>
+    <t>42960 RUB</t>
+  </si>
+  <si>
+    <t>51160 RUB</t>
+  </si>
+  <si>
+    <t>34090 RUB</t>
+  </si>
+  <si>
+    <t>Без размещения</t>
+  </si>
+  <si>
+    <t>1-местное размещение по туру в г.Елабуга</t>
+  </si>
+  <si>
+    <t>33080 RUB</t>
+  </si>
+  <si>
+    <t>36810 RUB</t>
+  </si>
+  <si>
+    <t>2-местное размещение по туру в г.Елабуга</t>
+  </si>
+  <si>
+    <t>30910 RUB</t>
+  </si>
+  <si>
+    <t>34620 RUB</t>
+  </si>
+  <si>
+    <t>Раймонд</t>
+  </si>
+  <si>
     <t>36770 RUB</t>
   </si>
   <si>
-    <t>43130 RUB</t>
-[...49 lines deleted...]
-  <si>
     <t>43880 RUB</t>
   </si>
   <si>
     <t>35260 RUB</t>
   </si>
   <si>
     <t>40110 RUB</t>
   </si>
   <si>
     <t>51960 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "ж/д-отель" (дневное время)</t>
   </si>
   <si>
     <t>1200 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "ж/д-отель" (19:00-08:00)</t>
   </si>
   <si>
     <t>1400 RUB</t>
@@ -362,66 +425,69 @@
   <si>
     <t>2000 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "отель-ж/д" (дневное время)</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "отель-ж/д" (19:00-08:00)</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "отель-аэропорт" (дневное время)</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "отель-аэропорт" (19:00-08:00)</t>
   </si>
   <si>
     <t>Пешеходная экскурсия "Казанский Арбат"</t>
   </si>
   <si>
     <t>600 RUB</t>
   </si>
   <si>
     <t>Экскурсия "Огни ночной Казани"</t>
   </si>
   <si>
+    <t>1100 RUB</t>
+  </si>
+  <si>
+    <t>Билет на "Колесо обозрения"</t>
+  </si>
+  <si>
+    <t>500 RUB</t>
+  </si>
+  <si>
+    <t>Экскурсия на остров-град Свияжск</t>
+  </si>
+  <si>
     <t>1500 RUB</t>
   </si>
   <si>
-    <t>Билет на "Колесо обозрения"</t>
-[...7 lines deleted...]
-  <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 05.10.2025 06:57, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 20.11.2025 18:50, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -763,3725 +829,11957 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H183"/>
+  <dimension ref="A1:AC183"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A182" sqref="A182:H182"/>
+      <selection activeCell="A182" sqref="A182:AC182"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="67.126465" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:29">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
-    </row>
-    <row r="2" spans="1:8">
+      <c r="I1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="R1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="S1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="T1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="U1" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="V1" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="W1" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="X1" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y1" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="Z1" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="AA1" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="AB1" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="AC1" s="1" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="2" spans="1:29">
       <c r="A2" s="2" t="s">
-        <v>7</v>
+        <v>28</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
-    </row>
-    <row r="3" spans="1:8">
+      <c r="I2" s="2"/>
+      <c r="J2" s="2"/>
+      <c r="K2" s="2"/>
+      <c r="L2" s="2"/>
+      <c r="M2" s="2"/>
+      <c r="N2" s="2"/>
+      <c r="O2" s="2"/>
+      <c r="P2" s="2"/>
+      <c r="Q2" s="2"/>
+      <c r="R2" s="2"/>
+      <c r="S2" s="2"/>
+      <c r="T2" s="2"/>
+      <c r="U2" s="2"/>
+      <c r="V2" s="2"/>
+      <c r="W2" s="2"/>
+      <c r="X2" s="2"/>
+      <c r="Y2" s="2"/>
+      <c r="Z2" s="2"/>
+      <c r="AA2" s="2"/>
+      <c r="AB2" s="2"/>
+      <c r="AC2" s="2"/>
+    </row>
+    <row r="3" spans="1:29">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
-    </row>
-    <row r="4" spans="1:8">
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="3"/>
+      <c r="O3" s="3"/>
+      <c r="P3" s="3"/>
+      <c r="Q3" s="3"/>
+      <c r="R3" s="3"/>
+      <c r="S3" s="3"/>
+      <c r="T3" s="3"/>
+      <c r="U3" s="3"/>
+      <c r="V3" s="3"/>
+      <c r="W3" s="3"/>
+      <c r="X3" s="3"/>
+      <c r="Y3" s="3"/>
+      <c r="Z3" s="3"/>
+      <c r="AA3" s="3"/>
+      <c r="AB3" s="3"/>
+      <c r="AC3" s="3"/>
+    </row>
+    <row r="4" spans="1:29">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="D4" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="E4" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G4" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="H4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:8">
+        <v>32</v>
+      </c>
+      <c r="I4" t="s">
+        <v>32</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+      <c r="K4" t="s">
+        <v>32</v>
+      </c>
+      <c r="L4" t="s">
+        <v>32</v>
+      </c>
+      <c r="M4" t="s">
+        <v>32</v>
+      </c>
+      <c r="N4" t="s">
+        <v>32</v>
+      </c>
+      <c r="O4" t="s">
+        <v>32</v>
+      </c>
+      <c r="P4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>32</v>
+      </c>
+      <c r="R4" t="s">
+        <v>32</v>
+      </c>
+      <c r="S4" t="s">
+        <v>32</v>
+      </c>
+      <c r="T4" t="s">
+        <v>32</v>
+      </c>
+      <c r="U4" t="s">
+        <v>32</v>
+      </c>
+      <c r="V4" t="s">
+        <v>32</v>
+      </c>
+      <c r="W4" t="s">
+        <v>32</v>
+      </c>
+      <c r="X4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5" spans="1:29">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G5" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="H5" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:8">
+        <v>35</v>
+      </c>
+      <c r="I5" t="s">
+        <v>35</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>35</v>
+      </c>
+      <c r="L5" t="s">
+        <v>35</v>
+      </c>
+      <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
+        <v>35</v>
+      </c>
+      <c r="O5" t="s">
+        <v>35</v>
+      </c>
+      <c r="P5" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>35</v>
+      </c>
+      <c r="R5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T5" t="s">
+        <v>35</v>
+      </c>
+      <c r="U5" t="s">
+        <v>35</v>
+      </c>
+      <c r="V5" t="s">
+        <v>35</v>
+      </c>
+      <c r="W5" t="s">
+        <v>35</v>
+      </c>
+      <c r="X5" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>35</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6" spans="1:29">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="F6" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="G6" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="H6" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I6" t="s">
+        <v>38</v>
+      </c>
+      <c r="J6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L6" t="s">
+        <v>38</v>
+      </c>
+      <c r="M6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>38</v>
+      </c>
+      <c r="P6" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>38</v>
+      </c>
+      <c r="R6" t="s">
+        <v>38</v>
+      </c>
+      <c r="S6" t="s">
+        <v>38</v>
+      </c>
+      <c r="T6" t="s">
+        <v>38</v>
+      </c>
+      <c r="U6" t="s">
+        <v>38</v>
+      </c>
+      <c r="V6" t="s">
+        <v>38</v>
+      </c>
+      <c r="W6" t="s">
+        <v>38</v>
+      </c>
+      <c r="X6" t="s">
+        <v>38</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7" spans="1:29">
       <c r="A7" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B7" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="D7" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="E7" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G7" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="H7" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:8">
+        <v>32</v>
+      </c>
+      <c r="I7" t="s">
+        <v>32</v>
+      </c>
+      <c r="J7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K7" t="s">
+        <v>32</v>
+      </c>
+      <c r="L7" t="s">
+        <v>32</v>
+      </c>
+      <c r="M7" t="s">
+        <v>32</v>
+      </c>
+      <c r="N7" t="s">
+        <v>32</v>
+      </c>
+      <c r="O7" t="s">
+        <v>32</v>
+      </c>
+      <c r="P7" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>32</v>
+      </c>
+      <c r="R7" t="s">
+        <v>32</v>
+      </c>
+      <c r="S7" t="s">
+        <v>32</v>
+      </c>
+      <c r="T7" t="s">
+        <v>32</v>
+      </c>
+      <c r="U7" t="s">
+        <v>32</v>
+      </c>
+      <c r="V7" t="s">
+        <v>32</v>
+      </c>
+      <c r="W7" t="s">
+        <v>32</v>
+      </c>
+      <c r="X7" t="s">
+        <v>32</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>32</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>32</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>32</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="8" spans="1:29">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F8" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="G8" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H8" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:8">
+        <v>42</v>
+      </c>
+      <c r="I8" t="s">
+        <v>42</v>
+      </c>
+      <c r="J8" t="s">
+        <v>42</v>
+      </c>
+      <c r="K8" t="s">
+        <v>42</v>
+      </c>
+      <c r="L8" t="s">
+        <v>42</v>
+      </c>
+      <c r="M8" t="s">
+        <v>42</v>
+      </c>
+      <c r="N8" t="s">
+        <v>42</v>
+      </c>
+      <c r="O8" t="s">
+        <v>42</v>
+      </c>
+      <c r="P8" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>42</v>
+      </c>
+      <c r="R8" t="s">
+        <v>42</v>
+      </c>
+      <c r="S8" t="s">
+        <v>42</v>
+      </c>
+      <c r="T8" t="s">
+        <v>42</v>
+      </c>
+      <c r="U8" t="s">
+        <v>42</v>
+      </c>
+      <c r="V8" t="s">
+        <v>42</v>
+      </c>
+      <c r="W8" t="s">
+        <v>42</v>
+      </c>
+      <c r="X8" t="s">
+        <v>42</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>42</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>42</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>42</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>42</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="9" spans="1:29">
       <c r="A9" s="3" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="B9" s="3"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
-    </row>
-    <row r="10" spans="1:8">
+      <c r="I9" s="3"/>
+      <c r="J9" s="3"/>
+      <c r="K9" s="3"/>
+      <c r="L9" s="3"/>
+      <c r="M9" s="3"/>
+      <c r="N9" s="3"/>
+      <c r="O9" s="3"/>
+      <c r="P9" s="3"/>
+      <c r="Q9" s="3"/>
+      <c r="R9" s="3"/>
+      <c r="S9" s="3"/>
+      <c r="T9" s="3"/>
+      <c r="U9" s="3"/>
+      <c r="V9" s="3"/>
+      <c r="W9" s="3"/>
+      <c r="X9" s="3"/>
+      <c r="Y9" s="3"/>
+      <c r="Z9" s="3"/>
+      <c r="AA9" s="3"/>
+      <c r="AB9" s="3"/>
+      <c r="AC9" s="3"/>
+    </row>
+    <row r="10" spans="1:29">
       <c r="A10" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B10" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="C10" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G10" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="H10" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:8">
+        <v>32</v>
+      </c>
+      <c r="I10" t="s">
+        <v>32</v>
+      </c>
+      <c r="J10" t="s">
+        <v>32</v>
+      </c>
+      <c r="K10" t="s">
+        <v>32</v>
+      </c>
+      <c r="L10" t="s">
+        <v>32</v>
+      </c>
+      <c r="M10" t="s">
+        <v>32</v>
+      </c>
+      <c r="N10" t="s">
+        <v>32</v>
+      </c>
+      <c r="O10" t="s">
+        <v>32</v>
+      </c>
+      <c r="P10" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>32</v>
+      </c>
+      <c r="R10" t="s">
+        <v>32</v>
+      </c>
+      <c r="S10" t="s">
+        <v>32</v>
+      </c>
+      <c r="T10" t="s">
+        <v>32</v>
+      </c>
+      <c r="U10" t="s">
+        <v>32</v>
+      </c>
+      <c r="V10" t="s">
+        <v>32</v>
+      </c>
+      <c r="W10" t="s">
+        <v>32</v>
+      </c>
+      <c r="X10" t="s">
+        <v>32</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>32</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>32</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>32</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="11" spans="1:29">
       <c r="A11" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="B11" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G11" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="H11" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:8">
+        <v>35</v>
+      </c>
+      <c r="I11" t="s">
+        <v>35</v>
+      </c>
+      <c r="J11" t="s">
+        <v>35</v>
+      </c>
+      <c r="K11" t="s">
+        <v>35</v>
+      </c>
+      <c r="L11" t="s">
+        <v>35</v>
+      </c>
+      <c r="M11" t="s">
+        <v>35</v>
+      </c>
+      <c r="N11" t="s">
+        <v>35</v>
+      </c>
+      <c r="O11" t="s">
+        <v>35</v>
+      </c>
+      <c r="P11" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>35</v>
+      </c>
+      <c r="R11" t="s">
+        <v>35</v>
+      </c>
+      <c r="S11" t="s">
+        <v>35</v>
+      </c>
+      <c r="T11" t="s">
+        <v>35</v>
+      </c>
+      <c r="U11" t="s">
+        <v>35</v>
+      </c>
+      <c r="V11" t="s">
+        <v>35</v>
+      </c>
+      <c r="W11" t="s">
+        <v>35</v>
+      </c>
+      <c r="X11" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>35</v>
+      </c>
+      <c r="AC11" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="12" spans="1:29">
       <c r="A12" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B12" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="C12" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G12" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="H12" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:8">
+        <v>32</v>
+      </c>
+      <c r="I12" t="s">
+        <v>32</v>
+      </c>
+      <c r="J12" t="s">
+        <v>32</v>
+      </c>
+      <c r="K12" t="s">
+        <v>32</v>
+      </c>
+      <c r="L12" t="s">
+        <v>32</v>
+      </c>
+      <c r="M12" t="s">
+        <v>32</v>
+      </c>
+      <c r="N12" t="s">
+        <v>32</v>
+      </c>
+      <c r="O12" t="s">
+        <v>32</v>
+      </c>
+      <c r="P12" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>32</v>
+      </c>
+      <c r="R12" t="s">
+        <v>32</v>
+      </c>
+      <c r="S12" t="s">
+        <v>32</v>
+      </c>
+      <c r="T12" t="s">
+        <v>32</v>
+      </c>
+      <c r="U12" t="s">
+        <v>32</v>
+      </c>
+      <c r="V12" t="s">
+        <v>32</v>
+      </c>
+      <c r="W12" t="s">
+        <v>32</v>
+      </c>
+      <c r="X12" t="s">
+        <v>32</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>32</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>32</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>32</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC12" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="13" spans="1:29">
       <c r="A13" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B13" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="C13" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="D13" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F13" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="G13" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H13" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:8">
+        <v>42</v>
+      </c>
+      <c r="I13" t="s">
+        <v>42</v>
+      </c>
+      <c r="J13" t="s">
+        <v>42</v>
+      </c>
+      <c r="K13" t="s">
+        <v>42</v>
+      </c>
+      <c r="L13" t="s">
+        <v>42</v>
+      </c>
+      <c r="M13" t="s">
+        <v>42</v>
+      </c>
+      <c r="N13" t="s">
+        <v>42</v>
+      </c>
+      <c r="O13" t="s">
+        <v>42</v>
+      </c>
+      <c r="P13" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>42</v>
+      </c>
+      <c r="R13" t="s">
+        <v>42</v>
+      </c>
+      <c r="S13" t="s">
+        <v>42</v>
+      </c>
+      <c r="T13" t="s">
+        <v>42</v>
+      </c>
+      <c r="U13" t="s">
+        <v>42</v>
+      </c>
+      <c r="V13" t="s">
+        <v>42</v>
+      </c>
+      <c r="W13" t="s">
+        <v>42</v>
+      </c>
+      <c r="X13" t="s">
+        <v>42</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>42</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>42</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>42</v>
+      </c>
+      <c r="AB13" t="s">
+        <v>42</v>
+      </c>
+      <c r="AC13" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="14" spans="1:29">
       <c r="A14" s="4"/>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
-    </row>
-    <row r="15" spans="1:8">
+      <c r="I14" s="4"/>
+      <c r="J14" s="4"/>
+      <c r="K14" s="4"/>
+      <c r="L14" s="4"/>
+      <c r="M14" s="4"/>
+      <c r="N14" s="4"/>
+      <c r="O14" s="4"/>
+      <c r="P14" s="4"/>
+      <c r="Q14" s="4"/>
+      <c r="R14" s="4"/>
+      <c r="S14" s="4"/>
+      <c r="T14" s="4"/>
+      <c r="U14" s="4"/>
+      <c r="V14" s="4"/>
+      <c r="W14" s="4"/>
+      <c r="X14" s="4"/>
+      <c r="Y14" s="4"/>
+      <c r="Z14" s="4"/>
+      <c r="AA14" s="4"/>
+      <c r="AB14" s="4"/>
+      <c r="AC14" s="4"/>
+    </row>
+    <row r="15" spans="1:29">
       <c r="A15" s="2" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
-    </row>
-    <row r="16" spans="1:8">
+      <c r="I15" s="2"/>
+      <c r="J15" s="2"/>
+      <c r="K15" s="2"/>
+      <c r="L15" s="2"/>
+      <c r="M15" s="2"/>
+      <c r="N15" s="2"/>
+      <c r="O15" s="2"/>
+      <c r="P15" s="2"/>
+      <c r="Q15" s="2"/>
+      <c r="R15" s="2"/>
+      <c r="S15" s="2"/>
+      <c r="T15" s="2"/>
+      <c r="U15" s="2"/>
+      <c r="V15" s="2"/>
+      <c r="W15" s="2"/>
+      <c r="X15" s="2"/>
+      <c r="Y15" s="2"/>
+      <c r="Z15" s="2"/>
+      <c r="AA15" s="2"/>
+      <c r="AB15" s="2"/>
+      <c r="AC15" s="2"/>
+    </row>
+    <row r="16" spans="1:29">
       <c r="A16" s="3" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
-    </row>
-    <row r="17" spans="1:8">
+      <c r="I16" s="3"/>
+      <c r="J16" s="3"/>
+      <c r="K16" s="3"/>
+      <c r="L16" s="3"/>
+      <c r="M16" s="3"/>
+      <c r="N16" s="3"/>
+      <c r="O16" s="3"/>
+      <c r="P16" s="3"/>
+      <c r="Q16" s="3"/>
+      <c r="R16" s="3"/>
+      <c r="S16" s="3"/>
+      <c r="T16" s="3"/>
+      <c r="U16" s="3"/>
+      <c r="V16" s="3"/>
+      <c r="W16" s="3"/>
+      <c r="X16" s="3"/>
+      <c r="Y16" s="3"/>
+      <c r="Z16" s="3"/>
+      <c r="AA16" s="3"/>
+      <c r="AB16" s="3"/>
+      <c r="AC16" s="3"/>
+    </row>
+    <row r="17" spans="1:29">
       <c r="A17" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B17" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="C17" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="F17" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="G17" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="H17" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:8">
+        <v>46</v>
+      </c>
+      <c r="I17" t="s">
+        <v>46</v>
+      </c>
+      <c r="J17" t="s">
+        <v>46</v>
+      </c>
+      <c r="K17" t="s">
+        <v>46</v>
+      </c>
+      <c r="L17" t="s">
+        <v>46</v>
+      </c>
+      <c r="M17" t="s">
+        <v>46</v>
+      </c>
+      <c r="N17" t="s">
+        <v>46</v>
+      </c>
+      <c r="O17" t="s">
+        <v>46</v>
+      </c>
+      <c r="P17" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>46</v>
+      </c>
+      <c r="R17" t="s">
+        <v>46</v>
+      </c>
+      <c r="S17" t="s">
+        <v>46</v>
+      </c>
+      <c r="T17" t="s">
+        <v>46</v>
+      </c>
+      <c r="U17" t="s">
+        <v>46</v>
+      </c>
+      <c r="V17" t="s">
+        <v>46</v>
+      </c>
+      <c r="W17" t="s">
+        <v>46</v>
+      </c>
+      <c r="X17" t="s">
+        <v>46</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>46</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="18" spans="1:29">
       <c r="A18" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="B18" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="C18" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="F18" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="G18" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="H18" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:8">
+        <v>35</v>
+      </c>
+      <c r="I18" t="s">
+        <v>35</v>
+      </c>
+      <c r="J18" t="s">
+        <v>35</v>
+      </c>
+      <c r="K18" t="s">
+        <v>35</v>
+      </c>
+      <c r="L18" t="s">
+        <v>35</v>
+      </c>
+      <c r="M18" t="s">
+        <v>35</v>
+      </c>
+      <c r="N18" t="s">
+        <v>35</v>
+      </c>
+      <c r="O18" t="s">
+        <v>35</v>
+      </c>
+      <c r="P18" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>35</v>
+      </c>
+      <c r="R18" t="s">
+        <v>35</v>
+      </c>
+      <c r="S18" t="s">
+        <v>35</v>
+      </c>
+      <c r="T18" t="s">
+        <v>35</v>
+      </c>
+      <c r="U18" t="s">
+        <v>35</v>
+      </c>
+      <c r="V18" t="s">
+        <v>35</v>
+      </c>
+      <c r="W18" t="s">
+        <v>35</v>
+      </c>
+      <c r="X18" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y18" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB18" t="s">
+        <v>35</v>
+      </c>
+      <c r="AC18" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="19" spans="1:29">
       <c r="A19" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="B19" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="C19" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="F19" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="G19" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="H19" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:8">
+        <v>49</v>
+      </c>
+      <c r="I19" t="s">
+        <v>49</v>
+      </c>
+      <c r="J19" t="s">
+        <v>49</v>
+      </c>
+      <c r="K19" t="s">
+        <v>49</v>
+      </c>
+      <c r="L19" t="s">
+        <v>49</v>
+      </c>
+      <c r="M19" t="s">
+        <v>49</v>
+      </c>
+      <c r="N19" t="s">
+        <v>49</v>
+      </c>
+      <c r="O19" t="s">
+        <v>49</v>
+      </c>
+      <c r="P19" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>49</v>
+      </c>
+      <c r="R19" t="s">
+        <v>49</v>
+      </c>
+      <c r="S19" t="s">
+        <v>49</v>
+      </c>
+      <c r="T19" t="s">
+        <v>49</v>
+      </c>
+      <c r="U19" t="s">
+        <v>49</v>
+      </c>
+      <c r="V19" t="s">
+        <v>49</v>
+      </c>
+      <c r="W19" t="s">
+        <v>49</v>
+      </c>
+      <c r="X19" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>49</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>49</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>49</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>49</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="20" spans="1:29">
       <c r="A20" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B20" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="C20" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="F20" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="G20" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="H20" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:8">
+        <v>46</v>
+      </c>
+      <c r="I20" t="s">
+        <v>46</v>
+      </c>
+      <c r="J20" t="s">
+        <v>46</v>
+      </c>
+      <c r="K20" t="s">
+        <v>46</v>
+      </c>
+      <c r="L20" t="s">
+        <v>46</v>
+      </c>
+      <c r="M20" t="s">
+        <v>46</v>
+      </c>
+      <c r="N20" t="s">
+        <v>46</v>
+      </c>
+      <c r="O20" t="s">
+        <v>46</v>
+      </c>
+      <c r="P20" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>46</v>
+      </c>
+      <c r="R20" t="s">
+        <v>46</v>
+      </c>
+      <c r="S20" t="s">
+        <v>46</v>
+      </c>
+      <c r="T20" t="s">
+        <v>46</v>
+      </c>
+      <c r="U20" t="s">
+        <v>46</v>
+      </c>
+      <c r="V20" t="s">
+        <v>46</v>
+      </c>
+      <c r="W20" t="s">
+        <v>46</v>
+      </c>
+      <c r="X20" t="s">
+        <v>46</v>
+      </c>
+      <c r="Y20" t="s">
+        <v>46</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA20" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB20" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC20" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="21" spans="1:29">
       <c r="A21" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B21" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="C21" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="F21" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G21" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="H21" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:8">
+        <v>42</v>
+      </c>
+      <c r="I21" t="s">
+        <v>42</v>
+      </c>
+      <c r="J21" t="s">
+        <v>42</v>
+      </c>
+      <c r="K21" t="s">
+        <v>42</v>
+      </c>
+      <c r="L21" t="s">
+        <v>42</v>
+      </c>
+      <c r="M21" t="s">
+        <v>42</v>
+      </c>
+      <c r="N21" t="s">
+        <v>42</v>
+      </c>
+      <c r="O21" t="s">
+        <v>42</v>
+      </c>
+      <c r="P21" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>42</v>
+      </c>
+      <c r="R21" t="s">
+        <v>42</v>
+      </c>
+      <c r="S21" t="s">
+        <v>42</v>
+      </c>
+      <c r="T21" t="s">
+        <v>42</v>
+      </c>
+      <c r="U21" t="s">
+        <v>42</v>
+      </c>
+      <c r="V21" t="s">
+        <v>42</v>
+      </c>
+      <c r="W21" t="s">
+        <v>42</v>
+      </c>
+      <c r="X21" t="s">
+        <v>42</v>
+      </c>
+      <c r="Y21" t="s">
+        <v>42</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>42</v>
+      </c>
+      <c r="AA21" t="s">
+        <v>42</v>
+      </c>
+      <c r="AB21" t="s">
+        <v>42</v>
+      </c>
+      <c r="AC21" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="22" spans="1:29">
       <c r="A22" s="3" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
-    </row>
-    <row r="23" spans="1:8">
+      <c r="I22" s="3"/>
+      <c r="J22" s="3"/>
+      <c r="K22" s="3"/>
+      <c r="L22" s="3"/>
+      <c r="M22" s="3"/>
+      <c r="N22" s="3"/>
+      <c r="O22" s="3"/>
+      <c r="P22" s="3"/>
+      <c r="Q22" s="3"/>
+      <c r="R22" s="3"/>
+      <c r="S22" s="3"/>
+      <c r="T22" s="3"/>
+      <c r="U22" s="3"/>
+      <c r="V22" s="3"/>
+      <c r="W22" s="3"/>
+      <c r="X22" s="3"/>
+      <c r="Y22" s="3"/>
+      <c r="Z22" s="3"/>
+      <c r="AA22" s="3"/>
+      <c r="AB22" s="3"/>
+      <c r="AC22" s="3"/>
+    </row>
+    <row r="23" spans="1:29">
       <c r="A23" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B23" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="C23" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="D23" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="E23" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="F23" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="G23" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="H23" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:8">
+        <v>46</v>
+      </c>
+      <c r="I23" t="s">
+        <v>46</v>
+      </c>
+      <c r="J23" t="s">
+        <v>46</v>
+      </c>
+      <c r="K23" t="s">
+        <v>46</v>
+      </c>
+      <c r="L23" t="s">
+        <v>46</v>
+      </c>
+      <c r="M23" t="s">
+        <v>46</v>
+      </c>
+      <c r="N23" t="s">
+        <v>46</v>
+      </c>
+      <c r="O23" t="s">
+        <v>46</v>
+      </c>
+      <c r="P23" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>46</v>
+      </c>
+      <c r="R23" t="s">
+        <v>46</v>
+      </c>
+      <c r="S23" t="s">
+        <v>46</v>
+      </c>
+      <c r="T23" t="s">
+        <v>46</v>
+      </c>
+      <c r="U23" t="s">
+        <v>46</v>
+      </c>
+      <c r="V23" t="s">
+        <v>46</v>
+      </c>
+      <c r="W23" t="s">
+        <v>46</v>
+      </c>
+      <c r="X23" t="s">
+        <v>46</v>
+      </c>
+      <c r="Y23" t="s">
+        <v>46</v>
+      </c>
+      <c r="Z23" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA23" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB23" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC23" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="24" spans="1:29">
       <c r="A24" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="B24" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="C24" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="D24" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="E24" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="F24" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="G24" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="H24" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:8">
+        <v>35</v>
+      </c>
+      <c r="I24" t="s">
+        <v>35</v>
+      </c>
+      <c r="J24" t="s">
+        <v>35</v>
+      </c>
+      <c r="K24" t="s">
+        <v>35</v>
+      </c>
+      <c r="L24" t="s">
+        <v>35</v>
+      </c>
+      <c r="M24" t="s">
+        <v>35</v>
+      </c>
+      <c r="N24" t="s">
+        <v>35</v>
+      </c>
+      <c r="O24" t="s">
+        <v>35</v>
+      </c>
+      <c r="P24" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>35</v>
+      </c>
+      <c r="R24" t="s">
+        <v>35</v>
+      </c>
+      <c r="S24" t="s">
+        <v>35</v>
+      </c>
+      <c r="T24" t="s">
+        <v>35</v>
+      </c>
+      <c r="U24" t="s">
+        <v>35</v>
+      </c>
+      <c r="V24" t="s">
+        <v>35</v>
+      </c>
+      <c r="W24" t="s">
+        <v>35</v>
+      </c>
+      <c r="X24" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y24" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA24" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB24" t="s">
+        <v>35</v>
+      </c>
+      <c r="AC24" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="25" spans="1:29">
       <c r="A25" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B25" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="C25" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="D25" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="E25" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="F25" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="G25" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="H25" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:8">
+        <v>46</v>
+      </c>
+      <c r="I25" t="s">
+        <v>46</v>
+      </c>
+      <c r="J25" t="s">
+        <v>46</v>
+      </c>
+      <c r="K25" t="s">
+        <v>46</v>
+      </c>
+      <c r="L25" t="s">
+        <v>46</v>
+      </c>
+      <c r="M25" t="s">
+        <v>46</v>
+      </c>
+      <c r="N25" t="s">
+        <v>46</v>
+      </c>
+      <c r="O25" t="s">
+        <v>46</v>
+      </c>
+      <c r="P25" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>46</v>
+      </c>
+      <c r="R25" t="s">
+        <v>46</v>
+      </c>
+      <c r="S25" t="s">
+        <v>46</v>
+      </c>
+      <c r="T25" t="s">
+        <v>46</v>
+      </c>
+      <c r="U25" t="s">
+        <v>46</v>
+      </c>
+      <c r="V25" t="s">
+        <v>46</v>
+      </c>
+      <c r="W25" t="s">
+        <v>46</v>
+      </c>
+      <c r="X25" t="s">
+        <v>46</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>46</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA25" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB25" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC25" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="26" spans="1:29">
       <c r="A26" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B26" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="C26" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="D26" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="E26" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="F26" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G26" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="H26" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:8">
+        <v>42</v>
+      </c>
+      <c r="I26" t="s">
+        <v>42</v>
+      </c>
+      <c r="J26" t="s">
+        <v>42</v>
+      </c>
+      <c r="K26" t="s">
+        <v>42</v>
+      </c>
+      <c r="L26" t="s">
+        <v>42</v>
+      </c>
+      <c r="M26" t="s">
+        <v>42</v>
+      </c>
+      <c r="N26" t="s">
+        <v>42</v>
+      </c>
+      <c r="O26" t="s">
+        <v>42</v>
+      </c>
+      <c r="P26" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>42</v>
+      </c>
+      <c r="R26" t="s">
+        <v>42</v>
+      </c>
+      <c r="S26" t="s">
+        <v>42</v>
+      </c>
+      <c r="T26" t="s">
+        <v>42</v>
+      </c>
+      <c r="U26" t="s">
+        <v>42</v>
+      </c>
+      <c r="V26" t="s">
+        <v>42</v>
+      </c>
+      <c r="W26" t="s">
+        <v>42</v>
+      </c>
+      <c r="X26" t="s">
+        <v>42</v>
+      </c>
+      <c r="Y26" t="s">
+        <v>42</v>
+      </c>
+      <c r="Z26" t="s">
+        <v>42</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>42</v>
+      </c>
+      <c r="AB26" t="s">
+        <v>42</v>
+      </c>
+      <c r="AC26" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="27" spans="1:29">
       <c r="A27" s="4"/>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
       <c r="E27" s="4"/>
       <c r="F27" s="4"/>
       <c r="G27" s="4"/>
       <c r="H27" s="4"/>
-    </row>
-    <row r="28" spans="1:8">
+      <c r="I27" s="4"/>
+      <c r="J27" s="4"/>
+      <c r="K27" s="4"/>
+      <c r="L27" s="4"/>
+      <c r="M27" s="4"/>
+      <c r="N27" s="4"/>
+      <c r="O27" s="4"/>
+      <c r="P27" s="4"/>
+      <c r="Q27" s="4"/>
+      <c r="R27" s="4"/>
+      <c r="S27" s="4"/>
+      <c r="T27" s="4"/>
+      <c r="U27" s="4"/>
+      <c r="V27" s="4"/>
+      <c r="W27" s="4"/>
+      <c r="X27" s="4"/>
+      <c r="Y27" s="4"/>
+      <c r="Z27" s="4"/>
+      <c r="AA27" s="4"/>
+      <c r="AB27" s="4"/>
+      <c r="AC27" s="4"/>
+    </row>
+    <row r="28" spans="1:29">
       <c r="A28" s="2" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
-    </row>
-    <row r="29" spans="1:8">
+      <c r="I28" s="2"/>
+      <c r="J28" s="2"/>
+      <c r="K28" s="2"/>
+      <c r="L28" s="2"/>
+      <c r="M28" s="2"/>
+      <c r="N28" s="2"/>
+      <c r="O28" s="2"/>
+      <c r="P28" s="2"/>
+      <c r="Q28" s="2"/>
+      <c r="R28" s="2"/>
+      <c r="S28" s="2"/>
+      <c r="T28" s="2"/>
+      <c r="U28" s="2"/>
+      <c r="V28" s="2"/>
+      <c r="W28" s="2"/>
+      <c r="X28" s="2"/>
+      <c r="Y28" s="2"/>
+      <c r="Z28" s="2"/>
+      <c r="AA28" s="2"/>
+      <c r="AB28" s="2"/>
+      <c r="AC28" s="2"/>
+    </row>
+    <row r="29" spans="1:29">
       <c r="A29" s="3" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="B29" s="3"/>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
-    </row>
-    <row r="30" spans="1:8">
+      <c r="I29" s="3"/>
+      <c r="J29" s="3"/>
+      <c r="K29" s="3"/>
+      <c r="L29" s="3"/>
+      <c r="M29" s="3"/>
+      <c r="N29" s="3"/>
+      <c r="O29" s="3"/>
+      <c r="P29" s="3"/>
+      <c r="Q29" s="3"/>
+      <c r="R29" s="3"/>
+      <c r="S29" s="3"/>
+      <c r="T29" s="3"/>
+      <c r="U29" s="3"/>
+      <c r="V29" s="3"/>
+      <c r="W29" s="3"/>
+      <c r="X29" s="3"/>
+      <c r="Y29" s="3"/>
+      <c r="Z29" s="3"/>
+      <c r="AA29" s="3"/>
+      <c r="AB29" s="3"/>
+      <c r="AC29" s="3"/>
+    </row>
+    <row r="30" spans="1:29">
       <c r="A30" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B30" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="C30" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="D30" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="E30" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="F30" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="G30" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="H30" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:8">
+        <v>53</v>
+      </c>
+      <c r="I30" t="s">
+        <v>53</v>
+      </c>
+      <c r="J30" t="s">
+        <v>53</v>
+      </c>
+      <c r="K30" t="s">
+        <v>53</v>
+      </c>
+      <c r="L30" t="s">
+        <v>53</v>
+      </c>
+      <c r="M30" t="s">
+        <v>53</v>
+      </c>
+      <c r="N30" t="s">
+        <v>53</v>
+      </c>
+      <c r="O30" t="s">
+        <v>53</v>
+      </c>
+      <c r="P30" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>53</v>
+      </c>
+      <c r="R30" t="s">
+        <v>53</v>
+      </c>
+      <c r="S30" t="s">
+        <v>53</v>
+      </c>
+      <c r="T30" t="s">
+        <v>53</v>
+      </c>
+      <c r="U30" t="s">
+        <v>53</v>
+      </c>
+      <c r="V30" t="s">
+        <v>53</v>
+      </c>
+      <c r="W30" t="s">
+        <v>53</v>
+      </c>
+      <c r="X30" t="s">
+        <v>53</v>
+      </c>
+      <c r="Y30" t="s">
+        <v>53</v>
+      </c>
+      <c r="Z30" t="s">
+        <v>53</v>
+      </c>
+      <c r="AA30" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB30" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC30" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="31" spans="1:29">
       <c r="A31" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="B31" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="C31" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="D31" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="E31" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F31" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="G31" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="H31" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:8">
+        <v>54</v>
+      </c>
+      <c r="I31" t="s">
+        <v>54</v>
+      </c>
+      <c r="J31" t="s">
+        <v>54</v>
+      </c>
+      <c r="K31" t="s">
+        <v>54</v>
+      </c>
+      <c r="L31" t="s">
+        <v>54</v>
+      </c>
+      <c r="M31" t="s">
+        <v>54</v>
+      </c>
+      <c r="N31" t="s">
+        <v>54</v>
+      </c>
+      <c r="O31" t="s">
+        <v>54</v>
+      </c>
+      <c r="P31" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>54</v>
+      </c>
+      <c r="R31" t="s">
+        <v>54</v>
+      </c>
+      <c r="S31" t="s">
+        <v>54</v>
+      </c>
+      <c r="T31" t="s">
+        <v>54</v>
+      </c>
+      <c r="U31" t="s">
+        <v>54</v>
+      </c>
+      <c r="V31" t="s">
+        <v>54</v>
+      </c>
+      <c r="W31" t="s">
+        <v>54</v>
+      </c>
+      <c r="X31" t="s">
+        <v>54</v>
+      </c>
+      <c r="Y31" t="s">
+        <v>54</v>
+      </c>
+      <c r="Z31" t="s">
+        <v>54</v>
+      </c>
+      <c r="AA31" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB31" t="s">
+        <v>54</v>
+      </c>
+      <c r="AC31" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="32" spans="1:29">
       <c r="A32" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="B32" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="C32" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="D32" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="E32" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="F32" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="G32" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="H32" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:8">
+        <v>56</v>
+      </c>
+      <c r="I32" t="s">
+        <v>56</v>
+      </c>
+      <c r="J32" t="s">
+        <v>56</v>
+      </c>
+      <c r="K32" t="s">
+        <v>56</v>
+      </c>
+      <c r="L32" t="s">
+        <v>56</v>
+      </c>
+      <c r="M32" t="s">
+        <v>56</v>
+      </c>
+      <c r="N32" t="s">
+        <v>56</v>
+      </c>
+      <c r="O32" t="s">
+        <v>56</v>
+      </c>
+      <c r="P32" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>56</v>
+      </c>
+      <c r="R32" t="s">
+        <v>56</v>
+      </c>
+      <c r="S32" t="s">
+        <v>56</v>
+      </c>
+      <c r="T32" t="s">
+        <v>56</v>
+      </c>
+      <c r="U32" t="s">
+        <v>56</v>
+      </c>
+      <c r="V32" t="s">
+        <v>56</v>
+      </c>
+      <c r="W32" t="s">
+        <v>56</v>
+      </c>
+      <c r="X32" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y32" t="s">
+        <v>56</v>
+      </c>
+      <c r="Z32" t="s">
+        <v>56</v>
+      </c>
+      <c r="AA32" t="s">
+        <v>56</v>
+      </c>
+      <c r="AB32" t="s">
+        <v>56</v>
+      </c>
+      <c r="AC32" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="33" spans="1:29">
       <c r="A33" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B33" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="C33" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="D33" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="E33" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="F33" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="G33" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="H33" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:8">
+        <v>53</v>
+      </c>
+      <c r="I33" t="s">
+        <v>53</v>
+      </c>
+      <c r="J33" t="s">
+        <v>53</v>
+      </c>
+      <c r="K33" t="s">
+        <v>53</v>
+      </c>
+      <c r="L33" t="s">
+        <v>53</v>
+      </c>
+      <c r="M33" t="s">
+        <v>53</v>
+      </c>
+      <c r="N33" t="s">
+        <v>53</v>
+      </c>
+      <c r="O33" t="s">
+        <v>53</v>
+      </c>
+      <c r="P33" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>53</v>
+      </c>
+      <c r="R33" t="s">
+        <v>53</v>
+      </c>
+      <c r="S33" t="s">
+        <v>53</v>
+      </c>
+      <c r="T33" t="s">
+        <v>53</v>
+      </c>
+      <c r="U33" t="s">
+        <v>53</v>
+      </c>
+      <c r="V33" t="s">
+        <v>53</v>
+      </c>
+      <c r="W33" t="s">
+        <v>53</v>
+      </c>
+      <c r="X33" t="s">
+        <v>53</v>
+      </c>
+      <c r="Y33" t="s">
+        <v>53</v>
+      </c>
+      <c r="Z33" t="s">
+        <v>53</v>
+      </c>
+      <c r="AA33" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB33" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC33" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="34" spans="1:29">
       <c r="A34" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B34" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="C34" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="D34" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="E34" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="F34" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="G34" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="H34" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:8">
+        <v>57</v>
+      </c>
+      <c r="I34" t="s">
+        <v>57</v>
+      </c>
+      <c r="J34" t="s">
+        <v>57</v>
+      </c>
+      <c r="K34" t="s">
+        <v>57</v>
+      </c>
+      <c r="L34" t="s">
+        <v>57</v>
+      </c>
+      <c r="M34" t="s">
+        <v>57</v>
+      </c>
+      <c r="N34" t="s">
+        <v>57</v>
+      </c>
+      <c r="O34" t="s">
+        <v>57</v>
+      </c>
+      <c r="P34" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>57</v>
+      </c>
+      <c r="R34" t="s">
+        <v>57</v>
+      </c>
+      <c r="S34" t="s">
+        <v>57</v>
+      </c>
+      <c r="T34" t="s">
+        <v>57</v>
+      </c>
+      <c r="U34" t="s">
+        <v>57</v>
+      </c>
+      <c r="V34" t="s">
+        <v>57</v>
+      </c>
+      <c r="W34" t="s">
+        <v>57</v>
+      </c>
+      <c r="X34" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y34" t="s">
+        <v>57</v>
+      </c>
+      <c r="Z34" t="s">
+        <v>57</v>
+      </c>
+      <c r="AA34" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB34" t="s">
+        <v>57</v>
+      </c>
+      <c r="AC34" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="35" spans="1:29">
       <c r="A35" s="3" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
-    </row>
-    <row r="36" spans="1:8">
+      <c r="I35" s="3"/>
+      <c r="J35" s="3"/>
+      <c r="K35" s="3"/>
+      <c r="L35" s="3"/>
+      <c r="M35" s="3"/>
+      <c r="N35" s="3"/>
+      <c r="O35" s="3"/>
+      <c r="P35" s="3"/>
+      <c r="Q35" s="3"/>
+      <c r="R35" s="3"/>
+      <c r="S35" s="3"/>
+      <c r="T35" s="3"/>
+      <c r="U35" s="3"/>
+      <c r="V35" s="3"/>
+      <c r="W35" s="3"/>
+      <c r="X35" s="3"/>
+      <c r="Y35" s="3"/>
+      <c r="Z35" s="3"/>
+      <c r="AA35" s="3"/>
+      <c r="AB35" s="3"/>
+      <c r="AC35" s="3"/>
+    </row>
+    <row r="36" spans="1:29">
       <c r="A36" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B36" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="C36" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="D36" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="E36" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="F36" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="G36" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="H36" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:8">
+        <v>53</v>
+      </c>
+      <c r="I36" t="s">
+        <v>53</v>
+      </c>
+      <c r="J36" t="s">
+        <v>53</v>
+      </c>
+      <c r="K36" t="s">
+        <v>53</v>
+      </c>
+      <c r="L36" t="s">
+        <v>53</v>
+      </c>
+      <c r="M36" t="s">
+        <v>53</v>
+      </c>
+      <c r="N36" t="s">
+        <v>53</v>
+      </c>
+      <c r="O36" t="s">
+        <v>53</v>
+      </c>
+      <c r="P36" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>53</v>
+      </c>
+      <c r="R36" t="s">
+        <v>53</v>
+      </c>
+      <c r="S36" t="s">
+        <v>53</v>
+      </c>
+      <c r="T36" t="s">
+        <v>53</v>
+      </c>
+      <c r="U36" t="s">
+        <v>53</v>
+      </c>
+      <c r="V36" t="s">
+        <v>53</v>
+      </c>
+      <c r="W36" t="s">
+        <v>53</v>
+      </c>
+      <c r="X36" t="s">
+        <v>53</v>
+      </c>
+      <c r="Y36" t="s">
+        <v>53</v>
+      </c>
+      <c r="Z36" t="s">
+        <v>53</v>
+      </c>
+      <c r="AA36" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB36" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC36" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="37" spans="1:29">
       <c r="A37" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="B37" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="C37" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="D37" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="E37" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F37" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="G37" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="H37" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:8">
+        <v>54</v>
+      </c>
+      <c r="I37" t="s">
+        <v>54</v>
+      </c>
+      <c r="J37" t="s">
+        <v>54</v>
+      </c>
+      <c r="K37" t="s">
+        <v>54</v>
+      </c>
+      <c r="L37" t="s">
+        <v>54</v>
+      </c>
+      <c r="M37" t="s">
+        <v>54</v>
+      </c>
+      <c r="N37" t="s">
+        <v>54</v>
+      </c>
+      <c r="O37" t="s">
+        <v>54</v>
+      </c>
+      <c r="P37" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>54</v>
+      </c>
+      <c r="R37" t="s">
+        <v>54</v>
+      </c>
+      <c r="S37" t="s">
+        <v>54</v>
+      </c>
+      <c r="T37" t="s">
+        <v>54</v>
+      </c>
+      <c r="U37" t="s">
+        <v>54</v>
+      </c>
+      <c r="V37" t="s">
+        <v>54</v>
+      </c>
+      <c r="W37" t="s">
+        <v>54</v>
+      </c>
+      <c r="X37" t="s">
+        <v>54</v>
+      </c>
+      <c r="Y37" t="s">
+        <v>54</v>
+      </c>
+      <c r="Z37" t="s">
+        <v>54</v>
+      </c>
+      <c r="AA37" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB37" t="s">
+        <v>54</v>
+      </c>
+      <c r="AC37" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="38" spans="1:29">
       <c r="A38" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B38" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="C38" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="D38" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="E38" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="F38" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="G38" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="H38" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:8">
+        <v>53</v>
+      </c>
+      <c r="I38" t="s">
+        <v>53</v>
+      </c>
+      <c r="J38" t="s">
+        <v>53</v>
+      </c>
+      <c r="K38" t="s">
+        <v>53</v>
+      </c>
+      <c r="L38" t="s">
+        <v>53</v>
+      </c>
+      <c r="M38" t="s">
+        <v>53</v>
+      </c>
+      <c r="N38" t="s">
+        <v>53</v>
+      </c>
+      <c r="O38" t="s">
+        <v>53</v>
+      </c>
+      <c r="P38" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>53</v>
+      </c>
+      <c r="R38" t="s">
+        <v>53</v>
+      </c>
+      <c r="S38" t="s">
+        <v>53</v>
+      </c>
+      <c r="T38" t="s">
+        <v>53</v>
+      </c>
+      <c r="U38" t="s">
+        <v>53</v>
+      </c>
+      <c r="V38" t="s">
+        <v>53</v>
+      </c>
+      <c r="W38" t="s">
+        <v>53</v>
+      </c>
+      <c r="X38" t="s">
+        <v>53</v>
+      </c>
+      <c r="Y38" t="s">
+        <v>53</v>
+      </c>
+      <c r="Z38" t="s">
+        <v>53</v>
+      </c>
+      <c r="AA38" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB38" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC38" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="39" spans="1:29">
       <c r="A39" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B39" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="C39" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="D39" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="E39" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="F39" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="G39" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="H39" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:8">
+        <v>57</v>
+      </c>
+      <c r="I39" t="s">
+        <v>57</v>
+      </c>
+      <c r="J39" t="s">
+        <v>57</v>
+      </c>
+      <c r="K39" t="s">
+        <v>57</v>
+      </c>
+      <c r="L39" t="s">
+        <v>57</v>
+      </c>
+      <c r="M39" t="s">
+        <v>57</v>
+      </c>
+      <c r="N39" t="s">
+        <v>57</v>
+      </c>
+      <c r="O39" t="s">
+        <v>57</v>
+      </c>
+      <c r="P39" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>57</v>
+      </c>
+      <c r="R39" t="s">
+        <v>57</v>
+      </c>
+      <c r="S39" t="s">
+        <v>57</v>
+      </c>
+      <c r="T39" t="s">
+        <v>57</v>
+      </c>
+      <c r="U39" t="s">
+        <v>57</v>
+      </c>
+      <c r="V39" t="s">
+        <v>57</v>
+      </c>
+      <c r="W39" t="s">
+        <v>57</v>
+      </c>
+      <c r="X39" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y39" t="s">
+        <v>57</v>
+      </c>
+      <c r="Z39" t="s">
+        <v>57</v>
+      </c>
+      <c r="AA39" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB39" t="s">
+        <v>57</v>
+      </c>
+      <c r="AC39" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="40" spans="1:29">
       <c r="A40" s="4"/>
       <c r="B40" s="4"/>
       <c r="C40" s="4"/>
       <c r="D40" s="4"/>
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="4"/>
       <c r="H40" s="4"/>
-    </row>
-    <row r="41" spans="1:8">
+      <c r="I40" s="4"/>
+      <c r="J40" s="4"/>
+      <c r="K40" s="4"/>
+      <c r="L40" s="4"/>
+      <c r="M40" s="4"/>
+      <c r="N40" s="4"/>
+      <c r="O40" s="4"/>
+      <c r="P40" s="4"/>
+      <c r="Q40" s="4"/>
+      <c r="R40" s="4"/>
+      <c r="S40" s="4"/>
+      <c r="T40" s="4"/>
+      <c r="U40" s="4"/>
+      <c r="V40" s="4"/>
+      <c r="W40" s="4"/>
+      <c r="X40" s="4"/>
+      <c r="Y40" s="4"/>
+      <c r="Z40" s="4"/>
+      <c r="AA40" s="4"/>
+      <c r="AB40" s="4"/>
+      <c r="AC40" s="4"/>
+    </row>
+    <row r="41" spans="1:29">
       <c r="A41" s="2" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
-    </row>
-    <row r="42" spans="1:8">
+      <c r="I41" s="2"/>
+      <c r="J41" s="2"/>
+      <c r="K41" s="2"/>
+      <c r="L41" s="2"/>
+      <c r="M41" s="2"/>
+      <c r="N41" s="2"/>
+      <c r="O41" s="2"/>
+      <c r="P41" s="2"/>
+      <c r="Q41" s="2"/>
+      <c r="R41" s="2"/>
+      <c r="S41" s="2"/>
+      <c r="T41" s="2"/>
+      <c r="U41" s="2"/>
+      <c r="V41" s="2"/>
+      <c r="W41" s="2"/>
+      <c r="X41" s="2"/>
+      <c r="Y41" s="2"/>
+      <c r="Z41" s="2"/>
+      <c r="AA41" s="2"/>
+      <c r="AB41" s="2"/>
+      <c r="AC41" s="2"/>
+    </row>
+    <row r="42" spans="1:29">
       <c r="A42" s="3" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="B42" s="3"/>
       <c r="C42" s="3"/>
       <c r="D42" s="3"/>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
-    </row>
-    <row r="43" spans="1:8">
+      <c r="I42" s="3"/>
+      <c r="J42" s="3"/>
+      <c r="K42" s="3"/>
+      <c r="L42" s="3"/>
+      <c r="M42" s="3"/>
+      <c r="N42" s="3"/>
+      <c r="O42" s="3"/>
+      <c r="P42" s="3"/>
+      <c r="Q42" s="3"/>
+      <c r="R42" s="3"/>
+      <c r="S42" s="3"/>
+      <c r="T42" s="3"/>
+      <c r="U42" s="3"/>
+      <c r="V42" s="3"/>
+      <c r="W42" s="3"/>
+      <c r="X42" s="3"/>
+      <c r="Y42" s="3"/>
+      <c r="Z42" s="3"/>
+      <c r="AA42" s="3"/>
+      <c r="AB42" s="3"/>
+      <c r="AC42" s="3"/>
+    </row>
+    <row r="43" spans="1:29">
       <c r="A43" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B43" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="C43" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="D43" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="E43" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="F43" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="G43" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="H43" t="s">
+        <v>60</v>
+      </c>
+      <c r="I43" t="s">
+        <v>60</v>
+      </c>
+      <c r="J43" t="s">
+        <v>60</v>
+      </c>
+      <c r="K43" t="s">
+        <v>60</v>
+      </c>
+      <c r="L43" t="s">
+        <v>60</v>
+      </c>
+      <c r="M43" t="s">
+        <v>60</v>
+      </c>
+      <c r="N43" t="s">
+        <v>60</v>
+      </c>
+      <c r="O43" t="s">
+        <v>60</v>
+      </c>
+      <c r="P43" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>60</v>
+      </c>
+      <c r="R43" t="s">
+        <v>60</v>
+      </c>
+      <c r="S43" t="s">
+        <v>60</v>
+      </c>
+      <c r="T43" t="s">
+        <v>60</v>
+      </c>
+      <c r="U43" t="s">
+        <v>60</v>
+      </c>
+      <c r="V43" t="s">
+        <v>60</v>
+      </c>
+      <c r="W43" t="s">
+        <v>60</v>
+      </c>
+      <c r="X43" t="s">
+        <v>60</v>
+      </c>
+      <c r="Y43" t="s">
+        <v>60</v>
+      </c>
+      <c r="Z43" t="s">
+        <v>60</v>
+      </c>
+      <c r="AA43" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB43" t="s">
+        <v>60</v>
+      </c>
+      <c r="AC43" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="44" spans="1:29">
+      <c r="A44" t="s">
+        <v>33</v>
+      </c>
+      <c r="B44" t="s">
+        <v>61</v>
+      </c>
+      <c r="C44" t="s">
+        <v>61</v>
+      </c>
+      <c r="D44" t="s">
+        <v>61</v>
+      </c>
+      <c r="E44" t="s">
+        <v>35</v>
+      </c>
+      <c r="F44" t="s">
+        <v>35</v>
+      </c>
+      <c r="G44" t="s">
+        <v>35</v>
+      </c>
+      <c r="H44" t="s">
+        <v>35</v>
+      </c>
+      <c r="I44" t="s">
+        <v>35</v>
+      </c>
+      <c r="J44" t="s">
+        <v>35</v>
+      </c>
+      <c r="K44" t="s">
+        <v>35</v>
+      </c>
+      <c r="L44" t="s">
+        <v>35</v>
+      </c>
+      <c r="M44" t="s">
+        <v>35</v>
+      </c>
+      <c r="N44" t="s">
+        <v>35</v>
+      </c>
+      <c r="O44" t="s">
+        <v>35</v>
+      </c>
+      <c r="P44" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>35</v>
+      </c>
+      <c r="R44" t="s">
+        <v>35</v>
+      </c>
+      <c r="S44" t="s">
+        <v>35</v>
+      </c>
+      <c r="T44" t="s">
+        <v>35</v>
+      </c>
+      <c r="U44" t="s">
+        <v>35</v>
+      </c>
+      <c r="V44" t="s">
+        <v>35</v>
+      </c>
+      <c r="W44" t="s">
+        <v>35</v>
+      </c>
+      <c r="X44" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y44" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z44" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA44" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB44" t="s">
+        <v>35</v>
+      </c>
+      <c r="AC44" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="45" spans="1:29">
+      <c r="A45" t="s">
+        <v>36</v>
+      </c>
+      <c r="B45" t="s">
+        <v>62</v>
+      </c>
+      <c r="C45" t="s">
+        <v>62</v>
+      </c>
+      <c r="D45" t="s">
+        <v>62</v>
+      </c>
+      <c r="E45" t="s">
+        <v>63</v>
+      </c>
+      <c r="F45" t="s">
+        <v>63</v>
+      </c>
+      <c r="G45" t="s">
+        <v>63</v>
+      </c>
+      <c r="H45" t="s">
+        <v>63</v>
+      </c>
+      <c r="I45" t="s">
+        <v>63</v>
+      </c>
+      <c r="J45" t="s">
+        <v>63</v>
+      </c>
+      <c r="K45" t="s">
+        <v>63</v>
+      </c>
+      <c r="L45" t="s">
+        <v>63</v>
+      </c>
+      <c r="M45" t="s">
+        <v>63</v>
+      </c>
+      <c r="N45" t="s">
+        <v>63</v>
+      </c>
+      <c r="O45" t="s">
+        <v>63</v>
+      </c>
+      <c r="P45" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>63</v>
+      </c>
+      <c r="R45" t="s">
+        <v>63</v>
+      </c>
+      <c r="S45" t="s">
+        <v>63</v>
+      </c>
+      <c r="T45" t="s">
+        <v>63</v>
+      </c>
+      <c r="U45" t="s">
+        <v>63</v>
+      </c>
+      <c r="V45" t="s">
+        <v>63</v>
+      </c>
+      <c r="W45" t="s">
+        <v>63</v>
+      </c>
+      <c r="X45" t="s">
+        <v>63</v>
+      </c>
+      <c r="Y45" t="s">
+        <v>63</v>
+      </c>
+      <c r="Z45" t="s">
+        <v>63</v>
+      </c>
+      <c r="AA45" t="s">
+        <v>63</v>
+      </c>
+      <c r="AB45" t="s">
+        <v>63</v>
+      </c>
+      <c r="AC45" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="46" spans="1:29">
+      <c r="A46" t="s">
         <v>39</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B44" t="s">
+      <c r="B46" t="s">
+        <v>59</v>
+      </c>
+      <c r="C46" t="s">
+        <v>59</v>
+      </c>
+      <c r="D46" t="s">
+        <v>59</v>
+      </c>
+      <c r="E46" t="s">
+        <v>60</v>
+      </c>
+      <c r="F46" t="s">
+        <v>60</v>
+      </c>
+      <c r="G46" t="s">
+        <v>60</v>
+      </c>
+      <c r="H46" t="s">
+        <v>60</v>
+      </c>
+      <c r="I46" t="s">
+        <v>60</v>
+      </c>
+      <c r="J46" t="s">
+        <v>60</v>
+      </c>
+      <c r="K46" t="s">
+        <v>60</v>
+      </c>
+      <c r="L46" t="s">
+        <v>60</v>
+      </c>
+      <c r="M46" t="s">
+        <v>60</v>
+      </c>
+      <c r="N46" t="s">
+        <v>60</v>
+      </c>
+      <c r="O46" t="s">
+        <v>60</v>
+      </c>
+      <c r="P46" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>60</v>
+      </c>
+      <c r="R46" t="s">
+        <v>60</v>
+      </c>
+      <c r="S46" t="s">
+        <v>60</v>
+      </c>
+      <c r="T46" t="s">
+        <v>60</v>
+      </c>
+      <c r="U46" t="s">
+        <v>60</v>
+      </c>
+      <c r="V46" t="s">
+        <v>60</v>
+      </c>
+      <c r="W46" t="s">
+        <v>60</v>
+      </c>
+      <c r="X46" t="s">
+        <v>60</v>
+      </c>
+      <c r="Y46" t="s">
+        <v>60</v>
+      </c>
+      <c r="Z46" t="s">
+        <v>60</v>
+      </c>
+      <c r="AA46" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB46" t="s">
+        <v>60</v>
+      </c>
+      <c r="AC46" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="47" spans="1:29">
+      <c r="A47" t="s">
         <v>40</v>
       </c>
-      <c r="C44" t="s">
-[...73 lines deleted...]
-      </c>
       <c r="B47" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="C47" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="D47" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="E47" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="F47" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G47" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="H47" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:8">
+        <v>42</v>
+      </c>
+      <c r="I47" t="s">
+        <v>42</v>
+      </c>
+      <c r="J47" t="s">
+        <v>42</v>
+      </c>
+      <c r="K47" t="s">
+        <v>42</v>
+      </c>
+      <c r="L47" t="s">
+        <v>42</v>
+      </c>
+      <c r="M47" t="s">
+        <v>42</v>
+      </c>
+      <c r="N47" t="s">
+        <v>42</v>
+      </c>
+      <c r="O47" t="s">
+        <v>42</v>
+      </c>
+      <c r="P47" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>42</v>
+      </c>
+      <c r="R47" t="s">
+        <v>42</v>
+      </c>
+      <c r="S47" t="s">
+        <v>42</v>
+      </c>
+      <c r="T47" t="s">
+        <v>42</v>
+      </c>
+      <c r="U47" t="s">
+        <v>42</v>
+      </c>
+      <c r="V47" t="s">
+        <v>42</v>
+      </c>
+      <c r="W47" t="s">
+        <v>42</v>
+      </c>
+      <c r="X47" t="s">
+        <v>42</v>
+      </c>
+      <c r="Y47" t="s">
+        <v>42</v>
+      </c>
+      <c r="Z47" t="s">
+        <v>42</v>
+      </c>
+      <c r="AA47" t="s">
+        <v>42</v>
+      </c>
+      <c r="AB47" t="s">
+        <v>42</v>
+      </c>
+      <c r="AC47" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="48" spans="1:29">
       <c r="A48" s="3" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="B48" s="3"/>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
-    </row>
-    <row r="49" spans="1:8">
+      <c r="I48" s="3"/>
+      <c r="J48" s="3"/>
+      <c r="K48" s="3"/>
+      <c r="L48" s="3"/>
+      <c r="M48" s="3"/>
+      <c r="N48" s="3"/>
+      <c r="O48" s="3"/>
+      <c r="P48" s="3"/>
+      <c r="Q48" s="3"/>
+      <c r="R48" s="3"/>
+      <c r="S48" s="3"/>
+      <c r="T48" s="3"/>
+      <c r="U48" s="3"/>
+      <c r="V48" s="3"/>
+      <c r="W48" s="3"/>
+      <c r="X48" s="3"/>
+      <c r="Y48" s="3"/>
+      <c r="Z48" s="3"/>
+      <c r="AA48" s="3"/>
+      <c r="AB48" s="3"/>
+      <c r="AC48" s="3"/>
+    </row>
+    <row r="49" spans="1:29">
       <c r="A49" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B49" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="C49" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="D49" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="E49" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="F49" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="G49" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="H49" t="s">
+        <v>60</v>
+      </c>
+      <c r="I49" t="s">
+        <v>60</v>
+      </c>
+      <c r="J49" t="s">
+        <v>60</v>
+      </c>
+      <c r="K49" t="s">
+        <v>60</v>
+      </c>
+      <c r="L49" t="s">
+        <v>60</v>
+      </c>
+      <c r="M49" t="s">
+        <v>60</v>
+      </c>
+      <c r="N49" t="s">
+        <v>60</v>
+      </c>
+      <c r="O49" t="s">
+        <v>60</v>
+      </c>
+      <c r="P49" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>60</v>
+      </c>
+      <c r="R49" t="s">
+        <v>60</v>
+      </c>
+      <c r="S49" t="s">
+        <v>60</v>
+      </c>
+      <c r="T49" t="s">
+        <v>60</v>
+      </c>
+      <c r="U49" t="s">
+        <v>60</v>
+      </c>
+      <c r="V49" t="s">
+        <v>60</v>
+      </c>
+      <c r="W49" t="s">
+        <v>60</v>
+      </c>
+      <c r="X49" t="s">
+        <v>60</v>
+      </c>
+      <c r="Y49" t="s">
+        <v>60</v>
+      </c>
+      <c r="Z49" t="s">
+        <v>60</v>
+      </c>
+      <c r="AA49" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB49" t="s">
+        <v>60</v>
+      </c>
+      <c r="AC49" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="50" spans="1:29">
+      <c r="A50" t="s">
+        <v>33</v>
+      </c>
+      <c r="B50" t="s">
+        <v>61</v>
+      </c>
+      <c r="C50" t="s">
+        <v>61</v>
+      </c>
+      <c r="D50" t="s">
+        <v>61</v>
+      </c>
+      <c r="E50" t="s">
+        <v>35</v>
+      </c>
+      <c r="F50" t="s">
+        <v>35</v>
+      </c>
+      <c r="G50" t="s">
+        <v>35</v>
+      </c>
+      <c r="H50" t="s">
+        <v>35</v>
+      </c>
+      <c r="I50" t="s">
+        <v>35</v>
+      </c>
+      <c r="J50" t="s">
+        <v>35</v>
+      </c>
+      <c r="K50" t="s">
+        <v>35</v>
+      </c>
+      <c r="L50" t="s">
+        <v>35</v>
+      </c>
+      <c r="M50" t="s">
+        <v>35</v>
+      </c>
+      <c r="N50" t="s">
+        <v>35</v>
+      </c>
+      <c r="O50" t="s">
+        <v>35</v>
+      </c>
+      <c r="P50" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>35</v>
+      </c>
+      <c r="R50" t="s">
+        <v>35</v>
+      </c>
+      <c r="S50" t="s">
+        <v>35</v>
+      </c>
+      <c r="T50" t="s">
+        <v>35</v>
+      </c>
+      <c r="U50" t="s">
+        <v>35</v>
+      </c>
+      <c r="V50" t="s">
+        <v>35</v>
+      </c>
+      <c r="W50" t="s">
+        <v>35</v>
+      </c>
+      <c r="X50" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y50" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z50" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA50" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB50" t="s">
+        <v>35</v>
+      </c>
+      <c r="AC50" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="51" spans="1:29">
+      <c r="A51" t="s">
         <v>39</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B50" t="s">
+      <c r="B51" t="s">
+        <v>59</v>
+      </c>
+      <c r="C51" t="s">
+        <v>59</v>
+      </c>
+      <c r="D51" t="s">
+        <v>59</v>
+      </c>
+      <c r="E51" t="s">
+        <v>60</v>
+      </c>
+      <c r="F51" t="s">
+        <v>60</v>
+      </c>
+      <c r="G51" t="s">
+        <v>60</v>
+      </c>
+      <c r="H51" t="s">
+        <v>60</v>
+      </c>
+      <c r="I51" t="s">
+        <v>60</v>
+      </c>
+      <c r="J51" t="s">
+        <v>60</v>
+      </c>
+      <c r="K51" t="s">
+        <v>60</v>
+      </c>
+      <c r="L51" t="s">
+        <v>60</v>
+      </c>
+      <c r="M51" t="s">
+        <v>60</v>
+      </c>
+      <c r="N51" t="s">
+        <v>60</v>
+      </c>
+      <c r="O51" t="s">
+        <v>60</v>
+      </c>
+      <c r="P51" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>60</v>
+      </c>
+      <c r="R51" t="s">
+        <v>60</v>
+      </c>
+      <c r="S51" t="s">
+        <v>60</v>
+      </c>
+      <c r="T51" t="s">
+        <v>60</v>
+      </c>
+      <c r="U51" t="s">
+        <v>60</v>
+      </c>
+      <c r="V51" t="s">
+        <v>60</v>
+      </c>
+      <c r="W51" t="s">
+        <v>60</v>
+      </c>
+      <c r="X51" t="s">
+        <v>60</v>
+      </c>
+      <c r="Y51" t="s">
+        <v>60</v>
+      </c>
+      <c r="Z51" t="s">
+        <v>60</v>
+      </c>
+      <c r="AA51" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB51" t="s">
+        <v>60</v>
+      </c>
+      <c r="AC51" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="52" spans="1:29">
+      <c r="A52" t="s">
         <v>40</v>
       </c>
-      <c r="C50" t="s">
-[...47 lines deleted...]
-      </c>
       <c r="B52" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="C52" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="D52" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="E52" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="F52" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G52" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="H52" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:8">
+        <v>42</v>
+      </c>
+      <c r="I52" t="s">
+        <v>42</v>
+      </c>
+      <c r="J52" t="s">
+        <v>42</v>
+      </c>
+      <c r="K52" t="s">
+        <v>42</v>
+      </c>
+      <c r="L52" t="s">
+        <v>42</v>
+      </c>
+      <c r="M52" t="s">
+        <v>42</v>
+      </c>
+      <c r="N52" t="s">
+        <v>42</v>
+      </c>
+      <c r="O52" t="s">
+        <v>42</v>
+      </c>
+      <c r="P52" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>42</v>
+      </c>
+      <c r="R52" t="s">
+        <v>42</v>
+      </c>
+      <c r="S52" t="s">
+        <v>42</v>
+      </c>
+      <c r="T52" t="s">
+        <v>42</v>
+      </c>
+      <c r="U52" t="s">
+        <v>42</v>
+      </c>
+      <c r="V52" t="s">
+        <v>42</v>
+      </c>
+      <c r="W52" t="s">
+        <v>42</v>
+      </c>
+      <c r="X52" t="s">
+        <v>42</v>
+      </c>
+      <c r="Y52" t="s">
+        <v>42</v>
+      </c>
+      <c r="Z52" t="s">
+        <v>42</v>
+      </c>
+      <c r="AA52" t="s">
+        <v>42</v>
+      </c>
+      <c r="AB52" t="s">
+        <v>42</v>
+      </c>
+      <c r="AC52" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="53" spans="1:29">
       <c r="A53" s="4"/>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="4"/>
       <c r="F53" s="4"/>
       <c r="G53" s="4"/>
       <c r="H53" s="4"/>
-    </row>
-    <row r="54" spans="1:8">
+      <c r="I53" s="4"/>
+      <c r="J53" s="4"/>
+      <c r="K53" s="4"/>
+      <c r="L53" s="4"/>
+      <c r="M53" s="4"/>
+      <c r="N53" s="4"/>
+      <c r="O53" s="4"/>
+      <c r="P53" s="4"/>
+      <c r="Q53" s="4"/>
+      <c r="R53" s="4"/>
+      <c r="S53" s="4"/>
+      <c r="T53" s="4"/>
+      <c r="U53" s="4"/>
+      <c r="V53" s="4"/>
+      <c r="W53" s="4"/>
+      <c r="X53" s="4"/>
+      <c r="Y53" s="4"/>
+      <c r="Z53" s="4"/>
+      <c r="AA53" s="4"/>
+      <c r="AB53" s="4"/>
+      <c r="AC53" s="4"/>
+    </row>
+    <row r="54" spans="1:29">
       <c r="A54" s="2" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="2"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
-    </row>
-    <row r="55" spans="1:8">
+      <c r="I54" s="2"/>
+      <c r="J54" s="2"/>
+      <c r="K54" s="2"/>
+      <c r="L54" s="2"/>
+      <c r="M54" s="2"/>
+      <c r="N54" s="2"/>
+      <c r="O54" s="2"/>
+      <c r="P54" s="2"/>
+      <c r="Q54" s="2"/>
+      <c r="R54" s="2"/>
+      <c r="S54" s="2"/>
+      <c r="T54" s="2"/>
+      <c r="U54" s="2"/>
+      <c r="V54" s="2"/>
+      <c r="W54" s="2"/>
+      <c r="X54" s="2"/>
+      <c r="Y54" s="2"/>
+      <c r="Z54" s="2"/>
+      <c r="AA54" s="2"/>
+      <c r="AB54" s="2"/>
+      <c r="AC54" s="2"/>
+    </row>
+    <row r="55" spans="1:29">
       <c r="A55" s="3" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="B55" s="3"/>
       <c r="C55" s="3"/>
       <c r="D55" s="3"/>
       <c r="E55" s="3"/>
       <c r="F55" s="3"/>
       <c r="G55" s="3"/>
       <c r="H55" s="3"/>
-    </row>
-    <row r="56" spans="1:8">
+      <c r="I55" s="3"/>
+      <c r="J55" s="3"/>
+      <c r="K55" s="3"/>
+      <c r="L55" s="3"/>
+      <c r="M55" s="3"/>
+      <c r="N55" s="3"/>
+      <c r="O55" s="3"/>
+      <c r="P55" s="3"/>
+      <c r="Q55" s="3"/>
+      <c r="R55" s="3"/>
+      <c r="S55" s="3"/>
+      <c r="T55" s="3"/>
+      <c r="U55" s="3"/>
+      <c r="V55" s="3"/>
+      <c r="W55" s="3"/>
+      <c r="X55" s="3"/>
+      <c r="Y55" s="3"/>
+      <c r="Z55" s="3"/>
+      <c r="AA55" s="3"/>
+      <c r="AB55" s="3"/>
+      <c r="AC55" s="3"/>
+    </row>
+    <row r="56" spans="1:29">
       <c r="A56" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B56" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="C56" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="D56" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="E56" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F56" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G56" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="H56" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:8">
+        <v>46</v>
+      </c>
+      <c r="I56" t="s">
+        <v>46</v>
+      </c>
+      <c r="J56" t="s">
+        <v>46</v>
+      </c>
+      <c r="K56" t="s">
+        <v>46</v>
+      </c>
+      <c r="L56" t="s">
+        <v>46</v>
+      </c>
+      <c r="M56" t="s">
+        <v>46</v>
+      </c>
+      <c r="N56" t="s">
+        <v>46</v>
+      </c>
+      <c r="O56" t="s">
+        <v>46</v>
+      </c>
+      <c r="P56" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>46</v>
+      </c>
+      <c r="R56" t="s">
+        <v>46</v>
+      </c>
+      <c r="S56" t="s">
+        <v>46</v>
+      </c>
+      <c r="T56" t="s">
+        <v>46</v>
+      </c>
+      <c r="U56" t="s">
+        <v>46</v>
+      </c>
+      <c r="V56" t="s">
+        <v>46</v>
+      </c>
+      <c r="W56" t="s">
+        <v>46</v>
+      </c>
+      <c r="X56" t="s">
+        <v>46</v>
+      </c>
+      <c r="Y56" t="s">
+        <v>46</v>
+      </c>
+      <c r="Z56" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA56" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB56" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC56" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="57" spans="1:29">
       <c r="A57" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="B57" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="C57" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="D57" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="E57" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="F57" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="G57" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="H57" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:8">
+        <v>54</v>
+      </c>
+      <c r="I57" t="s">
+        <v>54</v>
+      </c>
+      <c r="J57" t="s">
+        <v>54</v>
+      </c>
+      <c r="K57" t="s">
+        <v>54</v>
+      </c>
+      <c r="L57" t="s">
+        <v>54</v>
+      </c>
+      <c r="M57" t="s">
+        <v>54</v>
+      </c>
+      <c r="N57" t="s">
+        <v>54</v>
+      </c>
+      <c r="O57" t="s">
+        <v>54</v>
+      </c>
+      <c r="P57" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>54</v>
+      </c>
+      <c r="R57" t="s">
+        <v>54</v>
+      </c>
+      <c r="S57" t="s">
+        <v>54</v>
+      </c>
+      <c r="T57" t="s">
+        <v>54</v>
+      </c>
+      <c r="U57" t="s">
+        <v>54</v>
+      </c>
+      <c r="V57" t="s">
+        <v>54</v>
+      </c>
+      <c r="W57" t="s">
+        <v>54</v>
+      </c>
+      <c r="X57" t="s">
+        <v>54</v>
+      </c>
+      <c r="Y57" t="s">
+        <v>54</v>
+      </c>
+      <c r="Z57" t="s">
+        <v>54</v>
+      </c>
+      <c r="AA57" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB57" t="s">
+        <v>54</v>
+      </c>
+      <c r="AC57" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="58" spans="1:29">
       <c r="A58" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="B58" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="C58" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="D58" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="E58" t="s">
-        <v>45</v>
+        <v>67</v>
       </c>
       <c r="F58" t="s">
-        <v>45</v>
+        <v>67</v>
       </c>
       <c r="G58" t="s">
-        <v>45</v>
+        <v>67</v>
       </c>
       <c r="H58" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:8">
+        <v>67</v>
+      </c>
+      <c r="I58" t="s">
+        <v>67</v>
+      </c>
+      <c r="J58" t="s">
+        <v>67</v>
+      </c>
+      <c r="K58" t="s">
+        <v>67</v>
+      </c>
+      <c r="L58" t="s">
+        <v>67</v>
+      </c>
+      <c r="M58" t="s">
+        <v>67</v>
+      </c>
+      <c r="N58" t="s">
+        <v>67</v>
+      </c>
+      <c r="O58" t="s">
+        <v>67</v>
+      </c>
+      <c r="P58" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>67</v>
+      </c>
+      <c r="R58" t="s">
+        <v>67</v>
+      </c>
+      <c r="S58" t="s">
+        <v>67</v>
+      </c>
+      <c r="T58" t="s">
+        <v>67</v>
+      </c>
+      <c r="U58" t="s">
+        <v>67</v>
+      </c>
+      <c r="V58" t="s">
+        <v>67</v>
+      </c>
+      <c r="W58" t="s">
+        <v>67</v>
+      </c>
+      <c r="X58" t="s">
+        <v>67</v>
+      </c>
+      <c r="Y58" t="s">
+        <v>67</v>
+      </c>
+      <c r="Z58" t="s">
+        <v>67</v>
+      </c>
+      <c r="AA58" t="s">
+        <v>67</v>
+      </c>
+      <c r="AB58" t="s">
+        <v>67</v>
+      </c>
+      <c r="AC58" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="59" spans="1:29">
       <c r="A59" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B59" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="C59" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="D59" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="E59" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F59" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G59" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="H59" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:8">
+        <v>46</v>
+      </c>
+      <c r="I59" t="s">
+        <v>46</v>
+      </c>
+      <c r="J59" t="s">
+        <v>46</v>
+      </c>
+      <c r="K59" t="s">
+        <v>46</v>
+      </c>
+      <c r="L59" t="s">
+        <v>46</v>
+      </c>
+      <c r="M59" t="s">
+        <v>46</v>
+      </c>
+      <c r="N59" t="s">
+        <v>46</v>
+      </c>
+      <c r="O59" t="s">
+        <v>46</v>
+      </c>
+      <c r="P59" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>46</v>
+      </c>
+      <c r="R59" t="s">
+        <v>46</v>
+      </c>
+      <c r="S59" t="s">
+        <v>46</v>
+      </c>
+      <c r="T59" t="s">
+        <v>46</v>
+      </c>
+      <c r="U59" t="s">
+        <v>46</v>
+      </c>
+      <c r="V59" t="s">
+        <v>46</v>
+      </c>
+      <c r="W59" t="s">
+        <v>46</v>
+      </c>
+      <c r="X59" t="s">
+        <v>46</v>
+      </c>
+      <c r="Y59" t="s">
+        <v>46</v>
+      </c>
+      <c r="Z59" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA59" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB59" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC59" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="60" spans="1:29">
       <c r="A60" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B60" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="C60" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="D60" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="E60" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="F60" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="G60" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="H60" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:8">
+        <v>57</v>
+      </c>
+      <c r="I60" t="s">
+        <v>57</v>
+      </c>
+      <c r="J60" t="s">
+        <v>57</v>
+      </c>
+      <c r="K60" t="s">
+        <v>57</v>
+      </c>
+      <c r="L60" t="s">
+        <v>57</v>
+      </c>
+      <c r="M60" t="s">
+        <v>57</v>
+      </c>
+      <c r="N60" t="s">
+        <v>57</v>
+      </c>
+      <c r="O60" t="s">
+        <v>57</v>
+      </c>
+      <c r="P60" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>57</v>
+      </c>
+      <c r="R60" t="s">
+        <v>57</v>
+      </c>
+      <c r="S60" t="s">
+        <v>57</v>
+      </c>
+      <c r="T60" t="s">
+        <v>57</v>
+      </c>
+      <c r="U60" t="s">
+        <v>57</v>
+      </c>
+      <c r="V60" t="s">
+        <v>57</v>
+      </c>
+      <c r="W60" t="s">
+        <v>57</v>
+      </c>
+      <c r="X60" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y60" t="s">
+        <v>57</v>
+      </c>
+      <c r="Z60" t="s">
+        <v>57</v>
+      </c>
+      <c r="AA60" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB60" t="s">
+        <v>57</v>
+      </c>
+      <c r="AC60" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="61" spans="1:29">
       <c r="A61" s="3" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="B61" s="3"/>
       <c r="C61" s="3"/>
       <c r="D61" s="3"/>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
-    </row>
-    <row r="62" spans="1:8">
+      <c r="I61" s="3"/>
+      <c r="J61" s="3"/>
+      <c r="K61" s="3"/>
+      <c r="L61" s="3"/>
+      <c r="M61" s="3"/>
+      <c r="N61" s="3"/>
+      <c r="O61" s="3"/>
+      <c r="P61" s="3"/>
+      <c r="Q61" s="3"/>
+      <c r="R61" s="3"/>
+      <c r="S61" s="3"/>
+      <c r="T61" s="3"/>
+      <c r="U61" s="3"/>
+      <c r="V61" s="3"/>
+      <c r="W61" s="3"/>
+      <c r="X61" s="3"/>
+      <c r="Y61" s="3"/>
+      <c r="Z61" s="3"/>
+      <c r="AA61" s="3"/>
+      <c r="AB61" s="3"/>
+      <c r="AC61" s="3"/>
+    </row>
+    <row r="62" spans="1:29">
       <c r="A62" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B62" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="C62" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="D62" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="E62" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F62" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G62" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="H62" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:8">
+        <v>46</v>
+      </c>
+      <c r="I62" t="s">
+        <v>46</v>
+      </c>
+      <c r="J62" t="s">
+        <v>46</v>
+      </c>
+      <c r="K62" t="s">
+        <v>46</v>
+      </c>
+      <c r="L62" t="s">
+        <v>46</v>
+      </c>
+      <c r="M62" t="s">
+        <v>46</v>
+      </c>
+      <c r="N62" t="s">
+        <v>46</v>
+      </c>
+      <c r="O62" t="s">
+        <v>46</v>
+      </c>
+      <c r="P62" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>46</v>
+      </c>
+      <c r="R62" t="s">
+        <v>46</v>
+      </c>
+      <c r="S62" t="s">
+        <v>46</v>
+      </c>
+      <c r="T62" t="s">
+        <v>46</v>
+      </c>
+      <c r="U62" t="s">
+        <v>46</v>
+      </c>
+      <c r="V62" t="s">
+        <v>46</v>
+      </c>
+      <c r="W62" t="s">
+        <v>46</v>
+      </c>
+      <c r="X62" t="s">
+        <v>46</v>
+      </c>
+      <c r="Y62" t="s">
+        <v>46</v>
+      </c>
+      <c r="Z62" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA62" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB62" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC62" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="63" spans="1:29">
       <c r="A63" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="B63" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="C63" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="D63" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="E63" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="F63" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="G63" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="H63" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:8">
+        <v>54</v>
+      </c>
+      <c r="I63" t="s">
+        <v>54</v>
+      </c>
+      <c r="J63" t="s">
+        <v>54</v>
+      </c>
+      <c r="K63" t="s">
+        <v>54</v>
+      </c>
+      <c r="L63" t="s">
+        <v>54</v>
+      </c>
+      <c r="M63" t="s">
+        <v>54</v>
+      </c>
+      <c r="N63" t="s">
+        <v>54</v>
+      </c>
+      <c r="O63" t="s">
+        <v>54</v>
+      </c>
+      <c r="P63" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>54</v>
+      </c>
+      <c r="R63" t="s">
+        <v>54</v>
+      </c>
+      <c r="S63" t="s">
+        <v>54</v>
+      </c>
+      <c r="T63" t="s">
+        <v>54</v>
+      </c>
+      <c r="U63" t="s">
+        <v>54</v>
+      </c>
+      <c r="V63" t="s">
+        <v>54</v>
+      </c>
+      <c r="W63" t="s">
+        <v>54</v>
+      </c>
+      <c r="X63" t="s">
+        <v>54</v>
+      </c>
+      <c r="Y63" t="s">
+        <v>54</v>
+      </c>
+      <c r="Z63" t="s">
+        <v>54</v>
+      </c>
+      <c r="AA63" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB63" t="s">
+        <v>54</v>
+      </c>
+      <c r="AC63" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="64" spans="1:29">
       <c r="A64" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B64" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="C64" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="D64" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="E64" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F64" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G64" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="H64" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:8">
+        <v>46</v>
+      </c>
+      <c r="I64" t="s">
+        <v>46</v>
+      </c>
+      <c r="J64" t="s">
+        <v>46</v>
+      </c>
+      <c r="K64" t="s">
+        <v>46</v>
+      </c>
+      <c r="L64" t="s">
+        <v>46</v>
+      </c>
+      <c r="M64" t="s">
+        <v>46</v>
+      </c>
+      <c r="N64" t="s">
+        <v>46</v>
+      </c>
+      <c r="O64" t="s">
+        <v>46</v>
+      </c>
+      <c r="P64" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>46</v>
+      </c>
+      <c r="R64" t="s">
+        <v>46</v>
+      </c>
+      <c r="S64" t="s">
+        <v>46</v>
+      </c>
+      <c r="T64" t="s">
+        <v>46</v>
+      </c>
+      <c r="U64" t="s">
+        <v>46</v>
+      </c>
+      <c r="V64" t="s">
+        <v>46</v>
+      </c>
+      <c r="W64" t="s">
+        <v>46</v>
+      </c>
+      <c r="X64" t="s">
+        <v>46</v>
+      </c>
+      <c r="Y64" t="s">
+        <v>46</v>
+      </c>
+      <c r="Z64" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA64" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB64" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC64" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="65" spans="1:29">
       <c r="A65" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B65" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="C65" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="D65" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="E65" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="F65" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="G65" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="H65" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:8">
+        <v>57</v>
+      </c>
+      <c r="I65" t="s">
+        <v>57</v>
+      </c>
+      <c r="J65" t="s">
+        <v>57</v>
+      </c>
+      <c r="K65" t="s">
+        <v>57</v>
+      </c>
+      <c r="L65" t="s">
+        <v>57</v>
+      </c>
+      <c r="M65" t="s">
+        <v>57</v>
+      </c>
+      <c r="N65" t="s">
+        <v>57</v>
+      </c>
+      <c r="O65" t="s">
+        <v>57</v>
+      </c>
+      <c r="P65" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>57</v>
+      </c>
+      <c r="R65" t="s">
+        <v>57</v>
+      </c>
+      <c r="S65" t="s">
+        <v>57</v>
+      </c>
+      <c r="T65" t="s">
+        <v>57</v>
+      </c>
+      <c r="U65" t="s">
+        <v>57</v>
+      </c>
+      <c r="V65" t="s">
+        <v>57</v>
+      </c>
+      <c r="W65" t="s">
+        <v>57</v>
+      </c>
+      <c r="X65" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y65" t="s">
+        <v>57</v>
+      </c>
+      <c r="Z65" t="s">
+        <v>57</v>
+      </c>
+      <c r="AA65" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB65" t="s">
+        <v>57</v>
+      </c>
+      <c r="AC65" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="66" spans="1:29">
       <c r="A66" s="4"/>
       <c r="B66" s="4"/>
       <c r="C66" s="4"/>
       <c r="D66" s="4"/>
       <c r="E66" s="4"/>
       <c r="F66" s="4"/>
       <c r="G66" s="4"/>
       <c r="H66" s="4"/>
-    </row>
-    <row r="67" spans="1:8">
+      <c r="I66" s="4"/>
+      <c r="J66" s="4"/>
+      <c r="K66" s="4"/>
+      <c r="L66" s="4"/>
+      <c r="M66" s="4"/>
+      <c r="N66" s="4"/>
+      <c r="O66" s="4"/>
+      <c r="P66" s="4"/>
+      <c r="Q66" s="4"/>
+      <c r="R66" s="4"/>
+      <c r="S66" s="4"/>
+      <c r="T66" s="4"/>
+      <c r="U66" s="4"/>
+      <c r="V66" s="4"/>
+      <c r="W66" s="4"/>
+      <c r="X66" s="4"/>
+      <c r="Y66" s="4"/>
+      <c r="Z66" s="4"/>
+      <c r="AA66" s="4"/>
+      <c r="AB66" s="4"/>
+      <c r="AC66" s="4"/>
+    </row>
+    <row r="67" spans="1:29">
       <c r="A67" s="2" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="2"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
-    </row>
-    <row r="68" spans="1:8">
+      <c r="I67" s="2"/>
+      <c r="J67" s="2"/>
+      <c r="K67" s="2"/>
+      <c r="L67" s="2"/>
+      <c r="M67" s="2"/>
+      <c r="N67" s="2"/>
+      <c r="O67" s="2"/>
+      <c r="P67" s="2"/>
+      <c r="Q67" s="2"/>
+      <c r="R67" s="2"/>
+      <c r="S67" s="2"/>
+      <c r="T67" s="2"/>
+      <c r="U67" s="2"/>
+      <c r="V67" s="2"/>
+      <c r="W67" s="2"/>
+      <c r="X67" s="2"/>
+      <c r="Y67" s="2"/>
+      <c r="Z67" s="2"/>
+      <c r="AA67" s="2"/>
+      <c r="AB67" s="2"/>
+      <c r="AC67" s="2"/>
+    </row>
+    <row r="68" spans="1:29">
       <c r="A68" s="3" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="B68" s="3"/>
       <c r="C68" s="3"/>
       <c r="D68" s="3"/>
       <c r="E68" s="3"/>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
       <c r="H68" s="3"/>
-    </row>
-    <row r="69" spans="1:8">
+      <c r="I68" s="3"/>
+      <c r="J68" s="3"/>
+      <c r="K68" s="3"/>
+      <c r="L68" s="3"/>
+      <c r="M68" s="3"/>
+      <c r="N68" s="3"/>
+      <c r="O68" s="3"/>
+      <c r="P68" s="3"/>
+      <c r="Q68" s="3"/>
+      <c r="R68" s="3"/>
+      <c r="S68" s="3"/>
+      <c r="T68" s="3"/>
+      <c r="U68" s="3"/>
+      <c r="V68" s="3"/>
+      <c r="W68" s="3"/>
+      <c r="X68" s="3"/>
+      <c r="Y68" s="3"/>
+      <c r="Z68" s="3"/>
+      <c r="AA68" s="3"/>
+      <c r="AB68" s="3"/>
+      <c r="AC68" s="3"/>
+    </row>
+    <row r="69" spans="1:29">
       <c r="A69" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B69" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="C69" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="D69" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="E69" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="F69" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="G69" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="H69" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:8">
+        <v>69</v>
+      </c>
+      <c r="I69" t="s">
+        <v>69</v>
+      </c>
+      <c r="J69" t="s">
+        <v>69</v>
+      </c>
+      <c r="K69" t="s">
+        <v>69</v>
+      </c>
+      <c r="L69" t="s">
+        <v>69</v>
+      </c>
+      <c r="M69" t="s">
+        <v>69</v>
+      </c>
+      <c r="N69" t="s">
+        <v>69</v>
+      </c>
+      <c r="O69" t="s">
+        <v>69</v>
+      </c>
+      <c r="P69" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>69</v>
+      </c>
+      <c r="R69" t="s">
+        <v>69</v>
+      </c>
+      <c r="S69" t="s">
+        <v>69</v>
+      </c>
+      <c r="T69" t="s">
+        <v>69</v>
+      </c>
+      <c r="U69" t="s">
+        <v>69</v>
+      </c>
+      <c r="V69" t="s">
+        <v>69</v>
+      </c>
+      <c r="W69" t="s">
+        <v>69</v>
+      </c>
+      <c r="X69" t="s">
+        <v>69</v>
+      </c>
+      <c r="Y69" t="s">
+        <v>69</v>
+      </c>
+      <c r="Z69" t="s">
+        <v>69</v>
+      </c>
+      <c r="AA69" t="s">
+        <v>69</v>
+      </c>
+      <c r="AB69" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC69" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="70" spans="1:29">
       <c r="A70" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="B70" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="C70" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="D70" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="E70" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="F70" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="G70" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="H70" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:8">
+        <v>71</v>
+      </c>
+      <c r="I70" t="s">
+        <v>71</v>
+      </c>
+      <c r="J70" t="s">
+        <v>71</v>
+      </c>
+      <c r="K70" t="s">
+        <v>71</v>
+      </c>
+      <c r="L70" t="s">
+        <v>71</v>
+      </c>
+      <c r="M70" t="s">
+        <v>71</v>
+      </c>
+      <c r="N70" t="s">
+        <v>71</v>
+      </c>
+      <c r="O70" t="s">
+        <v>71</v>
+      </c>
+      <c r="P70" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>71</v>
+      </c>
+      <c r="R70" t="s">
+        <v>71</v>
+      </c>
+      <c r="S70" t="s">
+        <v>71</v>
+      </c>
+      <c r="T70" t="s">
+        <v>71</v>
+      </c>
+      <c r="U70" t="s">
+        <v>71</v>
+      </c>
+      <c r="V70" t="s">
+        <v>71</v>
+      </c>
+      <c r="W70" t="s">
+        <v>71</v>
+      </c>
+      <c r="X70" t="s">
+        <v>71</v>
+      </c>
+      <c r="Y70" t="s">
+        <v>71</v>
+      </c>
+      <c r="Z70" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA70" t="s">
+        <v>71</v>
+      </c>
+      <c r="AB70" t="s">
+        <v>71</v>
+      </c>
+      <c r="AC70" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="71" spans="1:29">
       <c r="A71" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B71" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="C71" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="D71" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="E71" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="F71" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="G71" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="H71" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:8">
+        <v>69</v>
+      </c>
+      <c r="I71" t="s">
+        <v>69</v>
+      </c>
+      <c r="J71" t="s">
+        <v>69</v>
+      </c>
+      <c r="K71" t="s">
+        <v>69</v>
+      </c>
+      <c r="L71" t="s">
+        <v>69</v>
+      </c>
+      <c r="M71" t="s">
+        <v>69</v>
+      </c>
+      <c r="N71" t="s">
+        <v>69</v>
+      </c>
+      <c r="O71" t="s">
+        <v>69</v>
+      </c>
+      <c r="P71" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>69</v>
+      </c>
+      <c r="R71" t="s">
+        <v>69</v>
+      </c>
+      <c r="S71" t="s">
+        <v>69</v>
+      </c>
+      <c r="T71" t="s">
+        <v>69</v>
+      </c>
+      <c r="U71" t="s">
+        <v>69</v>
+      </c>
+      <c r="V71" t="s">
+        <v>69</v>
+      </c>
+      <c r="W71" t="s">
+        <v>69</v>
+      </c>
+      <c r="X71" t="s">
+        <v>69</v>
+      </c>
+      <c r="Y71" t="s">
+        <v>69</v>
+      </c>
+      <c r="Z71" t="s">
+        <v>69</v>
+      </c>
+      <c r="AA71" t="s">
+        <v>69</v>
+      </c>
+      <c r="AB71" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC71" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="72" spans="1:29">
       <c r="A72" s="3" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="B72" s="3"/>
       <c r="C72" s="3"/>
       <c r="D72" s="3"/>
       <c r="E72" s="3"/>
       <c r="F72" s="3"/>
       <c r="G72" s="3"/>
       <c r="H72" s="3"/>
-    </row>
-    <row r="73" spans="1:8">
+      <c r="I72" s="3"/>
+      <c r="J72" s="3"/>
+      <c r="K72" s="3"/>
+      <c r="L72" s="3"/>
+      <c r="M72" s="3"/>
+      <c r="N72" s="3"/>
+      <c r="O72" s="3"/>
+      <c r="P72" s="3"/>
+      <c r="Q72" s="3"/>
+      <c r="R72" s="3"/>
+      <c r="S72" s="3"/>
+      <c r="T72" s="3"/>
+      <c r="U72" s="3"/>
+      <c r="V72" s="3"/>
+      <c r="W72" s="3"/>
+      <c r="X72" s="3"/>
+      <c r="Y72" s="3"/>
+      <c r="Z72" s="3"/>
+      <c r="AA72" s="3"/>
+      <c r="AB72" s="3"/>
+      <c r="AC72" s="3"/>
+    </row>
+    <row r="73" spans="1:29">
       <c r="A73" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B73" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="C73" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="D73" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="E73" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="F73" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="G73" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="H73" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:8">
+        <v>69</v>
+      </c>
+      <c r="I73" t="s">
+        <v>69</v>
+      </c>
+      <c r="J73" t="s">
+        <v>69</v>
+      </c>
+      <c r="K73" t="s">
+        <v>69</v>
+      </c>
+      <c r="L73" t="s">
+        <v>69</v>
+      </c>
+      <c r="M73" t="s">
+        <v>69</v>
+      </c>
+      <c r="N73" t="s">
+        <v>69</v>
+      </c>
+      <c r="O73" t="s">
+        <v>69</v>
+      </c>
+      <c r="P73" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>69</v>
+      </c>
+      <c r="R73" t="s">
+        <v>69</v>
+      </c>
+      <c r="S73" t="s">
+        <v>69</v>
+      </c>
+      <c r="T73" t="s">
+        <v>69</v>
+      </c>
+      <c r="U73" t="s">
+        <v>69</v>
+      </c>
+      <c r="V73" t="s">
+        <v>69</v>
+      </c>
+      <c r="W73" t="s">
+        <v>69</v>
+      </c>
+      <c r="X73" t="s">
+        <v>69</v>
+      </c>
+      <c r="Y73" t="s">
+        <v>69</v>
+      </c>
+      <c r="Z73" t="s">
+        <v>69</v>
+      </c>
+      <c r="AA73" t="s">
+        <v>69</v>
+      </c>
+      <c r="AB73" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC73" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="74" spans="1:29">
       <c r="A74" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B74" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="C74" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="D74" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="E74" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="F74" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="G74" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="H74" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:8">
+        <v>69</v>
+      </c>
+      <c r="I74" t="s">
+        <v>69</v>
+      </c>
+      <c r="J74" t="s">
+        <v>69</v>
+      </c>
+      <c r="K74" t="s">
+        <v>69</v>
+      </c>
+      <c r="L74" t="s">
+        <v>69</v>
+      </c>
+      <c r="M74" t="s">
+        <v>69</v>
+      </c>
+      <c r="N74" t="s">
+        <v>69</v>
+      </c>
+      <c r="O74" t="s">
+        <v>69</v>
+      </c>
+      <c r="P74" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>69</v>
+      </c>
+      <c r="R74" t="s">
+        <v>69</v>
+      </c>
+      <c r="S74" t="s">
+        <v>69</v>
+      </c>
+      <c r="T74" t="s">
+        <v>69</v>
+      </c>
+      <c r="U74" t="s">
+        <v>69</v>
+      </c>
+      <c r="V74" t="s">
+        <v>69</v>
+      </c>
+      <c r="W74" t="s">
+        <v>69</v>
+      </c>
+      <c r="X74" t="s">
+        <v>69</v>
+      </c>
+      <c r="Y74" t="s">
+        <v>69</v>
+      </c>
+      <c r="Z74" t="s">
+        <v>69</v>
+      </c>
+      <c r="AA74" t="s">
+        <v>69</v>
+      </c>
+      <c r="AB74" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC74" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="75" spans="1:29">
       <c r="A75" s="4"/>
       <c r="B75" s="4"/>
       <c r="C75" s="4"/>
       <c r="D75" s="4"/>
       <c r="E75" s="4"/>
       <c r="F75" s="4"/>
       <c r="G75" s="4"/>
       <c r="H75" s="4"/>
-    </row>
-    <row r="76" spans="1:8">
+      <c r="I75" s="4"/>
+      <c r="J75" s="4"/>
+      <c r="K75" s="4"/>
+      <c r="L75" s="4"/>
+      <c r="M75" s="4"/>
+      <c r="N75" s="4"/>
+      <c r="O75" s="4"/>
+      <c r="P75" s="4"/>
+      <c r="Q75" s="4"/>
+      <c r="R75" s="4"/>
+      <c r="S75" s="4"/>
+      <c r="T75" s="4"/>
+      <c r="U75" s="4"/>
+      <c r="V75" s="4"/>
+      <c r="W75" s="4"/>
+      <c r="X75" s="4"/>
+      <c r="Y75" s="4"/>
+      <c r="Z75" s="4"/>
+      <c r="AA75" s="4"/>
+      <c r="AB75" s="4"/>
+      <c r="AC75" s="4"/>
+    </row>
+    <row r="76" spans="1:29">
       <c r="A76" s="2" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="2"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
-    </row>
-    <row r="77" spans="1:8">
+      <c r="I76" s="2"/>
+      <c r="J76" s="2"/>
+      <c r="K76" s="2"/>
+      <c r="L76" s="2"/>
+      <c r="M76" s="2"/>
+      <c r="N76" s="2"/>
+      <c r="O76" s="2"/>
+      <c r="P76" s="2"/>
+      <c r="Q76" s="2"/>
+      <c r="R76" s="2"/>
+      <c r="S76" s="2"/>
+      <c r="T76" s="2"/>
+      <c r="U76" s="2"/>
+      <c r="V76" s="2"/>
+      <c r="W76" s="2"/>
+      <c r="X76" s="2"/>
+      <c r="Y76" s="2"/>
+      <c r="Z76" s="2"/>
+      <c r="AA76" s="2"/>
+      <c r="AB76" s="2"/>
+      <c r="AC76" s="2"/>
+    </row>
+    <row r="77" spans="1:29">
       <c r="A77" s="3" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="B77" s="3"/>
       <c r="C77" s="3"/>
       <c r="D77" s="3"/>
       <c r="E77" s="3"/>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
       <c r="H77" s="3"/>
-    </row>
-    <row r="78" spans="1:8">
+      <c r="I77" s="3"/>
+      <c r="J77" s="3"/>
+      <c r="K77" s="3"/>
+      <c r="L77" s="3"/>
+      <c r="M77" s="3"/>
+      <c r="N77" s="3"/>
+      <c r="O77" s="3"/>
+      <c r="P77" s="3"/>
+      <c r="Q77" s="3"/>
+      <c r="R77" s="3"/>
+      <c r="S77" s="3"/>
+      <c r="T77" s="3"/>
+      <c r="U77" s="3"/>
+      <c r="V77" s="3"/>
+      <c r="W77" s="3"/>
+      <c r="X77" s="3"/>
+      <c r="Y77" s="3"/>
+      <c r="Z77" s="3"/>
+      <c r="AA77" s="3"/>
+      <c r="AB77" s="3"/>
+      <c r="AC77" s="3"/>
+    </row>
+    <row r="78" spans="1:29">
       <c r="A78" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B78" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="C78" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="D78" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="E78" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F78" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="G78" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="H78" t="s">
+        <v>55</v>
+      </c>
+      <c r="I78" t="s">
+        <v>55</v>
+      </c>
+      <c r="J78" t="s">
+        <v>55</v>
+      </c>
+      <c r="K78" t="s">
+        <v>55</v>
+      </c>
+      <c r="L78" t="s">
+        <v>55</v>
+      </c>
+      <c r="M78" t="s">
+        <v>55</v>
+      </c>
+      <c r="N78" t="s">
+        <v>55</v>
+      </c>
+      <c r="O78" t="s">
+        <v>55</v>
+      </c>
+      <c r="P78" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>55</v>
+      </c>
+      <c r="R78" t="s">
+        <v>55</v>
+      </c>
+      <c r="S78" t="s">
+        <v>55</v>
+      </c>
+      <c r="T78" t="s">
+        <v>55</v>
+      </c>
+      <c r="U78" t="s">
+        <v>55</v>
+      </c>
+      <c r="V78" t="s">
+        <v>55</v>
+      </c>
+      <c r="W78" t="s">
+        <v>55</v>
+      </c>
+      <c r="X78" t="s">
+        <v>55</v>
+      </c>
+      <c r="Y78" t="s">
+        <v>55</v>
+      </c>
+      <c r="Z78" t="s">
+        <v>55</v>
+      </c>
+      <c r="AA78" t="s">
+        <v>55</v>
+      </c>
+      <c r="AB78" t="s">
+        <v>55</v>
+      </c>
+      <c r="AC78" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="79" spans="1:29">
+      <c r="A79" t="s">
+        <v>33</v>
+      </c>
+      <c r="B79" t="s">
         <v>34</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C79" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="D79" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="E79" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
       <c r="F79" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
       <c r="G79" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
       <c r="H79" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:8">
+        <v>74</v>
+      </c>
+      <c r="I79" t="s">
+        <v>74</v>
+      </c>
+      <c r="J79" t="s">
+        <v>74</v>
+      </c>
+      <c r="K79" t="s">
+        <v>74</v>
+      </c>
+      <c r="L79" t="s">
+        <v>74</v>
+      </c>
+      <c r="M79" t="s">
+        <v>74</v>
+      </c>
+      <c r="N79" t="s">
+        <v>74</v>
+      </c>
+      <c r="O79" t="s">
+        <v>74</v>
+      </c>
+      <c r="P79" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>74</v>
+      </c>
+      <c r="R79" t="s">
+        <v>74</v>
+      </c>
+      <c r="S79" t="s">
+        <v>74</v>
+      </c>
+      <c r="T79" t="s">
+        <v>74</v>
+      </c>
+      <c r="U79" t="s">
+        <v>74</v>
+      </c>
+      <c r="V79" t="s">
+        <v>74</v>
+      </c>
+      <c r="W79" t="s">
+        <v>74</v>
+      </c>
+      <c r="X79" t="s">
+        <v>74</v>
+      </c>
+      <c r="Y79" t="s">
+        <v>74</v>
+      </c>
+      <c r="Z79" t="s">
+        <v>74</v>
+      </c>
+      <c r="AA79" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB79" t="s">
+        <v>74</v>
+      </c>
+      <c r="AC79" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="80" spans="1:29">
       <c r="A80" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="B80" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="C80" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="D80" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="E80" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="F80" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="G80" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="H80" t="s">
+        <v>76</v>
+      </c>
+      <c r="I80" t="s">
+        <v>76</v>
+      </c>
+      <c r="J80" t="s">
+        <v>76</v>
+      </c>
+      <c r="K80" t="s">
+        <v>76</v>
+      </c>
+      <c r="L80" t="s">
+        <v>76</v>
+      </c>
+      <c r="M80" t="s">
+        <v>76</v>
+      </c>
+      <c r="N80" t="s">
+        <v>76</v>
+      </c>
+      <c r="O80" t="s">
+        <v>76</v>
+      </c>
+      <c r="P80" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>76</v>
+      </c>
+      <c r="R80" t="s">
+        <v>76</v>
+      </c>
+      <c r="S80" t="s">
+        <v>76</v>
+      </c>
+      <c r="T80" t="s">
+        <v>76</v>
+      </c>
+      <c r="U80" t="s">
+        <v>76</v>
+      </c>
+      <c r="V80" t="s">
+        <v>76</v>
+      </c>
+      <c r="W80" t="s">
+        <v>76</v>
+      </c>
+      <c r="X80" t="s">
+        <v>76</v>
+      </c>
+      <c r="Y80" t="s">
+        <v>76</v>
+      </c>
+      <c r="Z80" t="s">
+        <v>76</v>
+      </c>
+      <c r="AA80" t="s">
+        <v>76</v>
+      </c>
+      <c r="AB80" t="s">
+        <v>76</v>
+      </c>
+      <c r="AC80" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="81" spans="1:29">
+      <c r="A81" t="s">
+        <v>39</v>
+      </c>
+      <c r="B81" t="s">
+        <v>73</v>
+      </c>
+      <c r="C81" t="s">
+        <v>73</v>
+      </c>
+      <c r="D81" t="s">
+        <v>73</v>
+      </c>
+      <c r="E81" t="s">
         <v>55</v>
       </c>
-    </row>
-[...15 lines deleted...]
-      </c>
       <c r="F81" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="G81" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="H81" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:8">
+        <v>55</v>
+      </c>
+      <c r="I81" t="s">
+        <v>55</v>
+      </c>
+      <c r="J81" t="s">
+        <v>55</v>
+      </c>
+      <c r="K81" t="s">
+        <v>55</v>
+      </c>
+      <c r="L81" t="s">
+        <v>55</v>
+      </c>
+      <c r="M81" t="s">
+        <v>55</v>
+      </c>
+      <c r="N81" t="s">
+        <v>55</v>
+      </c>
+      <c r="O81" t="s">
+        <v>55</v>
+      </c>
+      <c r="P81" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>55</v>
+      </c>
+      <c r="R81" t="s">
+        <v>55</v>
+      </c>
+      <c r="S81" t="s">
+        <v>55</v>
+      </c>
+      <c r="T81" t="s">
+        <v>55</v>
+      </c>
+      <c r="U81" t="s">
+        <v>55</v>
+      </c>
+      <c r="V81" t="s">
+        <v>55</v>
+      </c>
+      <c r="W81" t="s">
+        <v>55</v>
+      </c>
+      <c r="X81" t="s">
+        <v>55</v>
+      </c>
+      <c r="Y81" t="s">
+        <v>55</v>
+      </c>
+      <c r="Z81" t="s">
+        <v>55</v>
+      </c>
+      <c r="AA81" t="s">
+        <v>55</v>
+      </c>
+      <c r="AB81" t="s">
+        <v>55</v>
+      </c>
+      <c r="AC81" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="82" spans="1:29">
       <c r="A82" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B82" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="C82" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="D82" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="E82" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="F82" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="G82" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="H82" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:8">
+        <v>77</v>
+      </c>
+      <c r="I82" t="s">
+        <v>77</v>
+      </c>
+      <c r="J82" t="s">
+        <v>77</v>
+      </c>
+      <c r="K82" t="s">
+        <v>77</v>
+      </c>
+      <c r="L82" t="s">
+        <v>77</v>
+      </c>
+      <c r="M82" t="s">
+        <v>77</v>
+      </c>
+      <c r="N82" t="s">
+        <v>77</v>
+      </c>
+      <c r="O82" t="s">
+        <v>77</v>
+      </c>
+      <c r="P82" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>77</v>
+      </c>
+      <c r="R82" t="s">
+        <v>77</v>
+      </c>
+      <c r="S82" t="s">
+        <v>77</v>
+      </c>
+      <c r="T82" t="s">
+        <v>77</v>
+      </c>
+      <c r="U82" t="s">
+        <v>77</v>
+      </c>
+      <c r="V82" t="s">
+        <v>77</v>
+      </c>
+      <c r="W82" t="s">
+        <v>77</v>
+      </c>
+      <c r="X82" t="s">
+        <v>77</v>
+      </c>
+      <c r="Y82" t="s">
+        <v>77</v>
+      </c>
+      <c r="Z82" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA82" t="s">
+        <v>77</v>
+      </c>
+      <c r="AB82" t="s">
+        <v>77</v>
+      </c>
+      <c r="AC82" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="83" spans="1:29">
       <c r="A83" s="3" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="B83" s="3"/>
       <c r="C83" s="3"/>
       <c r="D83" s="3"/>
       <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3"/>
-    </row>
-    <row r="84" spans="1:8">
+      <c r="I83" s="3"/>
+      <c r="J83" s="3"/>
+      <c r="K83" s="3"/>
+      <c r="L83" s="3"/>
+      <c r="M83" s="3"/>
+      <c r="N83" s="3"/>
+      <c r="O83" s="3"/>
+      <c r="P83" s="3"/>
+      <c r="Q83" s="3"/>
+      <c r="R83" s="3"/>
+      <c r="S83" s="3"/>
+      <c r="T83" s="3"/>
+      <c r="U83" s="3"/>
+      <c r="V83" s="3"/>
+      <c r="W83" s="3"/>
+      <c r="X83" s="3"/>
+      <c r="Y83" s="3"/>
+      <c r="Z83" s="3"/>
+      <c r="AA83" s="3"/>
+      <c r="AB83" s="3"/>
+      <c r="AC83" s="3"/>
+    </row>
+    <row r="84" spans="1:29">
       <c r="A84" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B84" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="C84" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="D84" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="E84" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F84" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="G84" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="H84" t="s">
+        <v>55</v>
+      </c>
+      <c r="I84" t="s">
+        <v>55</v>
+      </c>
+      <c r="J84" t="s">
+        <v>55</v>
+      </c>
+      <c r="K84" t="s">
+        <v>55</v>
+      </c>
+      <c r="L84" t="s">
+        <v>55</v>
+      </c>
+      <c r="M84" t="s">
+        <v>55</v>
+      </c>
+      <c r="N84" t="s">
+        <v>55</v>
+      </c>
+      <c r="O84" t="s">
+        <v>55</v>
+      </c>
+      <c r="P84" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>55</v>
+      </c>
+      <c r="R84" t="s">
+        <v>55</v>
+      </c>
+      <c r="S84" t="s">
+        <v>55</v>
+      </c>
+      <c r="T84" t="s">
+        <v>55</v>
+      </c>
+      <c r="U84" t="s">
+        <v>55</v>
+      </c>
+      <c r="V84" t="s">
+        <v>55</v>
+      </c>
+      <c r="W84" t="s">
+        <v>55</v>
+      </c>
+      <c r="X84" t="s">
+        <v>55</v>
+      </c>
+      <c r="Y84" t="s">
+        <v>55</v>
+      </c>
+      <c r="Z84" t="s">
+        <v>55</v>
+      </c>
+      <c r="AA84" t="s">
+        <v>55</v>
+      </c>
+      <c r="AB84" t="s">
+        <v>55</v>
+      </c>
+      <c r="AC84" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="85" spans="1:29">
+      <c r="A85" t="s">
+        <v>33</v>
+      </c>
+      <c r="B85" t="s">
         <v>34</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C85" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="D85" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="E85" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
       <c r="F85" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
       <c r="G85" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
       <c r="H85" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:8">
+        <v>74</v>
+      </c>
+      <c r="I85" t="s">
+        <v>74</v>
+      </c>
+      <c r="J85" t="s">
+        <v>74</v>
+      </c>
+      <c r="K85" t="s">
+        <v>74</v>
+      </c>
+      <c r="L85" t="s">
+        <v>74</v>
+      </c>
+      <c r="M85" t="s">
+        <v>74</v>
+      </c>
+      <c r="N85" t="s">
+        <v>74</v>
+      </c>
+      <c r="O85" t="s">
+        <v>74</v>
+      </c>
+      <c r="P85" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>74</v>
+      </c>
+      <c r="R85" t="s">
+        <v>74</v>
+      </c>
+      <c r="S85" t="s">
+        <v>74</v>
+      </c>
+      <c r="T85" t="s">
+        <v>74</v>
+      </c>
+      <c r="U85" t="s">
+        <v>74</v>
+      </c>
+      <c r="V85" t="s">
+        <v>74</v>
+      </c>
+      <c r="W85" t="s">
+        <v>74</v>
+      </c>
+      <c r="X85" t="s">
+        <v>74</v>
+      </c>
+      <c r="Y85" t="s">
+        <v>74</v>
+      </c>
+      <c r="Z85" t="s">
+        <v>74</v>
+      </c>
+      <c r="AA85" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB85" t="s">
+        <v>74</v>
+      </c>
+      <c r="AC85" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="86" spans="1:29">
       <c r="A86" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B86" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="C86" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="D86" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="E86" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F86" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="G86" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="H86" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:8">
+        <v>55</v>
+      </c>
+      <c r="I86" t="s">
+        <v>55</v>
+      </c>
+      <c r="J86" t="s">
+        <v>55</v>
+      </c>
+      <c r="K86" t="s">
+        <v>55</v>
+      </c>
+      <c r="L86" t="s">
+        <v>55</v>
+      </c>
+      <c r="M86" t="s">
+        <v>55</v>
+      </c>
+      <c r="N86" t="s">
+        <v>55</v>
+      </c>
+      <c r="O86" t="s">
+        <v>55</v>
+      </c>
+      <c r="P86" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>55</v>
+      </c>
+      <c r="R86" t="s">
+        <v>55</v>
+      </c>
+      <c r="S86" t="s">
+        <v>55</v>
+      </c>
+      <c r="T86" t="s">
+        <v>55</v>
+      </c>
+      <c r="U86" t="s">
+        <v>55</v>
+      </c>
+      <c r="V86" t="s">
+        <v>55</v>
+      </c>
+      <c r="W86" t="s">
+        <v>55</v>
+      </c>
+      <c r="X86" t="s">
+        <v>55</v>
+      </c>
+      <c r="Y86" t="s">
+        <v>55</v>
+      </c>
+      <c r="Z86" t="s">
+        <v>55</v>
+      </c>
+      <c r="AA86" t="s">
+        <v>55</v>
+      </c>
+      <c r="AB86" t="s">
+        <v>55</v>
+      </c>
+      <c r="AC86" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="87" spans="1:29">
       <c r="A87" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B87" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="C87" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="D87" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="E87" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="F87" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="G87" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="H87" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:8">
+        <v>77</v>
+      </c>
+      <c r="I87" t="s">
+        <v>77</v>
+      </c>
+      <c r="J87" t="s">
+        <v>77</v>
+      </c>
+      <c r="K87" t="s">
+        <v>77</v>
+      </c>
+      <c r="L87" t="s">
+        <v>77</v>
+      </c>
+      <c r="M87" t="s">
+        <v>77</v>
+      </c>
+      <c r="N87" t="s">
+        <v>77</v>
+      </c>
+      <c r="O87" t="s">
+        <v>77</v>
+      </c>
+      <c r="P87" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>77</v>
+      </c>
+      <c r="R87" t="s">
+        <v>77</v>
+      </c>
+      <c r="S87" t="s">
+        <v>77</v>
+      </c>
+      <c r="T87" t="s">
+        <v>77</v>
+      </c>
+      <c r="U87" t="s">
+        <v>77</v>
+      </c>
+      <c r="V87" t="s">
+        <v>77</v>
+      </c>
+      <c r="W87" t="s">
+        <v>77</v>
+      </c>
+      <c r="X87" t="s">
+        <v>77</v>
+      </c>
+      <c r="Y87" t="s">
+        <v>77</v>
+      </c>
+      <c r="Z87" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA87" t="s">
+        <v>77</v>
+      </c>
+      <c r="AB87" t="s">
+        <v>77</v>
+      </c>
+      <c r="AC87" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="88" spans="1:29">
       <c r="A88" s="4"/>
       <c r="B88" s="4"/>
       <c r="C88" s="4"/>
       <c r="D88" s="4"/>
       <c r="E88" s="4"/>
       <c r="F88" s="4"/>
       <c r="G88" s="4"/>
       <c r="H88" s="4"/>
-    </row>
-    <row r="89" spans="1:8">
+      <c r="I88" s="4"/>
+      <c r="J88" s="4"/>
+      <c r="K88" s="4"/>
+      <c r="L88" s="4"/>
+      <c r="M88" s="4"/>
+      <c r="N88" s="4"/>
+      <c r="O88" s="4"/>
+      <c r="P88" s="4"/>
+      <c r="Q88" s="4"/>
+      <c r="R88" s="4"/>
+      <c r="S88" s="4"/>
+      <c r="T88" s="4"/>
+      <c r="U88" s="4"/>
+      <c r="V88" s="4"/>
+      <c r="W88" s="4"/>
+      <c r="X88" s="4"/>
+      <c r="Y88" s="4"/>
+      <c r="Z88" s="4"/>
+      <c r="AA88" s="4"/>
+      <c r="AB88" s="4"/>
+      <c r="AC88" s="4"/>
+    </row>
+    <row r="89" spans="1:29">
       <c r="A89" s="2" t="s">
-        <v>57</v>
+        <v>78</v>
       </c>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
       <c r="D89" s="2"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
-    </row>
-    <row r="90" spans="1:8">
+      <c r="I89" s="2"/>
+      <c r="J89" s="2"/>
+      <c r="K89" s="2"/>
+      <c r="L89" s="2"/>
+      <c r="M89" s="2"/>
+      <c r="N89" s="2"/>
+      <c r="O89" s="2"/>
+      <c r="P89" s="2"/>
+      <c r="Q89" s="2"/>
+      <c r="R89" s="2"/>
+      <c r="S89" s="2"/>
+      <c r="T89" s="2"/>
+      <c r="U89" s="2"/>
+      <c r="V89" s="2"/>
+      <c r="W89" s="2"/>
+      <c r="X89" s="2"/>
+      <c r="Y89" s="2"/>
+      <c r="Z89" s="2"/>
+      <c r="AA89" s="2"/>
+      <c r="AB89" s="2"/>
+      <c r="AC89" s="2"/>
+    </row>
+    <row r="90" spans="1:29">
       <c r="A90" s="3" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="B90" s="3"/>
       <c r="C90" s="3"/>
       <c r="D90" s="3"/>
       <c r="E90" s="3"/>
       <c r="F90" s="3"/>
       <c r="G90" s="3"/>
       <c r="H90" s="3"/>
-    </row>
-    <row r="91" spans="1:8">
+      <c r="I90" s="3"/>
+      <c r="J90" s="3"/>
+      <c r="K90" s="3"/>
+      <c r="L90" s="3"/>
+      <c r="M90" s="3"/>
+      <c r="N90" s="3"/>
+      <c r="O90" s="3"/>
+      <c r="P90" s="3"/>
+      <c r="Q90" s="3"/>
+      <c r="R90" s="3"/>
+      <c r="S90" s="3"/>
+      <c r="T90" s="3"/>
+      <c r="U90" s="3"/>
+      <c r="V90" s="3"/>
+      <c r="W90" s="3"/>
+      <c r="X90" s="3"/>
+      <c r="Y90" s="3"/>
+      <c r="Z90" s="3"/>
+      <c r="AA90" s="3"/>
+      <c r="AB90" s="3"/>
+      <c r="AC90" s="3"/>
+    </row>
+    <row r="91" spans="1:29">
       <c r="A91" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B91" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="C91" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="D91" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="E91" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="F91" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="G91" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="H91" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:8">
+        <v>80</v>
+      </c>
+      <c r="I91" t="s">
+        <v>80</v>
+      </c>
+      <c r="J91" t="s">
+        <v>80</v>
+      </c>
+      <c r="K91" t="s">
+        <v>80</v>
+      </c>
+      <c r="L91" t="s">
+        <v>80</v>
+      </c>
+      <c r="M91" t="s">
+        <v>80</v>
+      </c>
+      <c r="N91" t="s">
+        <v>80</v>
+      </c>
+      <c r="O91" t="s">
+        <v>80</v>
+      </c>
+      <c r="P91" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>80</v>
+      </c>
+      <c r="R91" t="s">
+        <v>80</v>
+      </c>
+      <c r="S91" t="s">
+        <v>80</v>
+      </c>
+      <c r="T91" t="s">
+        <v>80</v>
+      </c>
+      <c r="U91" t="s">
+        <v>80</v>
+      </c>
+      <c r="V91" t="s">
+        <v>80</v>
+      </c>
+      <c r="W91" t="s">
+        <v>80</v>
+      </c>
+      <c r="X91" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y91" t="s">
+        <v>80</v>
+      </c>
+      <c r="Z91" t="s">
+        <v>80</v>
+      </c>
+      <c r="AA91" t="s">
+        <v>80</v>
+      </c>
+      <c r="AB91" t="s">
+        <v>80</v>
+      </c>
+      <c r="AC91" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="92" spans="1:29">
       <c r="A92" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="B92" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="C92" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="D92" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="E92" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F92" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="G92" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="H92" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:8">
+        <v>54</v>
+      </c>
+      <c r="I92" t="s">
+        <v>54</v>
+      </c>
+      <c r="J92" t="s">
+        <v>54</v>
+      </c>
+      <c r="K92" t="s">
+        <v>54</v>
+      </c>
+      <c r="L92" t="s">
+        <v>54</v>
+      </c>
+      <c r="M92" t="s">
+        <v>54</v>
+      </c>
+      <c r="N92" t="s">
+        <v>54</v>
+      </c>
+      <c r="O92" t="s">
+        <v>54</v>
+      </c>
+      <c r="P92" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>54</v>
+      </c>
+      <c r="R92" t="s">
+        <v>54</v>
+      </c>
+      <c r="S92" t="s">
+        <v>54</v>
+      </c>
+      <c r="T92" t="s">
+        <v>54</v>
+      </c>
+      <c r="U92" t="s">
+        <v>54</v>
+      </c>
+      <c r="V92" t="s">
+        <v>54</v>
+      </c>
+      <c r="W92" t="s">
+        <v>54</v>
+      </c>
+      <c r="X92" t="s">
+        <v>54</v>
+      </c>
+      <c r="Y92" t="s">
+        <v>54</v>
+      </c>
+      <c r="Z92" t="s">
+        <v>54</v>
+      </c>
+      <c r="AA92" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB92" t="s">
+        <v>54</v>
+      </c>
+      <c r="AC92" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="93" spans="1:29">
       <c r="A93" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="B93" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="C93" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="D93" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="E93" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="F93" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="G93" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="H93" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:8">
+        <v>82</v>
+      </c>
+      <c r="I93" t="s">
+        <v>82</v>
+      </c>
+      <c r="J93" t="s">
+        <v>82</v>
+      </c>
+      <c r="K93" t="s">
+        <v>82</v>
+      </c>
+      <c r="L93" t="s">
+        <v>82</v>
+      </c>
+      <c r="M93" t="s">
+        <v>82</v>
+      </c>
+      <c r="N93" t="s">
+        <v>82</v>
+      </c>
+      <c r="O93" t="s">
+        <v>82</v>
+      </c>
+      <c r="P93" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>82</v>
+      </c>
+      <c r="R93" t="s">
+        <v>82</v>
+      </c>
+      <c r="S93" t="s">
+        <v>82</v>
+      </c>
+      <c r="T93" t="s">
+        <v>82</v>
+      </c>
+      <c r="U93" t="s">
+        <v>82</v>
+      </c>
+      <c r="V93" t="s">
+        <v>82</v>
+      </c>
+      <c r="W93" t="s">
+        <v>82</v>
+      </c>
+      <c r="X93" t="s">
+        <v>82</v>
+      </c>
+      <c r="Y93" t="s">
+        <v>82</v>
+      </c>
+      <c r="Z93" t="s">
+        <v>82</v>
+      </c>
+      <c r="AA93" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB93" t="s">
+        <v>82</v>
+      </c>
+      <c r="AC93" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="94" spans="1:29">
       <c r="A94" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B94" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="C94" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="D94" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="E94" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="F94" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="G94" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="H94" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:8">
+        <v>80</v>
+      </c>
+      <c r="I94" t="s">
+        <v>80</v>
+      </c>
+      <c r="J94" t="s">
+        <v>80</v>
+      </c>
+      <c r="K94" t="s">
+        <v>80</v>
+      </c>
+      <c r="L94" t="s">
+        <v>80</v>
+      </c>
+      <c r="M94" t="s">
+        <v>80</v>
+      </c>
+      <c r="N94" t="s">
+        <v>80</v>
+      </c>
+      <c r="O94" t="s">
+        <v>80</v>
+      </c>
+      <c r="P94" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>80</v>
+      </c>
+      <c r="R94" t="s">
+        <v>80</v>
+      </c>
+      <c r="S94" t="s">
+        <v>80</v>
+      </c>
+      <c r="T94" t="s">
+        <v>80</v>
+      </c>
+      <c r="U94" t="s">
+        <v>80</v>
+      </c>
+      <c r="V94" t="s">
+        <v>80</v>
+      </c>
+      <c r="W94" t="s">
+        <v>80</v>
+      </c>
+      <c r="X94" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y94" t="s">
+        <v>80</v>
+      </c>
+      <c r="Z94" t="s">
+        <v>80</v>
+      </c>
+      <c r="AA94" t="s">
+        <v>80</v>
+      </c>
+      <c r="AB94" t="s">
+        <v>80</v>
+      </c>
+      <c r="AC94" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="95" spans="1:29">
       <c r="A95" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B95" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="C95" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="D95" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="E95" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="F95" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="G95" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="H95" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:8">
+        <v>57</v>
+      </c>
+      <c r="I95" t="s">
+        <v>57</v>
+      </c>
+      <c r="J95" t="s">
+        <v>57</v>
+      </c>
+      <c r="K95" t="s">
+        <v>57</v>
+      </c>
+      <c r="L95" t="s">
+        <v>57</v>
+      </c>
+      <c r="M95" t="s">
+        <v>57</v>
+      </c>
+      <c r="N95" t="s">
+        <v>57</v>
+      </c>
+      <c r="O95" t="s">
+        <v>57</v>
+      </c>
+      <c r="P95" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>57</v>
+      </c>
+      <c r="R95" t="s">
+        <v>57</v>
+      </c>
+      <c r="S95" t="s">
+        <v>57</v>
+      </c>
+      <c r="T95" t="s">
+        <v>57</v>
+      </c>
+      <c r="U95" t="s">
+        <v>57</v>
+      </c>
+      <c r="V95" t="s">
+        <v>57</v>
+      </c>
+      <c r="W95" t="s">
+        <v>57</v>
+      </c>
+      <c r="X95" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y95" t="s">
+        <v>57</v>
+      </c>
+      <c r="Z95" t="s">
+        <v>57</v>
+      </c>
+      <c r="AA95" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB95" t="s">
+        <v>57</v>
+      </c>
+      <c r="AC95" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="96" spans="1:29">
       <c r="A96" s="3" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="B96" s="3"/>
       <c r="C96" s="3"/>
       <c r="D96" s="3"/>
       <c r="E96" s="3"/>
       <c r="F96" s="3"/>
       <c r="G96" s="3"/>
       <c r="H96" s="3"/>
-    </row>
-    <row r="97" spans="1:8">
+      <c r="I96" s="3"/>
+      <c r="J96" s="3"/>
+      <c r="K96" s="3"/>
+      <c r="L96" s="3"/>
+      <c r="M96" s="3"/>
+      <c r="N96" s="3"/>
+      <c r="O96" s="3"/>
+      <c r="P96" s="3"/>
+      <c r="Q96" s="3"/>
+      <c r="R96" s="3"/>
+      <c r="S96" s="3"/>
+      <c r="T96" s="3"/>
+      <c r="U96" s="3"/>
+      <c r="V96" s="3"/>
+      <c r="W96" s="3"/>
+      <c r="X96" s="3"/>
+      <c r="Y96" s="3"/>
+      <c r="Z96" s="3"/>
+      <c r="AA96" s="3"/>
+      <c r="AB96" s="3"/>
+      <c r="AC96" s="3"/>
+    </row>
+    <row r="97" spans="1:29">
       <c r="A97" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B97" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="C97" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="D97" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="E97" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="F97" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="G97" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="H97" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:8">
+        <v>80</v>
+      </c>
+      <c r="I97" t="s">
+        <v>80</v>
+      </c>
+      <c r="J97" t="s">
+        <v>80</v>
+      </c>
+      <c r="K97" t="s">
+        <v>80</v>
+      </c>
+      <c r="L97" t="s">
+        <v>80</v>
+      </c>
+      <c r="M97" t="s">
+        <v>80</v>
+      </c>
+      <c r="N97" t="s">
+        <v>80</v>
+      </c>
+      <c r="O97" t="s">
+        <v>80</v>
+      </c>
+      <c r="P97" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>80</v>
+      </c>
+      <c r="R97" t="s">
+        <v>80</v>
+      </c>
+      <c r="S97" t="s">
+        <v>80</v>
+      </c>
+      <c r="T97" t="s">
+        <v>80</v>
+      </c>
+      <c r="U97" t="s">
+        <v>80</v>
+      </c>
+      <c r="V97" t="s">
+        <v>80</v>
+      </c>
+      <c r="W97" t="s">
+        <v>80</v>
+      </c>
+      <c r="X97" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y97" t="s">
+        <v>80</v>
+      </c>
+      <c r="Z97" t="s">
+        <v>80</v>
+      </c>
+      <c r="AA97" t="s">
+        <v>80</v>
+      </c>
+      <c r="AB97" t="s">
+        <v>80</v>
+      </c>
+      <c r="AC97" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="98" spans="1:29">
       <c r="A98" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="B98" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="C98" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="D98" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="E98" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F98" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="G98" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="H98" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:8">
+        <v>54</v>
+      </c>
+      <c r="I98" t="s">
+        <v>54</v>
+      </c>
+      <c r="J98" t="s">
+        <v>54</v>
+      </c>
+      <c r="K98" t="s">
+        <v>54</v>
+      </c>
+      <c r="L98" t="s">
+        <v>54</v>
+      </c>
+      <c r="M98" t="s">
+        <v>54</v>
+      </c>
+      <c r="N98" t="s">
+        <v>54</v>
+      </c>
+      <c r="O98" t="s">
+        <v>54</v>
+      </c>
+      <c r="P98" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>54</v>
+      </c>
+      <c r="R98" t="s">
+        <v>54</v>
+      </c>
+      <c r="S98" t="s">
+        <v>54</v>
+      </c>
+      <c r="T98" t="s">
+        <v>54</v>
+      </c>
+      <c r="U98" t="s">
+        <v>54</v>
+      </c>
+      <c r="V98" t="s">
+        <v>54</v>
+      </c>
+      <c r="W98" t="s">
+        <v>54</v>
+      </c>
+      <c r="X98" t="s">
+        <v>54</v>
+      </c>
+      <c r="Y98" t="s">
+        <v>54</v>
+      </c>
+      <c r="Z98" t="s">
+        <v>54</v>
+      </c>
+      <c r="AA98" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB98" t="s">
+        <v>54</v>
+      </c>
+      <c r="AC98" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="99" spans="1:29">
       <c r="A99" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B99" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="C99" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="D99" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="E99" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="F99" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="G99" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="H99" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:8">
+        <v>80</v>
+      </c>
+      <c r="I99" t="s">
+        <v>80</v>
+      </c>
+      <c r="J99" t="s">
+        <v>80</v>
+      </c>
+      <c r="K99" t="s">
+        <v>80</v>
+      </c>
+      <c r="L99" t="s">
+        <v>80</v>
+      </c>
+      <c r="M99" t="s">
+        <v>80</v>
+      </c>
+      <c r="N99" t="s">
+        <v>80</v>
+      </c>
+      <c r="O99" t="s">
+        <v>80</v>
+      </c>
+      <c r="P99" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>80</v>
+      </c>
+      <c r="R99" t="s">
+        <v>80</v>
+      </c>
+      <c r="S99" t="s">
+        <v>80</v>
+      </c>
+      <c r="T99" t="s">
+        <v>80</v>
+      </c>
+      <c r="U99" t="s">
+        <v>80</v>
+      </c>
+      <c r="V99" t="s">
+        <v>80</v>
+      </c>
+      <c r="W99" t="s">
+        <v>80</v>
+      </c>
+      <c r="X99" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y99" t="s">
+        <v>80</v>
+      </c>
+      <c r="Z99" t="s">
+        <v>80</v>
+      </c>
+      <c r="AA99" t="s">
+        <v>80</v>
+      </c>
+      <c r="AB99" t="s">
+        <v>80</v>
+      </c>
+      <c r="AC99" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="100" spans="1:29">
       <c r="A100" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B100" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="C100" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="D100" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="E100" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="F100" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="G100" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="H100" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:8">
+        <v>57</v>
+      </c>
+      <c r="I100" t="s">
+        <v>57</v>
+      </c>
+      <c r="J100" t="s">
+        <v>57</v>
+      </c>
+      <c r="K100" t="s">
+        <v>57</v>
+      </c>
+      <c r="L100" t="s">
+        <v>57</v>
+      </c>
+      <c r="M100" t="s">
+        <v>57</v>
+      </c>
+      <c r="N100" t="s">
+        <v>57</v>
+      </c>
+      <c r="O100" t="s">
+        <v>57</v>
+      </c>
+      <c r="P100" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>57</v>
+      </c>
+      <c r="R100" t="s">
+        <v>57</v>
+      </c>
+      <c r="S100" t="s">
+        <v>57</v>
+      </c>
+      <c r="T100" t="s">
+        <v>57</v>
+      </c>
+      <c r="U100" t="s">
+        <v>57</v>
+      </c>
+      <c r="V100" t="s">
+        <v>57</v>
+      </c>
+      <c r="W100" t="s">
+        <v>57</v>
+      </c>
+      <c r="X100" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y100" t="s">
+        <v>57</v>
+      </c>
+      <c r="Z100" t="s">
+        <v>57</v>
+      </c>
+      <c r="AA100" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB100" t="s">
+        <v>57</v>
+      </c>
+      <c r="AC100" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="101" spans="1:29">
       <c r="A101" s="4"/>
       <c r="B101" s="4"/>
       <c r="C101" s="4"/>
       <c r="D101" s="4"/>
       <c r="E101" s="4"/>
       <c r="F101" s="4"/>
       <c r="G101" s="4"/>
       <c r="H101" s="4"/>
-    </row>
-    <row r="102" spans="1:8">
+      <c r="I101" s="4"/>
+      <c r="J101" s="4"/>
+      <c r="K101" s="4"/>
+      <c r="L101" s="4"/>
+      <c r="M101" s="4"/>
+      <c r="N101" s="4"/>
+      <c r="O101" s="4"/>
+      <c r="P101" s="4"/>
+      <c r="Q101" s="4"/>
+      <c r="R101" s="4"/>
+      <c r="S101" s="4"/>
+      <c r="T101" s="4"/>
+      <c r="U101" s="4"/>
+      <c r="V101" s="4"/>
+      <c r="W101" s="4"/>
+      <c r="X101" s="4"/>
+      <c r="Y101" s="4"/>
+      <c r="Z101" s="4"/>
+      <c r="AA101" s="4"/>
+      <c r="AB101" s="4"/>
+      <c r="AC101" s="4"/>
+    </row>
+    <row r="102" spans="1:29">
       <c r="A102" s="2" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="2"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
-    </row>
-    <row r="103" spans="1:8">
+      <c r="I102" s="2"/>
+      <c r="J102" s="2"/>
+      <c r="K102" s="2"/>
+      <c r="L102" s="2"/>
+      <c r="M102" s="2"/>
+      <c r="N102" s="2"/>
+      <c r="O102" s="2"/>
+      <c r="P102" s="2"/>
+      <c r="Q102" s="2"/>
+      <c r="R102" s="2"/>
+      <c r="S102" s="2"/>
+      <c r="T102" s="2"/>
+      <c r="U102" s="2"/>
+      <c r="V102" s="2"/>
+      <c r="W102" s="2"/>
+      <c r="X102" s="2"/>
+      <c r="Y102" s="2"/>
+      <c r="Z102" s="2"/>
+      <c r="AA102" s="2"/>
+      <c r="AB102" s="2"/>
+      <c r="AC102" s="2"/>
+    </row>
+    <row r="103" spans="1:29">
       <c r="A103" s="3" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="B103" s="3"/>
       <c r="C103" s="3"/>
       <c r="D103" s="3"/>
       <c r="E103" s="3"/>
       <c r="F103" s="3"/>
       <c r="G103" s="3"/>
       <c r="H103" s="3"/>
-    </row>
-    <row r="104" spans="1:8">
+      <c r="I103" s="3"/>
+      <c r="J103" s="3"/>
+      <c r="K103" s="3"/>
+      <c r="L103" s="3"/>
+      <c r="M103" s="3"/>
+      <c r="N103" s="3"/>
+      <c r="O103" s="3"/>
+      <c r="P103" s="3"/>
+      <c r="Q103" s="3"/>
+      <c r="R103" s="3"/>
+      <c r="S103" s="3"/>
+      <c r="T103" s="3"/>
+      <c r="U103" s="3"/>
+      <c r="V103" s="3"/>
+      <c r="W103" s="3"/>
+      <c r="X103" s="3"/>
+      <c r="Y103" s="3"/>
+      <c r="Z103" s="3"/>
+      <c r="AA103" s="3"/>
+      <c r="AB103" s="3"/>
+      <c r="AC103" s="3"/>
+    </row>
+    <row r="104" spans="1:29">
       <c r="A104" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B104" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="C104" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="D104" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="E104" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="F104" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="G104" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="H104" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:8">
+        <v>85</v>
+      </c>
+      <c r="I104" t="s">
+        <v>85</v>
+      </c>
+      <c r="J104" t="s">
+        <v>85</v>
+      </c>
+      <c r="K104" t="s">
+        <v>85</v>
+      </c>
+      <c r="L104" t="s">
+        <v>85</v>
+      </c>
+      <c r="M104" t="s">
+        <v>85</v>
+      </c>
+      <c r="N104" t="s">
+        <v>85</v>
+      </c>
+      <c r="O104" t="s">
+        <v>85</v>
+      </c>
+      <c r="P104" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>85</v>
+      </c>
+      <c r="R104" t="s">
+        <v>85</v>
+      </c>
+      <c r="S104" t="s">
+        <v>85</v>
+      </c>
+      <c r="T104" t="s">
+        <v>85</v>
+      </c>
+      <c r="U104" t="s">
+        <v>85</v>
+      </c>
+      <c r="V104" t="s">
+        <v>85</v>
+      </c>
+      <c r="W104" t="s">
+        <v>85</v>
+      </c>
+      <c r="X104" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y104" t="s">
+        <v>85</v>
+      </c>
+      <c r="Z104" t="s">
+        <v>85</v>
+      </c>
+      <c r="AA104" t="s">
+        <v>85</v>
+      </c>
+      <c r="AB104" t="s">
+        <v>85</v>
+      </c>
+      <c r="AC104" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="105" spans="1:29">
       <c r="A105" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="B105" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="C105" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="D105" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="E105" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="F105" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="G105" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="H105" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:8">
+        <v>87</v>
+      </c>
+      <c r="I105" t="s">
+        <v>87</v>
+      </c>
+      <c r="J105" t="s">
+        <v>87</v>
+      </c>
+      <c r="K105" t="s">
+        <v>87</v>
+      </c>
+      <c r="L105" t="s">
+        <v>87</v>
+      </c>
+      <c r="M105" t="s">
+        <v>87</v>
+      </c>
+      <c r="N105" t="s">
+        <v>87</v>
+      </c>
+      <c r="O105" t="s">
+        <v>87</v>
+      </c>
+      <c r="P105" t="s">
+        <v>87</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>87</v>
+      </c>
+      <c r="R105" t="s">
+        <v>87</v>
+      </c>
+      <c r="S105" t="s">
+        <v>87</v>
+      </c>
+      <c r="T105" t="s">
+        <v>87</v>
+      </c>
+      <c r="U105" t="s">
+        <v>87</v>
+      </c>
+      <c r="V105" t="s">
+        <v>87</v>
+      </c>
+      <c r="W105" t="s">
+        <v>87</v>
+      </c>
+      <c r="X105" t="s">
+        <v>87</v>
+      </c>
+      <c r="Y105" t="s">
+        <v>87</v>
+      </c>
+      <c r="Z105" t="s">
+        <v>87</v>
+      </c>
+      <c r="AA105" t="s">
+        <v>87</v>
+      </c>
+      <c r="AB105" t="s">
+        <v>87</v>
+      </c>
+      <c r="AC105" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="106" spans="1:29">
       <c r="A106" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="B106" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="C106" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="D106" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="E106" t="s">
-        <v>67</v>
+        <v>89</v>
       </c>
       <c r="F106" t="s">
-        <v>67</v>
+        <v>89</v>
       </c>
       <c r="G106" t="s">
-        <v>67</v>
+        <v>89</v>
       </c>
       <c r="H106" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:8">
+        <v>89</v>
+      </c>
+      <c r="I106" t="s">
+        <v>89</v>
+      </c>
+      <c r="J106" t="s">
+        <v>89</v>
+      </c>
+      <c r="K106" t="s">
+        <v>89</v>
+      </c>
+      <c r="L106" t="s">
+        <v>89</v>
+      </c>
+      <c r="M106" t="s">
+        <v>89</v>
+      </c>
+      <c r="N106" t="s">
+        <v>89</v>
+      </c>
+      <c r="O106" t="s">
+        <v>89</v>
+      </c>
+      <c r="P106" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>89</v>
+      </c>
+      <c r="R106" t="s">
+        <v>89</v>
+      </c>
+      <c r="S106" t="s">
+        <v>89</v>
+      </c>
+      <c r="T106" t="s">
+        <v>89</v>
+      </c>
+      <c r="U106" t="s">
+        <v>89</v>
+      </c>
+      <c r="V106" t="s">
+        <v>89</v>
+      </c>
+      <c r="W106" t="s">
+        <v>89</v>
+      </c>
+      <c r="X106" t="s">
+        <v>89</v>
+      </c>
+      <c r="Y106" t="s">
+        <v>89</v>
+      </c>
+      <c r="Z106" t="s">
+        <v>89</v>
+      </c>
+      <c r="AA106" t="s">
+        <v>89</v>
+      </c>
+      <c r="AB106" t="s">
+        <v>89</v>
+      </c>
+      <c r="AC106" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="107" spans="1:29">
       <c r="A107" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B107" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="C107" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="D107" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="E107" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="F107" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="G107" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="H107" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:8">
+        <v>85</v>
+      </c>
+      <c r="I107" t="s">
+        <v>85</v>
+      </c>
+      <c r="J107" t="s">
+        <v>85</v>
+      </c>
+      <c r="K107" t="s">
+        <v>85</v>
+      </c>
+      <c r="L107" t="s">
+        <v>85</v>
+      </c>
+      <c r="M107" t="s">
+        <v>85</v>
+      </c>
+      <c r="N107" t="s">
+        <v>85</v>
+      </c>
+      <c r="O107" t="s">
+        <v>85</v>
+      </c>
+      <c r="P107" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q107" t="s">
+        <v>85</v>
+      </c>
+      <c r="R107" t="s">
+        <v>85</v>
+      </c>
+      <c r="S107" t="s">
+        <v>85</v>
+      </c>
+      <c r="T107" t="s">
+        <v>85</v>
+      </c>
+      <c r="U107" t="s">
+        <v>85</v>
+      </c>
+      <c r="V107" t="s">
+        <v>85</v>
+      </c>
+      <c r="W107" t="s">
+        <v>85</v>
+      </c>
+      <c r="X107" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y107" t="s">
+        <v>85</v>
+      </c>
+      <c r="Z107" t="s">
+        <v>85</v>
+      </c>
+      <c r="AA107" t="s">
+        <v>85</v>
+      </c>
+      <c r="AB107" t="s">
+        <v>85</v>
+      </c>
+      <c r="AC107" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="108" spans="1:29">
       <c r="A108" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B108" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="C108" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="D108" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="E108" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="F108" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="G108" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="H108" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:8">
+        <v>91</v>
+      </c>
+      <c r="I108" t="s">
+        <v>91</v>
+      </c>
+      <c r="J108" t="s">
+        <v>91</v>
+      </c>
+      <c r="K108" t="s">
+        <v>91</v>
+      </c>
+      <c r="L108" t="s">
+        <v>91</v>
+      </c>
+      <c r="M108" t="s">
+        <v>91</v>
+      </c>
+      <c r="N108" t="s">
+        <v>91</v>
+      </c>
+      <c r="O108" t="s">
+        <v>91</v>
+      </c>
+      <c r="P108" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>91</v>
+      </c>
+      <c r="R108" t="s">
+        <v>91</v>
+      </c>
+      <c r="S108" t="s">
+        <v>91</v>
+      </c>
+      <c r="T108" t="s">
+        <v>91</v>
+      </c>
+      <c r="U108" t="s">
+        <v>91</v>
+      </c>
+      <c r="V108" t="s">
+        <v>91</v>
+      </c>
+      <c r="W108" t="s">
+        <v>91</v>
+      </c>
+      <c r="X108" t="s">
+        <v>91</v>
+      </c>
+      <c r="Y108" t="s">
+        <v>91</v>
+      </c>
+      <c r="Z108" t="s">
+        <v>91</v>
+      </c>
+      <c r="AA108" t="s">
+        <v>91</v>
+      </c>
+      <c r="AB108" t="s">
+        <v>91</v>
+      </c>
+      <c r="AC108" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="109" spans="1:29">
       <c r="A109" s="3" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="B109" s="3"/>
       <c r="C109" s="3"/>
       <c r="D109" s="3"/>
       <c r="E109" s="3"/>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="3"/>
-    </row>
-    <row r="110" spans="1:8">
+      <c r="I109" s="3"/>
+      <c r="J109" s="3"/>
+      <c r="K109" s="3"/>
+      <c r="L109" s="3"/>
+      <c r="M109" s="3"/>
+      <c r="N109" s="3"/>
+      <c r="O109" s="3"/>
+      <c r="P109" s="3"/>
+      <c r="Q109" s="3"/>
+      <c r="R109" s="3"/>
+      <c r="S109" s="3"/>
+      <c r="T109" s="3"/>
+      <c r="U109" s="3"/>
+      <c r="V109" s="3"/>
+      <c r="W109" s="3"/>
+      <c r="X109" s="3"/>
+      <c r="Y109" s="3"/>
+      <c r="Z109" s="3"/>
+      <c r="AA109" s="3"/>
+      <c r="AB109" s="3"/>
+      <c r="AC109" s="3"/>
+    </row>
+    <row r="110" spans="1:29">
       <c r="A110" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B110" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="C110" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="D110" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="E110" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="F110" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="G110" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="H110" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:8">
+        <v>85</v>
+      </c>
+      <c r="I110" t="s">
+        <v>85</v>
+      </c>
+      <c r="J110" t="s">
+        <v>85</v>
+      </c>
+      <c r="K110" t="s">
+        <v>85</v>
+      </c>
+      <c r="L110" t="s">
+        <v>85</v>
+      </c>
+      <c r="M110" t="s">
+        <v>85</v>
+      </c>
+      <c r="N110" t="s">
+        <v>85</v>
+      </c>
+      <c r="O110" t="s">
+        <v>85</v>
+      </c>
+      <c r="P110" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>85</v>
+      </c>
+      <c r="R110" t="s">
+        <v>85</v>
+      </c>
+      <c r="S110" t="s">
+        <v>85</v>
+      </c>
+      <c r="T110" t="s">
+        <v>85</v>
+      </c>
+      <c r="U110" t="s">
+        <v>85</v>
+      </c>
+      <c r="V110" t="s">
+        <v>85</v>
+      </c>
+      <c r="W110" t="s">
+        <v>85</v>
+      </c>
+      <c r="X110" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y110" t="s">
+        <v>85</v>
+      </c>
+      <c r="Z110" t="s">
+        <v>85</v>
+      </c>
+      <c r="AA110" t="s">
+        <v>85</v>
+      </c>
+      <c r="AB110" t="s">
+        <v>85</v>
+      </c>
+      <c r="AC110" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="111" spans="1:29">
       <c r="A111" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="B111" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="C111" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="D111" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="E111" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="F111" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="G111" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="H111" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:8">
+        <v>87</v>
+      </c>
+      <c r="I111" t="s">
+        <v>87</v>
+      </c>
+      <c r="J111" t="s">
+        <v>87</v>
+      </c>
+      <c r="K111" t="s">
+        <v>87</v>
+      </c>
+      <c r="L111" t="s">
+        <v>87</v>
+      </c>
+      <c r="M111" t="s">
+        <v>87</v>
+      </c>
+      <c r="N111" t="s">
+        <v>87</v>
+      </c>
+      <c r="O111" t="s">
+        <v>87</v>
+      </c>
+      <c r="P111" t="s">
+        <v>87</v>
+      </c>
+      <c r="Q111" t="s">
+        <v>87</v>
+      </c>
+      <c r="R111" t="s">
+        <v>87</v>
+      </c>
+      <c r="S111" t="s">
+        <v>87</v>
+      </c>
+      <c r="T111" t="s">
+        <v>87</v>
+      </c>
+      <c r="U111" t="s">
+        <v>87</v>
+      </c>
+      <c r="V111" t="s">
+        <v>87</v>
+      </c>
+      <c r="W111" t="s">
+        <v>87</v>
+      </c>
+      <c r="X111" t="s">
+        <v>87</v>
+      </c>
+      <c r="Y111" t="s">
+        <v>87</v>
+      </c>
+      <c r="Z111" t="s">
+        <v>87</v>
+      </c>
+      <c r="AA111" t="s">
+        <v>87</v>
+      </c>
+      <c r="AB111" t="s">
+        <v>87</v>
+      </c>
+      <c r="AC111" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="112" spans="1:29">
       <c r="A112" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B112" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="C112" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="D112" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="E112" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="F112" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="G112" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="H112" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:8">
+        <v>85</v>
+      </c>
+      <c r="I112" t="s">
+        <v>85</v>
+      </c>
+      <c r="J112" t="s">
+        <v>85</v>
+      </c>
+      <c r="K112" t="s">
+        <v>85</v>
+      </c>
+      <c r="L112" t="s">
+        <v>85</v>
+      </c>
+      <c r="M112" t="s">
+        <v>85</v>
+      </c>
+      <c r="N112" t="s">
+        <v>85</v>
+      </c>
+      <c r="O112" t="s">
+        <v>85</v>
+      </c>
+      <c r="P112" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>85</v>
+      </c>
+      <c r="R112" t="s">
+        <v>85</v>
+      </c>
+      <c r="S112" t="s">
+        <v>85</v>
+      </c>
+      <c r="T112" t="s">
+        <v>85</v>
+      </c>
+      <c r="U112" t="s">
+        <v>85</v>
+      </c>
+      <c r="V112" t="s">
+        <v>85</v>
+      </c>
+      <c r="W112" t="s">
+        <v>85</v>
+      </c>
+      <c r="X112" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y112" t="s">
+        <v>85</v>
+      </c>
+      <c r="Z112" t="s">
+        <v>85</v>
+      </c>
+      <c r="AA112" t="s">
+        <v>85</v>
+      </c>
+      <c r="AB112" t="s">
+        <v>85</v>
+      </c>
+      <c r="AC112" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="113" spans="1:29">
       <c r="A113" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B113" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="C113" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="D113" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="E113" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="F113" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="G113" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="H113" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:8">
+        <v>91</v>
+      </c>
+      <c r="I113" t="s">
+        <v>91</v>
+      </c>
+      <c r="J113" t="s">
+        <v>91</v>
+      </c>
+      <c r="K113" t="s">
+        <v>91</v>
+      </c>
+      <c r="L113" t="s">
+        <v>91</v>
+      </c>
+      <c r="M113" t="s">
+        <v>91</v>
+      </c>
+      <c r="N113" t="s">
+        <v>91</v>
+      </c>
+      <c r="O113" t="s">
+        <v>91</v>
+      </c>
+      <c r="P113" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>91</v>
+      </c>
+      <c r="R113" t="s">
+        <v>91</v>
+      </c>
+      <c r="S113" t="s">
+        <v>91</v>
+      </c>
+      <c r="T113" t="s">
+        <v>91</v>
+      </c>
+      <c r="U113" t="s">
+        <v>91</v>
+      </c>
+      <c r="V113" t="s">
+        <v>91</v>
+      </c>
+      <c r="W113" t="s">
+        <v>91</v>
+      </c>
+      <c r="X113" t="s">
+        <v>91</v>
+      </c>
+      <c r="Y113" t="s">
+        <v>91</v>
+      </c>
+      <c r="Z113" t="s">
+        <v>91</v>
+      </c>
+      <c r="AA113" t="s">
+        <v>91</v>
+      </c>
+      <c r="AB113" t="s">
+        <v>91</v>
+      </c>
+      <c r="AC113" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="114" spans="1:29">
       <c r="A114" s="4"/>
       <c r="B114" s="4"/>
       <c r="C114" s="4"/>
       <c r="D114" s="4"/>
       <c r="E114" s="4"/>
       <c r="F114" s="4"/>
       <c r="G114" s="4"/>
       <c r="H114" s="4"/>
-    </row>
-    <row r="115" spans="1:8">
+      <c r="I114" s="4"/>
+      <c r="J114" s="4"/>
+      <c r="K114" s="4"/>
+      <c r="L114" s="4"/>
+      <c r="M114" s="4"/>
+      <c r="N114" s="4"/>
+      <c r="O114" s="4"/>
+      <c r="P114" s="4"/>
+      <c r="Q114" s="4"/>
+      <c r="R114" s="4"/>
+      <c r="S114" s="4"/>
+      <c r="T114" s="4"/>
+      <c r="U114" s="4"/>
+      <c r="V114" s="4"/>
+      <c r="W114" s="4"/>
+      <c r="X114" s="4"/>
+      <c r="Y114" s="4"/>
+      <c r="Z114" s="4"/>
+      <c r="AA114" s="4"/>
+      <c r="AB114" s="4"/>
+      <c r="AC114" s="4"/>
+    </row>
+    <row r="115" spans="1:29">
       <c r="A115" s="2" t="s">
-        <v>71</v>
+        <v>92</v>
       </c>
       <c r="B115" s="2"/>
       <c r="C115" s="2"/>
       <c r="D115" s="2"/>
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
-    </row>
-    <row r="116" spans="1:8">
+      <c r="I115" s="2"/>
+      <c r="J115" s="2"/>
+      <c r="K115" s="2"/>
+      <c r="L115" s="2"/>
+      <c r="M115" s="2"/>
+      <c r="N115" s="2"/>
+      <c r="O115" s="2"/>
+      <c r="P115" s="2"/>
+      <c r="Q115" s="2"/>
+      <c r="R115" s="2"/>
+      <c r="S115" s="2"/>
+      <c r="T115" s="2"/>
+      <c r="U115" s="2"/>
+      <c r="V115" s="2"/>
+      <c r="W115" s="2"/>
+      <c r="X115" s="2"/>
+      <c r="Y115" s="2"/>
+      <c r="Z115" s="2"/>
+      <c r="AA115" s="2"/>
+      <c r="AB115" s="2"/>
+      <c r="AC115" s="2"/>
+    </row>
+    <row r="116" spans="1:29">
       <c r="A116" s="3" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="B116" s="3"/>
       <c r="C116" s="3"/>
       <c r="D116" s="3"/>
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
       <c r="H116" s="3"/>
-    </row>
-    <row r="117" spans="1:8">
+      <c r="I116" s="3"/>
+      <c r="J116" s="3"/>
+      <c r="K116" s="3"/>
+      <c r="L116" s="3"/>
+      <c r="M116" s="3"/>
+      <c r="N116" s="3"/>
+      <c r="O116" s="3"/>
+      <c r="P116" s="3"/>
+      <c r="Q116" s="3"/>
+      <c r="R116" s="3"/>
+      <c r="S116" s="3"/>
+      <c r="T116" s="3"/>
+      <c r="U116" s="3"/>
+      <c r="V116" s="3"/>
+      <c r="W116" s="3"/>
+      <c r="X116" s="3"/>
+      <c r="Y116" s="3"/>
+      <c r="Z116" s="3"/>
+      <c r="AA116" s="3"/>
+      <c r="AB116" s="3"/>
+      <c r="AC116" s="3"/>
+    </row>
+    <row r="117" spans="1:29">
       <c r="A117" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B117" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="C117" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="D117" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="E117" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="F117" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="G117" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="H117" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:8">
+        <v>94</v>
+      </c>
+      <c r="I117" t="s">
+        <v>94</v>
+      </c>
+      <c r="J117" t="s">
+        <v>94</v>
+      </c>
+      <c r="K117" t="s">
+        <v>94</v>
+      </c>
+      <c r="L117" t="s">
+        <v>94</v>
+      </c>
+      <c r="M117" t="s">
+        <v>94</v>
+      </c>
+      <c r="N117" t="s">
+        <v>94</v>
+      </c>
+      <c r="O117" t="s">
+        <v>94</v>
+      </c>
+      <c r="P117" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>94</v>
+      </c>
+      <c r="R117" t="s">
+        <v>94</v>
+      </c>
+      <c r="S117" t="s">
+        <v>94</v>
+      </c>
+      <c r="T117" t="s">
+        <v>94</v>
+      </c>
+      <c r="U117" t="s">
+        <v>94</v>
+      </c>
+      <c r="V117" t="s">
+        <v>94</v>
+      </c>
+      <c r="W117" t="s">
+        <v>94</v>
+      </c>
+      <c r="X117" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y117" t="s">
+        <v>94</v>
+      </c>
+      <c r="Z117" t="s">
+        <v>94</v>
+      </c>
+      <c r="AA117" t="s">
+        <v>94</v>
+      </c>
+      <c r="AB117" t="s">
+        <v>94</v>
+      </c>
+      <c r="AC117" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="118" spans="1:29">
       <c r="A118" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="B118" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="C118" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="D118" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="E118" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="F118" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="G118" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="H118" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:8">
+        <v>96</v>
+      </c>
+      <c r="I118" t="s">
+        <v>96</v>
+      </c>
+      <c r="J118" t="s">
+        <v>96</v>
+      </c>
+      <c r="K118" t="s">
+        <v>96</v>
+      </c>
+      <c r="L118" t="s">
+        <v>96</v>
+      </c>
+      <c r="M118" t="s">
+        <v>96</v>
+      </c>
+      <c r="N118" t="s">
+        <v>96</v>
+      </c>
+      <c r="O118" t="s">
+        <v>96</v>
+      </c>
+      <c r="P118" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>96</v>
+      </c>
+      <c r="R118" t="s">
+        <v>96</v>
+      </c>
+      <c r="S118" t="s">
+        <v>96</v>
+      </c>
+      <c r="T118" t="s">
+        <v>96</v>
+      </c>
+      <c r="U118" t="s">
+        <v>96</v>
+      </c>
+      <c r="V118" t="s">
+        <v>96</v>
+      </c>
+      <c r="W118" t="s">
+        <v>96</v>
+      </c>
+      <c r="X118" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y118" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z118" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA118" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB118" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC118" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="119" spans="1:29">
       <c r="A119" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B119" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="C119" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="D119" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="E119" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="F119" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="G119" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="H119" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:8">
+        <v>94</v>
+      </c>
+      <c r="I119" t="s">
+        <v>94</v>
+      </c>
+      <c r="J119" t="s">
+        <v>94</v>
+      </c>
+      <c r="K119" t="s">
+        <v>94</v>
+      </c>
+      <c r="L119" t="s">
+        <v>94</v>
+      </c>
+      <c r="M119" t="s">
+        <v>94</v>
+      </c>
+      <c r="N119" t="s">
+        <v>94</v>
+      </c>
+      <c r="O119" t="s">
+        <v>94</v>
+      </c>
+      <c r="P119" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>94</v>
+      </c>
+      <c r="R119" t="s">
+        <v>94</v>
+      </c>
+      <c r="S119" t="s">
+        <v>94</v>
+      </c>
+      <c r="T119" t="s">
+        <v>94</v>
+      </c>
+      <c r="U119" t="s">
+        <v>94</v>
+      </c>
+      <c r="V119" t="s">
+        <v>94</v>
+      </c>
+      <c r="W119" t="s">
+        <v>94</v>
+      </c>
+      <c r="X119" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y119" t="s">
+        <v>94</v>
+      </c>
+      <c r="Z119" t="s">
+        <v>94</v>
+      </c>
+      <c r="AA119" t="s">
+        <v>94</v>
+      </c>
+      <c r="AB119" t="s">
+        <v>94</v>
+      </c>
+      <c r="AC119" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="120" spans="1:29">
       <c r="A120" s="3" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="B120" s="3"/>
       <c r="C120" s="3"/>
       <c r="D120" s="3"/>
       <c r="E120" s="3"/>
       <c r="F120" s="3"/>
       <c r="G120" s="3"/>
       <c r="H120" s="3"/>
-    </row>
-    <row r="121" spans="1:8">
+      <c r="I120" s="3"/>
+      <c r="J120" s="3"/>
+      <c r="K120" s="3"/>
+      <c r="L120" s="3"/>
+      <c r="M120" s="3"/>
+      <c r="N120" s="3"/>
+      <c r="O120" s="3"/>
+      <c r="P120" s="3"/>
+      <c r="Q120" s="3"/>
+      <c r="R120" s="3"/>
+      <c r="S120" s="3"/>
+      <c r="T120" s="3"/>
+      <c r="U120" s="3"/>
+      <c r="V120" s="3"/>
+      <c r="W120" s="3"/>
+      <c r="X120" s="3"/>
+      <c r="Y120" s="3"/>
+      <c r="Z120" s="3"/>
+      <c r="AA120" s="3"/>
+      <c r="AB120" s="3"/>
+      <c r="AC120" s="3"/>
+    </row>
+    <row r="121" spans="1:29">
       <c r="A121" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B121" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="C121" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="D121" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="E121" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="F121" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="G121" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="H121" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:8">
+        <v>94</v>
+      </c>
+      <c r="I121" t="s">
+        <v>94</v>
+      </c>
+      <c r="J121" t="s">
+        <v>94</v>
+      </c>
+      <c r="K121" t="s">
+        <v>94</v>
+      </c>
+      <c r="L121" t="s">
+        <v>94</v>
+      </c>
+      <c r="M121" t="s">
+        <v>94</v>
+      </c>
+      <c r="N121" t="s">
+        <v>94</v>
+      </c>
+      <c r="O121" t="s">
+        <v>94</v>
+      </c>
+      <c r="P121" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q121" t="s">
+        <v>94</v>
+      </c>
+      <c r="R121" t="s">
+        <v>94</v>
+      </c>
+      <c r="S121" t="s">
+        <v>94</v>
+      </c>
+      <c r="T121" t="s">
+        <v>94</v>
+      </c>
+      <c r="U121" t="s">
+        <v>94</v>
+      </c>
+      <c r="V121" t="s">
+        <v>94</v>
+      </c>
+      <c r="W121" t="s">
+        <v>94</v>
+      </c>
+      <c r="X121" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y121" t="s">
+        <v>94</v>
+      </c>
+      <c r="Z121" t="s">
+        <v>94</v>
+      </c>
+      <c r="AA121" t="s">
+        <v>94</v>
+      </c>
+      <c r="AB121" t="s">
+        <v>94</v>
+      </c>
+      <c r="AC121" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="122" spans="1:29">
       <c r="A122" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B122" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="C122" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="D122" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="E122" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="F122" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="G122" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="H122" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:8">
+        <v>94</v>
+      </c>
+      <c r="I122" t="s">
+        <v>94</v>
+      </c>
+      <c r="J122" t="s">
+        <v>94</v>
+      </c>
+      <c r="K122" t="s">
+        <v>94</v>
+      </c>
+      <c r="L122" t="s">
+        <v>94</v>
+      </c>
+      <c r="M122" t="s">
+        <v>94</v>
+      </c>
+      <c r="N122" t="s">
+        <v>94</v>
+      </c>
+      <c r="O122" t="s">
+        <v>94</v>
+      </c>
+      <c r="P122" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q122" t="s">
+        <v>94</v>
+      </c>
+      <c r="R122" t="s">
+        <v>94</v>
+      </c>
+      <c r="S122" t="s">
+        <v>94</v>
+      </c>
+      <c r="T122" t="s">
+        <v>94</v>
+      </c>
+      <c r="U122" t="s">
+        <v>94</v>
+      </c>
+      <c r="V122" t="s">
+        <v>94</v>
+      </c>
+      <c r="W122" t="s">
+        <v>94</v>
+      </c>
+      <c r="X122" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y122" t="s">
+        <v>94</v>
+      </c>
+      <c r="Z122" t="s">
+        <v>94</v>
+      </c>
+      <c r="AA122" t="s">
+        <v>94</v>
+      </c>
+      <c r="AB122" t="s">
+        <v>94</v>
+      </c>
+      <c r="AC122" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="123" spans="1:29">
       <c r="A123" s="4"/>
       <c r="B123" s="4"/>
       <c r="C123" s="4"/>
       <c r="D123" s="4"/>
       <c r="E123" s="4"/>
       <c r="F123" s="4"/>
       <c r="G123" s="4"/>
       <c r="H123" s="4"/>
-    </row>
-    <row r="124" spans="1:8">
+      <c r="I123" s="4"/>
+      <c r="J123" s="4"/>
+      <c r="K123" s="4"/>
+      <c r="L123" s="4"/>
+      <c r="M123" s="4"/>
+      <c r="N123" s="4"/>
+      <c r="O123" s="4"/>
+      <c r="P123" s="4"/>
+      <c r="Q123" s="4"/>
+      <c r="R123" s="4"/>
+      <c r="S123" s="4"/>
+      <c r="T123" s="4"/>
+      <c r="U123" s="4"/>
+      <c r="V123" s="4"/>
+      <c r="W123" s="4"/>
+      <c r="X123" s="4"/>
+      <c r="Y123" s="4"/>
+      <c r="Z123" s="4"/>
+      <c r="AA123" s="4"/>
+      <c r="AB123" s="4"/>
+      <c r="AC123" s="4"/>
+    </row>
+    <row r="124" spans="1:29">
       <c r="A124" s="2" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="B124" s="2"/>
       <c r="C124" s="2"/>
       <c r="D124" s="2"/>
       <c r="E124" s="2"/>
       <c r="F124" s="2"/>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
-    </row>
-    <row r="125" spans="1:8">
+      <c r="I124" s="2"/>
+      <c r="J124" s="2"/>
+      <c r="K124" s="2"/>
+      <c r="L124" s="2"/>
+      <c r="M124" s="2"/>
+      <c r="N124" s="2"/>
+      <c r="O124" s="2"/>
+      <c r="P124" s="2"/>
+      <c r="Q124" s="2"/>
+      <c r="R124" s="2"/>
+      <c r="S124" s="2"/>
+      <c r="T124" s="2"/>
+      <c r="U124" s="2"/>
+      <c r="V124" s="2"/>
+      <c r="W124" s="2"/>
+      <c r="X124" s="2"/>
+      <c r="Y124" s="2"/>
+      <c r="Z124" s="2"/>
+      <c r="AA124" s="2"/>
+      <c r="AB124" s="2"/>
+      <c r="AC124" s="2"/>
+    </row>
+    <row r="125" spans="1:29">
       <c r="A125" s="3" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="B125" s="3"/>
       <c r="C125" s="3"/>
       <c r="D125" s="3"/>
       <c r="E125" s="3"/>
       <c r="F125" s="3"/>
       <c r="G125" s="3"/>
       <c r="H125" s="3"/>
-    </row>
-    <row r="126" spans="1:8">
+      <c r="I125" s="3"/>
+      <c r="J125" s="3"/>
+      <c r="K125" s="3"/>
+      <c r="L125" s="3"/>
+      <c r="M125" s="3"/>
+      <c r="N125" s="3"/>
+      <c r="O125" s="3"/>
+      <c r="P125" s="3"/>
+      <c r="Q125" s="3"/>
+      <c r="R125" s="3"/>
+      <c r="S125" s="3"/>
+      <c r="T125" s="3"/>
+      <c r="U125" s="3"/>
+      <c r="V125" s="3"/>
+      <c r="W125" s="3"/>
+      <c r="X125" s="3"/>
+      <c r="Y125" s="3"/>
+      <c r="Z125" s="3"/>
+      <c r="AA125" s="3"/>
+      <c r="AB125" s="3"/>
+      <c r="AC125" s="3"/>
+    </row>
+    <row r="126" spans="1:29">
       <c r="A126" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B126" t="s">
+        <v>98</v>
+      </c>
+      <c r="C126" t="s">
+        <v>98</v>
+      </c>
+      <c r="D126" t="s">
+        <v>98</v>
+      </c>
+      <c r="E126" t="s">
+        <v>99</v>
+      </c>
+      <c r="F126" t="s">
+        <v>99</v>
+      </c>
+      <c r="G126" t="s">
+        <v>99</v>
+      </c>
+      <c r="H126" t="s">
+        <v>99</v>
+      </c>
+      <c r="I126" t="s">
+        <v>99</v>
+      </c>
+      <c r="J126" t="s">
+        <v>99</v>
+      </c>
+      <c r="K126" t="s">
+        <v>99</v>
+      </c>
+      <c r="L126" t="s">
+        <v>99</v>
+      </c>
+      <c r="M126" t="s">
+        <v>99</v>
+      </c>
+      <c r="N126" t="s">
+        <v>99</v>
+      </c>
+      <c r="O126" t="s">
+        <v>99</v>
+      </c>
+      <c r="P126" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q126" t="s">
+        <v>99</v>
+      </c>
+      <c r="R126" t="s">
+        <v>99</v>
+      </c>
+      <c r="S126" t="s">
+        <v>99</v>
+      </c>
+      <c r="T126" t="s">
+        <v>99</v>
+      </c>
+      <c r="U126" t="s">
+        <v>99</v>
+      </c>
+      <c r="V126" t="s">
+        <v>99</v>
+      </c>
+      <c r="W126" t="s">
+        <v>99</v>
+      </c>
+      <c r="X126" t="s">
+        <v>99</v>
+      </c>
+      <c r="Y126" t="s">
+        <v>99</v>
+      </c>
+      <c r="Z126" t="s">
+        <v>99</v>
+      </c>
+      <c r="AA126" t="s">
+        <v>99</v>
+      </c>
+      <c r="AB126" t="s">
+        <v>99</v>
+      </c>
+      <c r="AC126" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="127" spans="1:29">
+      <c r="A127" t="s">
+        <v>33</v>
+      </c>
+      <c r="B127" t="s">
+        <v>34</v>
+      </c>
+      <c r="C127" t="s">
+        <v>34</v>
+      </c>
+      <c r="D127" t="s">
+        <v>34</v>
+      </c>
+      <c r="E127" t="s">
+        <v>74</v>
+      </c>
+      <c r="F127" t="s">
+        <v>74</v>
+      </c>
+      <c r="G127" t="s">
+        <v>74</v>
+      </c>
+      <c r="H127" t="s">
+        <v>74</v>
+      </c>
+      <c r="I127" t="s">
+        <v>74</v>
+      </c>
+      <c r="J127" t="s">
+        <v>74</v>
+      </c>
+      <c r="K127" t="s">
+        <v>74</v>
+      </c>
+      <c r="L127" t="s">
+        <v>74</v>
+      </c>
+      <c r="M127" t="s">
+        <v>74</v>
+      </c>
+      <c r="N127" t="s">
+        <v>74</v>
+      </c>
+      <c r="O127" t="s">
+        <v>74</v>
+      </c>
+      <c r="P127" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q127" t="s">
+        <v>74</v>
+      </c>
+      <c r="R127" t="s">
+        <v>74</v>
+      </c>
+      <c r="S127" t="s">
+        <v>74</v>
+      </c>
+      <c r="T127" t="s">
+        <v>74</v>
+      </c>
+      <c r="U127" t="s">
+        <v>74</v>
+      </c>
+      <c r="V127" t="s">
+        <v>74</v>
+      </c>
+      <c r="W127" t="s">
+        <v>74</v>
+      </c>
+      <c r="X127" t="s">
+        <v>74</v>
+      </c>
+      <c r="Y127" t="s">
+        <v>74</v>
+      </c>
+      <c r="Z127" t="s">
+        <v>74</v>
+      </c>
+      <c r="AA127" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB127" t="s">
+        <v>74</v>
+      </c>
+      <c r="AC127" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="128" spans="1:29">
+      <c r="A128" t="s">
+        <v>36</v>
+      </c>
+      <c r="B128" t="s">
+        <v>100</v>
+      </c>
+      <c r="C128" t="s">
+        <v>100</v>
+      </c>
+      <c r="D128" t="s">
+        <v>100</v>
+      </c>
+      <c r="E128" t="s">
+        <v>56</v>
+      </c>
+      <c r="F128" t="s">
+        <v>56</v>
+      </c>
+      <c r="G128" t="s">
+        <v>56</v>
+      </c>
+      <c r="H128" t="s">
+        <v>56</v>
+      </c>
+      <c r="I128" t="s">
+        <v>56</v>
+      </c>
+      <c r="J128" t="s">
+        <v>56</v>
+      </c>
+      <c r="K128" t="s">
+        <v>56</v>
+      </c>
+      <c r="L128" t="s">
+        <v>56</v>
+      </c>
+      <c r="M128" t="s">
+        <v>56</v>
+      </c>
+      <c r="N128" t="s">
+        <v>56</v>
+      </c>
+      <c r="O128" t="s">
+        <v>56</v>
+      </c>
+      <c r="P128" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q128" t="s">
+        <v>56</v>
+      </c>
+      <c r="R128" t="s">
+        <v>56</v>
+      </c>
+      <c r="S128" t="s">
+        <v>56</v>
+      </c>
+      <c r="T128" t="s">
+        <v>56</v>
+      </c>
+      <c r="U128" t="s">
+        <v>56</v>
+      </c>
+      <c r="V128" t="s">
+        <v>56</v>
+      </c>
+      <c r="W128" t="s">
+        <v>56</v>
+      </c>
+      <c r="X128" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y128" t="s">
+        <v>56</v>
+      </c>
+      <c r="Z128" t="s">
+        <v>56</v>
+      </c>
+      <c r="AA128" t="s">
+        <v>56</v>
+      </c>
+      <c r="AB128" t="s">
+        <v>56</v>
+      </c>
+      <c r="AC128" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="129" spans="1:29">
+      <c r="A129" t="s">
+        <v>39</v>
+      </c>
+      <c r="B129" t="s">
+        <v>98</v>
+      </c>
+      <c r="C129" t="s">
+        <v>98</v>
+      </c>
+      <c r="D129" t="s">
+        <v>98</v>
+      </c>
+      <c r="E129" t="s">
+        <v>99</v>
+      </c>
+      <c r="F129" t="s">
+        <v>99</v>
+      </c>
+      <c r="G129" t="s">
+        <v>99</v>
+      </c>
+      <c r="H129" t="s">
+        <v>99</v>
+      </c>
+      <c r="I129" t="s">
+        <v>99</v>
+      </c>
+      <c r="J129" t="s">
+        <v>99</v>
+      </c>
+      <c r="K129" t="s">
+        <v>99</v>
+      </c>
+      <c r="L129" t="s">
+        <v>99</v>
+      </c>
+      <c r="M129" t="s">
+        <v>99</v>
+      </c>
+      <c r="N129" t="s">
+        <v>99</v>
+      </c>
+      <c r="O129" t="s">
+        <v>99</v>
+      </c>
+      <c r="P129" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q129" t="s">
+        <v>99</v>
+      </c>
+      <c r="R129" t="s">
+        <v>99</v>
+      </c>
+      <c r="S129" t="s">
+        <v>99</v>
+      </c>
+      <c r="T129" t="s">
+        <v>99</v>
+      </c>
+      <c r="U129" t="s">
+        <v>99</v>
+      </c>
+      <c r="V129" t="s">
+        <v>99</v>
+      </c>
+      <c r="W129" t="s">
+        <v>99</v>
+      </c>
+      <c r="X129" t="s">
+        <v>99</v>
+      </c>
+      <c r="Y129" t="s">
+        <v>99</v>
+      </c>
+      <c r="Z129" t="s">
+        <v>99</v>
+      </c>
+      <c r="AA129" t="s">
+        <v>99</v>
+      </c>
+      <c r="AB129" t="s">
+        <v>99</v>
+      </c>
+      <c r="AC129" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="130" spans="1:29">
+      <c r="A130" t="s">
+        <v>40</v>
+      </c>
+      <c r="B130" t="s">
+        <v>41</v>
+      </c>
+      <c r="C130" t="s">
+        <v>41</v>
+      </c>
+      <c r="D130" t="s">
+        <v>41</v>
+      </c>
+      <c r="E130" t="s">
         <v>77</v>
       </c>
-      <c r="C126" t="s">
-[...5 lines deleted...]
-      <c r="E126" t="s">
+      <c r="F130" t="s">
         <v>77</v>
       </c>
-      <c r="F126" t="s">
+      <c r="G130" t="s">
         <v>77</v>
       </c>
-      <c r="G126" t="s">
+      <c r="H130" t="s">
         <v>77</v>
       </c>
-      <c r="H126" t="s">
-[...59 lines deleted...]
-      <c r="B129" t="s">
+      <c r="I130" t="s">
         <v>77</v>
       </c>
-      <c r="C129" t="s">
-[...5 lines deleted...]
-      <c r="E129" t="s">
+      <c r="J130" t="s">
         <v>77</v>
       </c>
-      <c r="F129" t="s">
+      <c r="K130" t="s">
         <v>77</v>
       </c>
-      <c r="G129" t="s">
+      <c r="L130" t="s">
         <v>77</v>
       </c>
-      <c r="H129" t="s">
-[...29 lines deleted...]
-    <row r="131" spans="1:8">
+      <c r="M130" t="s">
+        <v>77</v>
+      </c>
+      <c r="N130" t="s">
+        <v>77</v>
+      </c>
+      <c r="O130" t="s">
+        <v>77</v>
+      </c>
+      <c r="P130" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q130" t="s">
+        <v>77</v>
+      </c>
+      <c r="R130" t="s">
+        <v>77</v>
+      </c>
+      <c r="S130" t="s">
+        <v>77</v>
+      </c>
+      <c r="T130" t="s">
+        <v>77</v>
+      </c>
+      <c r="U130" t="s">
+        <v>77</v>
+      </c>
+      <c r="V130" t="s">
+        <v>77</v>
+      </c>
+      <c r="W130" t="s">
+        <v>77</v>
+      </c>
+      <c r="X130" t="s">
+        <v>77</v>
+      </c>
+      <c r="Y130" t="s">
+        <v>77</v>
+      </c>
+      <c r="Z130" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA130" t="s">
+        <v>77</v>
+      </c>
+      <c r="AB130" t="s">
+        <v>77</v>
+      </c>
+      <c r="AC130" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="131" spans="1:29">
       <c r="A131" s="3" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="B131" s="3"/>
       <c r="C131" s="3"/>
       <c r="D131" s="3"/>
       <c r="E131" s="3"/>
       <c r="F131" s="3"/>
       <c r="G131" s="3"/>
       <c r="H131" s="3"/>
-    </row>
-    <row r="132" spans="1:8">
+      <c r="I131" s="3"/>
+      <c r="J131" s="3"/>
+      <c r="K131" s="3"/>
+      <c r="L131" s="3"/>
+      <c r="M131" s="3"/>
+      <c r="N131" s="3"/>
+      <c r="O131" s="3"/>
+      <c r="P131" s="3"/>
+      <c r="Q131" s="3"/>
+      <c r="R131" s="3"/>
+      <c r="S131" s="3"/>
+      <c r="T131" s="3"/>
+      <c r="U131" s="3"/>
+      <c r="V131" s="3"/>
+      <c r="W131" s="3"/>
+      <c r="X131" s="3"/>
+      <c r="Y131" s="3"/>
+      <c r="Z131" s="3"/>
+      <c r="AA131" s="3"/>
+      <c r="AB131" s="3"/>
+      <c r="AC131" s="3"/>
+    </row>
+    <row r="132" spans="1:29">
       <c r="A132" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B132" t="s">
+        <v>98</v>
+      </c>
+      <c r="C132" t="s">
+        <v>98</v>
+      </c>
+      <c r="D132" t="s">
+        <v>98</v>
+      </c>
+      <c r="E132" t="s">
+        <v>99</v>
+      </c>
+      <c r="F132" t="s">
+        <v>99</v>
+      </c>
+      <c r="G132" t="s">
+        <v>99</v>
+      </c>
+      <c r="H132" t="s">
+        <v>99</v>
+      </c>
+      <c r="I132" t="s">
+        <v>99</v>
+      </c>
+      <c r="J132" t="s">
+        <v>99</v>
+      </c>
+      <c r="K132" t="s">
+        <v>99</v>
+      </c>
+      <c r="L132" t="s">
+        <v>99</v>
+      </c>
+      <c r="M132" t="s">
+        <v>99</v>
+      </c>
+      <c r="N132" t="s">
+        <v>99</v>
+      </c>
+      <c r="O132" t="s">
+        <v>99</v>
+      </c>
+      <c r="P132" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q132" t="s">
+        <v>99</v>
+      </c>
+      <c r="R132" t="s">
+        <v>99</v>
+      </c>
+      <c r="S132" t="s">
+        <v>99</v>
+      </c>
+      <c r="T132" t="s">
+        <v>99</v>
+      </c>
+      <c r="U132" t="s">
+        <v>99</v>
+      </c>
+      <c r="V132" t="s">
+        <v>99</v>
+      </c>
+      <c r="W132" t="s">
+        <v>99</v>
+      </c>
+      <c r="X132" t="s">
+        <v>99</v>
+      </c>
+      <c r="Y132" t="s">
+        <v>99</v>
+      </c>
+      <c r="Z132" t="s">
+        <v>99</v>
+      </c>
+      <c r="AA132" t="s">
+        <v>99</v>
+      </c>
+      <c r="AB132" t="s">
+        <v>99</v>
+      </c>
+      <c r="AC132" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="133" spans="1:29">
+      <c r="A133" t="s">
+        <v>33</v>
+      </c>
+      <c r="B133" t="s">
+        <v>34</v>
+      </c>
+      <c r="C133" t="s">
+        <v>34</v>
+      </c>
+      <c r="D133" t="s">
+        <v>34</v>
+      </c>
+      <c r="E133" t="s">
+        <v>74</v>
+      </c>
+      <c r="F133" t="s">
+        <v>74</v>
+      </c>
+      <c r="G133" t="s">
+        <v>74</v>
+      </c>
+      <c r="H133" t="s">
+        <v>74</v>
+      </c>
+      <c r="I133" t="s">
+        <v>74</v>
+      </c>
+      <c r="J133" t="s">
+        <v>74</v>
+      </c>
+      <c r="K133" t="s">
+        <v>74</v>
+      </c>
+      <c r="L133" t="s">
+        <v>74</v>
+      </c>
+      <c r="M133" t="s">
+        <v>74</v>
+      </c>
+      <c r="N133" t="s">
+        <v>74</v>
+      </c>
+      <c r="O133" t="s">
+        <v>74</v>
+      </c>
+      <c r="P133" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q133" t="s">
+        <v>74</v>
+      </c>
+      <c r="R133" t="s">
+        <v>74</v>
+      </c>
+      <c r="S133" t="s">
+        <v>74</v>
+      </c>
+      <c r="T133" t="s">
+        <v>74</v>
+      </c>
+      <c r="U133" t="s">
+        <v>74</v>
+      </c>
+      <c r="V133" t="s">
+        <v>74</v>
+      </c>
+      <c r="W133" t="s">
+        <v>74</v>
+      </c>
+      <c r="X133" t="s">
+        <v>74</v>
+      </c>
+      <c r="Y133" t="s">
+        <v>74</v>
+      </c>
+      <c r="Z133" t="s">
+        <v>74</v>
+      </c>
+      <c r="AA133" t="s">
+        <v>74</v>
+      </c>
+      <c r="AB133" t="s">
+        <v>74</v>
+      </c>
+      <c r="AC133" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="134" spans="1:29">
+      <c r="A134" t="s">
+        <v>39</v>
+      </c>
+      <c r="B134" t="s">
+        <v>98</v>
+      </c>
+      <c r="C134" t="s">
+        <v>98</v>
+      </c>
+      <c r="D134" t="s">
+        <v>98</v>
+      </c>
+      <c r="E134" t="s">
+        <v>99</v>
+      </c>
+      <c r="F134" t="s">
+        <v>99</v>
+      </c>
+      <c r="G134" t="s">
+        <v>99</v>
+      </c>
+      <c r="H134" t="s">
+        <v>99</v>
+      </c>
+      <c r="I134" t="s">
+        <v>99</v>
+      </c>
+      <c r="J134" t="s">
+        <v>99</v>
+      </c>
+      <c r="K134" t="s">
+        <v>99</v>
+      </c>
+      <c r="L134" t="s">
+        <v>99</v>
+      </c>
+      <c r="M134" t="s">
+        <v>99</v>
+      </c>
+      <c r="N134" t="s">
+        <v>99</v>
+      </c>
+      <c r="O134" t="s">
+        <v>99</v>
+      </c>
+      <c r="P134" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q134" t="s">
+        <v>99</v>
+      </c>
+      <c r="R134" t="s">
+        <v>99</v>
+      </c>
+      <c r="S134" t="s">
+        <v>99</v>
+      </c>
+      <c r="T134" t="s">
+        <v>99</v>
+      </c>
+      <c r="U134" t="s">
+        <v>99</v>
+      </c>
+      <c r="V134" t="s">
+        <v>99</v>
+      </c>
+      <c r="W134" t="s">
+        <v>99</v>
+      </c>
+      <c r="X134" t="s">
+        <v>99</v>
+      </c>
+      <c r="Y134" t="s">
+        <v>99</v>
+      </c>
+      <c r="Z134" t="s">
+        <v>99</v>
+      </c>
+      <c r="AA134" t="s">
+        <v>99</v>
+      </c>
+      <c r="AB134" t="s">
+        <v>99</v>
+      </c>
+      <c r="AC134" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="135" spans="1:29">
+      <c r="A135" t="s">
+        <v>40</v>
+      </c>
+      <c r="B135" t="s">
+        <v>41</v>
+      </c>
+      <c r="C135" t="s">
+        <v>41</v>
+      </c>
+      <c r="D135" t="s">
+        <v>41</v>
+      </c>
+      <c r="E135" t="s">
         <v>77</v>
       </c>
-      <c r="C132" t="s">
-[...5 lines deleted...]
-      <c r="E132" t="s">
+      <c r="F135" t="s">
         <v>77</v>
       </c>
-      <c r="F132" t="s">
+      <c r="G135" t="s">
         <v>77</v>
       </c>
-      <c r="G132" t="s">
+      <c r="H135" t="s">
         <v>77</v>
       </c>
-      <c r="H132" t="s">
-[...33 lines deleted...]
-      <c r="B134" t="s">
+      <c r="I135" t="s">
         <v>77</v>
       </c>
-      <c r="C134" t="s">
-[...5 lines deleted...]
-      <c r="E134" t="s">
+      <c r="J135" t="s">
         <v>77</v>
       </c>
-      <c r="F134" t="s">
+      <c r="K135" t="s">
         <v>77</v>
       </c>
-      <c r="G134" t="s">
+      <c r="L135" t="s">
         <v>77</v>
       </c>
-      <c r="H134" t="s">
-[...29 lines deleted...]
-    <row r="136" spans="1:8">
+      <c r="M135" t="s">
+        <v>77</v>
+      </c>
+      <c r="N135" t="s">
+        <v>77</v>
+      </c>
+      <c r="O135" t="s">
+        <v>77</v>
+      </c>
+      <c r="P135" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q135" t="s">
+        <v>77</v>
+      </c>
+      <c r="R135" t="s">
+        <v>77</v>
+      </c>
+      <c r="S135" t="s">
+        <v>77</v>
+      </c>
+      <c r="T135" t="s">
+        <v>77</v>
+      </c>
+      <c r="U135" t="s">
+        <v>77</v>
+      </c>
+      <c r="V135" t="s">
+        <v>77</v>
+      </c>
+      <c r="W135" t="s">
+        <v>77</v>
+      </c>
+      <c r="X135" t="s">
+        <v>77</v>
+      </c>
+      <c r="Y135" t="s">
+        <v>77</v>
+      </c>
+      <c r="Z135" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA135" t="s">
+        <v>77</v>
+      </c>
+      <c r="AB135" t="s">
+        <v>77</v>
+      </c>
+      <c r="AC135" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="136" spans="1:29">
       <c r="A136" s="4"/>
       <c r="B136" s="4"/>
       <c r="C136" s="4"/>
       <c r="D136" s="4"/>
       <c r="E136" s="4"/>
       <c r="F136" s="4"/>
       <c r="G136" s="4"/>
       <c r="H136" s="4"/>
-    </row>
-    <row r="137" spans="1:8">
+      <c r="I136" s="4"/>
+      <c r="J136" s="4"/>
+      <c r="K136" s="4"/>
+      <c r="L136" s="4"/>
+      <c r="M136" s="4"/>
+      <c r="N136" s="4"/>
+      <c r="O136" s="4"/>
+      <c r="P136" s="4"/>
+      <c r="Q136" s="4"/>
+      <c r="R136" s="4"/>
+      <c r="S136" s="4"/>
+      <c r="T136" s="4"/>
+      <c r="U136" s="4"/>
+      <c r="V136" s="4"/>
+      <c r="W136" s="4"/>
+      <c r="X136" s="4"/>
+      <c r="Y136" s="4"/>
+      <c r="Z136" s="4"/>
+      <c r="AA136" s="4"/>
+      <c r="AB136" s="4"/>
+      <c r="AC136" s="4"/>
+    </row>
+    <row r="137" spans="1:29">
       <c r="A137" s="2" t="s">
-        <v>81</v>
+        <v>101</v>
       </c>
       <c r="B137" s="2"/>
       <c r="C137" s="2"/>
       <c r="D137" s="2"/>
       <c r="E137" s="2"/>
       <c r="F137" s="2"/>
       <c r="G137" s="2"/>
       <c r="H137" s="2"/>
-    </row>
-    <row r="138" spans="1:8">
+      <c r="I137" s="2"/>
+      <c r="J137" s="2"/>
+      <c r="K137" s="2"/>
+      <c r="L137" s="2"/>
+      <c r="M137" s="2"/>
+      <c r="N137" s="2"/>
+      <c r="O137" s="2"/>
+      <c r="P137" s="2"/>
+      <c r="Q137" s="2"/>
+      <c r="R137" s="2"/>
+      <c r="S137" s="2"/>
+      <c r="T137" s="2"/>
+      <c r="U137" s="2"/>
+      <c r="V137" s="2"/>
+      <c r="W137" s="2"/>
+      <c r="X137" s="2"/>
+      <c r="Y137" s="2"/>
+      <c r="Z137" s="2"/>
+      <c r="AA137" s="2"/>
+      <c r="AB137" s="2"/>
+      <c r="AC137" s="2"/>
+    </row>
+    <row r="138" spans="1:29">
       <c r="A138" s="3" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="B138" s="3"/>
       <c r="C138" s="3"/>
       <c r="D138" s="3"/>
       <c r="E138" s="3"/>
       <c r="F138" s="3"/>
       <c r="G138" s="3"/>
       <c r="H138" s="3"/>
-    </row>
-    <row r="139" spans="1:8">
+      <c r="I138" s="3"/>
+      <c r="J138" s="3"/>
+      <c r="K138" s="3"/>
+      <c r="L138" s="3"/>
+      <c r="M138" s="3"/>
+      <c r="N138" s="3"/>
+      <c r="O138" s="3"/>
+      <c r="P138" s="3"/>
+      <c r="Q138" s="3"/>
+      <c r="R138" s="3"/>
+      <c r="S138" s="3"/>
+      <c r="T138" s="3"/>
+      <c r="U138" s="3"/>
+      <c r="V138" s="3"/>
+      <c r="W138" s="3"/>
+      <c r="X138" s="3"/>
+      <c r="Y138" s="3"/>
+      <c r="Z138" s="3"/>
+      <c r="AA138" s="3"/>
+      <c r="AB138" s="3"/>
+      <c r="AC138" s="3"/>
+    </row>
+    <row r="139" spans="1:29">
       <c r="A139" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B139" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="C139" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="D139" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="E139" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="F139" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="G139" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="H139" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:8">
+        <v>103</v>
+      </c>
+      <c r="I139" t="s">
+        <v>103</v>
+      </c>
+      <c r="J139" t="s">
+        <v>103</v>
+      </c>
+      <c r="K139" t="s">
+        <v>103</v>
+      </c>
+      <c r="L139" t="s">
+        <v>103</v>
+      </c>
+      <c r="M139" t="s">
+        <v>103</v>
+      </c>
+      <c r="N139" t="s">
+        <v>103</v>
+      </c>
+      <c r="O139" t="s">
+        <v>103</v>
+      </c>
+      <c r="P139" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q139" t="s">
+        <v>103</v>
+      </c>
+      <c r="R139" t="s">
+        <v>103</v>
+      </c>
+      <c r="S139" t="s">
+        <v>103</v>
+      </c>
+      <c r="T139" t="s">
+        <v>103</v>
+      </c>
+      <c r="U139" t="s">
+        <v>103</v>
+      </c>
+      <c r="V139" t="s">
+        <v>103</v>
+      </c>
+      <c r="W139" t="s">
+        <v>103</v>
+      </c>
+      <c r="X139" t="s">
+        <v>103</v>
+      </c>
+      <c r="Y139" t="s">
+        <v>103</v>
+      </c>
+      <c r="Z139" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA139" t="s">
+        <v>103</v>
+      </c>
+      <c r="AB139" t="s">
+        <v>103</v>
+      </c>
+      <c r="AC139" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="140" spans="1:29">
       <c r="A140" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="B140" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="C140" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="D140" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="E140" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="F140" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="G140" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="H140" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:8">
+        <v>54</v>
+      </c>
+      <c r="I140" t="s">
+        <v>54</v>
+      </c>
+      <c r="J140" t="s">
+        <v>54</v>
+      </c>
+      <c r="K140" t="s">
+        <v>54</v>
+      </c>
+      <c r="L140" t="s">
+        <v>54</v>
+      </c>
+      <c r="M140" t="s">
+        <v>54</v>
+      </c>
+      <c r="N140" t="s">
+        <v>54</v>
+      </c>
+      <c r="O140" t="s">
+        <v>54</v>
+      </c>
+      <c r="P140" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q140" t="s">
+        <v>54</v>
+      </c>
+      <c r="R140" t="s">
+        <v>54</v>
+      </c>
+      <c r="S140" t="s">
+        <v>54</v>
+      </c>
+      <c r="T140" t="s">
+        <v>54</v>
+      </c>
+      <c r="U140" t="s">
+        <v>54</v>
+      </c>
+      <c r="V140" t="s">
+        <v>54</v>
+      </c>
+      <c r="W140" t="s">
+        <v>54</v>
+      </c>
+      <c r="X140" t="s">
+        <v>54</v>
+      </c>
+      <c r="Y140" t="s">
+        <v>54</v>
+      </c>
+      <c r="Z140" t="s">
+        <v>54</v>
+      </c>
+      <c r="AA140" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB140" t="s">
+        <v>54</v>
+      </c>
+      <c r="AC140" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="141" spans="1:29">
       <c r="A141" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="B141" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="C141" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="D141" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="E141" t="s">
-        <v>85</v>
+        <v>106</v>
       </c>
       <c r="F141" t="s">
-        <v>85</v>
+        <v>106</v>
       </c>
       <c r="G141" t="s">
-        <v>85</v>
+        <v>106</v>
       </c>
       <c r="H141" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:8">
+        <v>106</v>
+      </c>
+      <c r="I141" t="s">
+        <v>106</v>
+      </c>
+      <c r="J141" t="s">
+        <v>106</v>
+      </c>
+      <c r="K141" t="s">
+        <v>106</v>
+      </c>
+      <c r="L141" t="s">
+        <v>106</v>
+      </c>
+      <c r="M141" t="s">
+        <v>106</v>
+      </c>
+      <c r="N141" t="s">
+        <v>106</v>
+      </c>
+      <c r="O141" t="s">
+        <v>106</v>
+      </c>
+      <c r="P141" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q141" t="s">
+        <v>106</v>
+      </c>
+      <c r="R141" t="s">
+        <v>106</v>
+      </c>
+      <c r="S141" t="s">
+        <v>106</v>
+      </c>
+      <c r="T141" t="s">
+        <v>106</v>
+      </c>
+      <c r="U141" t="s">
+        <v>106</v>
+      </c>
+      <c r="V141" t="s">
+        <v>106</v>
+      </c>
+      <c r="W141" t="s">
+        <v>106</v>
+      </c>
+      <c r="X141" t="s">
+        <v>106</v>
+      </c>
+      <c r="Y141" t="s">
+        <v>106</v>
+      </c>
+      <c r="Z141" t="s">
+        <v>106</v>
+      </c>
+      <c r="AA141" t="s">
+        <v>106</v>
+      </c>
+      <c r="AB141" t="s">
+        <v>106</v>
+      </c>
+      <c r="AC141" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="142" spans="1:29">
       <c r="A142" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B142" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="C142" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="D142" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="E142" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="F142" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="G142" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="H142" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:8">
+        <v>103</v>
+      </c>
+      <c r="I142" t="s">
+        <v>103</v>
+      </c>
+      <c r="J142" t="s">
+        <v>103</v>
+      </c>
+      <c r="K142" t="s">
+        <v>103</v>
+      </c>
+      <c r="L142" t="s">
+        <v>103</v>
+      </c>
+      <c r="M142" t="s">
+        <v>103</v>
+      </c>
+      <c r="N142" t="s">
+        <v>103</v>
+      </c>
+      <c r="O142" t="s">
+        <v>103</v>
+      </c>
+      <c r="P142" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q142" t="s">
+        <v>103</v>
+      </c>
+      <c r="R142" t="s">
+        <v>103</v>
+      </c>
+      <c r="S142" t="s">
+        <v>103</v>
+      </c>
+      <c r="T142" t="s">
+        <v>103</v>
+      </c>
+      <c r="U142" t="s">
+        <v>103</v>
+      </c>
+      <c r="V142" t="s">
+        <v>103</v>
+      </c>
+      <c r="W142" t="s">
+        <v>103</v>
+      </c>
+      <c r="X142" t="s">
+        <v>103</v>
+      </c>
+      <c r="Y142" t="s">
+        <v>103</v>
+      </c>
+      <c r="Z142" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA142" t="s">
+        <v>103</v>
+      </c>
+      <c r="AB142" t="s">
+        <v>103</v>
+      </c>
+      <c r="AC142" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="143" spans="1:29">
       <c r="A143" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B143" t="s">
-        <v>87</v>
+        <v>107</v>
       </c>
       <c r="C143" t="s">
-        <v>87</v>
+        <v>107</v>
       </c>
       <c r="D143" t="s">
-        <v>87</v>
+        <v>107</v>
       </c>
       <c r="E143" t="s">
-        <v>87</v>
+        <v>57</v>
       </c>
       <c r="F143" t="s">
-        <v>87</v>
+        <v>57</v>
       </c>
       <c r="G143" t="s">
-        <v>87</v>
+        <v>57</v>
       </c>
       <c r="H143" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:8">
+        <v>57</v>
+      </c>
+      <c r="I143" t="s">
+        <v>57</v>
+      </c>
+      <c r="J143" t="s">
+        <v>57</v>
+      </c>
+      <c r="K143" t="s">
+        <v>57</v>
+      </c>
+      <c r="L143" t="s">
+        <v>57</v>
+      </c>
+      <c r="M143" t="s">
+        <v>57</v>
+      </c>
+      <c r="N143" t="s">
+        <v>57</v>
+      </c>
+      <c r="O143" t="s">
+        <v>57</v>
+      </c>
+      <c r="P143" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q143" t="s">
+        <v>57</v>
+      </c>
+      <c r="R143" t="s">
+        <v>57</v>
+      </c>
+      <c r="S143" t="s">
+        <v>57</v>
+      </c>
+      <c r="T143" t="s">
+        <v>57</v>
+      </c>
+      <c r="U143" t="s">
+        <v>57</v>
+      </c>
+      <c r="V143" t="s">
+        <v>57</v>
+      </c>
+      <c r="W143" t="s">
+        <v>57</v>
+      </c>
+      <c r="X143" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y143" t="s">
+        <v>57</v>
+      </c>
+      <c r="Z143" t="s">
+        <v>57</v>
+      </c>
+      <c r="AA143" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB143" t="s">
+        <v>57</v>
+      </c>
+      <c r="AC143" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="144" spans="1:29">
       <c r="A144" s="3" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="B144" s="3"/>
       <c r="C144" s="3"/>
       <c r="D144" s="3"/>
       <c r="E144" s="3"/>
       <c r="F144" s="3"/>
       <c r="G144" s="3"/>
       <c r="H144" s="3"/>
-    </row>
-    <row r="145" spans="1:8">
+      <c r="I144" s="3"/>
+      <c r="J144" s="3"/>
+      <c r="K144" s="3"/>
+      <c r="L144" s="3"/>
+      <c r="M144" s="3"/>
+      <c r="N144" s="3"/>
+      <c r="O144" s="3"/>
+      <c r="P144" s="3"/>
+      <c r="Q144" s="3"/>
+      <c r="R144" s="3"/>
+      <c r="S144" s="3"/>
+      <c r="T144" s="3"/>
+      <c r="U144" s="3"/>
+      <c r="V144" s="3"/>
+      <c r="W144" s="3"/>
+      <c r="X144" s="3"/>
+      <c r="Y144" s="3"/>
+      <c r="Z144" s="3"/>
+      <c r="AA144" s="3"/>
+      <c r="AB144" s="3"/>
+      <c r="AC144" s="3"/>
+    </row>
+    <row r="145" spans="1:29">
       <c r="A145" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B145" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="C145" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="D145" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="E145" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="F145" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="G145" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="H145" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:8">
+        <v>103</v>
+      </c>
+      <c r="I145" t="s">
+        <v>103</v>
+      </c>
+      <c r="J145" t="s">
+        <v>103</v>
+      </c>
+      <c r="K145" t="s">
+        <v>103</v>
+      </c>
+      <c r="L145" t="s">
+        <v>103</v>
+      </c>
+      <c r="M145" t="s">
+        <v>103</v>
+      </c>
+      <c r="N145" t="s">
+        <v>103</v>
+      </c>
+      <c r="O145" t="s">
+        <v>103</v>
+      </c>
+      <c r="P145" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q145" t="s">
+        <v>103</v>
+      </c>
+      <c r="R145" t="s">
+        <v>103</v>
+      </c>
+      <c r="S145" t="s">
+        <v>103</v>
+      </c>
+      <c r="T145" t="s">
+        <v>103</v>
+      </c>
+      <c r="U145" t="s">
+        <v>103</v>
+      </c>
+      <c r="V145" t="s">
+        <v>103</v>
+      </c>
+      <c r="W145" t="s">
+        <v>103</v>
+      </c>
+      <c r="X145" t="s">
+        <v>103</v>
+      </c>
+      <c r="Y145" t="s">
+        <v>103</v>
+      </c>
+      <c r="Z145" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA145" t="s">
+        <v>103</v>
+      </c>
+      <c r="AB145" t="s">
+        <v>103</v>
+      </c>
+      <c r="AC145" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="146" spans="1:29">
       <c r="A146" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B146" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="C146" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="D146" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="E146" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="F146" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="G146" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="H146" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:8">
+        <v>103</v>
+      </c>
+      <c r="I146" t="s">
+        <v>103</v>
+      </c>
+      <c r="J146" t="s">
+        <v>103</v>
+      </c>
+      <c r="K146" t="s">
+        <v>103</v>
+      </c>
+      <c r="L146" t="s">
+        <v>103</v>
+      </c>
+      <c r="M146" t="s">
+        <v>103</v>
+      </c>
+      <c r="N146" t="s">
+        <v>103</v>
+      </c>
+      <c r="O146" t="s">
+        <v>103</v>
+      </c>
+      <c r="P146" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q146" t="s">
+        <v>103</v>
+      </c>
+      <c r="R146" t="s">
+        <v>103</v>
+      </c>
+      <c r="S146" t="s">
+        <v>103</v>
+      </c>
+      <c r="T146" t="s">
+        <v>103</v>
+      </c>
+      <c r="U146" t="s">
+        <v>103</v>
+      </c>
+      <c r="V146" t="s">
+        <v>103</v>
+      </c>
+      <c r="W146" t="s">
+        <v>103</v>
+      </c>
+      <c r="X146" t="s">
+        <v>103</v>
+      </c>
+      <c r="Y146" t="s">
+        <v>103</v>
+      </c>
+      <c r="Z146" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA146" t="s">
+        <v>103</v>
+      </c>
+      <c r="AB146" t="s">
+        <v>103</v>
+      </c>
+      <c r="AC146" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="147" spans="1:29">
       <c r="A147" s="4"/>
       <c r="B147" s="4"/>
       <c r="C147" s="4"/>
       <c r="D147" s="4"/>
       <c r="E147" s="4"/>
       <c r="F147" s="4"/>
       <c r="G147" s="4"/>
       <c r="H147" s="4"/>
-    </row>
-    <row r="148" spans="1:8">
+      <c r="I147" s="4"/>
+      <c r="J147" s="4"/>
+      <c r="K147" s="4"/>
+      <c r="L147" s="4"/>
+      <c r="M147" s="4"/>
+      <c r="N147" s="4"/>
+      <c r="O147" s="4"/>
+      <c r="P147" s="4"/>
+      <c r="Q147" s="4"/>
+      <c r="R147" s="4"/>
+      <c r="S147" s="4"/>
+      <c r="T147" s="4"/>
+      <c r="U147" s="4"/>
+      <c r="V147" s="4"/>
+      <c r="W147" s="4"/>
+      <c r="X147" s="4"/>
+      <c r="Y147" s="4"/>
+      <c r="Z147" s="4"/>
+      <c r="AA147" s="4"/>
+      <c r="AB147" s="4"/>
+      <c r="AC147" s="4"/>
+    </row>
+    <row r="148" spans="1:29">
       <c r="A148" s="2" t="s">
-        <v>88</v>
+        <v>108</v>
       </c>
       <c r="B148" s="2"/>
       <c r="C148" s="2"/>
       <c r="D148" s="2"/>
       <c r="E148" s="2"/>
       <c r="F148" s="2"/>
       <c r="G148" s="2"/>
       <c r="H148" s="2"/>
-    </row>
-    <row r="149" spans="1:8">
+      <c r="I148" s="2"/>
+      <c r="J148" s="2"/>
+      <c r="K148" s="2"/>
+      <c r="L148" s="2"/>
+      <c r="M148" s="2"/>
+      <c r="N148" s="2"/>
+      <c r="O148" s="2"/>
+      <c r="P148" s="2"/>
+      <c r="Q148" s="2"/>
+      <c r="R148" s="2"/>
+      <c r="S148" s="2"/>
+      <c r="T148" s="2"/>
+      <c r="U148" s="2"/>
+      <c r="V148" s="2"/>
+      <c r="W148" s="2"/>
+      <c r="X148" s="2"/>
+      <c r="Y148" s="2"/>
+      <c r="Z148" s="2"/>
+      <c r="AA148" s="2"/>
+      <c r="AB148" s="2"/>
+      <c r="AC148" s="2"/>
+    </row>
+    <row r="149" spans="1:29">
       <c r="A149" s="3" t="s">
-        <v>89</v>
+        <v>109</v>
       </c>
       <c r="B149" s="3"/>
       <c r="C149" s="3"/>
       <c r="D149" s="3"/>
       <c r="E149" s="3"/>
       <c r="F149" s="3"/>
       <c r="G149" s="3"/>
       <c r="H149" s="3"/>
-    </row>
-    <row r="150" spans="1:8">
+      <c r="I149" s="3"/>
+      <c r="J149" s="3"/>
+      <c r="K149" s="3"/>
+      <c r="L149" s="3"/>
+      <c r="M149" s="3"/>
+      <c r="N149" s="3"/>
+      <c r="O149" s="3"/>
+      <c r="P149" s="3"/>
+      <c r="Q149" s="3"/>
+      <c r="R149" s="3"/>
+      <c r="S149" s="3"/>
+      <c r="T149" s="3"/>
+      <c r="U149" s="3"/>
+      <c r="V149" s="3"/>
+      <c r="W149" s="3"/>
+      <c r="X149" s="3"/>
+      <c r="Y149" s="3"/>
+      <c r="Z149" s="3"/>
+      <c r="AA149" s="3"/>
+      <c r="AB149" s="3"/>
+      <c r="AC149" s="3"/>
+    </row>
+    <row r="150" spans="1:29">
       <c r="A150" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B150" t="s">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="C150" t="s">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="D150" t="s">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="E150" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F150" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="G150" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="H150" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:8">
+        <v>111</v>
+      </c>
+      <c r="I150" t="s">
+        <v>111</v>
+      </c>
+      <c r="J150" t="s">
+        <v>111</v>
+      </c>
+      <c r="K150" t="s">
+        <v>111</v>
+      </c>
+      <c r="L150" t="s">
+        <v>111</v>
+      </c>
+      <c r="M150" t="s">
+        <v>111</v>
+      </c>
+      <c r="N150" t="s">
+        <v>111</v>
+      </c>
+      <c r="O150" t="s">
+        <v>111</v>
+      </c>
+      <c r="P150" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q150" t="s">
+        <v>111</v>
+      </c>
+      <c r="R150" t="s">
+        <v>111</v>
+      </c>
+      <c r="S150" t="s">
+        <v>111</v>
+      </c>
+      <c r="T150" t="s">
+        <v>111</v>
+      </c>
+      <c r="U150" t="s">
+        <v>111</v>
+      </c>
+      <c r="V150" t="s">
+        <v>111</v>
+      </c>
+      <c r="W150" t="s">
+        <v>111</v>
+      </c>
+      <c r="X150" t="s">
+        <v>111</v>
+      </c>
+      <c r="Y150" t="s">
+        <v>111</v>
+      </c>
+      <c r="Z150" t="s">
+        <v>111</v>
+      </c>
+      <c r="AA150" t="s">
+        <v>111</v>
+      </c>
+      <c r="AB150" t="s">
+        <v>111</v>
+      </c>
+      <c r="AC150" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="151" spans="1:29">
       <c r="A151" s="3" t="s">
-        <v>92</v>
+        <v>112</v>
       </c>
       <c r="B151" s="3"/>
       <c r="C151" s="3"/>
       <c r="D151" s="3"/>
       <c r="E151" s="3"/>
       <c r="F151" s="3"/>
       <c r="G151" s="3"/>
       <c r="H151" s="3"/>
-    </row>
-    <row r="152" spans="1:8">
+      <c r="I151" s="3"/>
+      <c r="J151" s="3"/>
+      <c r="K151" s="3"/>
+      <c r="L151" s="3"/>
+      <c r="M151" s="3"/>
+      <c r="N151" s="3"/>
+      <c r="O151" s="3"/>
+      <c r="P151" s="3"/>
+      <c r="Q151" s="3"/>
+      <c r="R151" s="3"/>
+      <c r="S151" s="3"/>
+      <c r="T151" s="3"/>
+      <c r="U151" s="3"/>
+      <c r="V151" s="3"/>
+      <c r="W151" s="3"/>
+      <c r="X151" s="3"/>
+      <c r="Y151" s="3"/>
+      <c r="Z151" s="3"/>
+      <c r="AA151" s="3"/>
+      <c r="AB151" s="3"/>
+      <c r="AC151" s="3"/>
+    </row>
+    <row r="152" spans="1:29">
       <c r="A152" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B152" t="s">
-        <v>93</v>
+        <v>113</v>
       </c>
       <c r="C152" t="s">
-        <v>93</v>
+        <v>113</v>
       </c>
       <c r="D152" t="s">
-        <v>93</v>
+        <v>113</v>
       </c>
       <c r="E152" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="F152" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="G152" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="H152" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:8">
+        <v>114</v>
+      </c>
+      <c r="I152" t="s">
+        <v>114</v>
+      </c>
+      <c r="J152" t="s">
+        <v>114</v>
+      </c>
+      <c r="K152" t="s">
+        <v>114</v>
+      </c>
+      <c r="L152" t="s">
+        <v>114</v>
+      </c>
+      <c r="M152" t="s">
+        <v>114</v>
+      </c>
+      <c r="N152" t="s">
+        <v>114</v>
+      </c>
+      <c r="O152" t="s">
+        <v>114</v>
+      </c>
+      <c r="P152" t="s">
+        <v>114</v>
+      </c>
+      <c r="Q152" t="s">
+        <v>114</v>
+      </c>
+      <c r="R152" t="s">
+        <v>114</v>
+      </c>
+      <c r="S152" t="s">
+        <v>114</v>
+      </c>
+      <c r="T152" t="s">
+        <v>114</v>
+      </c>
+      <c r="U152" t="s">
+        <v>114</v>
+      </c>
+      <c r="V152" t="s">
+        <v>114</v>
+      </c>
+      <c r="W152" t="s">
+        <v>114</v>
+      </c>
+      <c r="X152" t="s">
+        <v>114</v>
+      </c>
+      <c r="Y152" t="s">
+        <v>114</v>
+      </c>
+      <c r="Z152" t="s">
+        <v>114</v>
+      </c>
+      <c r="AA152" t="s">
+        <v>114</v>
+      </c>
+      <c r="AB152" t="s">
+        <v>114</v>
+      </c>
+      <c r="AC152" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="153" spans="1:29">
       <c r="A153" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B153" t="s">
-        <v>93</v>
+        <v>113</v>
       </c>
       <c r="C153" t="s">
-        <v>93</v>
+        <v>113</v>
       </c>
       <c r="D153" t="s">
-        <v>93</v>
+        <v>113</v>
       </c>
       <c r="E153" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="F153" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="G153" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="H153" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:8">
+        <v>114</v>
+      </c>
+      <c r="I153" t="s">
+        <v>114</v>
+      </c>
+      <c r="J153" t="s">
+        <v>114</v>
+      </c>
+      <c r="K153" t="s">
+        <v>114</v>
+      </c>
+      <c r="L153" t="s">
+        <v>114</v>
+      </c>
+      <c r="M153" t="s">
+        <v>114</v>
+      </c>
+      <c r="N153" t="s">
+        <v>114</v>
+      </c>
+      <c r="O153" t="s">
+        <v>114</v>
+      </c>
+      <c r="P153" t="s">
+        <v>114</v>
+      </c>
+      <c r="Q153" t="s">
+        <v>114</v>
+      </c>
+      <c r="R153" t="s">
+        <v>114</v>
+      </c>
+      <c r="S153" t="s">
+        <v>114</v>
+      </c>
+      <c r="T153" t="s">
+        <v>114</v>
+      </c>
+      <c r="U153" t="s">
+        <v>114</v>
+      </c>
+      <c r="V153" t="s">
+        <v>114</v>
+      </c>
+      <c r="W153" t="s">
+        <v>114</v>
+      </c>
+      <c r="X153" t="s">
+        <v>114</v>
+      </c>
+      <c r="Y153" t="s">
+        <v>114</v>
+      </c>
+      <c r="Z153" t="s">
+        <v>114</v>
+      </c>
+      <c r="AA153" t="s">
+        <v>114</v>
+      </c>
+      <c r="AB153" t="s">
+        <v>114</v>
+      </c>
+      <c r="AC153" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="154" spans="1:29">
       <c r="A154" s="4"/>
       <c r="B154" s="4"/>
       <c r="C154" s="4"/>
       <c r="D154" s="4"/>
       <c r="E154" s="4"/>
       <c r="F154" s="4"/>
       <c r="G154" s="4"/>
       <c r="H154" s="4"/>
-    </row>
-    <row r="155" spans="1:8">
+      <c r="I154" s="4"/>
+      <c r="J154" s="4"/>
+      <c r="K154" s="4"/>
+      <c r="L154" s="4"/>
+      <c r="M154" s="4"/>
+      <c r="N154" s="4"/>
+      <c r="O154" s="4"/>
+      <c r="P154" s="4"/>
+      <c r="Q154" s="4"/>
+      <c r="R154" s="4"/>
+      <c r="S154" s="4"/>
+      <c r="T154" s="4"/>
+      <c r="U154" s="4"/>
+      <c r="V154" s="4"/>
+      <c r="W154" s="4"/>
+      <c r="X154" s="4"/>
+      <c r="Y154" s="4"/>
+      <c r="Z154" s="4"/>
+      <c r="AA154" s="4"/>
+      <c r="AB154" s="4"/>
+      <c r="AC154" s="4"/>
+    </row>
+    <row r="155" spans="1:29">
       <c r="A155" s="2" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="B155" s="2"/>
       <c r="C155" s="2"/>
       <c r="D155" s="2"/>
       <c r="E155" s="2"/>
       <c r="F155" s="2"/>
       <c r="G155" s="2"/>
       <c r="H155" s="2"/>
-    </row>
-    <row r="156" spans="1:8">
+      <c r="I155" s="2"/>
+      <c r="J155" s="2"/>
+      <c r="K155" s="2"/>
+      <c r="L155" s="2"/>
+      <c r="M155" s="2"/>
+      <c r="N155" s="2"/>
+      <c r="O155" s="2"/>
+      <c r="P155" s="2"/>
+      <c r="Q155" s="2"/>
+      <c r="R155" s="2"/>
+      <c r="S155" s="2"/>
+      <c r="T155" s="2"/>
+      <c r="U155" s="2"/>
+      <c r="V155" s="2"/>
+      <c r="W155" s="2"/>
+      <c r="X155" s="2"/>
+      <c r="Y155" s="2"/>
+      <c r="Z155" s="2"/>
+      <c r="AA155" s="2"/>
+      <c r="AB155" s="2"/>
+      <c r="AC155" s="2"/>
+    </row>
+    <row r="156" spans="1:29">
       <c r="A156" s="3" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="B156" s="3"/>
       <c r="C156" s="3"/>
       <c r="D156" s="3"/>
       <c r="E156" s="3"/>
       <c r="F156" s="3"/>
       <c r="G156" s="3"/>
       <c r="H156" s="3"/>
-    </row>
-    <row r="157" spans="1:8">
+      <c r="I156" s="3"/>
+      <c r="J156" s="3"/>
+      <c r="K156" s="3"/>
+      <c r="L156" s="3"/>
+      <c r="M156" s="3"/>
+      <c r="N156" s="3"/>
+      <c r="O156" s="3"/>
+      <c r="P156" s="3"/>
+      <c r="Q156" s="3"/>
+      <c r="R156" s="3"/>
+      <c r="S156" s="3"/>
+      <c r="T156" s="3"/>
+      <c r="U156" s="3"/>
+      <c r="V156" s="3"/>
+      <c r="W156" s="3"/>
+      <c r="X156" s="3"/>
+      <c r="Y156" s="3"/>
+      <c r="Z156" s="3"/>
+      <c r="AA156" s="3"/>
+      <c r="AB156" s="3"/>
+      <c r="AC156" s="3"/>
+    </row>
+    <row r="157" spans="1:29">
       <c r="A157" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B157" t="s">
-        <v>78</v>
+        <v>116</v>
       </c>
       <c r="C157" t="s">
-        <v>78</v>
+        <v>116</v>
       </c>
       <c r="D157" t="s">
-        <v>78</v>
+        <v>116</v>
       </c>
       <c r="E157" t="s">
-        <v>78</v>
+        <v>117</v>
       </c>
       <c r="F157" t="s">
-        <v>78</v>
+        <v>117</v>
       </c>
       <c r="G157" t="s">
-        <v>78</v>
+        <v>117</v>
       </c>
       <c r="H157" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:8">
+        <v>117</v>
+      </c>
+      <c r="I157" t="s">
+        <v>117</v>
+      </c>
+      <c r="J157" t="s">
+        <v>117</v>
+      </c>
+      <c r="K157" t="s">
+        <v>117</v>
+      </c>
+      <c r="L157" t="s">
+        <v>117</v>
+      </c>
+      <c r="M157" t="s">
+        <v>117</v>
+      </c>
+      <c r="N157" t="s">
+        <v>117</v>
+      </c>
+      <c r="O157" t="s">
+        <v>117</v>
+      </c>
+      <c r="P157" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q157" t="s">
+        <v>117</v>
+      </c>
+      <c r="R157" t="s">
+        <v>117</v>
+      </c>
+      <c r="S157" t="s">
+        <v>117</v>
+      </c>
+      <c r="T157" t="s">
+        <v>117</v>
+      </c>
+      <c r="U157" t="s">
+        <v>117</v>
+      </c>
+      <c r="V157" t="s">
+        <v>117</v>
+      </c>
+      <c r="W157" t="s">
+        <v>117</v>
+      </c>
+      <c r="X157" t="s">
+        <v>117</v>
+      </c>
+      <c r="Y157" t="s">
+        <v>117</v>
+      </c>
+      <c r="Z157" t="s">
+        <v>117</v>
+      </c>
+      <c r="AA157" t="s">
+        <v>117</v>
+      </c>
+      <c r="AB157" t="s">
+        <v>117</v>
+      </c>
+      <c r="AC157" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="158" spans="1:29">
       <c r="A158" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="B158" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="C158" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="D158" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="E158" t="s">
-        <v>97</v>
+        <v>54</v>
       </c>
       <c r="F158" t="s">
-        <v>97</v>
+        <v>54</v>
       </c>
       <c r="G158" t="s">
-        <v>97</v>
+        <v>54</v>
       </c>
       <c r="H158" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:8">
+        <v>54</v>
+      </c>
+      <c r="I158" t="s">
+        <v>54</v>
+      </c>
+      <c r="J158" t="s">
+        <v>54</v>
+      </c>
+      <c r="K158" t="s">
+        <v>54</v>
+      </c>
+      <c r="L158" t="s">
+        <v>54</v>
+      </c>
+      <c r="M158" t="s">
+        <v>54</v>
+      </c>
+      <c r="N158" t="s">
+        <v>54</v>
+      </c>
+      <c r="O158" t="s">
+        <v>54</v>
+      </c>
+      <c r="P158" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q158" t="s">
+        <v>54</v>
+      </c>
+      <c r="R158" t="s">
+        <v>54</v>
+      </c>
+      <c r="S158" t="s">
+        <v>54</v>
+      </c>
+      <c r="T158" t="s">
+        <v>54</v>
+      </c>
+      <c r="U158" t="s">
+        <v>54</v>
+      </c>
+      <c r="V158" t="s">
+        <v>54</v>
+      </c>
+      <c r="W158" t="s">
+        <v>54</v>
+      </c>
+      <c r="X158" t="s">
+        <v>54</v>
+      </c>
+      <c r="Y158" t="s">
+        <v>54</v>
+      </c>
+      <c r="Z158" t="s">
+        <v>54</v>
+      </c>
+      <c r="AA158" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB158" t="s">
+        <v>54</v>
+      </c>
+      <c r="AC158" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="159" spans="1:29">
       <c r="A159" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="B159" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="C159" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="D159" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="E159" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="F159" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="G159" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="H159" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:8">
+        <v>120</v>
+      </c>
+      <c r="I159" t="s">
+        <v>120</v>
+      </c>
+      <c r="J159" t="s">
+        <v>120</v>
+      </c>
+      <c r="K159" t="s">
+        <v>120</v>
+      </c>
+      <c r="L159" t="s">
+        <v>120</v>
+      </c>
+      <c r="M159" t="s">
+        <v>120</v>
+      </c>
+      <c r="N159" t="s">
+        <v>120</v>
+      </c>
+      <c r="O159" t="s">
+        <v>120</v>
+      </c>
+      <c r="P159" t="s">
+        <v>120</v>
+      </c>
+      <c r="Q159" t="s">
+        <v>120</v>
+      </c>
+      <c r="R159" t="s">
+        <v>120</v>
+      </c>
+      <c r="S159" t="s">
+        <v>120</v>
+      </c>
+      <c r="T159" t="s">
+        <v>120</v>
+      </c>
+      <c r="U159" t="s">
+        <v>120</v>
+      </c>
+      <c r="V159" t="s">
+        <v>120</v>
+      </c>
+      <c r="W159" t="s">
+        <v>120</v>
+      </c>
+      <c r="X159" t="s">
+        <v>120</v>
+      </c>
+      <c r="Y159" t="s">
+        <v>120</v>
+      </c>
+      <c r="Z159" t="s">
+        <v>120</v>
+      </c>
+      <c r="AA159" t="s">
+        <v>120</v>
+      </c>
+      <c r="AB159" t="s">
+        <v>120</v>
+      </c>
+      <c r="AC159" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="160" spans="1:29">
       <c r="A160" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B160" t="s">
-        <v>78</v>
+        <v>116</v>
       </c>
       <c r="C160" t="s">
-        <v>78</v>
+        <v>116</v>
       </c>
       <c r="D160" t="s">
-        <v>78</v>
+        <v>116</v>
       </c>
       <c r="E160" t="s">
-        <v>78</v>
+        <v>117</v>
       </c>
       <c r="F160" t="s">
-        <v>78</v>
+        <v>117</v>
       </c>
       <c r="G160" t="s">
-        <v>78</v>
+        <v>117</v>
       </c>
       <c r="H160" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:8">
+        <v>117</v>
+      </c>
+      <c r="I160" t="s">
+        <v>117</v>
+      </c>
+      <c r="J160" t="s">
+        <v>117</v>
+      </c>
+      <c r="K160" t="s">
+        <v>117</v>
+      </c>
+      <c r="L160" t="s">
+        <v>117</v>
+      </c>
+      <c r="M160" t="s">
+        <v>117</v>
+      </c>
+      <c r="N160" t="s">
+        <v>117</v>
+      </c>
+      <c r="O160" t="s">
+        <v>117</v>
+      </c>
+      <c r="P160" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q160" t="s">
+        <v>117</v>
+      </c>
+      <c r="R160" t="s">
+        <v>117</v>
+      </c>
+      <c r="S160" t="s">
+        <v>117</v>
+      </c>
+      <c r="T160" t="s">
+        <v>117</v>
+      </c>
+      <c r="U160" t="s">
+        <v>117</v>
+      </c>
+      <c r="V160" t="s">
+        <v>117</v>
+      </c>
+      <c r="W160" t="s">
+        <v>117</v>
+      </c>
+      <c r="X160" t="s">
+        <v>117</v>
+      </c>
+      <c r="Y160" t="s">
+        <v>117</v>
+      </c>
+      <c r="Z160" t="s">
+        <v>117</v>
+      </c>
+      <c r="AA160" t="s">
+        <v>117</v>
+      </c>
+      <c r="AB160" t="s">
+        <v>117</v>
+      </c>
+      <c r="AC160" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="161" spans="1:29">
       <c r="A161" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B161" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="C161" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="D161" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="E161" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="F161" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="G161" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="H161" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:8">
+        <v>57</v>
+      </c>
+      <c r="I161" t="s">
+        <v>57</v>
+      </c>
+      <c r="J161" t="s">
+        <v>57</v>
+      </c>
+      <c r="K161" t="s">
+        <v>57</v>
+      </c>
+      <c r="L161" t="s">
+        <v>57</v>
+      </c>
+      <c r="M161" t="s">
+        <v>57</v>
+      </c>
+      <c r="N161" t="s">
+        <v>57</v>
+      </c>
+      <c r="O161" t="s">
+        <v>57</v>
+      </c>
+      <c r="P161" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q161" t="s">
+        <v>57</v>
+      </c>
+      <c r="R161" t="s">
+        <v>57</v>
+      </c>
+      <c r="S161" t="s">
+        <v>57</v>
+      </c>
+      <c r="T161" t="s">
+        <v>57</v>
+      </c>
+      <c r="U161" t="s">
+        <v>57</v>
+      </c>
+      <c r="V161" t="s">
+        <v>57</v>
+      </c>
+      <c r="W161" t="s">
+        <v>57</v>
+      </c>
+      <c r="X161" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y161" t="s">
+        <v>57</v>
+      </c>
+      <c r="Z161" t="s">
+        <v>57</v>
+      </c>
+      <c r="AA161" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB161" t="s">
+        <v>57</v>
+      </c>
+      <c r="AC161" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="162" spans="1:29">
       <c r="A162" s="3" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="B162" s="3"/>
       <c r="C162" s="3"/>
       <c r="D162" s="3"/>
       <c r="E162" s="3"/>
       <c r="F162" s="3"/>
       <c r="G162" s="3"/>
       <c r="H162" s="3"/>
-    </row>
-    <row r="163" spans="1:8">
+      <c r="I162" s="3"/>
+      <c r="J162" s="3"/>
+      <c r="K162" s="3"/>
+      <c r="L162" s="3"/>
+      <c r="M162" s="3"/>
+      <c r="N162" s="3"/>
+      <c r="O162" s="3"/>
+      <c r="P162" s="3"/>
+      <c r="Q162" s="3"/>
+      <c r="R162" s="3"/>
+      <c r="S162" s="3"/>
+      <c r="T162" s="3"/>
+      <c r="U162" s="3"/>
+      <c r="V162" s="3"/>
+      <c r="W162" s="3"/>
+      <c r="X162" s="3"/>
+      <c r="Y162" s="3"/>
+      <c r="Z162" s="3"/>
+      <c r="AA162" s="3"/>
+      <c r="AB162" s="3"/>
+      <c r="AC162" s="3"/>
+    </row>
+    <row r="163" spans="1:29">
       <c r="A163" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="B163" t="s">
-        <v>78</v>
+        <v>116</v>
       </c>
       <c r="C163" t="s">
-        <v>78</v>
+        <v>116</v>
       </c>
       <c r="D163" t="s">
-        <v>78</v>
+        <v>116</v>
       </c>
       <c r="E163" t="s">
-        <v>78</v>
+        <v>117</v>
       </c>
       <c r="F163" t="s">
-        <v>78</v>
+        <v>117</v>
       </c>
       <c r="G163" t="s">
-        <v>78</v>
+        <v>117</v>
       </c>
       <c r="H163" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:8">
+        <v>117</v>
+      </c>
+      <c r="I163" t="s">
+        <v>117</v>
+      </c>
+      <c r="J163" t="s">
+        <v>117</v>
+      </c>
+      <c r="K163" t="s">
+        <v>117</v>
+      </c>
+      <c r="L163" t="s">
+        <v>117</v>
+      </c>
+      <c r="M163" t="s">
+        <v>117</v>
+      </c>
+      <c r="N163" t="s">
+        <v>117</v>
+      </c>
+      <c r="O163" t="s">
+        <v>117</v>
+      </c>
+      <c r="P163" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q163" t="s">
+        <v>117</v>
+      </c>
+      <c r="R163" t="s">
+        <v>117</v>
+      </c>
+      <c r="S163" t="s">
+        <v>117</v>
+      </c>
+      <c r="T163" t="s">
+        <v>117</v>
+      </c>
+      <c r="U163" t="s">
+        <v>117</v>
+      </c>
+      <c r="V163" t="s">
+        <v>117</v>
+      </c>
+      <c r="W163" t="s">
+        <v>117</v>
+      </c>
+      <c r="X163" t="s">
+        <v>117</v>
+      </c>
+      <c r="Y163" t="s">
+        <v>117</v>
+      </c>
+      <c r="Z163" t="s">
+        <v>117</v>
+      </c>
+      <c r="AA163" t="s">
+        <v>117</v>
+      </c>
+      <c r="AB163" t="s">
+        <v>117</v>
+      </c>
+      <c r="AC163" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="164" spans="1:29">
       <c r="A164" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="B164" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="C164" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="D164" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="E164" t="s">
-        <v>97</v>
+        <v>54</v>
       </c>
       <c r="F164" t="s">
-        <v>97</v>
+        <v>54</v>
       </c>
       <c r="G164" t="s">
-        <v>97</v>
+        <v>54</v>
       </c>
       <c r="H164" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:8">
+        <v>54</v>
+      </c>
+      <c r="I164" t="s">
+        <v>54</v>
+      </c>
+      <c r="J164" t="s">
+        <v>54</v>
+      </c>
+      <c r="K164" t="s">
+        <v>54</v>
+      </c>
+      <c r="L164" t="s">
+        <v>54</v>
+      </c>
+      <c r="M164" t="s">
+        <v>54</v>
+      </c>
+      <c r="N164" t="s">
+        <v>54</v>
+      </c>
+      <c r="O164" t="s">
+        <v>54</v>
+      </c>
+      <c r="P164" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q164" t="s">
+        <v>54</v>
+      </c>
+      <c r="R164" t="s">
+        <v>54</v>
+      </c>
+      <c r="S164" t="s">
+        <v>54</v>
+      </c>
+      <c r="T164" t="s">
+        <v>54</v>
+      </c>
+      <c r="U164" t="s">
+        <v>54</v>
+      </c>
+      <c r="V164" t="s">
+        <v>54</v>
+      </c>
+      <c r="W164" t="s">
+        <v>54</v>
+      </c>
+      <c r="X164" t="s">
+        <v>54</v>
+      </c>
+      <c r="Y164" t="s">
+        <v>54</v>
+      </c>
+      <c r="Z164" t="s">
+        <v>54</v>
+      </c>
+      <c r="AA164" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB164" t="s">
+        <v>54</v>
+      </c>
+      <c r="AC164" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="165" spans="1:29">
       <c r="A165" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B165" t="s">
-        <v>78</v>
+        <v>116</v>
       </c>
       <c r="C165" t="s">
-        <v>78</v>
+        <v>116</v>
       </c>
       <c r="D165" t="s">
-        <v>78</v>
+        <v>116</v>
       </c>
       <c r="E165" t="s">
-        <v>78</v>
+        <v>117</v>
       </c>
       <c r="F165" t="s">
-        <v>78</v>
+        <v>117</v>
       </c>
       <c r="G165" t="s">
-        <v>78</v>
+        <v>117</v>
       </c>
       <c r="H165" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:8">
+        <v>117</v>
+      </c>
+      <c r="I165" t="s">
+        <v>117</v>
+      </c>
+      <c r="J165" t="s">
+        <v>117</v>
+      </c>
+      <c r="K165" t="s">
+        <v>117</v>
+      </c>
+      <c r="L165" t="s">
+        <v>117</v>
+      </c>
+      <c r="M165" t="s">
+        <v>117</v>
+      </c>
+      <c r="N165" t="s">
+        <v>117</v>
+      </c>
+      <c r="O165" t="s">
+        <v>117</v>
+      </c>
+      <c r="P165" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q165" t="s">
+        <v>117</v>
+      </c>
+      <c r="R165" t="s">
+        <v>117</v>
+      </c>
+      <c r="S165" t="s">
+        <v>117</v>
+      </c>
+      <c r="T165" t="s">
+        <v>117</v>
+      </c>
+      <c r="U165" t="s">
+        <v>117</v>
+      </c>
+      <c r="V165" t="s">
+        <v>117</v>
+      </c>
+      <c r="W165" t="s">
+        <v>117</v>
+      </c>
+      <c r="X165" t="s">
+        <v>117</v>
+      </c>
+      <c r="Y165" t="s">
+        <v>117</v>
+      </c>
+      <c r="Z165" t="s">
+        <v>117</v>
+      </c>
+      <c r="AA165" t="s">
+        <v>117</v>
+      </c>
+      <c r="AB165" t="s">
+        <v>117</v>
+      </c>
+      <c r="AC165" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="166" spans="1:29">
       <c r="A166" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B166" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="C166" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="D166" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="E166" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="F166" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="G166" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="H166" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:8">
+        <v>57</v>
+      </c>
+      <c r="I166" t="s">
+        <v>57</v>
+      </c>
+      <c r="J166" t="s">
+        <v>57</v>
+      </c>
+      <c r="K166" t="s">
+        <v>57</v>
+      </c>
+      <c r="L166" t="s">
+        <v>57</v>
+      </c>
+      <c r="M166" t="s">
+        <v>57</v>
+      </c>
+      <c r="N166" t="s">
+        <v>57</v>
+      </c>
+      <c r="O166" t="s">
+        <v>57</v>
+      </c>
+      <c r="P166" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q166" t="s">
+        <v>57</v>
+      </c>
+      <c r="R166" t="s">
+        <v>57</v>
+      </c>
+      <c r="S166" t="s">
+        <v>57</v>
+      </c>
+      <c r="T166" t="s">
+        <v>57</v>
+      </c>
+      <c r="U166" t="s">
+        <v>57</v>
+      </c>
+      <c r="V166" t="s">
+        <v>57</v>
+      </c>
+      <c r="W166" t="s">
+        <v>57</v>
+      </c>
+      <c r="X166" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y166" t="s">
+        <v>57</v>
+      </c>
+      <c r="Z166" t="s">
+        <v>57</v>
+      </c>
+      <c r="AA166" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB166" t="s">
+        <v>57</v>
+      </c>
+      <c r="AC166" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="167" spans="1:29">
       <c r="A167" s="4"/>
       <c r="B167" s="4"/>
       <c r="C167" s="4"/>
       <c r="D167" s="4"/>
       <c r="E167" s="4"/>
       <c r="F167" s="4"/>
       <c r="G167" s="4"/>
       <c r="H167" s="4"/>
-    </row>
-    <row r="168" spans="1:8">
+      <c r="I167" s="4"/>
+      <c r="J167" s="4"/>
+      <c r="K167" s="4"/>
+      <c r="L167" s="4"/>
+      <c r="M167" s="4"/>
+      <c r="N167" s="4"/>
+      <c r="O167" s="4"/>
+      <c r="P167" s="4"/>
+      <c r="Q167" s="4"/>
+      <c r="R167" s="4"/>
+      <c r="S167" s="4"/>
+      <c r="T167" s="4"/>
+      <c r="U167" s="4"/>
+      <c r="V167" s="4"/>
+      <c r="W167" s="4"/>
+      <c r="X167" s="4"/>
+      <c r="Y167" s="4"/>
+      <c r="Z167" s="4"/>
+      <c r="AA167" s="4"/>
+      <c r="AB167" s="4"/>
+      <c r="AC167" s="4"/>
+    </row>
+    <row r="168" spans="1:29">
       <c r="A168" s="2" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="B168" s="2"/>
       <c r="C168" s="2"/>
       <c r="D168" s="2"/>
       <c r="E168" s="2"/>
       <c r="F168" s="2"/>
       <c r="G168" s="2"/>
       <c r="H168" s="2"/>
-    </row>
-    <row r="169" spans="1:8">
+      <c r="I168" s="2"/>
+      <c r="J168" s="2"/>
+      <c r="K168" s="2"/>
+      <c r="L168" s="2"/>
+      <c r="M168" s="2"/>
+      <c r="N168" s="2"/>
+      <c r="O168" s="2"/>
+      <c r="P168" s="2"/>
+      <c r="Q168" s="2"/>
+      <c r="R168" s="2"/>
+      <c r="S168" s="2"/>
+      <c r="T168" s="2"/>
+      <c r="U168" s="2"/>
+      <c r="V168" s="2"/>
+      <c r="W168" s="2"/>
+      <c r="X168" s="2"/>
+      <c r="Y168" s="2"/>
+      <c r="Z168" s="2"/>
+      <c r="AA168" s="2"/>
+      <c r="AB168" s="2"/>
+      <c r="AC168" s="2"/>
+    </row>
+    <row r="169" spans="1:29">
       <c r="A169" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="B169" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:8">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="170" spans="1:29">
       <c r="A170" t="s">
-        <v>103</v>
+        <v>124</v>
       </c>
       <c r="B170" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:8">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="171" spans="1:29">
       <c r="A171" t="s">
-        <v>105</v>
+        <v>126</v>
       </c>
       <c r="B171" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:8">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="172" spans="1:29">
       <c r="A172" t="s">
-        <v>107</v>
+        <v>128</v>
       </c>
       <c r="B172" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:8">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="173" spans="1:29">
       <c r="A173" t="s">
-        <v>109</v>
+        <v>130</v>
       </c>
       <c r="B173" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:8">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="174" spans="1:29">
       <c r="A174" t="s">
-        <v>110</v>
+        <v>131</v>
       </c>
       <c r="B174" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:8">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="175" spans="1:29">
       <c r="A175" t="s">
-        <v>111</v>
+        <v>132</v>
       </c>
       <c r="B175" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:8">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="176" spans="1:29">
       <c r="A176" t="s">
-        <v>112</v>
+        <v>133</v>
       </c>
       <c r="B176" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:8">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="177" spans="1:29">
       <c r="A177" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="B177" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:8">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="178" spans="1:29">
       <c r="A178" t="s">
-        <v>115</v>
+        <v>136</v>
       </c>
       <c r="B178" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:8">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="179" spans="1:29">
       <c r="A179" t="s">
-        <v>117</v>
+        <v>138</v>
       </c>
       <c r="B179" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:8">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="180" spans="1:29">
       <c r="A180" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="B180" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:8">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="182" spans="1:29">
       <c r="A182" s="1" t="s">
-        <v>120</v>
+        <v>142</v>
       </c>
       <c r="B182" s="1"/>
       <c r="C182" s="1"/>
       <c r="D182" s="1"/>
       <c r="E182" s="1"/>
       <c r="F182" s="1"/>
       <c r="G182" s="1"/>
       <c r="H182" s="1"/>
-    </row>
-    <row r="183" spans="1:8">
+      <c r="I182" s="1"/>
+      <c r="J182" s="1"/>
+      <c r="K182" s="1"/>
+      <c r="L182" s="1"/>
+      <c r="M182" s="1"/>
+      <c r="N182" s="1"/>
+      <c r="O182" s="1"/>
+      <c r="P182" s="1"/>
+      <c r="Q182" s="1"/>
+      <c r="R182" s="1"/>
+      <c r="S182" s="1"/>
+      <c r="T182" s="1"/>
+      <c r="U182" s="1"/>
+      <c r="V182" s="1"/>
+      <c r="W182" s="1"/>
+      <c r="X182" s="1"/>
+      <c r="Y182" s="1"/>
+      <c r="Z182" s="1"/>
+      <c r="AA182" s="1"/>
+      <c r="AB182" s="1"/>
+      <c r="AC182" s="1"/>
+    </row>
+    <row r="183" spans="1:29">
       <c r="A183" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A183:H183"/>
+    <mergeCell ref="A183:AC183"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>