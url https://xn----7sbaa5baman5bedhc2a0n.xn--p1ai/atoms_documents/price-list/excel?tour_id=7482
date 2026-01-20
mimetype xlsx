--- v1 (2025-11-20)
+++ v2 (2026-01-20)
@@ -12,63 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="7482-msk-2025-sbornyj-tur..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
-[...11 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>30.01.2026</t>
   </si>
   <si>
     <t>13.02.2026</t>
   </si>
   <si>
     <t>27.02.2026</t>
   </si>
   <si>
     <t>13.03.2026</t>
   </si>
   <si>
     <t>27.03.2026</t>
   </si>
   <si>
     <t>10.04.2026</t>
   </si>
   <si>
     <t>24.04.2026</t>
   </si>
   <si>
     <t>08.05.2026</t>
   </si>
   <si>
@@ -107,387 +95,342 @@
   <si>
     <t>23.10.2026</t>
   </si>
   <si>
     <t>06.11.2026</t>
   </si>
   <si>
     <t>20.11.2026</t>
   </si>
   <si>
     <t>04.12.2026</t>
   </si>
   <si>
     <t>18.12.2026</t>
   </si>
   <si>
     <t>Мираж</t>
   </si>
   <si>
     <t>2-м номер KING (номер с одной двухспальной кроватью)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>45970 RUB</t>
-[...2 lines deleted...]
-    <t>57350 RUB</t>
+    <t>47340 RUB</t>
+  </si>
+  <si>
+    <t>51110 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
-    <t>34420 RUB</t>
-[...2 lines deleted...]
-    <t>41530 RUB</t>
+    <t>36460 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
-    <t>58190 RUB</t>
-[...2 lines deleted...]
-    <t>77220 RUB</t>
+    <t>59710 RUB</t>
+  </si>
+  <si>
+    <t>68080 RUB</t>
   </si>
   <si>
     <t>Ребёнок 3—11 лет на основном месте</t>
   </si>
   <si>
     <t>Ребёнок 3—11 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>34260 RUB</t>
-[...2 lines deleted...]
-    <t>41360 RUB</t>
+    <t>36280 RUB</t>
   </si>
   <si>
     <t>2-м номер TWIN (номер с двумя раздельными кроватями)</t>
   </si>
   <si>
     <t>Шаляпин Палас отель</t>
   </si>
   <si>
-    <t>38360 RUB</t>
-[...14 lines deleted...]
-    <t>34930 RUB</t>
+    <t>40230 RUB</t>
+  </si>
+  <si>
+    <t>40810 RUB</t>
+  </si>
+  <si>
+    <t>35960 RUB</t>
+  </si>
+  <si>
+    <t>46820 RUB</t>
+  </si>
+  <si>
+    <t>47990 RUB</t>
+  </si>
+  <si>
+    <t>34600 RUB</t>
   </si>
   <si>
     <t>Гранд Отель Казань</t>
   </si>
   <si>
-    <t>37350 RUB</t>
-[...14 lines deleted...]
-    <t>39670 RUB</t>
+    <t>39560 RUB</t>
+  </si>
+  <si>
+    <t>45480 RUB</t>
   </si>
   <si>
     <t>Кортъярд Марриотт</t>
   </si>
   <si>
-    <t>44300 RUB</t>
-[...11 lines deleted...]
-    <t>71160 RUB</t>
+    <t>45670 RUB</t>
+  </si>
+  <si>
+    <t>48180 RUB</t>
+  </si>
+  <si>
+    <t>37970 RUB</t>
+  </si>
+  <si>
+    <t>56360 RUB</t>
+  </si>
+  <si>
+    <t>62220 RUB</t>
+  </si>
+  <si>
+    <t>34770 RUB</t>
   </si>
   <si>
     <t>Биляр Палас Отель</t>
   </si>
   <si>
-    <t>38860 RUB</t>
-[...5 lines deleted...]
-    <t>54990 RUB</t>
+    <t>38970 RUB</t>
+  </si>
+  <si>
+    <t>39390 RUB</t>
+  </si>
+  <si>
+    <t>35290 RUB</t>
+  </si>
+  <si>
+    <t>47160 RUB</t>
+  </si>
+  <si>
+    <t>35110 RUB</t>
   </si>
   <si>
     <t>Ногай</t>
   </si>
   <si>
-    <t>52220 RUB</t>
-[...5 lines deleted...]
-    <t>68290 RUB</t>
+    <t>40650 RUB</t>
+  </si>
+  <si>
+    <t>41060 RUB</t>
+  </si>
+  <si>
+    <t>48830 RUB</t>
+  </si>
+  <si>
+    <t>49670 RUB</t>
   </si>
   <si>
     <t>Азимут</t>
   </si>
   <si>
-    <t>37020 RUB</t>
-[...11 lines deleted...]
-    <t>37990 RUB</t>
+    <t>37720 RUB</t>
+  </si>
+  <si>
+    <t>39810 RUB</t>
+  </si>
+  <si>
+    <t>35790 RUB</t>
+  </si>
+  <si>
+    <t>42970 RUB</t>
+  </si>
+  <si>
+    <t>35440 RUB</t>
   </si>
   <si>
     <t>Кристалл</t>
   </si>
   <si>
-    <t>36600 RUB</t>
-[...8 lines deleted...]
-    <t>50950 RUB</t>
+    <t>38140 RUB</t>
+  </si>
+  <si>
+    <t>38890 RUB</t>
+  </si>
+  <si>
+    <t>45150 RUB</t>
+  </si>
+  <si>
+    <t>46650 RUB</t>
   </si>
   <si>
     <t>Татарстан</t>
   </si>
   <si>
-    <t>35280 RUB</t>
-[...20 lines deleted...]
-    <t>37150 RUB</t>
+    <t>37550 RUB</t>
+  </si>
+  <si>
+    <t>37930 RUB</t>
+  </si>
+  <si>
+    <t>34450 RUB</t>
+  </si>
+  <si>
+    <t>42890 RUB</t>
+  </si>
+  <si>
+    <t>44400 RUB</t>
+  </si>
+  <si>
+    <t>34270 RUB</t>
   </si>
   <si>
     <t>Парк Отель</t>
   </si>
   <si>
-    <t>36170 RUB</t>
-[...8 lines deleted...]
-    <t>57130 RUB</t>
+    <t>38610 RUB</t>
+  </si>
+  <si>
+    <t>42880 RUB</t>
+  </si>
+  <si>
+    <t>46270 RUB</t>
+  </si>
+  <si>
+    <t>54800 RUB</t>
   </si>
   <si>
     <t>Давыдов</t>
   </si>
   <si>
-    <t>35930 RUB</t>
-[...5 lines deleted...]
-    <t>41450 RUB</t>
+    <t>38550 RUB</t>
   </si>
   <si>
     <t>Джузеппе</t>
   </si>
   <si>
-    <t>37100 RUB</t>
-[...14 lines deleted...]
-    <t>34090 RUB</t>
+    <t>36130 RUB</t>
+  </si>
+  <si>
+    <t>48500 RUB</t>
+  </si>
+  <si>
+    <t>35940 RUB</t>
   </si>
   <si>
     <t>Без размещения</t>
   </si>
   <si>
     <t>1-местное размещение по туру в г.Елабуга</t>
   </si>
   <si>
-    <t>33080 RUB</t>
-[...4 lines deleted...]
-  <si>
     <t>2-местное размещение по туру в г.Елабуга</t>
   </si>
   <si>
-    <t>30910 RUB</t>
-[...2 lines deleted...]
-    <t>34620 RUB</t>
+    <t>32280 RUB</t>
   </si>
   <si>
     <t>Раймонд</t>
   </si>
   <si>
-    <t>36770 RUB</t>
-[...11 lines deleted...]
-    <t>51960 RUB</t>
+    <t>36630 RUB</t>
+  </si>
+  <si>
+    <t>43810 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "ж/д-отель" (дневное время)</t>
   </si>
   <si>
     <t>1200 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "ж/д-отель" (19:00-08:00)</t>
   </si>
   <si>
     <t>1400 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "аэропорт-отель" (дневное время)</t>
   </si>
   <si>
     <t>1800 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "аэропорт-отель" (19:00-08:00)</t>
   </si>
   <si>
     <t>2000 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "отель-ж/д" (дневное время)</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "отель-ж/д" (19:00-08:00)</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "отель-аэропорт" (дневное время)</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "отель-аэропорт" (19:00-08:00)</t>
   </si>
   <si>
     <t>Пешеходная экскурсия "Казанский Арбат"</t>
   </si>
   <si>
     <t>600 RUB</t>
   </si>
   <si>
     <t>Экскурсия "Огни ночной Казани"</t>
   </si>
   <si>
-    <t>1100 RUB</t>
+    <t>1300 RUB</t>
   </si>
   <si>
     <t>Билет на "Колесо обозрения"</t>
   </si>
   <si>
     <t>500 RUB</t>
   </si>
   <si>
     <t>Экскурсия на остров-град Свияжск</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 20.11.2025 18:50, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 20.01.2026 07:45, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -829,90 +772,86 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AC183"/>
+  <dimension ref="A1:Y183"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A182" sqref="A182:AC182"/>
+      <selection activeCell="A182" sqref="A182:Y182"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="67.126465" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="29" max="29" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29">
+    <row r="1" spans="1:25">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -942,11844 +881,10280 @@
       </c>
       <c r="R1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="Y1" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="Z1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:25">
+      <c r="A2" s="2" t="s">
         <v>24</v>
-      </c>
-[...12 lines deleted...]
-        <v>28</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
-      <c r="Z2" s="2"/>
-[...4 lines deleted...]
-    <row r="3" spans="1:29">
+    </row>
+    <row r="3" spans="1:25">
       <c r="A3" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
-      <c r="Z3" s="3"/>
-[...4 lines deleted...]
-    <row r="4" spans="1:29">
+    </row>
+    <row r="4" spans="1:25">
       <c r="A4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>27</v>
+      </c>
+      <c r="D4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+      <c r="I4" t="s">
+        <v>28</v>
+      </c>
+      <c r="J4" t="s">
+        <v>27</v>
+      </c>
+      <c r="K4" t="s">
+        <v>27</v>
+      </c>
+      <c r="L4" t="s">
+        <v>27</v>
+      </c>
+      <c r="M4" t="s">
+        <v>27</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>27</v>
+      </c>
+      <c r="P4" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>27</v>
+      </c>
+      <c r="R4" t="s">
+        <v>27</v>
+      </c>
+      <c r="S4" t="s">
+        <v>27</v>
+      </c>
+      <c r="T4" t="s">
+        <v>27</v>
+      </c>
+      <c r="U4" t="s">
+        <v>27</v>
+      </c>
+      <c r="V4" t="s">
+        <v>27</v>
+      </c>
+      <c r="W4" t="s">
+        <v>27</v>
+      </c>
+      <c r="X4" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5" spans="1:25">
+      <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
         <v>30</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>30</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+      <c r="I5" t="s">
+        <v>30</v>
+      </c>
+      <c r="J5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L5" t="s">
+        <v>30</v>
+      </c>
+      <c r="M5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N5" t="s">
+        <v>30</v>
+      </c>
+      <c r="O5" t="s">
+        <v>30</v>
+      </c>
+      <c r="P5" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>30</v>
+      </c>
+      <c r="R5" t="s">
+        <v>30</v>
+      </c>
+      <c r="S5" t="s">
+        <v>30</v>
+      </c>
+      <c r="T5" t="s">
+        <v>30</v>
+      </c>
+      <c r="U5" t="s">
+        <v>30</v>
+      </c>
+      <c r="V5" t="s">
+        <v>30</v>
+      </c>
+      <c r="W5" t="s">
+        <v>30</v>
+      </c>
+      <c r="X5" t="s">
+        <v>30</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:25">
+      <c r="A6" t="s">
         <v>31</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="B6" t="s">
         <v>32</v>
       </c>
-      <c r="F4" t="s">
+      <c r="C6" t="s">
         <v>32</v>
       </c>
-      <c r="G4" t="s">
+      <c r="D6" t="s">
         <v>32</v>
       </c>
-      <c r="H4" t="s">
+      <c r="E6" t="s">
         <v>32</v>
       </c>
-      <c r="I4" t="s">
+      <c r="F6" t="s">
         <v>32</v>
       </c>
-      <c r="J4" t="s">
+      <c r="G6" t="s">
         <v>32</v>
       </c>
-      <c r="K4" t="s">
+      <c r="H6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J6" t="s">
         <v>32</v>
       </c>
-      <c r="L4" t="s">
+      <c r="K6" t="s">
         <v>32</v>
       </c>
-      <c r="M4" t="s">
+      <c r="L6" t="s">
         <v>32</v>
       </c>
-      <c r="N4" t="s">
+      <c r="M6" t="s">
         <v>32</v>
       </c>
-      <c r="O4" t="s">
+      <c r="N6" t="s">
         <v>32</v>
       </c>
-      <c r="P4" t="s">
+      <c r="O6" t="s">
         <v>32</v>
       </c>
-      <c r="Q4" t="s">
+      <c r="P6" t="s">
         <v>32</v>
       </c>
-      <c r="R4" t="s">
+      <c r="Q6" t="s">
         <v>32</v>
       </c>
-      <c r="S4" t="s">
+      <c r="R6" t="s">
         <v>32</v>
       </c>
-      <c r="T4" t="s">
+      <c r="S6" t="s">
         <v>32</v>
       </c>
-      <c r="U4" t="s">
+      <c r="T6" t="s">
         <v>32</v>
       </c>
-      <c r="V4" t="s">
+      <c r="U6" t="s">
         <v>32</v>
       </c>
-      <c r="W4" t="s">
+      <c r="V6" t="s">
         <v>32</v>
       </c>
-      <c r="X4" t="s">
+      <c r="W6" t="s">
         <v>32</v>
       </c>
-      <c r="Y4" t="s">
+      <c r="X6" t="s">
         <v>32</v>
       </c>
-      <c r="Z4" t="s">
+      <c r="Y6" t="s">
         <v>32</v>
       </c>
-      <c r="AA4" t="s">
-[...13 lines deleted...]
-      <c r="B5" t="s">
+    </row>
+    <row r="7" spans="1:25">
+      <c r="A7" t="s">
         <v>34</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="B7" t="s">
+        <v>27</v>
+      </c>
+      <c r="C7" t="s">
+        <v>27</v>
+      </c>
+      <c r="D7" t="s">
+        <v>27</v>
+      </c>
+      <c r="E7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7" t="s">
+        <v>27</v>
+      </c>
+      <c r="G7" t="s">
+        <v>27</v>
+      </c>
+      <c r="H7" t="s">
+        <v>28</v>
+      </c>
+      <c r="I7" t="s">
+        <v>28</v>
+      </c>
+      <c r="J7" t="s">
+        <v>27</v>
+      </c>
+      <c r="K7" t="s">
+        <v>27</v>
+      </c>
+      <c r="L7" t="s">
+        <v>27</v>
+      </c>
+      <c r="M7" t="s">
+        <v>27</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>27</v>
+      </c>
+      <c r="P7" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>27</v>
+      </c>
+      <c r="R7" t="s">
+        <v>27</v>
+      </c>
+      <c r="S7" t="s">
+        <v>27</v>
+      </c>
+      <c r="T7" t="s">
+        <v>27</v>
+      </c>
+      <c r="U7" t="s">
+        <v>27</v>
+      </c>
+      <c r="V7" t="s">
+        <v>27</v>
+      </c>
+      <c r="W7" t="s">
+        <v>27</v>
+      </c>
+      <c r="X7" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="8" spans="1:25">
+      <c r="A8" t="s">
         <v>35</v>
       </c>
-      <c r="F5" t="s">
-[...76 lines deleted...]
-      <c r="B6" t="s">
+      <c r="B8" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" t="s">
+        <v>36</v>
+      </c>
+      <c r="E8" t="s">
+        <v>36</v>
+      </c>
+      <c r="F8" t="s">
+        <v>36</v>
+      </c>
+      <c r="G8" t="s">
+        <v>36</v>
+      </c>
+      <c r="H8" t="s">
+        <v>36</v>
+      </c>
+      <c r="I8" t="s">
+        <v>36</v>
+      </c>
+      <c r="J8" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>36</v>
+      </c>
+      <c r="M8" t="s">
+        <v>36</v>
+      </c>
+      <c r="N8" t="s">
+        <v>36</v>
+      </c>
+      <c r="O8" t="s">
+        <v>36</v>
+      </c>
+      <c r="P8" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>36</v>
+      </c>
+      <c r="R8" t="s">
+        <v>36</v>
+      </c>
+      <c r="S8" t="s">
+        <v>36</v>
+      </c>
+      <c r="T8" t="s">
+        <v>36</v>
+      </c>
+      <c r="U8" t="s">
+        <v>36</v>
+      </c>
+      <c r="V8" t="s">
+        <v>36</v>
+      </c>
+      <c r="W8" t="s">
+        <v>36</v>
+      </c>
+      <c r="X8" t="s">
+        <v>36</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="9" spans="1:25">
+      <c r="A9" s="3" t="s">
         <v>37</v>
-      </c>
-[...262 lines deleted...]
-        <v>43</v>
       </c>
       <c r="B9" s="3"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
       <c r="N9" s="3"/>
       <c r="O9" s="3"/>
       <c r="P9" s="3"/>
       <c r="Q9" s="3"/>
       <c r="R9" s="3"/>
       <c r="S9" s="3"/>
       <c r="T9" s="3"/>
       <c r="U9" s="3"/>
       <c r="V9" s="3"/>
       <c r="W9" s="3"/>
       <c r="X9" s="3"/>
       <c r="Y9" s="3"/>
-      <c r="Z9" s="3"/>
-[...4 lines deleted...]
-    <row r="10" spans="1:29">
+    </row>
+    <row r="10" spans="1:25">
       <c r="A10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F10" t="s">
+        <v>27</v>
+      </c>
+      <c r="G10" t="s">
+        <v>27</v>
+      </c>
+      <c r="H10" t="s">
+        <v>28</v>
+      </c>
+      <c r="I10" t="s">
+        <v>28</v>
+      </c>
+      <c r="J10" t="s">
+        <v>27</v>
+      </c>
+      <c r="K10" t="s">
+        <v>27</v>
+      </c>
+      <c r="L10" t="s">
+        <v>27</v>
+      </c>
+      <c r="M10" t="s">
+        <v>27</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>27</v>
+      </c>
+      <c r="P10" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>27</v>
+      </c>
+      <c r="R10" t="s">
+        <v>27</v>
+      </c>
+      <c r="S10" t="s">
+        <v>27</v>
+      </c>
+      <c r="T10" t="s">
+        <v>27</v>
+      </c>
+      <c r="U10" t="s">
+        <v>27</v>
+      </c>
+      <c r="V10" t="s">
+        <v>27</v>
+      </c>
+      <c r="W10" t="s">
+        <v>27</v>
+      </c>
+      <c r="X10" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="11" spans="1:25">
+      <c r="A11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" t="s">
         <v>30</v>
       </c>
-      <c r="B10" t="s">
-[...88 lines deleted...]
-      <c r="B11" t="s">
+      <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
+        <v>30</v>
+      </c>
+      <c r="E11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G11" t="s">
+        <v>30</v>
+      </c>
+      <c r="H11" t="s">
+        <v>30</v>
+      </c>
+      <c r="I11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J11" t="s">
+        <v>30</v>
+      </c>
+      <c r="K11" t="s">
+        <v>30</v>
+      </c>
+      <c r="L11" t="s">
+        <v>30</v>
+      </c>
+      <c r="M11" t="s">
+        <v>30</v>
+      </c>
+      <c r="N11" t="s">
+        <v>30</v>
+      </c>
+      <c r="O11" t="s">
+        <v>30</v>
+      </c>
+      <c r="P11" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>30</v>
+      </c>
+      <c r="R11" t="s">
+        <v>30</v>
+      </c>
+      <c r="S11" t="s">
+        <v>30</v>
+      </c>
+      <c r="T11" t="s">
+        <v>30</v>
+      </c>
+      <c r="U11" t="s">
+        <v>30</v>
+      </c>
+      <c r="V11" t="s">
+        <v>30</v>
+      </c>
+      <c r="W11" t="s">
+        <v>30</v>
+      </c>
+      <c r="X11" t="s">
+        <v>30</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="12" spans="1:25">
+      <c r="A12" t="s">
         <v>34</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="B12" t="s">
+        <v>27</v>
+      </c>
+      <c r="C12" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E12" t="s">
+        <v>27</v>
+      </c>
+      <c r="F12" t="s">
+        <v>27</v>
+      </c>
+      <c r="G12" t="s">
+        <v>27</v>
+      </c>
+      <c r="H12" t="s">
+        <v>28</v>
+      </c>
+      <c r="I12" t="s">
+        <v>28</v>
+      </c>
+      <c r="J12" t="s">
+        <v>27</v>
+      </c>
+      <c r="K12" t="s">
+        <v>27</v>
+      </c>
+      <c r="L12" t="s">
+        <v>27</v>
+      </c>
+      <c r="M12" t="s">
+        <v>27</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>27</v>
+      </c>
+      <c r="P12" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>27</v>
+      </c>
+      <c r="R12" t="s">
+        <v>27</v>
+      </c>
+      <c r="S12" t="s">
+        <v>27</v>
+      </c>
+      <c r="T12" t="s">
+        <v>27</v>
+      </c>
+      <c r="U12" t="s">
+        <v>27</v>
+      </c>
+      <c r="V12" t="s">
+        <v>27</v>
+      </c>
+      <c r="W12" t="s">
+        <v>27</v>
+      </c>
+      <c r="X12" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="13" spans="1:25">
+      <c r="A13" t="s">
         <v>35</v>
       </c>
-      <c r="F11" t="s">
-[...164 lines deleted...]
-      </c>
       <c r="B13" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="C13" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="F13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="G13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="H13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="I13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="J13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="K13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="L13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="M13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="N13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="O13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="P13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="Q13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="R13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="S13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="T13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="U13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="V13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="W13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="X13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="Y13" t="s">
-        <v>42</v>
-[...14 lines deleted...]
-    <row r="14" spans="1:29">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="14" spans="1:25">
       <c r="A14" s="4"/>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
       <c r="M14" s="4"/>
       <c r="N14" s="4"/>
       <c r="O14" s="4"/>
       <c r="P14" s="4"/>
       <c r="Q14" s="4"/>
       <c r="R14" s="4"/>
       <c r="S14" s="4"/>
       <c r="T14" s="4"/>
       <c r="U14" s="4"/>
       <c r="V14" s="4"/>
       <c r="W14" s="4"/>
       <c r="X14" s="4"/>
       <c r="Y14" s="4"/>
-      <c r="Z14" s="4"/>
-[...4 lines deleted...]
-    <row r="15" spans="1:29">
+    </row>
+    <row r="15" spans="1:25">
       <c r="A15" s="2" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
       <c r="J15" s="2"/>
       <c r="K15" s="2"/>
       <c r="L15" s="2"/>
       <c r="M15" s="2"/>
       <c r="N15" s="2"/>
       <c r="O15" s="2"/>
       <c r="P15" s="2"/>
       <c r="Q15" s="2"/>
       <c r="R15" s="2"/>
       <c r="S15" s="2"/>
       <c r="T15" s="2"/>
       <c r="U15" s="2"/>
       <c r="V15" s="2"/>
       <c r="W15" s="2"/>
       <c r="X15" s="2"/>
       <c r="Y15" s="2"/>
-      <c r="Z15" s="2"/>
-[...4 lines deleted...]
-    <row r="16" spans="1:29">
+    </row>
+    <row r="16" spans="1:25">
       <c r="A16" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
       <c r="N16" s="3"/>
       <c r="O16" s="3"/>
       <c r="P16" s="3"/>
       <c r="Q16" s="3"/>
       <c r="R16" s="3"/>
       <c r="S16" s="3"/>
       <c r="T16" s="3"/>
       <c r="U16" s="3"/>
       <c r="V16" s="3"/>
       <c r="W16" s="3"/>
       <c r="X16" s="3"/>
       <c r="Y16" s="3"/>
-      <c r="Z16" s="3"/>
-[...4 lines deleted...]
-    <row r="17" spans="1:29">
+    </row>
+    <row r="17" spans="1:25">
       <c r="A17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B17" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="F17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="H17" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="I17" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="J17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="K17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="L17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="N17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="O17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="P17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="Q17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="R17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="S17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="T17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="U17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="V17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="W17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="X17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="Y17" t="s">
-        <v>46</v>
-[...14 lines deleted...]
-    <row r="18" spans="1:29">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="18" spans="1:25">
       <c r="A18" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B18" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
+        <v>41</v>
+      </c>
+      <c r="F18" t="s">
+        <v>41</v>
+      </c>
+      <c r="G18" t="s">
+        <v>41</v>
+      </c>
+      <c r="H18" t="s">
+        <v>41</v>
+      </c>
+      <c r="I18" t="s">
+        <v>41</v>
+      </c>
+      <c r="J18" t="s">
+        <v>41</v>
+      </c>
+      <c r="K18" t="s">
+        <v>41</v>
+      </c>
+      <c r="L18" t="s">
+        <v>41</v>
+      </c>
+      <c r="M18" t="s">
+        <v>41</v>
+      </c>
+      <c r="N18" t="s">
+        <v>41</v>
+      </c>
+      <c r="O18" t="s">
+        <v>41</v>
+      </c>
+      <c r="P18" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>41</v>
+      </c>
+      <c r="R18" t="s">
+        <v>41</v>
+      </c>
+      <c r="S18" t="s">
+        <v>41</v>
+      </c>
+      <c r="T18" t="s">
+        <v>41</v>
+      </c>
+      <c r="U18" t="s">
+        <v>41</v>
+      </c>
+      <c r="V18" t="s">
+        <v>41</v>
+      </c>
+      <c r="W18" t="s">
+        <v>41</v>
+      </c>
+      <c r="X18" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y18" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="19" spans="1:25">
+      <c r="A19" t="s">
+        <v>31</v>
+      </c>
+      <c r="B19" t="s">
+        <v>42</v>
+      </c>
+      <c r="C19" t="s">
+        <v>42</v>
+      </c>
+      <c r="D19" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" t="s">
+        <v>42</v>
+      </c>
+      <c r="F19" t="s">
+        <v>42</v>
+      </c>
+      <c r="G19" t="s">
+        <v>42</v>
+      </c>
+      <c r="H19" t="s">
+        <v>43</v>
+      </c>
+      <c r="I19" t="s">
+        <v>43</v>
+      </c>
+      <c r="J19" t="s">
+        <v>42</v>
+      </c>
+      <c r="K19" t="s">
+        <v>42</v>
+      </c>
+      <c r="L19" t="s">
+        <v>42</v>
+      </c>
+      <c r="M19" t="s">
+        <v>42</v>
+      </c>
+      <c r="N19" t="s">
+        <v>42</v>
+      </c>
+      <c r="O19" t="s">
+        <v>42</v>
+      </c>
+      <c r="P19" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>42</v>
+      </c>
+      <c r="R19" t="s">
+        <v>42</v>
+      </c>
+      <c r="S19" t="s">
+        <v>42</v>
+      </c>
+      <c r="T19" t="s">
+        <v>42</v>
+      </c>
+      <c r="U19" t="s">
+        <v>42</v>
+      </c>
+      <c r="V19" t="s">
+        <v>42</v>
+      </c>
+      <c r="W19" t="s">
+        <v>42</v>
+      </c>
+      <c r="X19" t="s">
+        <v>42</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="20" spans="1:25">
+      <c r="A20" t="s">
+        <v>34</v>
+      </c>
+      <c r="B20" t="s">
+        <v>39</v>
+      </c>
+      <c r="C20" t="s">
+        <v>39</v>
+      </c>
+      <c r="D20" t="s">
+        <v>39</v>
+      </c>
+      <c r="E20" t="s">
+        <v>39</v>
+      </c>
+      <c r="F20" t="s">
+        <v>39</v>
+      </c>
+      <c r="G20" t="s">
+        <v>39</v>
+      </c>
+      <c r="H20" t="s">
+        <v>40</v>
+      </c>
+      <c r="I20" t="s">
+        <v>40</v>
+      </c>
+      <c r="J20" t="s">
+        <v>39</v>
+      </c>
+      <c r="K20" t="s">
+        <v>39</v>
+      </c>
+      <c r="L20" t="s">
+        <v>39</v>
+      </c>
+      <c r="M20" t="s">
+        <v>39</v>
+      </c>
+      <c r="N20" t="s">
+        <v>39</v>
+      </c>
+      <c r="O20" t="s">
+        <v>39</v>
+      </c>
+      <c r="P20" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>39</v>
+      </c>
+      <c r="R20" t="s">
+        <v>39</v>
+      </c>
+      <c r="S20" t="s">
+        <v>39</v>
+      </c>
+      <c r="T20" t="s">
+        <v>39</v>
+      </c>
+      <c r="U20" t="s">
+        <v>39</v>
+      </c>
+      <c r="V20" t="s">
+        <v>39</v>
+      </c>
+      <c r="W20" t="s">
+        <v>39</v>
+      </c>
+      <c r="X20" t="s">
+        <v>39</v>
+      </c>
+      <c r="Y20" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="21" spans="1:25">
+      <c r="A21" t="s">
         <v>35</v>
       </c>
-      <c r="F18" t="s">
-[...253 lines deleted...]
-      </c>
       <c r="B21" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="E21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="I21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="J21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="K21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="L21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="M21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="N21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="O21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="P21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="Q21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="R21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="S21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="T21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="U21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="V21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="W21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="X21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="Y21" t="s">
-        <v>42</v>
-[...14 lines deleted...]
-    <row r="22" spans="1:29">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="22" spans="1:25">
       <c r="A22" s="3" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
       <c r="Q22" s="3"/>
       <c r="R22" s="3"/>
       <c r="S22" s="3"/>
       <c r="T22" s="3"/>
       <c r="U22" s="3"/>
       <c r="V22" s="3"/>
       <c r="W22" s="3"/>
       <c r="X22" s="3"/>
       <c r="Y22" s="3"/>
-      <c r="Z22" s="3"/>
-[...4 lines deleted...]
-    <row r="23" spans="1:29">
+    </row>
+    <row r="23" spans="1:25">
       <c r="A23" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B23" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="C23" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="D23" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="E23" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="F23" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G23" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="H23" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="I23" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="J23" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="K23" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="L23" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M23" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="N23" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="O23" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="P23" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="Q23" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="R23" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="S23" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="T23" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="U23" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="V23" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="W23" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="X23" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="Y23" t="s">
-        <v>46</v>
-[...14 lines deleted...]
-    <row r="24" spans="1:29">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="24" spans="1:25">
       <c r="A24" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B24" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="C24" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="D24" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="E24" t="s">
+        <v>41</v>
+      </c>
+      <c r="F24" t="s">
+        <v>41</v>
+      </c>
+      <c r="G24" t="s">
+        <v>41</v>
+      </c>
+      <c r="H24" t="s">
+        <v>41</v>
+      </c>
+      <c r="I24" t="s">
+        <v>41</v>
+      </c>
+      <c r="J24" t="s">
+        <v>41</v>
+      </c>
+      <c r="K24" t="s">
+        <v>41</v>
+      </c>
+      <c r="L24" t="s">
+        <v>41</v>
+      </c>
+      <c r="M24" t="s">
+        <v>41</v>
+      </c>
+      <c r="N24" t="s">
+        <v>41</v>
+      </c>
+      <c r="O24" t="s">
+        <v>41</v>
+      </c>
+      <c r="P24" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>41</v>
+      </c>
+      <c r="R24" t="s">
+        <v>41</v>
+      </c>
+      <c r="S24" t="s">
+        <v>41</v>
+      </c>
+      <c r="T24" t="s">
+        <v>41</v>
+      </c>
+      <c r="U24" t="s">
+        <v>41</v>
+      </c>
+      <c r="V24" t="s">
+        <v>41</v>
+      </c>
+      <c r="W24" t="s">
+        <v>41</v>
+      </c>
+      <c r="X24" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y24" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="25" spans="1:25">
+      <c r="A25" t="s">
+        <v>34</v>
+      </c>
+      <c r="B25" t="s">
+        <v>39</v>
+      </c>
+      <c r="C25" t="s">
+        <v>39</v>
+      </c>
+      <c r="D25" t="s">
+        <v>39</v>
+      </c>
+      <c r="E25" t="s">
+        <v>39</v>
+      </c>
+      <c r="F25" t="s">
+        <v>39</v>
+      </c>
+      <c r="G25" t="s">
+        <v>39</v>
+      </c>
+      <c r="H25" t="s">
+        <v>40</v>
+      </c>
+      <c r="I25" t="s">
+        <v>40</v>
+      </c>
+      <c r="J25" t="s">
+        <v>39</v>
+      </c>
+      <c r="K25" t="s">
+        <v>39</v>
+      </c>
+      <c r="L25" t="s">
+        <v>39</v>
+      </c>
+      <c r="M25" t="s">
+        <v>39</v>
+      </c>
+      <c r="N25" t="s">
+        <v>39</v>
+      </c>
+      <c r="O25" t="s">
+        <v>39</v>
+      </c>
+      <c r="P25" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>39</v>
+      </c>
+      <c r="R25" t="s">
+        <v>39</v>
+      </c>
+      <c r="S25" t="s">
+        <v>39</v>
+      </c>
+      <c r="T25" t="s">
+        <v>39</v>
+      </c>
+      <c r="U25" t="s">
+        <v>39</v>
+      </c>
+      <c r="V25" t="s">
+        <v>39</v>
+      </c>
+      <c r="W25" t="s">
+        <v>39</v>
+      </c>
+      <c r="X25" t="s">
+        <v>39</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="26" spans="1:25">
+      <c r="A26" t="s">
         <v>35</v>
       </c>
-      <c r="F24" t="s">
-[...164 lines deleted...]
-      </c>
       <c r="B26" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="C26" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D26" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="E26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="I26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="J26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="K26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="L26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="M26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="N26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="O26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="P26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="Q26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="R26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="S26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="T26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="U26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="V26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="W26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="X26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="Y26" t="s">
-        <v>42</v>
-[...14 lines deleted...]
-    <row r="27" spans="1:29">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="27" spans="1:25">
       <c r="A27" s="4"/>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
       <c r="E27" s="4"/>
       <c r="F27" s="4"/>
       <c r="G27" s="4"/>
       <c r="H27" s="4"/>
       <c r="I27" s="4"/>
       <c r="J27" s="4"/>
       <c r="K27" s="4"/>
       <c r="L27" s="4"/>
       <c r="M27" s="4"/>
       <c r="N27" s="4"/>
       <c r="O27" s="4"/>
       <c r="P27" s="4"/>
       <c r="Q27" s="4"/>
       <c r="R27" s="4"/>
       <c r="S27" s="4"/>
       <c r="T27" s="4"/>
       <c r="U27" s="4"/>
       <c r="V27" s="4"/>
       <c r="W27" s="4"/>
       <c r="X27" s="4"/>
       <c r="Y27" s="4"/>
-      <c r="Z27" s="4"/>
-[...4 lines deleted...]
-    <row r="28" spans="1:29">
+    </row>
+    <row r="28" spans="1:25">
       <c r="A28" s="2" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
       <c r="J28" s="2"/>
       <c r="K28" s="2"/>
       <c r="L28" s="2"/>
       <c r="M28" s="2"/>
       <c r="N28" s="2"/>
       <c r="O28" s="2"/>
       <c r="P28" s="2"/>
       <c r="Q28" s="2"/>
       <c r="R28" s="2"/>
       <c r="S28" s="2"/>
       <c r="T28" s="2"/>
       <c r="U28" s="2"/>
       <c r="V28" s="2"/>
       <c r="W28" s="2"/>
       <c r="X28" s="2"/>
       <c r="Y28" s="2"/>
-      <c r="Z28" s="2"/>
-[...4 lines deleted...]
-    <row r="29" spans="1:29">
+    </row>
+    <row r="29" spans="1:25">
       <c r="A29" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B29" s="3"/>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
       <c r="M29" s="3"/>
       <c r="N29" s="3"/>
       <c r="O29" s="3"/>
       <c r="P29" s="3"/>
       <c r="Q29" s="3"/>
       <c r="R29" s="3"/>
       <c r="S29" s="3"/>
       <c r="T29" s="3"/>
       <c r="U29" s="3"/>
       <c r="V29" s="3"/>
       <c r="W29" s="3"/>
       <c r="X29" s="3"/>
       <c r="Y29" s="3"/>
-      <c r="Z29" s="3"/>
-[...4 lines deleted...]
-    <row r="30" spans="1:29">
+    </row>
+    <row r="30" spans="1:25">
       <c r="A30" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B30" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="C30" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="D30" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="E30" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="F30" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G30" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="H30" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="I30" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="J30" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="K30" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="L30" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="M30" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="N30" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="O30" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="P30" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="Q30" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="R30" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="S30" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="T30" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="U30" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="V30" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="W30" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="X30" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="Y30" t="s">
-        <v>53</v>
-[...14 lines deleted...]
-    <row r="31" spans="1:29">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="31" spans="1:25">
       <c r="A31" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B31" t="s">
+        <v>41</v>
+      </c>
+      <c r="C31" t="s">
+        <v>41</v>
+      </c>
+      <c r="D31" t="s">
+        <v>41</v>
+      </c>
+      <c r="E31" t="s">
+        <v>41</v>
+      </c>
+      <c r="F31" t="s">
+        <v>41</v>
+      </c>
+      <c r="G31" t="s">
+        <v>41</v>
+      </c>
+      <c r="H31" t="s">
+        <v>41</v>
+      </c>
+      <c r="I31" t="s">
+        <v>41</v>
+      </c>
+      <c r="J31" t="s">
+        <v>41</v>
+      </c>
+      <c r="K31" t="s">
+        <v>41</v>
+      </c>
+      <c r="L31" t="s">
+        <v>41</v>
+      </c>
+      <c r="M31" t="s">
+        <v>41</v>
+      </c>
+      <c r="N31" t="s">
+        <v>41</v>
+      </c>
+      <c r="O31" t="s">
+        <v>41</v>
+      </c>
+      <c r="P31" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>41</v>
+      </c>
+      <c r="R31" t="s">
+        <v>41</v>
+      </c>
+      <c r="S31" t="s">
+        <v>41</v>
+      </c>
+      <c r="T31" t="s">
+        <v>41</v>
+      </c>
+      <c r="U31" t="s">
+        <v>41</v>
+      </c>
+      <c r="V31" t="s">
+        <v>41</v>
+      </c>
+      <c r="W31" t="s">
+        <v>41</v>
+      </c>
+      <c r="X31" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y31" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="32" spans="1:25">
+      <c r="A32" t="s">
+        <v>31</v>
+      </c>
+      <c r="B32" t="s">
         <v>47</v>
       </c>
-      <c r="C31" t="s">
+      <c r="C32" t="s">
         <v>47</v>
       </c>
-      <c r="D31" t="s">
+      <c r="D32" t="s">
         <v>47</v>
       </c>
-      <c r="E31" t="s">
-[...87 lines deleted...]
-      </c>
       <c r="E32" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="F32" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="G32" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="H32" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="I32" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="J32" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="K32" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="L32" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="M32" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="N32" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="O32" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="P32" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="Q32" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="R32" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="S32" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="T32" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="U32" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="V32" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="W32" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="X32" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="Y32" t="s">
-        <v>56</v>
-[...14 lines deleted...]
-    <row r="33" spans="1:29">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="33" spans="1:25">
       <c r="A33" t="s">
+        <v>34</v>
+      </c>
+      <c r="B33" t="s">
+        <v>46</v>
+      </c>
+      <c r="C33" t="s">
+        <v>46</v>
+      </c>
+      <c r="D33" t="s">
+        <v>46</v>
+      </c>
+      <c r="E33" t="s">
+        <v>46</v>
+      </c>
+      <c r="F33" t="s">
+        <v>46</v>
+      </c>
+      <c r="G33" t="s">
+        <v>46</v>
+      </c>
+      <c r="H33" t="s">
         <v>39</v>
       </c>
-      <c r="B33" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I33" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="J33" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="K33" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="L33" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="M33" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="N33" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="O33" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="P33" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="Q33" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="R33" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="S33" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="T33" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="U33" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="V33" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="W33" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="X33" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="Y33" t="s">
-        <v>53</v>
-[...14 lines deleted...]
-    <row r="34" spans="1:29">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="34" spans="1:25">
       <c r="A34" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B34" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="C34" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D34" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="E34" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="F34" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G34" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="H34" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="I34" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="J34" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="K34" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="L34" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="M34" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="N34" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="O34" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="P34" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="Q34" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="R34" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="S34" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="T34" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="U34" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="V34" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="W34" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="X34" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="Y34" t="s">
-        <v>57</v>
-[...14 lines deleted...]
-    <row r="35" spans="1:29">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="35" spans="1:25">
       <c r="A35" s="3" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
       <c r="L35" s="3"/>
       <c r="M35" s="3"/>
       <c r="N35" s="3"/>
       <c r="O35" s="3"/>
       <c r="P35" s="3"/>
       <c r="Q35" s="3"/>
       <c r="R35" s="3"/>
       <c r="S35" s="3"/>
       <c r="T35" s="3"/>
       <c r="U35" s="3"/>
       <c r="V35" s="3"/>
       <c r="W35" s="3"/>
       <c r="X35" s="3"/>
       <c r="Y35" s="3"/>
-      <c r="Z35" s="3"/>
-[...4 lines deleted...]
-    <row r="36" spans="1:29">
+    </row>
+    <row r="36" spans="1:25">
       <c r="A36" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B36" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="C36" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="D36" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="E36" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="F36" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G36" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="H36" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="I36" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="J36" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="K36" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="L36" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="M36" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="N36" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="O36" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="P36" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="Q36" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="R36" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="S36" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="T36" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="U36" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="V36" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="W36" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="X36" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="Y36" t="s">
-        <v>53</v>
-[...14 lines deleted...]
-    <row r="37" spans="1:29">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="37" spans="1:25">
       <c r="A37" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B37" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="C37" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="D37" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="E37" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="F37" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="G37" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="H37" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="I37" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="J37" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="K37" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="L37" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="M37" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="N37" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="O37" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="P37" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="Q37" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="R37" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="S37" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="T37" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="U37" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="V37" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="W37" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="X37" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="Y37" t="s">
-        <v>54</v>
-[...14 lines deleted...]
-    <row r="38" spans="1:29">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="38" spans="1:25">
       <c r="A38" t="s">
+        <v>34</v>
+      </c>
+      <c r="B38" t="s">
+        <v>46</v>
+      </c>
+      <c r="C38" t="s">
+        <v>46</v>
+      </c>
+      <c r="D38" t="s">
+        <v>46</v>
+      </c>
+      <c r="E38" t="s">
+        <v>46</v>
+      </c>
+      <c r="F38" t="s">
+        <v>46</v>
+      </c>
+      <c r="G38" t="s">
+        <v>46</v>
+      </c>
+      <c r="H38" t="s">
         <v>39</v>
       </c>
-      <c r="B38" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I38" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="J38" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="K38" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="L38" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="M38" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="N38" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="O38" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="P38" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="Q38" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="R38" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="S38" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="T38" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="U38" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="V38" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="W38" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="X38" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="Y38" t="s">
-        <v>53</v>
-[...14 lines deleted...]
-    <row r="39" spans="1:29">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="39" spans="1:25">
       <c r="A39" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B39" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="C39" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D39" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="E39" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="F39" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G39" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="H39" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="I39" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="J39" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="K39" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="L39" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="M39" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="N39" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="O39" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="P39" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="Q39" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="R39" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="S39" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="T39" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="U39" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="V39" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="W39" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="X39" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="Y39" t="s">
-        <v>57</v>
-[...14 lines deleted...]
-    <row r="40" spans="1:29">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="40" spans="1:25">
       <c r="A40" s="4"/>
       <c r="B40" s="4"/>
       <c r="C40" s="4"/>
       <c r="D40" s="4"/>
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="4"/>
       <c r="H40" s="4"/>
       <c r="I40" s="4"/>
       <c r="J40" s="4"/>
       <c r="K40" s="4"/>
       <c r="L40" s="4"/>
       <c r="M40" s="4"/>
       <c r="N40" s="4"/>
       <c r="O40" s="4"/>
       <c r="P40" s="4"/>
       <c r="Q40" s="4"/>
       <c r="R40" s="4"/>
       <c r="S40" s="4"/>
       <c r="T40" s="4"/>
       <c r="U40" s="4"/>
       <c r="V40" s="4"/>
       <c r="W40" s="4"/>
       <c r="X40" s="4"/>
       <c r="Y40" s="4"/>
-      <c r="Z40" s="4"/>
-[...4 lines deleted...]
-    <row r="41" spans="1:29">
+    </row>
+    <row r="41" spans="1:25">
       <c r="A41" s="2" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
       <c r="J41" s="2"/>
       <c r="K41" s="2"/>
       <c r="L41" s="2"/>
       <c r="M41" s="2"/>
       <c r="N41" s="2"/>
       <c r="O41" s="2"/>
       <c r="P41" s="2"/>
       <c r="Q41" s="2"/>
       <c r="R41" s="2"/>
       <c r="S41" s="2"/>
       <c r="T41" s="2"/>
       <c r="U41" s="2"/>
       <c r="V41" s="2"/>
       <c r="W41" s="2"/>
       <c r="X41" s="2"/>
       <c r="Y41" s="2"/>
-      <c r="Z41" s="2"/>
-[...4 lines deleted...]
-    <row r="42" spans="1:29">
+    </row>
+    <row r="42" spans="1:25">
       <c r="A42" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B42" s="3"/>
       <c r="C42" s="3"/>
       <c r="D42" s="3"/>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="J42" s="3"/>
       <c r="K42" s="3"/>
       <c r="L42" s="3"/>
       <c r="M42" s="3"/>
       <c r="N42" s="3"/>
       <c r="O42" s="3"/>
       <c r="P42" s="3"/>
       <c r="Q42" s="3"/>
       <c r="R42" s="3"/>
       <c r="S42" s="3"/>
       <c r="T42" s="3"/>
       <c r="U42" s="3"/>
       <c r="V42" s="3"/>
       <c r="W42" s="3"/>
       <c r="X42" s="3"/>
       <c r="Y42" s="3"/>
-      <c r="Z42" s="3"/>
-[...4 lines deleted...]
-    <row r="43" spans="1:29">
+    </row>
+    <row r="43" spans="1:25">
       <c r="A43" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B43" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="C43" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="D43" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="E43" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="F43" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="G43" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="H43" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I43" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="J43" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="K43" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="L43" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="M43" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="N43" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="O43" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="P43" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="Q43" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="R43" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="S43" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="T43" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="U43" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="V43" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="W43" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="X43" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="Y43" t="s">
-        <v>60</v>
-[...14 lines deleted...]
-    <row r="44" spans="1:29">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="44" spans="1:25">
       <c r="A44" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B44" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="C44" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="D44" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="E44" t="s">
+        <v>51</v>
+      </c>
+      <c r="F44" t="s">
+        <v>51</v>
+      </c>
+      <c r="G44" t="s">
+        <v>51</v>
+      </c>
+      <c r="H44" t="s">
+        <v>51</v>
+      </c>
+      <c r="I44" t="s">
+        <v>51</v>
+      </c>
+      <c r="J44" t="s">
+        <v>51</v>
+      </c>
+      <c r="K44" t="s">
+        <v>51</v>
+      </c>
+      <c r="L44" t="s">
+        <v>51</v>
+      </c>
+      <c r="M44" t="s">
+        <v>51</v>
+      </c>
+      <c r="N44" t="s">
+        <v>51</v>
+      </c>
+      <c r="O44" t="s">
+        <v>51</v>
+      </c>
+      <c r="P44" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>51</v>
+      </c>
+      <c r="R44" t="s">
+        <v>51</v>
+      </c>
+      <c r="S44" t="s">
+        <v>51</v>
+      </c>
+      <c r="T44" t="s">
+        <v>51</v>
+      </c>
+      <c r="U44" t="s">
+        <v>51</v>
+      </c>
+      <c r="V44" t="s">
+        <v>51</v>
+      </c>
+      <c r="W44" t="s">
+        <v>51</v>
+      </c>
+      <c r="X44" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y44" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="45" spans="1:25">
+      <c r="A45" t="s">
+        <v>31</v>
+      </c>
+      <c r="B45" t="s">
+        <v>52</v>
+      </c>
+      <c r="C45" t="s">
+        <v>52</v>
+      </c>
+      <c r="D45" t="s">
+        <v>52</v>
+      </c>
+      <c r="E45" t="s">
+        <v>52</v>
+      </c>
+      <c r="F45" t="s">
+        <v>52</v>
+      </c>
+      <c r="G45" t="s">
+        <v>52</v>
+      </c>
+      <c r="H45" t="s">
+        <v>53</v>
+      </c>
+      <c r="I45" t="s">
+        <v>53</v>
+      </c>
+      <c r="J45" t="s">
+        <v>52</v>
+      </c>
+      <c r="K45" t="s">
+        <v>52</v>
+      </c>
+      <c r="L45" t="s">
+        <v>52</v>
+      </c>
+      <c r="M45" t="s">
+        <v>52</v>
+      </c>
+      <c r="N45" t="s">
+        <v>52</v>
+      </c>
+      <c r="O45" t="s">
+        <v>52</v>
+      </c>
+      <c r="P45" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>52</v>
+      </c>
+      <c r="R45" t="s">
+        <v>52</v>
+      </c>
+      <c r="S45" t="s">
+        <v>52</v>
+      </c>
+      <c r="T45" t="s">
+        <v>52</v>
+      </c>
+      <c r="U45" t="s">
+        <v>52</v>
+      </c>
+      <c r="V45" t="s">
+        <v>52</v>
+      </c>
+      <c r="W45" t="s">
+        <v>52</v>
+      </c>
+      <c r="X45" t="s">
+        <v>52</v>
+      </c>
+      <c r="Y45" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="46" spans="1:25">
+      <c r="A46" t="s">
+        <v>34</v>
+      </c>
+      <c r="B46" t="s">
+        <v>49</v>
+      </c>
+      <c r="C46" t="s">
+        <v>49</v>
+      </c>
+      <c r="D46" t="s">
+        <v>49</v>
+      </c>
+      <c r="E46" t="s">
+        <v>49</v>
+      </c>
+      <c r="F46" t="s">
+        <v>49</v>
+      </c>
+      <c r="G46" t="s">
+        <v>49</v>
+      </c>
+      <c r="H46" t="s">
+        <v>50</v>
+      </c>
+      <c r="I46" t="s">
+        <v>50</v>
+      </c>
+      <c r="J46" t="s">
+        <v>49</v>
+      </c>
+      <c r="K46" t="s">
+        <v>49</v>
+      </c>
+      <c r="L46" t="s">
+        <v>49</v>
+      </c>
+      <c r="M46" t="s">
+        <v>49</v>
+      </c>
+      <c r="N46" t="s">
+        <v>49</v>
+      </c>
+      <c r="O46" t="s">
+        <v>49</v>
+      </c>
+      <c r="P46" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>49</v>
+      </c>
+      <c r="R46" t="s">
+        <v>49</v>
+      </c>
+      <c r="S46" t="s">
+        <v>49</v>
+      </c>
+      <c r="T46" t="s">
+        <v>49</v>
+      </c>
+      <c r="U46" t="s">
+        <v>49</v>
+      </c>
+      <c r="V46" t="s">
+        <v>49</v>
+      </c>
+      <c r="W46" t="s">
+        <v>49</v>
+      </c>
+      <c r="X46" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y46" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="47" spans="1:25">
+      <c r="A47" t="s">
         <v>35</v>
       </c>
-      <c r="F44" t="s">
-[...253 lines deleted...]
-      </c>
       <c r="B47" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="C47" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="D47" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="E47" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="F47" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G47" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="H47" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="I47" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="J47" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="K47" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="L47" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="M47" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="N47" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="O47" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="P47" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="Q47" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="R47" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="S47" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="T47" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="U47" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="V47" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="W47" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="X47" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="Y47" t="s">
-        <v>42</v>
-[...14 lines deleted...]
-    <row r="48" spans="1:29">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="48" spans="1:25">
       <c r="A48" s="3" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="B48" s="3"/>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
       <c r="N48" s="3"/>
       <c r="O48" s="3"/>
       <c r="P48" s="3"/>
       <c r="Q48" s="3"/>
       <c r="R48" s="3"/>
       <c r="S48" s="3"/>
       <c r="T48" s="3"/>
       <c r="U48" s="3"/>
       <c r="V48" s="3"/>
       <c r="W48" s="3"/>
       <c r="X48" s="3"/>
       <c r="Y48" s="3"/>
-      <c r="Z48" s="3"/>
-[...4 lines deleted...]
-    <row r="49" spans="1:29">
+    </row>
+    <row r="49" spans="1:25">
       <c r="A49" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B49" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="C49" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="D49" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="E49" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="F49" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="G49" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="H49" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I49" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="J49" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="K49" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="L49" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="M49" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="N49" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="O49" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="P49" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="Q49" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="R49" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="S49" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="T49" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="U49" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="V49" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="W49" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="X49" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="Y49" t="s">
-        <v>60</v>
-[...14 lines deleted...]
-    <row r="50" spans="1:29">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="50" spans="1:25">
       <c r="A50" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B50" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="C50" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="D50" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="E50" t="s">
+        <v>51</v>
+      </c>
+      <c r="F50" t="s">
+        <v>51</v>
+      </c>
+      <c r="G50" t="s">
+        <v>51</v>
+      </c>
+      <c r="H50" t="s">
+        <v>51</v>
+      </c>
+      <c r="I50" t="s">
+        <v>51</v>
+      </c>
+      <c r="J50" t="s">
+        <v>51</v>
+      </c>
+      <c r="K50" t="s">
+        <v>51</v>
+      </c>
+      <c r="L50" t="s">
+        <v>51</v>
+      </c>
+      <c r="M50" t="s">
+        <v>51</v>
+      </c>
+      <c r="N50" t="s">
+        <v>51</v>
+      </c>
+      <c r="O50" t="s">
+        <v>51</v>
+      </c>
+      <c r="P50" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>51</v>
+      </c>
+      <c r="R50" t="s">
+        <v>51</v>
+      </c>
+      <c r="S50" t="s">
+        <v>51</v>
+      </c>
+      <c r="T50" t="s">
+        <v>51</v>
+      </c>
+      <c r="U50" t="s">
+        <v>51</v>
+      </c>
+      <c r="V50" t="s">
+        <v>51</v>
+      </c>
+      <c r="W50" t="s">
+        <v>51</v>
+      </c>
+      <c r="X50" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y50" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="51" spans="1:25">
+      <c r="A51" t="s">
+        <v>34</v>
+      </c>
+      <c r="B51" t="s">
+        <v>49</v>
+      </c>
+      <c r="C51" t="s">
+        <v>49</v>
+      </c>
+      <c r="D51" t="s">
+        <v>49</v>
+      </c>
+      <c r="E51" t="s">
+        <v>49</v>
+      </c>
+      <c r="F51" t="s">
+        <v>49</v>
+      </c>
+      <c r="G51" t="s">
+        <v>49</v>
+      </c>
+      <c r="H51" t="s">
+        <v>50</v>
+      </c>
+      <c r="I51" t="s">
+        <v>50</v>
+      </c>
+      <c r="J51" t="s">
+        <v>49</v>
+      </c>
+      <c r="K51" t="s">
+        <v>49</v>
+      </c>
+      <c r="L51" t="s">
+        <v>49</v>
+      </c>
+      <c r="M51" t="s">
+        <v>49</v>
+      </c>
+      <c r="N51" t="s">
+        <v>49</v>
+      </c>
+      <c r="O51" t="s">
+        <v>49</v>
+      </c>
+      <c r="P51" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>49</v>
+      </c>
+      <c r="R51" t="s">
+        <v>49</v>
+      </c>
+      <c r="S51" t="s">
+        <v>49</v>
+      </c>
+      <c r="T51" t="s">
+        <v>49</v>
+      </c>
+      <c r="U51" t="s">
+        <v>49</v>
+      </c>
+      <c r="V51" t="s">
+        <v>49</v>
+      </c>
+      <c r="W51" t="s">
+        <v>49</v>
+      </c>
+      <c r="X51" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y51" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="52" spans="1:25">
+      <c r="A52" t="s">
         <v>35</v>
       </c>
-      <c r="F50" t="s">
-[...164 lines deleted...]
-      </c>
       <c r="B52" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="C52" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="D52" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="E52" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="F52" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G52" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="H52" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="I52" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="J52" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="K52" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="L52" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="M52" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="N52" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="O52" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="P52" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="Q52" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="R52" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="S52" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="T52" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="U52" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="V52" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="W52" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="X52" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="Y52" t="s">
-        <v>42</v>
-[...14 lines deleted...]
-    <row r="53" spans="1:29">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="53" spans="1:25">
       <c r="A53" s="4"/>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="4"/>
       <c r="F53" s="4"/>
       <c r="G53" s="4"/>
       <c r="H53" s="4"/>
       <c r="I53" s="4"/>
       <c r="J53" s="4"/>
       <c r="K53" s="4"/>
       <c r="L53" s="4"/>
       <c r="M53" s="4"/>
       <c r="N53" s="4"/>
       <c r="O53" s="4"/>
       <c r="P53" s="4"/>
       <c r="Q53" s="4"/>
       <c r="R53" s="4"/>
       <c r="S53" s="4"/>
       <c r="T53" s="4"/>
       <c r="U53" s="4"/>
       <c r="V53" s="4"/>
       <c r="W53" s="4"/>
       <c r="X53" s="4"/>
       <c r="Y53" s="4"/>
-      <c r="Z53" s="4"/>
-[...4 lines deleted...]
-    <row r="54" spans="1:29">
+    </row>
+    <row r="54" spans="1:25">
       <c r="A54" s="2" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="2"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
       <c r="I54" s="2"/>
       <c r="J54" s="2"/>
       <c r="K54" s="2"/>
       <c r="L54" s="2"/>
       <c r="M54" s="2"/>
       <c r="N54" s="2"/>
       <c r="O54" s="2"/>
       <c r="P54" s="2"/>
       <c r="Q54" s="2"/>
       <c r="R54" s="2"/>
       <c r="S54" s="2"/>
       <c r="T54" s="2"/>
       <c r="U54" s="2"/>
       <c r="V54" s="2"/>
       <c r="W54" s="2"/>
       <c r="X54" s="2"/>
       <c r="Y54" s="2"/>
-      <c r="Z54" s="2"/>
-[...4 lines deleted...]
-    <row r="55" spans="1:29">
+    </row>
+    <row r="55" spans="1:25">
       <c r="A55" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B55" s="3"/>
       <c r="C55" s="3"/>
       <c r="D55" s="3"/>
       <c r="E55" s="3"/>
       <c r="F55" s="3"/>
       <c r="G55" s="3"/>
       <c r="H55" s="3"/>
       <c r="I55" s="3"/>
       <c r="J55" s="3"/>
       <c r="K55" s="3"/>
       <c r="L55" s="3"/>
       <c r="M55" s="3"/>
       <c r="N55" s="3"/>
       <c r="O55" s="3"/>
       <c r="P55" s="3"/>
       <c r="Q55" s="3"/>
       <c r="R55" s="3"/>
       <c r="S55" s="3"/>
       <c r="T55" s="3"/>
       <c r="U55" s="3"/>
       <c r="V55" s="3"/>
       <c r="W55" s="3"/>
       <c r="X55" s="3"/>
       <c r="Y55" s="3"/>
-      <c r="Z55" s="3"/>
-[...4 lines deleted...]
-    <row r="56" spans="1:29">
+    </row>
+    <row r="56" spans="1:25">
       <c r="A56" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B56" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="C56" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="D56" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="E56" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="F56" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="G56" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="H56" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="I56" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="J56" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="K56" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="L56" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="M56" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="N56" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="O56" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="P56" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="Q56" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="R56" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="S56" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="T56" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="U56" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="V56" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="W56" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="X56" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="Y56" t="s">
-        <v>46</v>
-[...14 lines deleted...]
-    <row r="57" spans="1:29">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="57" spans="1:25">
       <c r="A57" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B57" t="s">
+        <v>58</v>
+      </c>
+      <c r="C57" t="s">
+        <v>58</v>
+      </c>
+      <c r="D57" t="s">
+        <v>58</v>
+      </c>
+      <c r="E57" t="s">
+        <v>58</v>
+      </c>
+      <c r="F57" t="s">
+        <v>58</v>
+      </c>
+      <c r="G57" t="s">
+        <v>58</v>
+      </c>
+      <c r="H57" t="s">
+        <v>58</v>
+      </c>
+      <c r="I57" t="s">
+        <v>58</v>
+      </c>
+      <c r="J57" t="s">
+        <v>58</v>
+      </c>
+      <c r="K57" t="s">
+        <v>58</v>
+      </c>
+      <c r="L57" t="s">
+        <v>58</v>
+      </c>
+      <c r="M57" t="s">
+        <v>58</v>
+      </c>
+      <c r="N57" t="s">
+        <v>58</v>
+      </c>
+      <c r="O57" t="s">
+        <v>58</v>
+      </c>
+      <c r="P57" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>58</v>
+      </c>
+      <c r="R57" t="s">
+        <v>58</v>
+      </c>
+      <c r="S57" t="s">
+        <v>58</v>
+      </c>
+      <c r="T57" t="s">
+        <v>58</v>
+      </c>
+      <c r="U57" t="s">
+        <v>58</v>
+      </c>
+      <c r="V57" t="s">
+        <v>58</v>
+      </c>
+      <c r="W57" t="s">
+        <v>58</v>
+      </c>
+      <c r="X57" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y57" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="58" spans="1:25">
+      <c r="A58" t="s">
+        <v>31</v>
+      </c>
+      <c r="B58" t="s">
+        <v>59</v>
+      </c>
+      <c r="C58" t="s">
+        <v>59</v>
+      </c>
+      <c r="D58" t="s">
+        <v>59</v>
+      </c>
+      <c r="E58" t="s">
+        <v>43</v>
+      </c>
+      <c r="F58" t="s">
+        <v>43</v>
+      </c>
+      <c r="G58" t="s">
+        <v>43</v>
+      </c>
+      <c r="H58" t="s">
+        <v>43</v>
+      </c>
+      <c r="I58" t="s">
+        <v>43</v>
+      </c>
+      <c r="J58" t="s">
+        <v>43</v>
+      </c>
+      <c r="K58" t="s">
+        <v>43</v>
+      </c>
+      <c r="L58" t="s">
+        <v>43</v>
+      </c>
+      <c r="M58" t="s">
+        <v>43</v>
+      </c>
+      <c r="N58" t="s">
+        <v>43</v>
+      </c>
+      <c r="O58" t="s">
+        <v>43</v>
+      </c>
+      <c r="P58" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>43</v>
+      </c>
+      <c r="R58" t="s">
+        <v>43</v>
+      </c>
+      <c r="S58" t="s">
+        <v>43</v>
+      </c>
+      <c r="T58" t="s">
+        <v>43</v>
+      </c>
+      <c r="U58" t="s">
+        <v>43</v>
+      </c>
+      <c r="V58" t="s">
+        <v>43</v>
+      </c>
+      <c r="W58" t="s">
+        <v>43</v>
+      </c>
+      <c r="X58" t="s">
+        <v>43</v>
+      </c>
+      <c r="Y58" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="59" spans="1:25">
+      <c r="A59" t="s">
         <v>34</v>
       </c>
-      <c r="C57" t="s">
-[...173 lines deleted...]
-      </c>
       <c r="B59" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="C59" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="D59" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="E59" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="F59" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="G59" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="H59" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="I59" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="J59" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="K59" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="L59" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="M59" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="N59" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="O59" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="P59" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="Q59" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="R59" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="S59" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="T59" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="U59" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="V59" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="W59" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="X59" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="Y59" t="s">
-        <v>46</v>
-[...14 lines deleted...]
-    <row r="60" spans="1:29">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="60" spans="1:25">
       <c r="A60" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B60" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="C60" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="D60" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="E60" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="F60" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="G60" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="H60" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="I60" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="J60" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="K60" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="L60" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="M60" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="N60" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="O60" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="P60" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="Q60" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="R60" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="S60" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="T60" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="U60" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="V60" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="W60" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="X60" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="Y60" t="s">
-        <v>57</v>
-[...14 lines deleted...]
-    <row r="61" spans="1:29">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="61" spans="1:25">
       <c r="A61" s="3" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="B61" s="3"/>
       <c r="C61" s="3"/>
       <c r="D61" s="3"/>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
       <c r="I61" s="3"/>
       <c r="J61" s="3"/>
       <c r="K61" s="3"/>
       <c r="L61" s="3"/>
       <c r="M61" s="3"/>
       <c r="N61" s="3"/>
       <c r="O61" s="3"/>
       <c r="P61" s="3"/>
       <c r="Q61" s="3"/>
       <c r="R61" s="3"/>
       <c r="S61" s="3"/>
       <c r="T61" s="3"/>
       <c r="U61" s="3"/>
       <c r="V61" s="3"/>
       <c r="W61" s="3"/>
       <c r="X61" s="3"/>
       <c r="Y61" s="3"/>
-      <c r="Z61" s="3"/>
-[...4 lines deleted...]
-    <row r="62" spans="1:29">
+    </row>
+    <row r="62" spans="1:25">
       <c r="A62" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B62" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="C62" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="D62" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="E62" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="F62" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="G62" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="H62" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="I62" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="J62" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="K62" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="L62" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="M62" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="N62" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="O62" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="P62" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="Q62" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="R62" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="S62" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="T62" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="U62" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="V62" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="W62" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="X62" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="Y62" t="s">
-        <v>46</v>
-[...14 lines deleted...]
-    <row r="63" spans="1:29">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="63" spans="1:25">
       <c r="A63" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B63" t="s">
+        <v>58</v>
+      </c>
+      <c r="C63" t="s">
+        <v>58</v>
+      </c>
+      <c r="D63" t="s">
+        <v>58</v>
+      </c>
+      <c r="E63" t="s">
+        <v>58</v>
+      </c>
+      <c r="F63" t="s">
+        <v>58</v>
+      </c>
+      <c r="G63" t="s">
+        <v>58</v>
+      </c>
+      <c r="H63" t="s">
+        <v>58</v>
+      </c>
+      <c r="I63" t="s">
+        <v>58</v>
+      </c>
+      <c r="J63" t="s">
+        <v>58</v>
+      </c>
+      <c r="K63" t="s">
+        <v>58</v>
+      </c>
+      <c r="L63" t="s">
+        <v>58</v>
+      </c>
+      <c r="M63" t="s">
+        <v>58</v>
+      </c>
+      <c r="N63" t="s">
+        <v>58</v>
+      </c>
+      <c r="O63" t="s">
+        <v>58</v>
+      </c>
+      <c r="P63" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>58</v>
+      </c>
+      <c r="R63" t="s">
+        <v>58</v>
+      </c>
+      <c r="S63" t="s">
+        <v>58</v>
+      </c>
+      <c r="T63" t="s">
+        <v>58</v>
+      </c>
+      <c r="U63" t="s">
+        <v>58</v>
+      </c>
+      <c r="V63" t="s">
+        <v>58</v>
+      </c>
+      <c r="W63" t="s">
+        <v>58</v>
+      </c>
+      <c r="X63" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y63" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="64" spans="1:25">
+      <c r="A64" t="s">
         <v>34</v>
       </c>
-      <c r="C63" t="s">
-[...84 lines deleted...]
-      </c>
       <c r="B64" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="C64" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="D64" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="E64" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="F64" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="G64" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="H64" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="I64" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="J64" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="K64" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="L64" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="M64" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="N64" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="O64" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="P64" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="Q64" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="R64" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="S64" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="T64" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="U64" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="V64" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="W64" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="X64" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="Y64" t="s">
-        <v>46</v>
-[...14 lines deleted...]
-    <row r="65" spans="1:29">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="65" spans="1:25">
       <c r="A65" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B65" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="C65" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="D65" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="E65" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="F65" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="G65" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="H65" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="I65" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="J65" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="K65" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="L65" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="M65" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="N65" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="O65" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="P65" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="Q65" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="R65" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="S65" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="T65" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="U65" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="V65" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="W65" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="X65" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="Y65" t="s">
-        <v>57</v>
-[...14 lines deleted...]
-    <row r="66" spans="1:29">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="66" spans="1:25">
       <c r="A66" s="4"/>
       <c r="B66" s="4"/>
       <c r="C66" s="4"/>
       <c r="D66" s="4"/>
       <c r="E66" s="4"/>
       <c r="F66" s="4"/>
       <c r="G66" s="4"/>
       <c r="H66" s="4"/>
       <c r="I66" s="4"/>
       <c r="J66" s="4"/>
       <c r="K66" s="4"/>
       <c r="L66" s="4"/>
       <c r="M66" s="4"/>
       <c r="N66" s="4"/>
       <c r="O66" s="4"/>
       <c r="P66" s="4"/>
       <c r="Q66" s="4"/>
       <c r="R66" s="4"/>
       <c r="S66" s="4"/>
       <c r="T66" s="4"/>
       <c r="U66" s="4"/>
       <c r="V66" s="4"/>
       <c r="W66" s="4"/>
       <c r="X66" s="4"/>
       <c r="Y66" s="4"/>
-      <c r="Z66" s="4"/>
-[...4 lines deleted...]
-    <row r="67" spans="1:29">
+    </row>
+    <row r="67" spans="1:25">
       <c r="A67" s="2" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="2"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
       <c r="I67" s="2"/>
       <c r="J67" s="2"/>
       <c r="K67" s="2"/>
       <c r="L67" s="2"/>
       <c r="M67" s="2"/>
       <c r="N67" s="2"/>
       <c r="O67" s="2"/>
       <c r="P67" s="2"/>
       <c r="Q67" s="2"/>
       <c r="R67" s="2"/>
       <c r="S67" s="2"/>
       <c r="T67" s="2"/>
       <c r="U67" s="2"/>
       <c r="V67" s="2"/>
       <c r="W67" s="2"/>
       <c r="X67" s="2"/>
       <c r="Y67" s="2"/>
-      <c r="Z67" s="2"/>
-[...4 lines deleted...]
-    <row r="68" spans="1:29">
+    </row>
+    <row r="68" spans="1:25">
       <c r="A68" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B68" s="3"/>
       <c r="C68" s="3"/>
       <c r="D68" s="3"/>
       <c r="E68" s="3"/>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
       <c r="H68" s="3"/>
       <c r="I68" s="3"/>
       <c r="J68" s="3"/>
       <c r="K68" s="3"/>
       <c r="L68" s="3"/>
       <c r="M68" s="3"/>
       <c r="N68" s="3"/>
       <c r="O68" s="3"/>
       <c r="P68" s="3"/>
       <c r="Q68" s="3"/>
       <c r="R68" s="3"/>
       <c r="S68" s="3"/>
       <c r="T68" s="3"/>
       <c r="U68" s="3"/>
       <c r="V68" s="3"/>
       <c r="W68" s="3"/>
       <c r="X68" s="3"/>
       <c r="Y68" s="3"/>
-      <c r="Z68" s="3"/>
-[...4 lines deleted...]
-    <row r="69" spans="1:29">
+    </row>
+    <row r="69" spans="1:25">
       <c r="A69" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B69" t="s">
+        <v>62</v>
+      </c>
+      <c r="C69" t="s">
+        <v>62</v>
+      </c>
+      <c r="D69" t="s">
+        <v>62</v>
+      </c>
+      <c r="E69" t="s">
+        <v>62</v>
+      </c>
+      <c r="F69" t="s">
+        <v>63</v>
+      </c>
+      <c r="G69" t="s">
+        <v>62</v>
+      </c>
+      <c r="H69" t="s">
+        <v>63</v>
+      </c>
+      <c r="I69" t="s">
+        <v>63</v>
+      </c>
+      <c r="J69" t="s">
+        <v>63</v>
+      </c>
+      <c r="K69" t="s">
+        <v>63</v>
+      </c>
+      <c r="L69" t="s">
+        <v>63</v>
+      </c>
+      <c r="M69" t="s">
+        <v>63</v>
+      </c>
+      <c r="N69" t="s">
+        <v>63</v>
+      </c>
+      <c r="O69" t="s">
+        <v>63</v>
+      </c>
+      <c r="P69" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>63</v>
+      </c>
+      <c r="R69" t="s">
+        <v>63</v>
+      </c>
+      <c r="S69" t="s">
+        <v>63</v>
+      </c>
+      <c r="T69" t="s">
+        <v>62</v>
+      </c>
+      <c r="U69" t="s">
+        <v>63</v>
+      </c>
+      <c r="V69" t="s">
+        <v>63</v>
+      </c>
+      <c r="W69" t="s">
+        <v>62</v>
+      </c>
+      <c r="X69" t="s">
+        <v>62</v>
+      </c>
+      <c r="Y69" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="70" spans="1:25">
+      <c r="A70" t="s">
+        <v>31</v>
+      </c>
+      <c r="B70" t="s">
+        <v>64</v>
+      </c>
+      <c r="C70" t="s">
+        <v>64</v>
+      </c>
+      <c r="D70" t="s">
+        <v>64</v>
+      </c>
+      <c r="E70" t="s">
+        <v>64</v>
+      </c>
+      <c r="F70" t="s">
         <v>65</v>
       </c>
-      <c r="C69" t="s">
+      <c r="G70" t="s">
+        <v>64</v>
+      </c>
+      <c r="H70" t="s">
         <v>65</v>
       </c>
-      <c r="D69" t="s">
+      <c r="I70" t="s">
         <v>65</v>
       </c>
-      <c r="E69" t="s">
-[...102 lines deleted...]
-      </c>
       <c r="J70" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="K70" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="L70" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="M70" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="N70" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="O70" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="P70" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="Q70" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="R70" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="S70" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="T70" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="U70" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="V70" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="W70" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="X70" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="Y70" t="s">
-        <v>71</v>
-[...14 lines deleted...]
-    <row r="71" spans="1:29">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="71" spans="1:25">
       <c r="A71" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B71" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="C71" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="D71" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="E71" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="F71" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="G71" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="H71" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="I71" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="J71" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="K71" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="L71" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="M71" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="N71" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="O71" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="P71" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="Q71" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="R71" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="S71" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="T71" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="U71" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="V71" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="W71" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="X71" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="Y71" t="s">
-        <v>69</v>
-[...14 lines deleted...]
-    <row r="72" spans="1:29">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="72" spans="1:25">
       <c r="A72" s="3" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="B72" s="3"/>
       <c r="C72" s="3"/>
       <c r="D72" s="3"/>
       <c r="E72" s="3"/>
       <c r="F72" s="3"/>
       <c r="G72" s="3"/>
       <c r="H72" s="3"/>
       <c r="I72" s="3"/>
       <c r="J72" s="3"/>
       <c r="K72" s="3"/>
       <c r="L72" s="3"/>
       <c r="M72" s="3"/>
       <c r="N72" s="3"/>
       <c r="O72" s="3"/>
       <c r="P72" s="3"/>
       <c r="Q72" s="3"/>
       <c r="R72" s="3"/>
       <c r="S72" s="3"/>
       <c r="T72" s="3"/>
       <c r="U72" s="3"/>
       <c r="V72" s="3"/>
       <c r="W72" s="3"/>
       <c r="X72" s="3"/>
       <c r="Y72" s="3"/>
-      <c r="Z72" s="3"/>
-[...4 lines deleted...]
-    <row r="73" spans="1:29">
+    </row>
+    <row r="73" spans="1:25">
       <c r="A73" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B73" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="C73" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="D73" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="E73" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="F73" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="G73" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="H73" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="I73" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="J73" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="K73" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="L73" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="M73" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="N73" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="O73" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="P73" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="Q73" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="R73" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="S73" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="T73" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="U73" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="V73" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="W73" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="X73" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="Y73" t="s">
-        <v>69</v>
-[...14 lines deleted...]
-    <row r="74" spans="1:29">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="74" spans="1:25">
       <c r="A74" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B74" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="C74" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="D74" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="E74" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="F74" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="G74" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="H74" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="I74" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="J74" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="K74" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="L74" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="M74" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="N74" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="O74" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="P74" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="Q74" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="R74" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="S74" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="T74" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="U74" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="V74" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="W74" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="X74" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="Y74" t="s">
-        <v>69</v>
-[...14 lines deleted...]
-    <row r="75" spans="1:29">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="75" spans="1:25">
       <c r="A75" s="4"/>
       <c r="B75" s="4"/>
       <c r="C75" s="4"/>
       <c r="D75" s="4"/>
       <c r="E75" s="4"/>
       <c r="F75" s="4"/>
       <c r="G75" s="4"/>
       <c r="H75" s="4"/>
       <c r="I75" s="4"/>
       <c r="J75" s="4"/>
       <c r="K75" s="4"/>
       <c r="L75" s="4"/>
       <c r="M75" s="4"/>
       <c r="N75" s="4"/>
       <c r="O75" s="4"/>
       <c r="P75" s="4"/>
       <c r="Q75" s="4"/>
       <c r="R75" s="4"/>
       <c r="S75" s="4"/>
       <c r="T75" s="4"/>
       <c r="U75" s="4"/>
       <c r="V75" s="4"/>
       <c r="W75" s="4"/>
       <c r="X75" s="4"/>
       <c r="Y75" s="4"/>
-      <c r="Z75" s="4"/>
-[...4 lines deleted...]
-    <row r="76" spans="1:29">
+    </row>
+    <row r="76" spans="1:25">
       <c r="A76" s="2" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="2"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
       <c r="I76" s="2"/>
       <c r="J76" s="2"/>
       <c r="K76" s="2"/>
       <c r="L76" s="2"/>
       <c r="M76" s="2"/>
       <c r="N76" s="2"/>
       <c r="O76" s="2"/>
       <c r="P76" s="2"/>
       <c r="Q76" s="2"/>
       <c r="R76" s="2"/>
       <c r="S76" s="2"/>
       <c r="T76" s="2"/>
       <c r="U76" s="2"/>
       <c r="V76" s="2"/>
       <c r="W76" s="2"/>
       <c r="X76" s="2"/>
       <c r="Y76" s="2"/>
-      <c r="Z76" s="2"/>
-[...4 lines deleted...]
-    <row r="77" spans="1:29">
+    </row>
+    <row r="77" spans="1:25">
       <c r="A77" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B77" s="3"/>
       <c r="C77" s="3"/>
       <c r="D77" s="3"/>
       <c r="E77" s="3"/>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
       <c r="H77" s="3"/>
       <c r="I77" s="3"/>
       <c r="J77" s="3"/>
       <c r="K77" s="3"/>
       <c r="L77" s="3"/>
       <c r="M77" s="3"/>
       <c r="N77" s="3"/>
       <c r="O77" s="3"/>
       <c r="P77" s="3"/>
       <c r="Q77" s="3"/>
       <c r="R77" s="3"/>
       <c r="S77" s="3"/>
       <c r="T77" s="3"/>
       <c r="U77" s="3"/>
       <c r="V77" s="3"/>
       <c r="W77" s="3"/>
       <c r="X77" s="3"/>
       <c r="Y77" s="3"/>
-      <c r="Z77" s="3"/>
-[...4 lines deleted...]
-    <row r="78" spans="1:29">
+    </row>
+    <row r="78" spans="1:25">
       <c r="A78" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B78" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="C78" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="D78" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="E78" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="F78" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="G78" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="H78" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="I78" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="J78" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="K78" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="L78" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="M78" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="N78" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="O78" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="P78" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="Q78" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="R78" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="S78" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="T78" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="U78" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="V78" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="W78" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="X78" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="Y78" t="s">
-        <v>55</v>
-[...14 lines deleted...]
-    <row r="79" spans="1:29">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="79" spans="1:25">
       <c r="A79" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B79" t="s">
+        <v>69</v>
+      </c>
+      <c r="C79" t="s">
+        <v>69</v>
+      </c>
+      <c r="D79" t="s">
+        <v>69</v>
+      </c>
+      <c r="E79" t="s">
+        <v>69</v>
+      </c>
+      <c r="F79" t="s">
+        <v>69</v>
+      </c>
+      <c r="G79" t="s">
+        <v>69</v>
+      </c>
+      <c r="H79" t="s">
+        <v>69</v>
+      </c>
+      <c r="I79" t="s">
+        <v>69</v>
+      </c>
+      <c r="J79" t="s">
+        <v>69</v>
+      </c>
+      <c r="K79" t="s">
+        <v>69</v>
+      </c>
+      <c r="L79" t="s">
+        <v>69</v>
+      </c>
+      <c r="M79" t="s">
+        <v>69</v>
+      </c>
+      <c r="N79" t="s">
+        <v>69</v>
+      </c>
+      <c r="O79" t="s">
+        <v>69</v>
+      </c>
+      <c r="P79" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>69</v>
+      </c>
+      <c r="R79" t="s">
+        <v>69</v>
+      </c>
+      <c r="S79" t="s">
+        <v>69</v>
+      </c>
+      <c r="T79" t="s">
+        <v>69</v>
+      </c>
+      <c r="U79" t="s">
+        <v>69</v>
+      </c>
+      <c r="V79" t="s">
+        <v>69</v>
+      </c>
+      <c r="W79" t="s">
+        <v>69</v>
+      </c>
+      <c r="X79" t="s">
+        <v>69</v>
+      </c>
+      <c r="Y79" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="80" spans="1:25">
+      <c r="A80" t="s">
+        <v>31</v>
+      </c>
+      <c r="B80" t="s">
+        <v>70</v>
+      </c>
+      <c r="C80" t="s">
+        <v>70</v>
+      </c>
+      <c r="D80" t="s">
+        <v>70</v>
+      </c>
+      <c r="E80" t="s">
+        <v>70</v>
+      </c>
+      <c r="F80" t="s">
+        <v>59</v>
+      </c>
+      <c r="G80" t="s">
+        <v>70</v>
+      </c>
+      <c r="H80" t="s">
+        <v>59</v>
+      </c>
+      <c r="I80" t="s">
+        <v>59</v>
+      </c>
+      <c r="J80" t="s">
+        <v>59</v>
+      </c>
+      <c r="K80" t="s">
+        <v>59</v>
+      </c>
+      <c r="L80" t="s">
+        <v>59</v>
+      </c>
+      <c r="M80" t="s">
+        <v>59</v>
+      </c>
+      <c r="N80" t="s">
+        <v>59</v>
+      </c>
+      <c r="O80" t="s">
+        <v>59</v>
+      </c>
+      <c r="P80" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>59</v>
+      </c>
+      <c r="R80" t="s">
+        <v>70</v>
+      </c>
+      <c r="S80" t="s">
+        <v>70</v>
+      </c>
+      <c r="T80" t="s">
+        <v>70</v>
+      </c>
+      <c r="U80" t="s">
+        <v>70</v>
+      </c>
+      <c r="V80" t="s">
+        <v>70</v>
+      </c>
+      <c r="W80" t="s">
+        <v>70</v>
+      </c>
+      <c r="X80" t="s">
+        <v>70</v>
+      </c>
+      <c r="Y80" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="81" spans="1:25">
+      <c r="A81" t="s">
         <v>34</v>
       </c>
-      <c r="C79" t="s">
-[...173 lines deleted...]
-      </c>
       <c r="B81" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="C81" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="D81" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="E81" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="F81" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="G81" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="H81" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="I81" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="J81" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="K81" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="L81" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="M81" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="N81" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="O81" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="P81" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="Q81" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="R81" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="S81" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="T81" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="U81" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="V81" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="W81" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="X81" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="Y81" t="s">
-        <v>55</v>
-[...14 lines deleted...]
-    <row r="82" spans="1:29">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="82" spans="1:25">
       <c r="A82" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B82" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
       <c r="C82" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
       <c r="D82" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
       <c r="E82" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="F82" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="G82" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="H82" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="I82" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="J82" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="K82" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="L82" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="M82" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="N82" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="O82" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="P82" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="Q82" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="R82" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="S82" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="T82" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="U82" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="V82" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="W82" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="X82" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="Y82" t="s">
-        <v>77</v>
-[...14 lines deleted...]
-    <row r="83" spans="1:29">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="83" spans="1:25">
       <c r="A83" s="3" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="B83" s="3"/>
       <c r="C83" s="3"/>
       <c r="D83" s="3"/>
       <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3"/>
       <c r="I83" s="3"/>
       <c r="J83" s="3"/>
       <c r="K83" s="3"/>
       <c r="L83" s="3"/>
       <c r="M83" s="3"/>
       <c r="N83" s="3"/>
       <c r="O83" s="3"/>
       <c r="P83" s="3"/>
       <c r="Q83" s="3"/>
       <c r="R83" s="3"/>
       <c r="S83" s="3"/>
       <c r="T83" s="3"/>
       <c r="U83" s="3"/>
       <c r="V83" s="3"/>
       <c r="W83" s="3"/>
       <c r="X83" s="3"/>
       <c r="Y83" s="3"/>
-      <c r="Z83" s="3"/>
-[...4 lines deleted...]
-    <row r="84" spans="1:29">
+    </row>
+    <row r="84" spans="1:25">
       <c r="A84" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B84" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="C84" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="D84" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="E84" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="F84" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="G84" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="H84" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="I84" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="J84" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="K84" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="L84" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="M84" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="N84" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="O84" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="P84" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="Q84" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="R84" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="S84" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="T84" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="U84" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="V84" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="W84" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="X84" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="Y84" t="s">
-        <v>55</v>
-[...14 lines deleted...]
-    <row r="85" spans="1:29">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="85" spans="1:25">
       <c r="A85" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B85" t="s">
+        <v>69</v>
+      </c>
+      <c r="C85" t="s">
+        <v>69</v>
+      </c>
+      <c r="D85" t="s">
+        <v>69</v>
+      </c>
+      <c r="E85" t="s">
+        <v>69</v>
+      </c>
+      <c r="F85" t="s">
+        <v>69</v>
+      </c>
+      <c r="G85" t="s">
+        <v>69</v>
+      </c>
+      <c r="H85" t="s">
+        <v>69</v>
+      </c>
+      <c r="I85" t="s">
+        <v>69</v>
+      </c>
+      <c r="J85" t="s">
+        <v>69</v>
+      </c>
+      <c r="K85" t="s">
+        <v>69</v>
+      </c>
+      <c r="L85" t="s">
+        <v>69</v>
+      </c>
+      <c r="M85" t="s">
+        <v>69</v>
+      </c>
+      <c r="N85" t="s">
+        <v>69</v>
+      </c>
+      <c r="O85" t="s">
+        <v>69</v>
+      </c>
+      <c r="P85" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>69</v>
+      </c>
+      <c r="R85" t="s">
+        <v>69</v>
+      </c>
+      <c r="S85" t="s">
+        <v>69</v>
+      </c>
+      <c r="T85" t="s">
+        <v>69</v>
+      </c>
+      <c r="U85" t="s">
+        <v>69</v>
+      </c>
+      <c r="V85" t="s">
+        <v>69</v>
+      </c>
+      <c r="W85" t="s">
+        <v>69</v>
+      </c>
+      <c r="X85" t="s">
+        <v>69</v>
+      </c>
+      <c r="Y85" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="86" spans="1:25">
+      <c r="A86" t="s">
         <v>34</v>
       </c>
-      <c r="C85" t="s">
-[...84 lines deleted...]
-      </c>
       <c r="B86" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="C86" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="D86" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="E86" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="F86" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="G86" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="H86" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="I86" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="J86" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="K86" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="L86" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="M86" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="N86" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="O86" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="P86" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="Q86" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="R86" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="S86" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="T86" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="U86" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="V86" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="W86" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="X86" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="Y86" t="s">
-        <v>55</v>
-[...14 lines deleted...]
-    <row r="87" spans="1:29">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="87" spans="1:25">
       <c r="A87" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B87" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
       <c r="C87" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
       <c r="D87" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
       <c r="E87" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="F87" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="G87" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="H87" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="I87" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="J87" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="K87" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="L87" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="M87" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="N87" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="O87" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="P87" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="Q87" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="R87" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="S87" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="T87" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="U87" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="V87" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="W87" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="X87" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="Y87" t="s">
-        <v>77</v>
-[...14 lines deleted...]
-    <row r="88" spans="1:29">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="88" spans="1:25">
       <c r="A88" s="4"/>
       <c r="B88" s="4"/>
       <c r="C88" s="4"/>
       <c r="D88" s="4"/>
       <c r="E88" s="4"/>
       <c r="F88" s="4"/>
       <c r="G88" s="4"/>
       <c r="H88" s="4"/>
       <c r="I88" s="4"/>
       <c r="J88" s="4"/>
       <c r="K88" s="4"/>
       <c r="L88" s="4"/>
       <c r="M88" s="4"/>
       <c r="N88" s="4"/>
       <c r="O88" s="4"/>
       <c r="P88" s="4"/>
       <c r="Q88" s="4"/>
       <c r="R88" s="4"/>
       <c r="S88" s="4"/>
       <c r="T88" s="4"/>
       <c r="U88" s="4"/>
       <c r="V88" s="4"/>
       <c r="W88" s="4"/>
       <c r="X88" s="4"/>
       <c r="Y88" s="4"/>
-      <c r="Z88" s="4"/>
-[...4 lines deleted...]
-    <row r="89" spans="1:29">
+    </row>
+    <row r="89" spans="1:25">
       <c r="A89" s="2" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
       <c r="D89" s="2"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
       <c r="I89" s="2"/>
       <c r="J89" s="2"/>
       <c r="K89" s="2"/>
       <c r="L89" s="2"/>
       <c r="M89" s="2"/>
       <c r="N89" s="2"/>
       <c r="O89" s="2"/>
       <c r="P89" s="2"/>
       <c r="Q89" s="2"/>
       <c r="R89" s="2"/>
       <c r="S89" s="2"/>
       <c r="T89" s="2"/>
       <c r="U89" s="2"/>
       <c r="V89" s="2"/>
       <c r="W89" s="2"/>
       <c r="X89" s="2"/>
       <c r="Y89" s="2"/>
-      <c r="Z89" s="2"/>
-[...4 lines deleted...]
-    <row r="90" spans="1:29">
+    </row>
+    <row r="90" spans="1:25">
       <c r="A90" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B90" s="3"/>
       <c r="C90" s="3"/>
       <c r="D90" s="3"/>
       <c r="E90" s="3"/>
       <c r="F90" s="3"/>
       <c r="G90" s="3"/>
       <c r="H90" s="3"/>
       <c r="I90" s="3"/>
       <c r="J90" s="3"/>
       <c r="K90" s="3"/>
       <c r="L90" s="3"/>
       <c r="M90" s="3"/>
       <c r="N90" s="3"/>
       <c r="O90" s="3"/>
       <c r="P90" s="3"/>
       <c r="Q90" s="3"/>
       <c r="R90" s="3"/>
       <c r="S90" s="3"/>
       <c r="T90" s="3"/>
       <c r="U90" s="3"/>
       <c r="V90" s="3"/>
       <c r="W90" s="3"/>
       <c r="X90" s="3"/>
       <c r="Y90" s="3"/>
-      <c r="Z90" s="3"/>
-[...4 lines deleted...]
-    <row r="91" spans="1:29">
+    </row>
+    <row r="91" spans="1:25">
       <c r="A91" t="s">
+        <v>26</v>
+      </c>
+      <c r="B91" t="s">
+        <v>73</v>
+      </c>
+      <c r="C91" t="s">
+        <v>73</v>
+      </c>
+      <c r="D91" t="s">
+        <v>73</v>
+      </c>
+      <c r="E91" t="s">
+        <v>73</v>
+      </c>
+      <c r="F91" t="s">
+        <v>73</v>
+      </c>
+      <c r="G91" t="s">
+        <v>73</v>
+      </c>
+      <c r="H91" t="s">
+        <v>74</v>
+      </c>
+      <c r="I91" t="s">
+        <v>74</v>
+      </c>
+      <c r="J91" t="s">
+        <v>74</v>
+      </c>
+      <c r="K91" t="s">
+        <v>74</v>
+      </c>
+      <c r="L91" t="s">
+        <v>74</v>
+      </c>
+      <c r="M91" t="s">
+        <v>74</v>
+      </c>
+      <c r="N91" t="s">
+        <v>74</v>
+      </c>
+      <c r="O91" t="s">
+        <v>74</v>
+      </c>
+      <c r="P91" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>74</v>
+      </c>
+      <c r="R91" t="s">
+        <v>74</v>
+      </c>
+      <c r="S91" t="s">
+        <v>74</v>
+      </c>
+      <c r="T91" t="s">
+        <v>73</v>
+      </c>
+      <c r="U91" t="s">
+        <v>73</v>
+      </c>
+      <c r="V91" t="s">
+        <v>73</v>
+      </c>
+      <c r="W91" t="s">
+        <v>73</v>
+      </c>
+      <c r="X91" t="s">
+        <v>73</v>
+      </c>
+      <c r="Y91" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="92" spans="1:25">
+      <c r="A92" t="s">
+        <v>29</v>
+      </c>
+      <c r="B92" t="s">
         <v>30</v>
       </c>
-      <c r="B91" t="s">
-[...90 lines deleted...]
-      </c>
       <c r="C92" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="D92" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="E92" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="F92" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="G92" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="H92" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="I92" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="J92" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="K92" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="L92" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="M92" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="N92" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="O92" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="P92" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="Q92" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="R92" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="S92" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="T92" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="U92" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="V92" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="W92" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="X92" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="Y92" t="s">
-        <v>54</v>
-[...14 lines deleted...]
-    <row r="93" spans="1:29">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="93" spans="1:25">
       <c r="A93" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="B93" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="C93" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="D93" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="E93" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="F93" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="G93" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="H93" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="I93" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="J93" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="K93" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="L93" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="M93" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="N93" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="O93" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="P93" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="Q93" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="R93" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="S93" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="T93" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="U93" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="V93" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="W93" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="X93" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="Y93" t="s">
-        <v>82</v>
-[...14 lines deleted...]
-    <row r="94" spans="1:29">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="94" spans="1:25">
       <c r="A94" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B94" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="C94" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D94" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="E94" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="F94" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="G94" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="H94" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="I94" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="J94" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="K94" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="L94" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="M94" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="N94" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="O94" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="P94" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="Q94" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="R94" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="S94" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="T94" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="U94" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="V94" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="W94" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="X94" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="Y94" t="s">
-        <v>80</v>
-[...14 lines deleted...]
-    <row r="95" spans="1:29">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="95" spans="1:25">
       <c r="A95" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B95" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="C95" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="D95" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="E95" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="F95" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="G95" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="H95" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="I95" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="J95" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="K95" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="L95" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="M95" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="N95" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="O95" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="P95" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="Q95" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="R95" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="S95" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="T95" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="U95" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="V95" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="W95" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="X95" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="Y95" t="s">
-        <v>57</v>
-[...14 lines deleted...]
-    <row r="96" spans="1:29">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="96" spans="1:25">
       <c r="A96" s="3" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="B96" s="3"/>
       <c r="C96" s="3"/>
       <c r="D96" s="3"/>
       <c r="E96" s="3"/>
       <c r="F96" s="3"/>
       <c r="G96" s="3"/>
       <c r="H96" s="3"/>
       <c r="I96" s="3"/>
       <c r="J96" s="3"/>
       <c r="K96" s="3"/>
       <c r="L96" s="3"/>
       <c r="M96" s="3"/>
       <c r="N96" s="3"/>
       <c r="O96" s="3"/>
       <c r="P96" s="3"/>
       <c r="Q96" s="3"/>
       <c r="R96" s="3"/>
       <c r="S96" s="3"/>
       <c r="T96" s="3"/>
       <c r="U96" s="3"/>
       <c r="V96" s="3"/>
       <c r="W96" s="3"/>
       <c r="X96" s="3"/>
       <c r="Y96" s="3"/>
-      <c r="Z96" s="3"/>
-[...4 lines deleted...]
-    <row r="97" spans="1:29">
+    </row>
+    <row r="97" spans="1:25">
       <c r="A97" t="s">
+        <v>26</v>
+      </c>
+      <c r="B97" t="s">
+        <v>73</v>
+      </c>
+      <c r="C97" t="s">
+        <v>73</v>
+      </c>
+      <c r="D97" t="s">
+        <v>73</v>
+      </c>
+      <c r="E97" t="s">
+        <v>73</v>
+      </c>
+      <c r="F97" t="s">
+        <v>73</v>
+      </c>
+      <c r="G97" t="s">
+        <v>73</v>
+      </c>
+      <c r="H97" t="s">
+        <v>74</v>
+      </c>
+      <c r="I97" t="s">
+        <v>74</v>
+      </c>
+      <c r="J97" t="s">
+        <v>74</v>
+      </c>
+      <c r="K97" t="s">
+        <v>74</v>
+      </c>
+      <c r="L97" t="s">
+        <v>74</v>
+      </c>
+      <c r="M97" t="s">
+        <v>74</v>
+      </c>
+      <c r="N97" t="s">
+        <v>74</v>
+      </c>
+      <c r="O97" t="s">
+        <v>74</v>
+      </c>
+      <c r="P97" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>74</v>
+      </c>
+      <c r="R97" t="s">
+        <v>74</v>
+      </c>
+      <c r="S97" t="s">
+        <v>74</v>
+      </c>
+      <c r="T97" t="s">
+        <v>73</v>
+      </c>
+      <c r="U97" t="s">
+        <v>73</v>
+      </c>
+      <c r="V97" t="s">
+        <v>73</v>
+      </c>
+      <c r="W97" t="s">
+        <v>73</v>
+      </c>
+      <c r="X97" t="s">
+        <v>73</v>
+      </c>
+      <c r="Y97" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="98" spans="1:25">
+      <c r="A98" t="s">
+        <v>29</v>
+      </c>
+      <c r="B98" t="s">
         <v>30</v>
       </c>
-      <c r="B97" t="s">
-[...90 lines deleted...]
-      </c>
       <c r="C98" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="D98" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="E98" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="F98" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="G98" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="H98" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="I98" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="J98" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="K98" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="L98" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="M98" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="N98" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="O98" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="P98" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="Q98" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="R98" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="S98" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="T98" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="U98" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="V98" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="W98" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="X98" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="Y98" t="s">
-        <v>54</v>
-[...14 lines deleted...]
-    <row r="99" spans="1:29">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="99" spans="1:25">
       <c r="A99" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B99" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="C99" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D99" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="E99" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="F99" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="G99" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="H99" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="I99" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="J99" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="K99" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="L99" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="M99" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="N99" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="O99" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="P99" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="Q99" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="R99" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="S99" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="T99" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="U99" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="V99" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="W99" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="X99" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="Y99" t="s">
-        <v>80</v>
-[...14 lines deleted...]
-    <row r="100" spans="1:29">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="100" spans="1:25">
       <c r="A100" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B100" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="C100" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="D100" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="E100" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="F100" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="G100" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="H100" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="I100" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="J100" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="K100" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="L100" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="M100" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="N100" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="O100" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="P100" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="Q100" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="R100" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="S100" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="T100" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="U100" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="V100" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="W100" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="X100" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="Y100" t="s">
-        <v>57</v>
-[...14 lines deleted...]
-    <row r="101" spans="1:29">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="101" spans="1:25">
       <c r="A101" s="4"/>
       <c r="B101" s="4"/>
       <c r="C101" s="4"/>
       <c r="D101" s="4"/>
       <c r="E101" s="4"/>
       <c r="F101" s="4"/>
       <c r="G101" s="4"/>
       <c r="H101" s="4"/>
       <c r="I101" s="4"/>
       <c r="J101" s="4"/>
       <c r="K101" s="4"/>
       <c r="L101" s="4"/>
       <c r="M101" s="4"/>
       <c r="N101" s="4"/>
       <c r="O101" s="4"/>
       <c r="P101" s="4"/>
       <c r="Q101" s="4"/>
       <c r="R101" s="4"/>
       <c r="S101" s="4"/>
       <c r="T101" s="4"/>
       <c r="U101" s="4"/>
       <c r="V101" s="4"/>
       <c r="W101" s="4"/>
       <c r="X101" s="4"/>
       <c r="Y101" s="4"/>
-      <c r="Z101" s="4"/>
-[...4 lines deleted...]
-    <row r="102" spans="1:29">
+    </row>
+    <row r="102" spans="1:25">
       <c r="A102" s="2" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="2"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
       <c r="I102" s="2"/>
       <c r="J102" s="2"/>
       <c r="K102" s="2"/>
       <c r="L102" s="2"/>
       <c r="M102" s="2"/>
       <c r="N102" s="2"/>
       <c r="O102" s="2"/>
       <c r="P102" s="2"/>
       <c r="Q102" s="2"/>
       <c r="R102" s="2"/>
       <c r="S102" s="2"/>
       <c r="T102" s="2"/>
       <c r="U102" s="2"/>
       <c r="V102" s="2"/>
       <c r="W102" s="2"/>
       <c r="X102" s="2"/>
       <c r="Y102" s="2"/>
-      <c r="Z102" s="2"/>
-[...4 lines deleted...]
-    <row r="103" spans="1:29">
+    </row>
+    <row r="103" spans="1:25">
       <c r="A103" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B103" s="3"/>
       <c r="C103" s="3"/>
       <c r="D103" s="3"/>
       <c r="E103" s="3"/>
       <c r="F103" s="3"/>
       <c r="G103" s="3"/>
       <c r="H103" s="3"/>
       <c r="I103" s="3"/>
       <c r="J103" s="3"/>
       <c r="K103" s="3"/>
       <c r="L103" s="3"/>
       <c r="M103" s="3"/>
       <c r="N103" s="3"/>
       <c r="O103" s="3"/>
       <c r="P103" s="3"/>
       <c r="Q103" s="3"/>
       <c r="R103" s="3"/>
       <c r="S103" s="3"/>
       <c r="T103" s="3"/>
       <c r="U103" s="3"/>
       <c r="V103" s="3"/>
       <c r="W103" s="3"/>
       <c r="X103" s="3"/>
       <c r="Y103" s="3"/>
-      <c r="Z103" s="3"/>
-[...4 lines deleted...]
-    <row r="104" spans="1:29">
+    </row>
+    <row r="104" spans="1:25">
       <c r="A104" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B104" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="C104" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="D104" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="E104" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="F104" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="G104" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="H104" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="I104" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="J104" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="K104" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="L104" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="M104" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="N104" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="O104" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="P104" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="Q104" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="R104" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="S104" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="T104" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="U104" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="V104" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="W104" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="X104" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="Y104" t="s">
-        <v>85</v>
-[...14 lines deleted...]
-    <row r="105" spans="1:29">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="105" spans="1:25">
       <c r="A105" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B105" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="C105" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="D105" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="E105" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="F105" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="G105" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="H105" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="I105" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="J105" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="K105" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="L105" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="M105" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="N105" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="O105" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="P105" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="Q105" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="R105" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="S105" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="T105" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="U105" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="V105" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="W105" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="X105" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="Y105" t="s">
-        <v>87</v>
-[...14 lines deleted...]
-    <row r="106" spans="1:29">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="106" spans="1:25">
       <c r="A106" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="B106" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="C106" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="D106" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="E106" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="F106" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="G106" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="H106" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="I106" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="J106" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="K106" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="L106" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="M106" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="N106" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="O106" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="P106" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="Q106" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="R106" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="S106" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="T106" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="U106" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="V106" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="W106" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="X106" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="Y106" t="s">
-        <v>89</v>
-[...14 lines deleted...]
-    <row r="107" spans="1:29">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="107" spans="1:25">
       <c r="A107" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B107" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="C107" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="D107" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="E107" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="F107" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="G107" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="H107" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="I107" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="J107" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="K107" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="L107" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="M107" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="N107" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="O107" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="P107" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="Q107" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="R107" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="S107" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="T107" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="U107" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="V107" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="W107" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="X107" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="Y107" t="s">
-        <v>85</v>
-[...14 lines deleted...]
-    <row r="108" spans="1:29">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="108" spans="1:25">
       <c r="A108" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B108" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="C108" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="D108" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="E108" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="F108" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="G108" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="H108" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="I108" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="J108" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="K108" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="L108" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="M108" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="N108" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="O108" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="P108" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="Q108" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="R108" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="S108" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="T108" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="U108" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="V108" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="W108" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="X108" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="Y108" t="s">
-        <v>91</v>
-[...14 lines deleted...]
-    <row r="109" spans="1:29">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="109" spans="1:25">
       <c r="A109" s="3" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="B109" s="3"/>
       <c r="C109" s="3"/>
       <c r="D109" s="3"/>
       <c r="E109" s="3"/>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="3"/>
       <c r="I109" s="3"/>
       <c r="J109" s="3"/>
       <c r="K109" s="3"/>
       <c r="L109" s="3"/>
       <c r="M109" s="3"/>
       <c r="N109" s="3"/>
       <c r="O109" s="3"/>
       <c r="P109" s="3"/>
       <c r="Q109" s="3"/>
       <c r="R109" s="3"/>
       <c r="S109" s="3"/>
       <c r="T109" s="3"/>
       <c r="U109" s="3"/>
       <c r="V109" s="3"/>
       <c r="W109" s="3"/>
       <c r="X109" s="3"/>
       <c r="Y109" s="3"/>
-      <c r="Z109" s="3"/>
-[...4 lines deleted...]
-    <row r="110" spans="1:29">
+    </row>
+    <row r="110" spans="1:25">
       <c r="A110" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B110" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="C110" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="D110" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="E110" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="F110" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="G110" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="H110" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="I110" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="J110" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="K110" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="L110" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="M110" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="N110" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="O110" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="P110" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="Q110" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="R110" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="S110" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="T110" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="U110" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="V110" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="W110" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="X110" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="Y110" t="s">
-        <v>85</v>
-[...14 lines deleted...]
-    <row r="111" spans="1:29">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="111" spans="1:25">
       <c r="A111" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B111" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="C111" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="D111" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="E111" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="F111" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="G111" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="H111" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="I111" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="J111" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="K111" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="L111" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="M111" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="N111" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="O111" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="P111" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="Q111" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="R111" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="S111" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="T111" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="U111" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="V111" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="W111" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="X111" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="Y111" t="s">
-        <v>87</v>
-[...14 lines deleted...]
-    <row r="112" spans="1:29">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="112" spans="1:25">
       <c r="A112" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B112" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="C112" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="D112" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="E112" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="F112" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="G112" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="H112" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="I112" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="J112" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="K112" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="L112" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="M112" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="N112" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="O112" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="P112" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="Q112" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="R112" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="S112" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="T112" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="U112" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="V112" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="W112" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="X112" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="Y112" t="s">
-        <v>85</v>
-[...14 lines deleted...]
-    <row r="113" spans="1:29">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="113" spans="1:25">
       <c r="A113" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B113" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="C113" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="D113" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="E113" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="F113" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="G113" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="H113" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="I113" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="J113" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="K113" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="L113" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="M113" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="N113" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="O113" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="P113" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="Q113" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="R113" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="S113" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="T113" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="U113" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="V113" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="W113" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="X113" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="Y113" t="s">
-        <v>91</v>
-[...14 lines deleted...]
-    <row r="114" spans="1:29">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="114" spans="1:25">
       <c r="A114" s="4"/>
       <c r="B114" s="4"/>
       <c r="C114" s="4"/>
       <c r="D114" s="4"/>
       <c r="E114" s="4"/>
       <c r="F114" s="4"/>
       <c r="G114" s="4"/>
       <c r="H114" s="4"/>
       <c r="I114" s="4"/>
       <c r="J114" s="4"/>
       <c r="K114" s="4"/>
       <c r="L114" s="4"/>
       <c r="M114" s="4"/>
       <c r="N114" s="4"/>
       <c r="O114" s="4"/>
       <c r="P114" s="4"/>
       <c r="Q114" s="4"/>
       <c r="R114" s="4"/>
       <c r="S114" s="4"/>
       <c r="T114" s="4"/>
       <c r="U114" s="4"/>
       <c r="V114" s="4"/>
       <c r="W114" s="4"/>
       <c r="X114" s="4"/>
       <c r="Y114" s="4"/>
-      <c r="Z114" s="4"/>
-[...4 lines deleted...]
-    <row r="115" spans="1:29">
+    </row>
+    <row r="115" spans="1:25">
       <c r="A115" s="2" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="B115" s="2"/>
       <c r="C115" s="2"/>
       <c r="D115" s="2"/>
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
       <c r="I115" s="2"/>
       <c r="J115" s="2"/>
       <c r="K115" s="2"/>
       <c r="L115" s="2"/>
       <c r="M115" s="2"/>
       <c r="N115" s="2"/>
       <c r="O115" s="2"/>
       <c r="P115" s="2"/>
       <c r="Q115" s="2"/>
       <c r="R115" s="2"/>
       <c r="S115" s="2"/>
       <c r="T115" s="2"/>
       <c r="U115" s="2"/>
       <c r="V115" s="2"/>
       <c r="W115" s="2"/>
       <c r="X115" s="2"/>
       <c r="Y115" s="2"/>
-      <c r="Z115" s="2"/>
-[...4 lines deleted...]
-    <row r="116" spans="1:29">
+    </row>
+    <row r="116" spans="1:25">
       <c r="A116" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B116" s="3"/>
       <c r="C116" s="3"/>
       <c r="D116" s="3"/>
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
       <c r="H116" s="3"/>
       <c r="I116" s="3"/>
       <c r="J116" s="3"/>
       <c r="K116" s="3"/>
       <c r="L116" s="3"/>
       <c r="M116" s="3"/>
       <c r="N116" s="3"/>
       <c r="O116" s="3"/>
       <c r="P116" s="3"/>
       <c r="Q116" s="3"/>
       <c r="R116" s="3"/>
       <c r="S116" s="3"/>
       <c r="T116" s="3"/>
       <c r="U116" s="3"/>
       <c r="V116" s="3"/>
       <c r="W116" s="3"/>
       <c r="X116" s="3"/>
       <c r="Y116" s="3"/>
-      <c r="Z116" s="3"/>
-[...4 lines deleted...]
-    <row r="117" spans="1:29">
+    </row>
+    <row r="117" spans="1:25">
       <c r="A117" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B117" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="C117" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="D117" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="E117" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="F117" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="G117" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="H117" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="I117" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="J117" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="K117" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="L117" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="M117" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="N117" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="O117" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="P117" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="Q117" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="R117" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="S117" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="T117" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="U117" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="V117" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="W117" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="X117" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="Y117" t="s">
-        <v>94</v>
-[...14 lines deleted...]
-    <row r="118" spans="1:29">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="118" spans="1:25">
       <c r="A118" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="B118" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="C118" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="D118" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="E118" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="F118" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="G118" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="H118" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="I118" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="J118" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="K118" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="L118" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="M118" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="N118" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="O118" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="P118" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="Q118" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="R118" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="S118" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="T118" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="U118" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="V118" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="W118" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="X118" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="Y118" t="s">
-        <v>96</v>
-[...14 lines deleted...]
-    <row r="119" spans="1:29">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="119" spans="1:25">
       <c r="A119" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B119" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="C119" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="D119" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="E119" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="F119" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="G119" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="H119" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="I119" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="J119" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="K119" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="L119" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="M119" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="N119" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="O119" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="P119" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="Q119" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="R119" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="S119" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="T119" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="U119" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="V119" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="W119" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="X119" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="Y119" t="s">
-        <v>94</v>
-[...14 lines deleted...]
-    <row r="120" spans="1:29">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="120" spans="1:25">
       <c r="A120" s="3" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="B120" s="3"/>
       <c r="C120" s="3"/>
       <c r="D120" s="3"/>
       <c r="E120" s="3"/>
       <c r="F120" s="3"/>
       <c r="G120" s="3"/>
       <c r="H120" s="3"/>
       <c r="I120" s="3"/>
       <c r="J120" s="3"/>
       <c r="K120" s="3"/>
       <c r="L120" s="3"/>
       <c r="M120" s="3"/>
       <c r="N120" s="3"/>
       <c r="O120" s="3"/>
       <c r="P120" s="3"/>
       <c r="Q120" s="3"/>
       <c r="R120" s="3"/>
       <c r="S120" s="3"/>
       <c r="T120" s="3"/>
       <c r="U120" s="3"/>
       <c r="V120" s="3"/>
       <c r="W120" s="3"/>
       <c r="X120" s="3"/>
       <c r="Y120" s="3"/>
-      <c r="Z120" s="3"/>
-[...4 lines deleted...]
-    <row r="121" spans="1:29">
+    </row>
+    <row r="121" spans="1:25">
       <c r="A121" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B121" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="C121" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="D121" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="E121" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="F121" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="G121" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="H121" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="I121" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="J121" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="K121" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="L121" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="M121" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="N121" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="O121" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="P121" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="Q121" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="R121" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="S121" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="T121" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="U121" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="V121" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="W121" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="X121" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="Y121" t="s">
-        <v>94</v>
-[...14 lines deleted...]
-    <row r="122" spans="1:29">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="122" spans="1:25">
       <c r="A122" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B122" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="C122" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="D122" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="E122" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="F122" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="G122" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="H122" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="I122" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="J122" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="K122" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="L122" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="M122" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="N122" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="O122" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="P122" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="Q122" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="R122" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="S122" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="T122" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="U122" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="V122" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="W122" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="X122" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="Y122" t="s">
-        <v>94</v>
-[...14 lines deleted...]
-    <row r="123" spans="1:29">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="123" spans="1:25">
       <c r="A123" s="4"/>
       <c r="B123" s="4"/>
       <c r="C123" s="4"/>
       <c r="D123" s="4"/>
       <c r="E123" s="4"/>
       <c r="F123" s="4"/>
       <c r="G123" s="4"/>
       <c r="H123" s="4"/>
       <c r="I123" s="4"/>
       <c r="J123" s="4"/>
       <c r="K123" s="4"/>
       <c r="L123" s="4"/>
       <c r="M123" s="4"/>
       <c r="N123" s="4"/>
       <c r="O123" s="4"/>
       <c r="P123" s="4"/>
       <c r="Q123" s="4"/>
       <c r="R123" s="4"/>
       <c r="S123" s="4"/>
       <c r="T123" s="4"/>
       <c r="U123" s="4"/>
       <c r="V123" s="4"/>
       <c r="W123" s="4"/>
       <c r="X123" s="4"/>
       <c r="Y123" s="4"/>
-      <c r="Z123" s="4"/>
-[...4 lines deleted...]
-    <row r="124" spans="1:29">
+    </row>
+    <row r="124" spans="1:25">
       <c r="A124" s="2" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="B124" s="2"/>
       <c r="C124" s="2"/>
       <c r="D124" s="2"/>
       <c r="E124" s="2"/>
       <c r="F124" s="2"/>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
       <c r="I124" s="2"/>
       <c r="J124" s="2"/>
       <c r="K124" s="2"/>
       <c r="L124" s="2"/>
       <c r="M124" s="2"/>
       <c r="N124" s="2"/>
       <c r="O124" s="2"/>
       <c r="P124" s="2"/>
       <c r="Q124" s="2"/>
       <c r="R124" s="2"/>
       <c r="S124" s="2"/>
       <c r="T124" s="2"/>
       <c r="U124" s="2"/>
       <c r="V124" s="2"/>
       <c r="W124" s="2"/>
       <c r="X124" s="2"/>
       <c r="Y124" s="2"/>
-      <c r="Z124" s="2"/>
-[...4 lines deleted...]
-    <row r="125" spans="1:29">
+    </row>
+    <row r="125" spans="1:25">
       <c r="A125" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B125" s="3"/>
       <c r="C125" s="3"/>
       <c r="D125" s="3"/>
       <c r="E125" s="3"/>
       <c r="F125" s="3"/>
       <c r="G125" s="3"/>
       <c r="H125" s="3"/>
       <c r="I125" s="3"/>
       <c r="J125" s="3"/>
       <c r="K125" s="3"/>
       <c r="L125" s="3"/>
       <c r="M125" s="3"/>
       <c r="N125" s="3"/>
       <c r="O125" s="3"/>
       <c r="P125" s="3"/>
       <c r="Q125" s="3"/>
       <c r="R125" s="3"/>
       <c r="S125" s="3"/>
       <c r="T125" s="3"/>
       <c r="U125" s="3"/>
       <c r="V125" s="3"/>
       <c r="W125" s="3"/>
       <c r="X125" s="3"/>
       <c r="Y125" s="3"/>
-      <c r="Z125" s="3"/>
-[...4 lines deleted...]
-    <row r="126" spans="1:29">
+    </row>
+    <row r="126" spans="1:25">
       <c r="A126" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B126" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="C126" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="D126" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="E126" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="F126" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="G126" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="H126" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="I126" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="J126" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="K126" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="L126" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="M126" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="N126" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="O126" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="P126" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="Q126" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="R126" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="S126" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="T126" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="U126" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="V126" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="W126" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="X126" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="Y126" t="s">
-        <v>99</v>
-[...14 lines deleted...]
-    <row r="127" spans="1:29">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="127" spans="1:25">
       <c r="A127" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B127" t="s">
+        <v>69</v>
+      </c>
+      <c r="C127" t="s">
+        <v>69</v>
+      </c>
+      <c r="D127" t="s">
+        <v>69</v>
+      </c>
+      <c r="E127" t="s">
+        <v>69</v>
+      </c>
+      <c r="F127" t="s">
+        <v>69</v>
+      </c>
+      <c r="G127" t="s">
+        <v>69</v>
+      </c>
+      <c r="H127" t="s">
+        <v>69</v>
+      </c>
+      <c r="I127" t="s">
+        <v>69</v>
+      </c>
+      <c r="J127" t="s">
+        <v>69</v>
+      </c>
+      <c r="K127" t="s">
+        <v>69</v>
+      </c>
+      <c r="L127" t="s">
+        <v>69</v>
+      </c>
+      <c r="M127" t="s">
+        <v>69</v>
+      </c>
+      <c r="N127" t="s">
+        <v>69</v>
+      </c>
+      <c r="O127" t="s">
+        <v>69</v>
+      </c>
+      <c r="P127" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q127" t="s">
+        <v>69</v>
+      </c>
+      <c r="R127" t="s">
+        <v>69</v>
+      </c>
+      <c r="S127" t="s">
+        <v>69</v>
+      </c>
+      <c r="T127" t="s">
+        <v>69</v>
+      </c>
+      <c r="U127" t="s">
+        <v>69</v>
+      </c>
+      <c r="V127" t="s">
+        <v>69</v>
+      </c>
+      <c r="W127" t="s">
+        <v>69</v>
+      </c>
+      <c r="X127" t="s">
+        <v>69</v>
+      </c>
+      <c r="Y127" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="128" spans="1:25">
+      <c r="A128" t="s">
+        <v>31</v>
+      </c>
+      <c r="B128" t="s">
+        <v>47</v>
+      </c>
+      <c r="C128" t="s">
+        <v>47</v>
+      </c>
+      <c r="D128" t="s">
+        <v>47</v>
+      </c>
+      <c r="E128" t="s">
+        <v>47</v>
+      </c>
+      <c r="F128" t="s">
+        <v>47</v>
+      </c>
+      <c r="G128" t="s">
+        <v>47</v>
+      </c>
+      <c r="H128" t="s">
+        <v>43</v>
+      </c>
+      <c r="I128" t="s">
+        <v>43</v>
+      </c>
+      <c r="J128" t="s">
+        <v>47</v>
+      </c>
+      <c r="K128" t="s">
+        <v>47</v>
+      </c>
+      <c r="L128" t="s">
+        <v>47</v>
+      </c>
+      <c r="M128" t="s">
+        <v>47</v>
+      </c>
+      <c r="N128" t="s">
+        <v>47</v>
+      </c>
+      <c r="O128" t="s">
+        <v>47</v>
+      </c>
+      <c r="P128" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q128" t="s">
+        <v>47</v>
+      </c>
+      <c r="R128" t="s">
+        <v>47</v>
+      </c>
+      <c r="S128" t="s">
+        <v>47</v>
+      </c>
+      <c r="T128" t="s">
+        <v>47</v>
+      </c>
+      <c r="U128" t="s">
+        <v>47</v>
+      </c>
+      <c r="V128" t="s">
+        <v>47</v>
+      </c>
+      <c r="W128" t="s">
+        <v>47</v>
+      </c>
+      <c r="X128" t="s">
+        <v>47</v>
+      </c>
+      <c r="Y128" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="129" spans="1:25">
+      <c r="A129" t="s">
         <v>34</v>
       </c>
-      <c r="C127" t="s">
-[...173 lines deleted...]
-      </c>
       <c r="B129" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="C129" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="D129" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="E129" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="F129" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="G129" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="H129" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="I129" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="J129" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="K129" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="L129" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="M129" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="N129" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="O129" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="P129" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="Q129" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="R129" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="S129" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="T129" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="U129" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="V129" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="W129" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="X129" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="Y129" t="s">
-        <v>99</v>
-[...14 lines deleted...]
-    <row r="130" spans="1:29">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="130" spans="1:25">
       <c r="A130" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B130" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
       <c r="C130" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
       <c r="D130" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
       <c r="E130" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="F130" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="G130" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="H130" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="I130" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="J130" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="K130" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="L130" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="M130" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="N130" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="O130" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="P130" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="Q130" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="R130" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="S130" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="T130" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="U130" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="V130" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="W130" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="X130" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="Y130" t="s">
-        <v>77</v>
-[...14 lines deleted...]
-    <row r="131" spans="1:29">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="131" spans="1:25">
       <c r="A131" s="3" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="B131" s="3"/>
       <c r="C131" s="3"/>
       <c r="D131" s="3"/>
       <c r="E131" s="3"/>
       <c r="F131" s="3"/>
       <c r="G131" s="3"/>
       <c r="H131" s="3"/>
       <c r="I131" s="3"/>
       <c r="J131" s="3"/>
       <c r="K131" s="3"/>
       <c r="L131" s="3"/>
       <c r="M131" s="3"/>
       <c r="N131" s="3"/>
       <c r="O131" s="3"/>
       <c r="P131" s="3"/>
       <c r="Q131" s="3"/>
       <c r="R131" s="3"/>
       <c r="S131" s="3"/>
       <c r="T131" s="3"/>
       <c r="U131" s="3"/>
       <c r="V131" s="3"/>
       <c r="W131" s="3"/>
       <c r="X131" s="3"/>
       <c r="Y131" s="3"/>
-      <c r="Z131" s="3"/>
-[...4 lines deleted...]
-    <row r="132" spans="1:29">
+    </row>
+    <row r="132" spans="1:25">
       <c r="A132" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B132" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="C132" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="D132" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="E132" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="F132" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="G132" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="H132" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="I132" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="J132" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="K132" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="L132" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="M132" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="N132" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="O132" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="P132" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="Q132" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="R132" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="S132" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="T132" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="U132" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="V132" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="W132" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="X132" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="Y132" t="s">
-        <v>99</v>
-[...14 lines deleted...]
-    <row r="133" spans="1:29">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="133" spans="1:25">
       <c r="A133" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B133" t="s">
+        <v>69</v>
+      </c>
+      <c r="C133" t="s">
+        <v>69</v>
+      </c>
+      <c r="D133" t="s">
+        <v>69</v>
+      </c>
+      <c r="E133" t="s">
+        <v>69</v>
+      </c>
+      <c r="F133" t="s">
+        <v>69</v>
+      </c>
+      <c r="G133" t="s">
+        <v>69</v>
+      </c>
+      <c r="H133" t="s">
+        <v>69</v>
+      </c>
+      <c r="I133" t="s">
+        <v>69</v>
+      </c>
+      <c r="J133" t="s">
+        <v>69</v>
+      </c>
+      <c r="K133" t="s">
+        <v>69</v>
+      </c>
+      <c r="L133" t="s">
+        <v>69</v>
+      </c>
+      <c r="M133" t="s">
+        <v>69</v>
+      </c>
+      <c r="N133" t="s">
+        <v>69</v>
+      </c>
+      <c r="O133" t="s">
+        <v>69</v>
+      </c>
+      <c r="P133" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q133" t="s">
+        <v>69</v>
+      </c>
+      <c r="R133" t="s">
+        <v>69</v>
+      </c>
+      <c r="S133" t="s">
+        <v>69</v>
+      </c>
+      <c r="T133" t="s">
+        <v>69</v>
+      </c>
+      <c r="U133" t="s">
+        <v>69</v>
+      </c>
+      <c r="V133" t="s">
+        <v>69</v>
+      </c>
+      <c r="W133" t="s">
+        <v>69</v>
+      </c>
+      <c r="X133" t="s">
+        <v>69</v>
+      </c>
+      <c r="Y133" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="134" spans="1:25">
+      <c r="A134" t="s">
         <v>34</v>
       </c>
-      <c r="C133" t="s">
-[...84 lines deleted...]
-      </c>
       <c r="B134" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="C134" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="D134" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="E134" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="F134" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="G134" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="H134" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="I134" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="J134" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="K134" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="L134" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="M134" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="N134" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="O134" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="P134" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="Q134" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="R134" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="S134" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="T134" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="U134" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="V134" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="W134" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="X134" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="Y134" t="s">
-        <v>99</v>
-[...14 lines deleted...]
-    <row r="135" spans="1:29">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="135" spans="1:25">
       <c r="A135" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B135" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
       <c r="C135" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
       <c r="D135" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
       <c r="E135" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="F135" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="G135" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="H135" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="I135" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="J135" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="K135" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="L135" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="M135" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="N135" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="O135" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="P135" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="Q135" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="R135" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="S135" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="T135" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="U135" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="V135" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="W135" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="X135" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="Y135" t="s">
-        <v>77</v>
-[...14 lines deleted...]
-    <row r="136" spans="1:29">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="136" spans="1:25">
       <c r="A136" s="4"/>
       <c r="B136" s="4"/>
       <c r="C136" s="4"/>
       <c r="D136" s="4"/>
       <c r="E136" s="4"/>
       <c r="F136" s="4"/>
       <c r="G136" s="4"/>
       <c r="H136" s="4"/>
       <c r="I136" s="4"/>
       <c r="J136" s="4"/>
       <c r="K136" s="4"/>
       <c r="L136" s="4"/>
       <c r="M136" s="4"/>
       <c r="N136" s="4"/>
       <c r="O136" s="4"/>
       <c r="P136" s="4"/>
       <c r="Q136" s="4"/>
       <c r="R136" s="4"/>
       <c r="S136" s="4"/>
       <c r="T136" s="4"/>
       <c r="U136" s="4"/>
       <c r="V136" s="4"/>
       <c r="W136" s="4"/>
       <c r="X136" s="4"/>
       <c r="Y136" s="4"/>
-      <c r="Z136" s="4"/>
-[...4 lines deleted...]
-    <row r="137" spans="1:29">
+    </row>
+    <row r="137" spans="1:25">
       <c r="A137" s="2" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="B137" s="2"/>
       <c r="C137" s="2"/>
       <c r="D137" s="2"/>
       <c r="E137" s="2"/>
       <c r="F137" s="2"/>
       <c r="G137" s="2"/>
       <c r="H137" s="2"/>
       <c r="I137" s="2"/>
       <c r="J137" s="2"/>
       <c r="K137" s="2"/>
       <c r="L137" s="2"/>
       <c r="M137" s="2"/>
       <c r="N137" s="2"/>
       <c r="O137" s="2"/>
       <c r="P137" s="2"/>
       <c r="Q137" s="2"/>
       <c r="R137" s="2"/>
       <c r="S137" s="2"/>
       <c r="T137" s="2"/>
       <c r="U137" s="2"/>
       <c r="V137" s="2"/>
       <c r="W137" s="2"/>
       <c r="X137" s="2"/>
       <c r="Y137" s="2"/>
-      <c r="Z137" s="2"/>
-[...4 lines deleted...]
-    <row r="138" spans="1:29">
+    </row>
+    <row r="138" spans="1:25">
       <c r="A138" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B138" s="3"/>
       <c r="C138" s="3"/>
       <c r="D138" s="3"/>
       <c r="E138" s="3"/>
       <c r="F138" s="3"/>
       <c r="G138" s="3"/>
       <c r="H138" s="3"/>
       <c r="I138" s="3"/>
       <c r="J138" s="3"/>
       <c r="K138" s="3"/>
       <c r="L138" s="3"/>
       <c r="M138" s="3"/>
       <c r="N138" s="3"/>
       <c r="O138" s="3"/>
       <c r="P138" s="3"/>
       <c r="Q138" s="3"/>
       <c r="R138" s="3"/>
       <c r="S138" s="3"/>
       <c r="T138" s="3"/>
       <c r="U138" s="3"/>
       <c r="V138" s="3"/>
       <c r="W138" s="3"/>
       <c r="X138" s="3"/>
       <c r="Y138" s="3"/>
-      <c r="Z138" s="3"/>
-[...4 lines deleted...]
-    <row r="139" spans="1:29">
+    </row>
+    <row r="139" spans="1:25">
       <c r="A139" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B139" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="C139" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="D139" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="E139" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="F139" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="G139" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="H139" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="I139" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="J139" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="K139" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="L139" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="M139" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="N139" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="O139" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="P139" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="Q139" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="R139" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="S139" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="T139" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="U139" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="V139" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="W139" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="X139" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="Y139" t="s">
-        <v>103</v>
-[...14 lines deleted...]
-    <row r="140" spans="1:29">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="140" spans="1:25">
       <c r="A140" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B140" t="s">
-        <v>104</v>
+        <v>92</v>
       </c>
       <c r="C140" t="s">
-        <v>104</v>
+        <v>92</v>
       </c>
       <c r="D140" t="s">
-        <v>104</v>
+        <v>92</v>
       </c>
       <c r="E140" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="F140" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="G140" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="H140" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="I140" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="J140" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="K140" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="L140" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="M140" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="N140" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="O140" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="P140" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="Q140" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="R140" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="S140" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="T140" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="U140" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="V140" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="W140" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="X140" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="Y140" t="s">
-        <v>54</v>
-[...14 lines deleted...]
-    <row r="141" spans="1:29">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="141" spans="1:25">
       <c r="A141" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="B141" t="s">
-        <v>105</v>
+        <v>75</v>
       </c>
       <c r="C141" t="s">
-        <v>105</v>
+        <v>75</v>
       </c>
       <c r="D141" t="s">
-        <v>105</v>
+        <v>75</v>
       </c>
       <c r="E141" t="s">
-        <v>106</v>
+        <v>75</v>
       </c>
       <c r="F141" t="s">
-        <v>106</v>
+        <v>75</v>
       </c>
       <c r="G141" t="s">
-        <v>106</v>
+        <v>75</v>
       </c>
       <c r="H141" t="s">
-        <v>106</v>
+        <v>93</v>
       </c>
       <c r="I141" t="s">
-        <v>106</v>
+        <v>93</v>
       </c>
       <c r="J141" t="s">
-        <v>106</v>
+        <v>75</v>
       </c>
       <c r="K141" t="s">
-        <v>106</v>
+        <v>75</v>
       </c>
       <c r="L141" t="s">
-        <v>106</v>
+        <v>75</v>
       </c>
       <c r="M141" t="s">
-        <v>106</v>
+        <v>75</v>
       </c>
       <c r="N141" t="s">
-        <v>106</v>
+        <v>93</v>
       </c>
       <c r="O141" t="s">
-        <v>106</v>
+        <v>93</v>
       </c>
       <c r="P141" t="s">
-        <v>106</v>
+        <v>93</v>
       </c>
       <c r="Q141" t="s">
-        <v>106</v>
+        <v>93</v>
       </c>
       <c r="R141" t="s">
-        <v>106</v>
+        <v>75</v>
       </c>
       <c r="S141" t="s">
-        <v>106</v>
+        <v>75</v>
       </c>
       <c r="T141" t="s">
-        <v>106</v>
+        <v>75</v>
       </c>
       <c r="U141" t="s">
-        <v>106</v>
+        <v>75</v>
       </c>
       <c r="V141" t="s">
-        <v>106</v>
+        <v>75</v>
       </c>
       <c r="W141" t="s">
-        <v>106</v>
+        <v>75</v>
       </c>
       <c r="X141" t="s">
-        <v>106</v>
+        <v>75</v>
       </c>
       <c r="Y141" t="s">
-        <v>106</v>
-[...14 lines deleted...]
-    <row r="142" spans="1:29">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="142" spans="1:25">
       <c r="A142" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B142" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="C142" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="D142" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="E142" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="F142" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="G142" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="H142" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="I142" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="J142" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="K142" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="L142" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="M142" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="N142" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="O142" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="P142" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="Q142" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="R142" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="S142" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="T142" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="U142" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="V142" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="W142" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="X142" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="Y142" t="s">
-        <v>103</v>
-[...14 lines deleted...]
-    <row r="143" spans="1:29">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="143" spans="1:25">
       <c r="A143" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B143" t="s">
-        <v>107</v>
+        <v>94</v>
       </c>
       <c r="C143" t="s">
-        <v>107</v>
+        <v>94</v>
       </c>
       <c r="D143" t="s">
-        <v>107</v>
+        <v>94</v>
       </c>
       <c r="E143" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="F143" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="G143" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="H143" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="I143" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="J143" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="K143" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="L143" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="M143" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="N143" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="O143" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="P143" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="Q143" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="R143" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="S143" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="T143" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="U143" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="V143" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="W143" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="X143" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="Y143" t="s">
-        <v>57</v>
-[...14 lines deleted...]
-    <row r="144" spans="1:29">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="144" spans="1:25">
       <c r="A144" s="3" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="B144" s="3"/>
       <c r="C144" s="3"/>
       <c r="D144" s="3"/>
       <c r="E144" s="3"/>
       <c r="F144" s="3"/>
       <c r="G144" s="3"/>
       <c r="H144" s="3"/>
       <c r="I144" s="3"/>
       <c r="J144" s="3"/>
       <c r="K144" s="3"/>
       <c r="L144" s="3"/>
       <c r="M144" s="3"/>
       <c r="N144" s="3"/>
       <c r="O144" s="3"/>
       <c r="P144" s="3"/>
       <c r="Q144" s="3"/>
       <c r="R144" s="3"/>
       <c r="S144" s="3"/>
       <c r="T144" s="3"/>
       <c r="U144" s="3"/>
       <c r="V144" s="3"/>
       <c r="W144" s="3"/>
       <c r="X144" s="3"/>
       <c r="Y144" s="3"/>
-      <c r="Z144" s="3"/>
-[...4 lines deleted...]
-    <row r="145" spans="1:29">
+    </row>
+    <row r="145" spans="1:25">
       <c r="A145" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B145" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="C145" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="D145" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="E145" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="F145" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="G145" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="H145" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="I145" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="J145" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="K145" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="L145" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="M145" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="N145" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="O145" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="P145" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="Q145" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="R145" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="S145" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="T145" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="U145" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="V145" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="W145" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="X145" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="Y145" t="s">
-        <v>103</v>
-[...14 lines deleted...]
-    <row r="146" spans="1:29">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="146" spans="1:25">
       <c r="A146" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B146" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="C146" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="D146" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="E146" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="F146" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="G146" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="H146" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="I146" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="J146" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="K146" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="L146" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="M146" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="N146" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="O146" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="P146" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="Q146" t="s">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="R146" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="S146" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="T146" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="U146" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="V146" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="W146" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="X146" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="Y146" t="s">
-        <v>103</v>
-[...14 lines deleted...]
-    <row r="147" spans="1:29">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="147" spans="1:25">
       <c r="A147" s="4"/>
       <c r="B147" s="4"/>
       <c r="C147" s="4"/>
       <c r="D147" s="4"/>
       <c r="E147" s="4"/>
       <c r="F147" s="4"/>
       <c r="G147" s="4"/>
       <c r="H147" s="4"/>
       <c r="I147" s="4"/>
       <c r="J147" s="4"/>
       <c r="K147" s="4"/>
       <c r="L147" s="4"/>
       <c r="M147" s="4"/>
       <c r="N147" s="4"/>
       <c r="O147" s="4"/>
       <c r="P147" s="4"/>
       <c r="Q147" s="4"/>
       <c r="R147" s="4"/>
       <c r="S147" s="4"/>
       <c r="T147" s="4"/>
       <c r="U147" s="4"/>
       <c r="V147" s="4"/>
       <c r="W147" s="4"/>
       <c r="X147" s="4"/>
       <c r="Y147" s="4"/>
-      <c r="Z147" s="4"/>
-[...4 lines deleted...]
-    <row r="148" spans="1:29">
+    </row>
+    <row r="148" spans="1:25">
       <c r="A148" s="2" t="s">
-        <v>108</v>
+        <v>95</v>
       </c>
       <c r="B148" s="2"/>
       <c r="C148" s="2"/>
       <c r="D148" s="2"/>
       <c r="E148" s="2"/>
       <c r="F148" s="2"/>
       <c r="G148" s="2"/>
       <c r="H148" s="2"/>
       <c r="I148" s="2"/>
       <c r="J148" s="2"/>
       <c r="K148" s="2"/>
       <c r="L148" s="2"/>
       <c r="M148" s="2"/>
       <c r="N148" s="2"/>
       <c r="O148" s="2"/>
       <c r="P148" s="2"/>
       <c r="Q148" s="2"/>
       <c r="R148" s="2"/>
       <c r="S148" s="2"/>
       <c r="T148" s="2"/>
       <c r="U148" s="2"/>
       <c r="V148" s="2"/>
       <c r="W148" s="2"/>
       <c r="X148" s="2"/>
       <c r="Y148" s="2"/>
-      <c r="Z148" s="2"/>
-[...4 lines deleted...]
-    <row r="149" spans="1:29">
+    </row>
+    <row r="149" spans="1:25">
       <c r="A149" s="3" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="B149" s="3"/>
       <c r="C149" s="3"/>
       <c r="D149" s="3"/>
       <c r="E149" s="3"/>
       <c r="F149" s="3"/>
       <c r="G149" s="3"/>
       <c r="H149" s="3"/>
       <c r="I149" s="3"/>
       <c r="J149" s="3"/>
       <c r="K149" s="3"/>
       <c r="L149" s="3"/>
       <c r="M149" s="3"/>
       <c r="N149" s="3"/>
       <c r="O149" s="3"/>
       <c r="P149" s="3"/>
       <c r="Q149" s="3"/>
       <c r="R149" s="3"/>
       <c r="S149" s="3"/>
       <c r="T149" s="3"/>
       <c r="U149" s="3"/>
       <c r="V149" s="3"/>
       <c r="W149" s="3"/>
       <c r="X149" s="3"/>
       <c r="Y149" s="3"/>
-      <c r="Z149" s="3"/>
-[...4 lines deleted...]
-    <row r="150" spans="1:29">
+    </row>
+    <row r="150" spans="1:25">
       <c r="A150" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B150" t="s">
-        <v>110</v>
+        <v>44</v>
       </c>
       <c r="C150" t="s">
-        <v>110</v>
+        <v>44</v>
       </c>
       <c r="D150" t="s">
-        <v>110</v>
+        <v>44</v>
       </c>
       <c r="E150" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="F150" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="G150" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="H150" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="I150" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="J150" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="K150" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="L150" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="M150" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="N150" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="O150" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="P150" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="Q150" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="R150" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="S150" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="T150" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="U150" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="V150" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="W150" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="X150" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="Y150" t="s">
-        <v>111</v>
-[...14 lines deleted...]
-    <row r="151" spans="1:29">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="151" spans="1:25">
       <c r="A151" s="3" t="s">
-        <v>112</v>
+        <v>97</v>
       </c>
       <c r="B151" s="3"/>
       <c r="C151" s="3"/>
       <c r="D151" s="3"/>
       <c r="E151" s="3"/>
       <c r="F151" s="3"/>
       <c r="G151" s="3"/>
       <c r="H151" s="3"/>
       <c r="I151" s="3"/>
       <c r="J151" s="3"/>
       <c r="K151" s="3"/>
       <c r="L151" s="3"/>
       <c r="M151" s="3"/>
       <c r="N151" s="3"/>
       <c r="O151" s="3"/>
       <c r="P151" s="3"/>
       <c r="Q151" s="3"/>
       <c r="R151" s="3"/>
       <c r="S151" s="3"/>
       <c r="T151" s="3"/>
       <c r="U151" s="3"/>
       <c r="V151" s="3"/>
       <c r="W151" s="3"/>
       <c r="X151" s="3"/>
       <c r="Y151" s="3"/>
-      <c r="Z151" s="3"/>
-[...4 lines deleted...]
-    <row r="152" spans="1:29">
+    </row>
+    <row r="152" spans="1:25">
       <c r="A152" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B152" t="s">
-        <v>113</v>
+        <v>98</v>
       </c>
       <c r="C152" t="s">
-        <v>113</v>
+        <v>98</v>
       </c>
       <c r="D152" t="s">
-        <v>113</v>
+        <v>98</v>
       </c>
       <c r="E152" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F152" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="G152" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="H152" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="I152" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="J152" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="K152" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="L152" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="M152" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="N152" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="O152" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="P152" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="Q152" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="R152" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="S152" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="T152" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="U152" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="V152" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="W152" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="X152" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="Y152" t="s">
-        <v>114</v>
-[...14 lines deleted...]
-    <row r="153" spans="1:29">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="153" spans="1:25">
       <c r="A153" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B153" t="s">
-        <v>113</v>
+        <v>98</v>
       </c>
       <c r="C153" t="s">
-        <v>113</v>
+        <v>98</v>
       </c>
       <c r="D153" t="s">
-        <v>113</v>
+        <v>98</v>
       </c>
       <c r="E153" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F153" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="G153" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="H153" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="I153" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="J153" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="K153" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="L153" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="M153" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="N153" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="O153" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="P153" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="Q153" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="R153" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="S153" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="T153" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="U153" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="V153" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="W153" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="X153" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="Y153" t="s">
-        <v>114</v>
-[...14 lines deleted...]
-    <row r="154" spans="1:29">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="154" spans="1:25">
       <c r="A154" s="4"/>
       <c r="B154" s="4"/>
       <c r="C154" s="4"/>
       <c r="D154" s="4"/>
       <c r="E154" s="4"/>
       <c r="F154" s="4"/>
       <c r="G154" s="4"/>
       <c r="H154" s="4"/>
       <c r="I154" s="4"/>
       <c r="J154" s="4"/>
       <c r="K154" s="4"/>
       <c r="L154" s="4"/>
       <c r="M154" s="4"/>
       <c r="N154" s="4"/>
       <c r="O154" s="4"/>
       <c r="P154" s="4"/>
       <c r="Q154" s="4"/>
       <c r="R154" s="4"/>
       <c r="S154" s="4"/>
       <c r="T154" s="4"/>
       <c r="U154" s="4"/>
       <c r="V154" s="4"/>
       <c r="W154" s="4"/>
       <c r="X154" s="4"/>
       <c r="Y154" s="4"/>
-      <c r="Z154" s="4"/>
-[...4 lines deleted...]
-    <row r="155" spans="1:29">
+    </row>
+    <row r="155" spans="1:25">
       <c r="A155" s="2" t="s">
-        <v>115</v>
+        <v>99</v>
       </c>
       <c r="B155" s="2"/>
       <c r="C155" s="2"/>
       <c r="D155" s="2"/>
       <c r="E155" s="2"/>
       <c r="F155" s="2"/>
       <c r="G155" s="2"/>
       <c r="H155" s="2"/>
       <c r="I155" s="2"/>
       <c r="J155" s="2"/>
       <c r="K155" s="2"/>
       <c r="L155" s="2"/>
       <c r="M155" s="2"/>
       <c r="N155" s="2"/>
       <c r="O155" s="2"/>
       <c r="P155" s="2"/>
       <c r="Q155" s="2"/>
       <c r="R155" s="2"/>
       <c r="S155" s="2"/>
       <c r="T155" s="2"/>
       <c r="U155" s="2"/>
       <c r="V155" s="2"/>
       <c r="W155" s="2"/>
       <c r="X155" s="2"/>
       <c r="Y155" s="2"/>
-      <c r="Z155" s="2"/>
-[...4 lines deleted...]
-    <row r="156" spans="1:29">
+    </row>
+    <row r="156" spans="1:25">
       <c r="A156" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B156" s="3"/>
       <c r="C156" s="3"/>
       <c r="D156" s="3"/>
       <c r="E156" s="3"/>
       <c r="F156" s="3"/>
       <c r="G156" s="3"/>
       <c r="H156" s="3"/>
       <c r="I156" s="3"/>
       <c r="J156" s="3"/>
       <c r="K156" s="3"/>
       <c r="L156" s="3"/>
       <c r="M156" s="3"/>
       <c r="N156" s="3"/>
       <c r="O156" s="3"/>
       <c r="P156" s="3"/>
       <c r="Q156" s="3"/>
       <c r="R156" s="3"/>
       <c r="S156" s="3"/>
       <c r="T156" s="3"/>
       <c r="U156" s="3"/>
       <c r="V156" s="3"/>
       <c r="W156" s="3"/>
       <c r="X156" s="3"/>
       <c r="Y156" s="3"/>
-      <c r="Z156" s="3"/>
-[...4 lines deleted...]
-    <row r="157" spans="1:29">
+    </row>
+    <row r="157" spans="1:25">
       <c r="A157" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B157" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="C157" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="D157" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="E157" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="F157" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="G157" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="H157" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="I157" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="J157" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="K157" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="L157" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="M157" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="N157" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="O157" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="P157" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="Q157" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="R157" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="S157" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="T157" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="U157" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="V157" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="W157" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="X157" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="Y157" t="s">
-        <v>117</v>
-[...14 lines deleted...]
-    <row r="158" spans="1:29">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="158" spans="1:25">
       <c r="A158" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B158" t="s">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="C158" t="s">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="D158" t="s">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E158" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="F158" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="G158" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="H158" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="I158" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="J158" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="K158" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="L158" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="M158" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="N158" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="O158" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="P158" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="Q158" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="R158" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="S158" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="T158" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="U158" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="V158" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="W158" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="X158" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="Y158" t="s">
-        <v>54</v>
-[...14 lines deleted...]
-    <row r="159" spans="1:29">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="159" spans="1:25">
       <c r="A159" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="B159" t="s">
-        <v>119</v>
+        <v>101</v>
       </c>
       <c r="C159" t="s">
-        <v>119</v>
+        <v>101</v>
       </c>
       <c r="D159" t="s">
-        <v>119</v>
+        <v>101</v>
       </c>
       <c r="E159" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="F159" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="G159" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="H159" t="s">
-        <v>120</v>
+        <v>59</v>
       </c>
       <c r="I159" t="s">
-        <v>120</v>
+        <v>59</v>
       </c>
       <c r="J159" t="s">
-        <v>120</v>
+        <v>59</v>
       </c>
       <c r="K159" t="s">
-        <v>120</v>
+        <v>59</v>
       </c>
       <c r="L159" t="s">
-        <v>120</v>
+        <v>59</v>
       </c>
       <c r="M159" t="s">
-        <v>120</v>
+        <v>59</v>
       </c>
       <c r="N159" t="s">
-        <v>120</v>
+        <v>59</v>
       </c>
       <c r="O159" t="s">
-        <v>120</v>
+        <v>59</v>
       </c>
       <c r="P159" t="s">
-        <v>120</v>
+        <v>59</v>
       </c>
       <c r="Q159" t="s">
-        <v>120</v>
+        <v>59</v>
       </c>
       <c r="R159" t="s">
-        <v>120</v>
+        <v>59</v>
       </c>
       <c r="S159" t="s">
-        <v>120</v>
+        <v>59</v>
       </c>
       <c r="T159" t="s">
-        <v>120</v>
+        <v>59</v>
       </c>
       <c r="U159" t="s">
-        <v>120</v>
+        <v>59</v>
       </c>
       <c r="V159" t="s">
-        <v>120</v>
+        <v>59</v>
       </c>
       <c r="W159" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="X159" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="Y159" t="s">
-        <v>120</v>
-[...14 lines deleted...]
-    <row r="160" spans="1:29">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="160" spans="1:25">
       <c r="A160" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B160" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="C160" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="D160" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="E160" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="F160" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="G160" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="H160" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="I160" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="J160" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="K160" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="L160" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="M160" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="N160" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="O160" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="P160" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="Q160" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="R160" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="S160" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="T160" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="U160" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="V160" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="W160" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="X160" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="Y160" t="s">
-        <v>117</v>
-[...14 lines deleted...]
-    <row r="161" spans="1:29">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="161" spans="1:25">
       <c r="A161" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B161" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="C161" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="D161" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="E161" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="F161" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="G161" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="H161" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="I161" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="J161" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="K161" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="L161" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="M161" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="N161" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="O161" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="P161" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="Q161" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="R161" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="S161" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="T161" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="U161" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="V161" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="W161" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="X161" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="Y161" t="s">
-        <v>57</v>
-[...14 lines deleted...]
-    <row r="162" spans="1:29">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="162" spans="1:25">
       <c r="A162" s="3" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="B162" s="3"/>
       <c r="C162" s="3"/>
       <c r="D162" s="3"/>
       <c r="E162" s="3"/>
       <c r="F162" s="3"/>
       <c r="G162" s="3"/>
       <c r="H162" s="3"/>
       <c r="I162" s="3"/>
       <c r="J162" s="3"/>
       <c r="K162" s="3"/>
       <c r="L162" s="3"/>
       <c r="M162" s="3"/>
       <c r="N162" s="3"/>
       <c r="O162" s="3"/>
       <c r="P162" s="3"/>
       <c r="Q162" s="3"/>
       <c r="R162" s="3"/>
       <c r="S162" s="3"/>
       <c r="T162" s="3"/>
       <c r="U162" s="3"/>
       <c r="V162" s="3"/>
       <c r="W162" s="3"/>
       <c r="X162" s="3"/>
       <c r="Y162" s="3"/>
-      <c r="Z162" s="3"/>
-[...4 lines deleted...]
-    <row r="163" spans="1:29">
+    </row>
+    <row r="163" spans="1:25">
       <c r="A163" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B163" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="C163" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="D163" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="E163" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="F163" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="G163" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="H163" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="I163" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="J163" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="K163" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="L163" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="M163" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="N163" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="O163" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="P163" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="Q163" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="R163" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="S163" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="T163" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="U163" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="V163" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="W163" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="X163" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="Y163" t="s">
-        <v>117</v>
-[...14 lines deleted...]
-    <row r="164" spans="1:29">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="164" spans="1:25">
       <c r="A164" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B164" t="s">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="C164" t="s">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="D164" t="s">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E164" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="F164" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="G164" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="H164" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="I164" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="J164" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="K164" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="L164" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="M164" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="N164" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="O164" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="P164" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="Q164" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="R164" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="S164" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="T164" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="U164" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="V164" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="W164" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="X164" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="Y164" t="s">
-        <v>54</v>
-[...14 lines deleted...]
-    <row r="165" spans="1:29">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="165" spans="1:25">
       <c r="A165" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B165" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="C165" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="D165" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="E165" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="F165" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="G165" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="H165" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="I165" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="J165" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="K165" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="L165" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="M165" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="N165" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="O165" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="P165" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="Q165" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="R165" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="S165" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="T165" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="U165" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="V165" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="W165" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="X165" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="Y165" t="s">
-        <v>117</v>
-[...14 lines deleted...]
-    <row r="166" spans="1:29">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="166" spans="1:25">
       <c r="A166" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B166" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="C166" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="D166" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="E166" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="F166" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="G166" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="H166" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="I166" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="J166" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="K166" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="L166" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="M166" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="N166" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="O166" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="P166" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="Q166" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="R166" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="S166" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="T166" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="U166" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="V166" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="W166" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="X166" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="Y166" t="s">
-        <v>57</v>
-[...14 lines deleted...]
-    <row r="167" spans="1:29">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="167" spans="1:25">
       <c r="A167" s="4"/>
       <c r="B167" s="4"/>
       <c r="C167" s="4"/>
       <c r="D167" s="4"/>
       <c r="E167" s="4"/>
       <c r="F167" s="4"/>
       <c r="G167" s="4"/>
       <c r="H167" s="4"/>
       <c r="I167" s="4"/>
       <c r="J167" s="4"/>
       <c r="K167" s="4"/>
       <c r="L167" s="4"/>
       <c r="M167" s="4"/>
       <c r="N167" s="4"/>
       <c r="O167" s="4"/>
       <c r="P167" s="4"/>
       <c r="Q167" s="4"/>
       <c r="R167" s="4"/>
       <c r="S167" s="4"/>
       <c r="T167" s="4"/>
       <c r="U167" s="4"/>
       <c r="V167" s="4"/>
       <c r="W167" s="4"/>
       <c r="X167" s="4"/>
       <c r="Y167" s="4"/>
-      <c r="Z167" s="4"/>
-[...4 lines deleted...]
-    <row r="168" spans="1:29">
+    </row>
+    <row r="168" spans="1:25">
       <c r="A168" s="2" t="s">
-        <v>121</v>
+        <v>102</v>
       </c>
       <c r="B168" s="2"/>
       <c r="C168" s="2"/>
       <c r="D168" s="2"/>
       <c r="E168" s="2"/>
       <c r="F168" s="2"/>
       <c r="G168" s="2"/>
       <c r="H168" s="2"/>
       <c r="I168" s="2"/>
       <c r="J168" s="2"/>
       <c r="K168" s="2"/>
       <c r="L168" s="2"/>
       <c r="M168" s="2"/>
       <c r="N168" s="2"/>
       <c r="O168" s="2"/>
       <c r="P168" s="2"/>
       <c r="Q168" s="2"/>
       <c r="R168" s="2"/>
       <c r="S168" s="2"/>
       <c r="T168" s="2"/>
       <c r="U168" s="2"/>
       <c r="V168" s="2"/>
       <c r="W168" s="2"/>
       <c r="X168" s="2"/>
       <c r="Y168" s="2"/>
-      <c r="Z168" s="2"/>
-[...4 lines deleted...]
-    <row r="169" spans="1:29">
+    </row>
+    <row r="169" spans="1:25">
       <c r="A169" t="s">
+        <v>103</v>
+      </c>
+      <c r="B169" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="170" spans="1:25">
+      <c r="A170" t="s">
+        <v>105</v>
+      </c>
+      <c r="B170" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="171" spans="1:25">
+      <c r="A171" t="s">
+        <v>107</v>
+      </c>
+      <c r="B171" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="172" spans="1:25">
+      <c r="A172" t="s">
+        <v>109</v>
+      </c>
+      <c r="B172" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="173" spans="1:25">
+      <c r="A173" t="s">
+        <v>111</v>
+      </c>
+      <c r="B173" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="174" spans="1:25">
+      <c r="A174" t="s">
+        <v>112</v>
+      </c>
+      <c r="B174" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="175" spans="1:25">
+      <c r="A175" t="s">
+        <v>113</v>
+      </c>
+      <c r="B175" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="176" spans="1:25">
+      <c r="A176" t="s">
+        <v>114</v>
+      </c>
+      <c r="B176" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="177" spans="1:25">
+      <c r="A177" t="s">
+        <v>115</v>
+      </c>
+      <c r="B177" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="178" spans="1:25">
+      <c r="A178" t="s">
+        <v>117</v>
+      </c>
+      <c r="B178" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="179" spans="1:25">
+      <c r="A179" t="s">
+        <v>119</v>
+      </c>
+      <c r="B179" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="180" spans="1:25">
+      <c r="A180" t="s">
+        <v>121</v>
+      </c>
+      <c r="B180" t="s">
         <v>122</v>
       </c>
-      <c r="B169" t="s">
+    </row>
+    <row r="182" spans="1:25">
+      <c r="A182" s="1" t="s">
         <v>123</v>
-      </c>
-[...91 lines deleted...]
-        <v>142</v>
       </c>
       <c r="B182" s="1"/>
       <c r="C182" s="1"/>
       <c r="D182" s="1"/>
       <c r="E182" s="1"/>
       <c r="F182" s="1"/>
       <c r="G182" s="1"/>
       <c r="H182" s="1"/>
       <c r="I182" s="1"/>
       <c r="J182" s="1"/>
       <c r="K182" s="1"/>
       <c r="L182" s="1"/>
       <c r="M182" s="1"/>
       <c r="N182" s="1"/>
       <c r="O182" s="1"/>
       <c r="P182" s="1"/>
       <c r="Q182" s="1"/>
       <c r="R182" s="1"/>
       <c r="S182" s="1"/>
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
       <c r="X182" s="1"/>
       <c r="Y182" s="1"/>
-      <c r="Z182" s="1"/>
-[...4 lines deleted...]
-    <row r="183" spans="1:29">
+    </row>
+    <row r="183" spans="1:25">
       <c r="A183" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A183:AC183"/>
+    <mergeCell ref="A183:Y183"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>