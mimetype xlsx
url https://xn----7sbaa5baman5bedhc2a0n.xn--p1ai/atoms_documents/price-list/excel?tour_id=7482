--- v2 (2026-01-20)
+++ v3 (2026-03-10)
@@ -12,60 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="7482-msk-2025-sbornyj-tur..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
-[...8 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>13.03.2026</t>
   </si>
   <si>
     <t>27.03.2026</t>
   </si>
   <si>
     <t>10.04.2026</t>
   </si>
   <si>
     <t>24.04.2026</t>
   </si>
   <si>
     <t>08.05.2026</t>
   </si>
   <si>
     <t>22.05.2026</t>
   </si>
   <si>
     <t>05.06.2026</t>
   </si>
   <si>
     <t>19.06.2026</t>
   </si>
   <si>
@@ -182,95 +173,92 @@
   <si>
     <t>Кортъярд Марриотт</t>
   </si>
   <si>
     <t>45670 RUB</t>
   </si>
   <si>
     <t>48180 RUB</t>
   </si>
   <si>
     <t>37970 RUB</t>
   </si>
   <si>
     <t>56360 RUB</t>
   </si>
   <si>
     <t>62220 RUB</t>
   </si>
   <si>
     <t>34770 RUB</t>
   </si>
   <si>
     <t>Биляр Палас Отель</t>
   </si>
   <si>
-    <t>38970 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>39390 RUB</t>
   </si>
   <si>
     <t>35290 RUB</t>
   </si>
   <si>
+    <t>35110 RUB</t>
+  </si>
+  <si>
+    <t>Ногай</t>
+  </si>
+  <si>
+    <t>40650 RUB</t>
+  </si>
+  <si>
+    <t>41060 RUB</t>
+  </si>
+  <si>
+    <t>48830 RUB</t>
+  </si>
+  <si>
+    <t>49670 RUB</t>
+  </si>
+  <si>
+    <t>Азимут</t>
+  </si>
+  <si>
+    <t>37720 RUB</t>
+  </si>
+  <si>
+    <t>39810 RUB</t>
+  </si>
+  <si>
+    <t>35790 RUB</t>
+  </si>
+  <si>
+    <t>42970 RUB</t>
+  </si>
+  <si>
     <t>47160 RUB</t>
   </si>
   <si>
-    <t>35110 RUB</t>
-[...31 lines deleted...]
-  <si>
     <t>35440 RUB</t>
   </si>
   <si>
     <t>Кристалл</t>
   </si>
   <si>
     <t>38140 RUB</t>
   </si>
   <si>
     <t>38890 RUB</t>
   </si>
   <si>
     <t>45150 RUB</t>
   </si>
   <si>
     <t>46650 RUB</t>
   </si>
   <si>
     <t>Татарстан</t>
   </si>
   <si>
     <t>37550 RUB</t>
   </si>
   <si>
     <t>37930 RUB</t>
@@ -386,51 +374,51 @@
   <si>
     <t>600 RUB</t>
   </si>
   <si>
     <t>Экскурсия "Огни ночной Казани"</t>
   </si>
   <si>
     <t>1300 RUB</t>
   </si>
   <si>
     <t>Билет на "Колесо обозрения"</t>
   </si>
   <si>
     <t>500 RUB</t>
   </si>
   <si>
     <t>Экскурсия на остров-град Свияжск</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 20.01.2026 07:45, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 10.03.2026 01:22, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -772,86 +760,83 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Y183"/>
+  <dimension ref="A1:V183"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A182" sqref="A182:Y182"/>
+      <selection activeCell="A182" sqref="A182:V182"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="67.126465" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="25" max="25" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25">
+    <row r="1" spans="1:22">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -872,10289 +857,9116 @@
       </c>
       <c r="O1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="W1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:22">
+      <c r="A2" s="2" t="s">
         <v>21</v>
-      </c>
-[...9 lines deleted...]
-        <v>24</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
-      <c r="W2" s="2"/>
-[...3 lines deleted...]
-    <row r="3" spans="1:25">
+    </row>
+    <row r="3" spans="1:22">
       <c r="A3" s="3" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
-      <c r="W3" s="3"/>
-[...3 lines deleted...]
-    <row r="4" spans="1:25">
+    </row>
+    <row r="4" spans="1:22">
       <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>25</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+      <c r="I4" t="s">
+        <v>24</v>
+      </c>
+      <c r="J4" t="s">
+        <v>24</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>24</v>
+      </c>
+      <c r="M4" t="s">
+        <v>24</v>
+      </c>
+      <c r="N4" t="s">
+        <v>24</v>
+      </c>
+      <c r="O4" t="s">
+        <v>24</v>
+      </c>
+      <c r="P4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>24</v>
+      </c>
+      <c r="R4" t="s">
+        <v>24</v>
+      </c>
+      <c r="S4" t="s">
+        <v>24</v>
+      </c>
+      <c r="T4" t="s">
+        <v>24</v>
+      </c>
+      <c r="U4" t="s">
+        <v>24</v>
+      </c>
+      <c r="V4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5" spans="1:22">
+      <c r="A5" t="s">
         <v>26</v>
       </c>
-      <c r="B4" t="s">
+      <c r="B5" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
+      <c r="C5" t="s">
         <v>27</v>
       </c>
-      <c r="D4" t="s">
+      <c r="D5" t="s">
         <v>27</v>
       </c>
-      <c r="E4" t="s">
+      <c r="E5" t="s">
         <v>27</v>
       </c>
-      <c r="F4" t="s">
+      <c r="F5" t="s">
         <v>27</v>
       </c>
-      <c r="G4" t="s">
+      <c r="G5" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
+      <c r="H5" t="s">
+        <v>27</v>
+      </c>
+      <c r="I5" t="s">
+        <v>27</v>
+      </c>
+      <c r="J5" t="s">
+        <v>27</v>
+      </c>
+      <c r="K5" t="s">
+        <v>27</v>
+      </c>
+      <c r="L5" t="s">
+        <v>27</v>
+      </c>
+      <c r="M5" t="s">
+        <v>27</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>27</v>
+      </c>
+      <c r="R5" t="s">
+        <v>27</v>
+      </c>
+      <c r="S5" t="s">
+        <v>27</v>
+      </c>
+      <c r="T5" t="s">
+        <v>27</v>
+      </c>
+      <c r="U5" t="s">
+        <v>27</v>
+      </c>
+      <c r="V5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="6" spans="1:22">
+      <c r="A6" t="s">
         <v>28</v>
       </c>
-      <c r="I4" t="s">
-[...52 lines deleted...]
-      <c r="A5" t="s">
+      <c r="B6" t="s">
         <v>29</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" t="s">
         <v>30</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F6" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
-[...67 lines deleted...]
-      <c r="A6" t="s">
+      <c r="G6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H6" t="s">
+        <v>29</v>
+      </c>
+      <c r="I6" t="s">
+        <v>29</v>
+      </c>
+      <c r="J6" t="s">
+        <v>29</v>
+      </c>
+      <c r="K6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L6" t="s">
+        <v>29</v>
+      </c>
+      <c r="M6" t="s">
+        <v>29</v>
+      </c>
+      <c r="N6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O6" t="s">
+        <v>29</v>
+      </c>
+      <c r="P6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>29</v>
+      </c>
+      <c r="R6" t="s">
+        <v>29</v>
+      </c>
+      <c r="S6" t="s">
+        <v>29</v>
+      </c>
+      <c r="T6" t="s">
+        <v>29</v>
+      </c>
+      <c r="U6" t="s">
+        <v>29</v>
+      </c>
+      <c r="V6" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:22">
+      <c r="A7" t="s">
         <v>31</v>
       </c>
-      <c r="B6" t="s">
+      <c r="B7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E7" t="s">
+        <v>25</v>
+      </c>
+      <c r="F7" t="s">
+        <v>25</v>
+      </c>
+      <c r="G7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" t="s">
+        <v>24</v>
+      </c>
+      <c r="I7" t="s">
+        <v>24</v>
+      </c>
+      <c r="J7" t="s">
+        <v>24</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>24</v>
+      </c>
+      <c r="M7" t="s">
+        <v>24</v>
+      </c>
+      <c r="N7" t="s">
+        <v>24</v>
+      </c>
+      <c r="O7" t="s">
+        <v>24</v>
+      </c>
+      <c r="P7" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>24</v>
+      </c>
+      <c r="R7" t="s">
+        <v>24</v>
+      </c>
+      <c r="S7" t="s">
+        <v>24</v>
+      </c>
+      <c r="T7" t="s">
+        <v>24</v>
+      </c>
+      <c r="U7" t="s">
+        <v>24</v>
+      </c>
+      <c r="V7" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="8" spans="1:22">
+      <c r="A8" t="s">
         <v>32</v>
       </c>
-      <c r="C6" t="s">
-[...70 lines deleted...]
-      <c r="A7" t="s">
+      <c r="B8" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>33</v>
+      </c>
+      <c r="H8" t="s">
+        <v>33</v>
+      </c>
+      <c r="I8" t="s">
+        <v>33</v>
+      </c>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>33</v>
+      </c>
+      <c r="L8" t="s">
+        <v>33</v>
+      </c>
+      <c r="M8" t="s">
+        <v>33</v>
+      </c>
+      <c r="N8" t="s">
+        <v>33</v>
+      </c>
+      <c r="O8" t="s">
+        <v>33</v>
+      </c>
+      <c r="P8" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>33</v>
+      </c>
+      <c r="R8" t="s">
+        <v>33</v>
+      </c>
+      <c r="S8" t="s">
+        <v>33</v>
+      </c>
+      <c r="T8" t="s">
+        <v>33</v>
+      </c>
+      <c r="U8" t="s">
+        <v>33</v>
+      </c>
+      <c r="V8" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="9" spans="1:22">
+      <c r="A9" s="3" t="s">
         <v>34</v>
-      </c>
-[...152 lines deleted...]
-        <v>37</v>
       </c>
       <c r="B9" s="3"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
       <c r="N9" s="3"/>
       <c r="O9" s="3"/>
       <c r="P9" s="3"/>
       <c r="Q9" s="3"/>
       <c r="R9" s="3"/>
       <c r="S9" s="3"/>
       <c r="T9" s="3"/>
       <c r="U9" s="3"/>
       <c r="V9" s="3"/>
-      <c r="W9" s="3"/>
-[...3 lines deleted...]
-    <row r="10" spans="1:25">
+    </row>
+    <row r="10" spans="1:22">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E10" t="s">
+        <v>25</v>
+      </c>
+      <c r="F10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G10" t="s">
+        <v>24</v>
+      </c>
+      <c r="H10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J10" t="s">
+        <v>24</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>24</v>
+      </c>
+      <c r="M10" t="s">
+        <v>24</v>
+      </c>
+      <c r="N10" t="s">
+        <v>24</v>
+      </c>
+      <c r="O10" t="s">
+        <v>24</v>
+      </c>
+      <c r="P10" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>24</v>
+      </c>
+      <c r="R10" t="s">
+        <v>24</v>
+      </c>
+      <c r="S10" t="s">
+        <v>24</v>
+      </c>
+      <c r="T10" t="s">
+        <v>24</v>
+      </c>
+      <c r="U10" t="s">
+        <v>24</v>
+      </c>
+      <c r="V10" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="11" spans="1:22">
+      <c r="A11" t="s">
         <v>26</v>
       </c>
-      <c r="B10" t="s">
+      <c r="B11" t="s">
         <v>27</v>
       </c>
-      <c r="C10" t="s">
+      <c r="C11" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
+      <c r="D11" t="s">
         <v>27</v>
       </c>
-      <c r="E10" t="s">
+      <c r="E11" t="s">
         <v>27</v>
       </c>
-      <c r="F10" t="s">
+      <c r="F11" t="s">
         <v>27</v>
       </c>
-      <c r="G10" t="s">
+      <c r="G11" t="s">
         <v>27</v>
       </c>
-      <c r="H10" t="s">
-[...5 lines deleted...]
-      <c r="J10" t="s">
+      <c r="H11" t="s">
         <v>27</v>
       </c>
-      <c r="K10" t="s">
+      <c r="I11" t="s">
         <v>27</v>
       </c>
-      <c r="L10" t="s">
+      <c r="J11" t="s">
         <v>27</v>
       </c>
-      <c r="M10" t="s">
+      <c r="K11" t="s">
         <v>27</v>
       </c>
-      <c r="N10" t="s">
+      <c r="L11" t="s">
         <v>27</v>
       </c>
-      <c r="O10" t="s">
+      <c r="M11" t="s">
         <v>27</v>
       </c>
-      <c r="P10" t="s">
+      <c r="N11" t="s">
         <v>27</v>
       </c>
-      <c r="Q10" t="s">
+      <c r="O11" t="s">
         <v>27</v>
       </c>
-      <c r="R10" t="s">
+      <c r="P11" t="s">
         <v>27</v>
       </c>
-      <c r="S10" t="s">
+      <c r="Q11" t="s">
         <v>27</v>
       </c>
-      <c r="T10" t="s">
+      <c r="R11" t="s">
         <v>27</v>
       </c>
-      <c r="U10" t="s">
+      <c r="S11" t="s">
         <v>27</v>
       </c>
-      <c r="V10" t="s">
+      <c r="T11" t="s">
         <v>27</v>
       </c>
-      <c r="W10" t="s">
+      <c r="U11" t="s">
         <v>27</v>
       </c>
-      <c r="X10" t="s">
+      <c r="V11" t="s">
         <v>27</v>
       </c>
-      <c r="Y10" t="s">
-[...80 lines deleted...]
-    <row r="12" spans="1:25">
+    </row>
+    <row r="12" spans="1:22">
       <c r="A12" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F12" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="G12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H12" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I12" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="J12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="M12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="N12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="O12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="P12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="Q12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="R12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="S12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="T12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="U12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="V12" t="s">
-        <v>27</v>
-[...11 lines deleted...]
-    <row r="13" spans="1:25">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="13" spans="1:22">
       <c r="A13" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="G13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="H13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="I13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="J13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="K13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="L13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="M13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="N13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="O13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="P13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="Q13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="R13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="S13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="T13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="U13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="V13" t="s">
-        <v>36</v>
-[...11 lines deleted...]
-    <row r="14" spans="1:25">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="14" spans="1:22">
       <c r="A14" s="4"/>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
       <c r="M14" s="4"/>
       <c r="N14" s="4"/>
       <c r="O14" s="4"/>
       <c r="P14" s="4"/>
       <c r="Q14" s="4"/>
       <c r="R14" s="4"/>
       <c r="S14" s="4"/>
       <c r="T14" s="4"/>
       <c r="U14" s="4"/>
       <c r="V14" s="4"/>
-      <c r="W14" s="4"/>
-[...3 lines deleted...]
-    <row r="15" spans="1:25">
+    </row>
+    <row r="15" spans="1:22">
       <c r="A15" s="2" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
       <c r="J15" s="2"/>
       <c r="K15" s="2"/>
       <c r="L15" s="2"/>
       <c r="M15" s="2"/>
       <c r="N15" s="2"/>
       <c r="O15" s="2"/>
       <c r="P15" s="2"/>
       <c r="Q15" s="2"/>
       <c r="R15" s="2"/>
       <c r="S15" s="2"/>
       <c r="T15" s="2"/>
       <c r="U15" s="2"/>
       <c r="V15" s="2"/>
-      <c r="W15" s="2"/>
-[...3 lines deleted...]
-    <row r="16" spans="1:25">
+    </row>
+    <row r="16" spans="1:22">
       <c r="A16" s="3" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
       <c r="N16" s="3"/>
       <c r="O16" s="3"/>
       <c r="P16" s="3"/>
       <c r="Q16" s="3"/>
       <c r="R16" s="3"/>
       <c r="S16" s="3"/>
       <c r="T16" s="3"/>
       <c r="U16" s="3"/>
       <c r="V16" s="3"/>
-      <c r="W16" s="3"/>
-[...3 lines deleted...]
-    <row r="17" spans="1:25">
+    </row>
+    <row r="17" spans="1:22">
       <c r="A17" t="s">
+        <v>23</v>
+      </c>
+      <c r="B17" t="s">
+        <v>36</v>
+      </c>
+      <c r="C17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D17" t="s">
+        <v>36</v>
+      </c>
+      <c r="E17" t="s">
+        <v>37</v>
+      </c>
+      <c r="F17" t="s">
+        <v>37</v>
+      </c>
+      <c r="G17" t="s">
+        <v>36</v>
+      </c>
+      <c r="H17" t="s">
+        <v>36</v>
+      </c>
+      <c r="I17" t="s">
+        <v>36</v>
+      </c>
+      <c r="J17" t="s">
+        <v>36</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17" t="s">
+        <v>36</v>
+      </c>
+      <c r="M17" t="s">
+        <v>36</v>
+      </c>
+      <c r="N17" t="s">
+        <v>36</v>
+      </c>
+      <c r="O17" t="s">
+        <v>36</v>
+      </c>
+      <c r="P17" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>36</v>
+      </c>
+      <c r="R17" t="s">
+        <v>36</v>
+      </c>
+      <c r="S17" t="s">
+        <v>36</v>
+      </c>
+      <c r="T17" t="s">
+        <v>36</v>
+      </c>
+      <c r="U17" t="s">
+        <v>36</v>
+      </c>
+      <c r="V17" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="18" spans="1:22">
+      <c r="A18" t="s">
         <v>26</v>
       </c>
-      <c r="B17" t="s">
+      <c r="B18" t="s">
+        <v>38</v>
+      </c>
+      <c r="C18" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" t="s">
+        <v>38</v>
+      </c>
+      <c r="E18" t="s">
+        <v>38</v>
+      </c>
+      <c r="F18" t="s">
+        <v>38</v>
+      </c>
+      <c r="G18" t="s">
+        <v>38</v>
+      </c>
+      <c r="H18" t="s">
+        <v>38</v>
+      </c>
+      <c r="I18" t="s">
+        <v>38</v>
+      </c>
+      <c r="J18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L18" t="s">
+        <v>38</v>
+      </c>
+      <c r="M18" t="s">
+        <v>38</v>
+      </c>
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="O18" t="s">
+        <v>38</v>
+      </c>
+      <c r="P18" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>38</v>
+      </c>
+      <c r="R18" t="s">
+        <v>38</v>
+      </c>
+      <c r="S18" t="s">
+        <v>38</v>
+      </c>
+      <c r="T18" t="s">
+        <v>38</v>
+      </c>
+      <c r="U18" t="s">
+        <v>38</v>
+      </c>
+      <c r="V18" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="19" spans="1:22">
+      <c r="A19" t="s">
+        <v>28</v>
+      </c>
+      <c r="B19" t="s">
         <v>39</v>
       </c>
-      <c r="C17" t="s">
+      <c r="C19" t="s">
         <v>39</v>
       </c>
-      <c r="D17" t="s">
+      <c r="D19" t="s">
         <v>39</v>
       </c>
-      <c r="E17" t="s">
+      <c r="E19" t="s">
+        <v>40</v>
+      </c>
+      <c r="F19" t="s">
+        <v>40</v>
+      </c>
+      <c r="G19" t="s">
         <v>39</v>
       </c>
-      <c r="F17" t="s">
+      <c r="H19" t="s">
         <v>39</v>
       </c>
-      <c r="G17" t="s">
+      <c r="I19" t="s">
         <v>39</v>
       </c>
-      <c r="H17" t="s">
-[...5 lines deleted...]
-      <c r="J17" t="s">
+      <c r="J19" t="s">
         <v>39</v>
       </c>
-      <c r="K17" t="s">
+      <c r="K19" t="s">
         <v>39</v>
       </c>
-      <c r="L17" t="s">
+      <c r="L19" t="s">
         <v>39</v>
       </c>
-      <c r="M17" t="s">
+      <c r="M19" t="s">
         <v>39</v>
       </c>
-      <c r="N17" t="s">
+      <c r="N19" t="s">
         <v>39</v>
       </c>
-      <c r="O17" t="s">
+      <c r="O19" t="s">
         <v>39</v>
       </c>
-      <c r="P17" t="s">
+      <c r="P19" t="s">
         <v>39</v>
       </c>
-      <c r="Q17" t="s">
+      <c r="Q19" t="s">
         <v>39</v>
       </c>
-      <c r="R17" t="s">
+      <c r="R19" t="s">
         <v>39</v>
       </c>
-      <c r="S17" t="s">
+      <c r="S19" t="s">
         <v>39</v>
       </c>
-      <c r="T17" t="s">
+      <c r="T19" t="s">
         <v>39</v>
       </c>
-      <c r="U17" t="s">
+      <c r="U19" t="s">
         <v>39</v>
       </c>
-      <c r="V17" t="s">
+      <c r="V19" t="s">
         <v>39</v>
       </c>
-      <c r="W17" t="s">
-[...87 lines deleted...]
-      <c r="A19" t="s">
+    </row>
+    <row r="20" spans="1:22">
+      <c r="A20" t="s">
         <v>31</v>
       </c>
-      <c r="B19" t="s">
-[...73 lines deleted...]
-      <c r="A20" t="s">
+      <c r="B20" t="s">
+        <v>36</v>
+      </c>
+      <c r="C20" t="s">
+        <v>36</v>
+      </c>
+      <c r="D20" t="s">
+        <v>36</v>
+      </c>
+      <c r="E20" t="s">
+        <v>37</v>
+      </c>
+      <c r="F20" t="s">
+        <v>37</v>
+      </c>
+      <c r="G20" t="s">
+        <v>36</v>
+      </c>
+      <c r="H20" t="s">
+        <v>36</v>
+      </c>
+      <c r="I20" t="s">
+        <v>36</v>
+      </c>
+      <c r="J20" t="s">
+        <v>36</v>
+      </c>
+      <c r="K20" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20" t="s">
+        <v>36</v>
+      </c>
+      <c r="M20" t="s">
+        <v>36</v>
+      </c>
+      <c r="N20" t="s">
+        <v>36</v>
+      </c>
+      <c r="O20" t="s">
+        <v>36</v>
+      </c>
+      <c r="P20" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>36</v>
+      </c>
+      <c r="R20" t="s">
+        <v>36</v>
+      </c>
+      <c r="S20" t="s">
+        <v>36</v>
+      </c>
+      <c r="T20" t="s">
+        <v>36</v>
+      </c>
+      <c r="U20" t="s">
+        <v>36</v>
+      </c>
+      <c r="V20" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="21" spans="1:22">
+      <c r="A21" t="s">
+        <v>32</v>
+      </c>
+      <c r="B21" t="s">
+        <v>41</v>
+      </c>
+      <c r="C21" t="s">
+        <v>41</v>
+      </c>
+      <c r="D21" t="s">
+        <v>41</v>
+      </c>
+      <c r="E21" t="s">
+        <v>41</v>
+      </c>
+      <c r="F21" t="s">
+        <v>41</v>
+      </c>
+      <c r="G21" t="s">
+        <v>41</v>
+      </c>
+      <c r="H21" t="s">
+        <v>41</v>
+      </c>
+      <c r="I21" t="s">
+        <v>41</v>
+      </c>
+      <c r="J21" t="s">
+        <v>41</v>
+      </c>
+      <c r="K21" t="s">
+        <v>41</v>
+      </c>
+      <c r="L21" t="s">
+        <v>41</v>
+      </c>
+      <c r="M21" t="s">
+        <v>41</v>
+      </c>
+      <c r="N21" t="s">
+        <v>41</v>
+      </c>
+      <c r="O21" t="s">
+        <v>41</v>
+      </c>
+      <c r="P21" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>41</v>
+      </c>
+      <c r="R21" t="s">
+        <v>41</v>
+      </c>
+      <c r="S21" t="s">
+        <v>41</v>
+      </c>
+      <c r="T21" t="s">
+        <v>41</v>
+      </c>
+      <c r="U21" t="s">
+        <v>41</v>
+      </c>
+      <c r="V21" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="22" spans="1:22">
+      <c r="A22" s="3" t="s">
         <v>34</v>
-      </c>
-[...152 lines deleted...]
-        <v>37</v>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
       <c r="Q22" s="3"/>
       <c r="R22" s="3"/>
       <c r="S22" s="3"/>
       <c r="T22" s="3"/>
       <c r="U22" s="3"/>
       <c r="V22" s="3"/>
-      <c r="W22" s="3"/>
-[...3 lines deleted...]
-    <row r="23" spans="1:25">
+    </row>
+    <row r="23" spans="1:22">
       <c r="A23" t="s">
+        <v>23</v>
+      </c>
+      <c r="B23" t="s">
+        <v>36</v>
+      </c>
+      <c r="C23" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" t="s">
+        <v>36</v>
+      </c>
+      <c r="E23" t="s">
+        <v>37</v>
+      </c>
+      <c r="F23" t="s">
+        <v>37</v>
+      </c>
+      <c r="G23" t="s">
+        <v>36</v>
+      </c>
+      <c r="H23" t="s">
+        <v>36</v>
+      </c>
+      <c r="I23" t="s">
+        <v>36</v>
+      </c>
+      <c r="J23" t="s">
+        <v>36</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M23" t="s">
+        <v>36</v>
+      </c>
+      <c r="N23" t="s">
+        <v>36</v>
+      </c>
+      <c r="O23" t="s">
+        <v>36</v>
+      </c>
+      <c r="P23" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>36</v>
+      </c>
+      <c r="R23" t="s">
+        <v>36</v>
+      </c>
+      <c r="S23" t="s">
+        <v>36</v>
+      </c>
+      <c r="T23" t="s">
+        <v>36</v>
+      </c>
+      <c r="U23" t="s">
+        <v>36</v>
+      </c>
+      <c r="V23" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="24" spans="1:22">
+      <c r="A24" t="s">
         <v>26</v>
       </c>
-      <c r="B23" t="s">
-[...75 lines deleted...]
-      </c>
       <c r="B24" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="C24" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D24" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E24" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="F24" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="G24" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="H24" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="I24" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="J24" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="K24" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="L24" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="M24" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="N24" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="O24" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="P24" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="Q24" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="R24" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="S24" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="T24" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="U24" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="V24" t="s">
-        <v>41</v>
-[...11 lines deleted...]
-    <row r="25" spans="1:25">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="25" spans="1:22">
       <c r="A25" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B25" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C25" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D25" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="E25" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F25" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G25" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="H25" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I25" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J25" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="K25" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="L25" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="M25" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="N25" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="O25" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="P25" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="Q25" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="R25" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="S25" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="T25" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="U25" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="V25" t="s">
-        <v>39</v>
-[...11 lines deleted...]
-    <row r="26" spans="1:25">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="26" spans="1:22">
       <c r="A26" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B26" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="C26" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D26" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="E26" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F26" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="G26" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="H26" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="I26" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="J26" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="K26" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="L26" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="M26" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="N26" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="O26" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="P26" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="Q26" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="R26" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="S26" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="T26" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="U26" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="V26" t="s">
-        <v>44</v>
-[...11 lines deleted...]
-    <row r="27" spans="1:25">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="27" spans="1:22">
       <c r="A27" s="4"/>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
       <c r="E27" s="4"/>
       <c r="F27" s="4"/>
       <c r="G27" s="4"/>
       <c r="H27" s="4"/>
       <c r="I27" s="4"/>
       <c r="J27" s="4"/>
       <c r="K27" s="4"/>
       <c r="L27" s="4"/>
       <c r="M27" s="4"/>
       <c r="N27" s="4"/>
       <c r="O27" s="4"/>
       <c r="P27" s="4"/>
       <c r="Q27" s="4"/>
       <c r="R27" s="4"/>
       <c r="S27" s="4"/>
       <c r="T27" s="4"/>
       <c r="U27" s="4"/>
       <c r="V27" s="4"/>
-      <c r="W27" s="4"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:25">
+    </row>
+    <row r="28" spans="1:22">
       <c r="A28" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
       <c r="J28" s="2"/>
       <c r="K28" s="2"/>
       <c r="L28" s="2"/>
       <c r="M28" s="2"/>
       <c r="N28" s="2"/>
       <c r="O28" s="2"/>
       <c r="P28" s="2"/>
       <c r="Q28" s="2"/>
       <c r="R28" s="2"/>
       <c r="S28" s="2"/>
       <c r="T28" s="2"/>
       <c r="U28" s="2"/>
       <c r="V28" s="2"/>
-      <c r="W28" s="2"/>
-[...3 lines deleted...]
-    <row r="29" spans="1:25">
+    </row>
+    <row r="29" spans="1:22">
       <c r="A29" s="3" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B29" s="3"/>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
       <c r="M29" s="3"/>
       <c r="N29" s="3"/>
       <c r="O29" s="3"/>
       <c r="P29" s="3"/>
       <c r="Q29" s="3"/>
       <c r="R29" s="3"/>
       <c r="S29" s="3"/>
       <c r="T29" s="3"/>
       <c r="U29" s="3"/>
       <c r="V29" s="3"/>
-      <c r="W29" s="3"/>
-[...3 lines deleted...]
-    <row r="30" spans="1:25">
+    </row>
+    <row r="30" spans="1:22">
       <c r="A30" t="s">
+        <v>23</v>
+      </c>
+      <c r="B30" t="s">
+        <v>43</v>
+      </c>
+      <c r="C30" t="s">
+        <v>43</v>
+      </c>
+      <c r="D30" t="s">
+        <v>43</v>
+      </c>
+      <c r="E30" t="s">
+        <v>36</v>
+      </c>
+      <c r="F30" t="s">
+        <v>36</v>
+      </c>
+      <c r="G30" t="s">
+        <v>43</v>
+      </c>
+      <c r="H30" t="s">
+        <v>43</v>
+      </c>
+      <c r="I30" t="s">
+        <v>43</v>
+      </c>
+      <c r="J30" t="s">
+        <v>43</v>
+      </c>
+      <c r="K30" t="s">
+        <v>43</v>
+      </c>
+      <c r="L30" t="s">
+        <v>43</v>
+      </c>
+      <c r="M30" t="s">
+        <v>43</v>
+      </c>
+      <c r="N30" t="s">
+        <v>43</v>
+      </c>
+      <c r="O30" t="s">
+        <v>43</v>
+      </c>
+      <c r="P30" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>43</v>
+      </c>
+      <c r="R30" t="s">
+        <v>43</v>
+      </c>
+      <c r="S30" t="s">
+        <v>43</v>
+      </c>
+      <c r="T30" t="s">
+        <v>43</v>
+      </c>
+      <c r="U30" t="s">
+        <v>43</v>
+      </c>
+      <c r="V30" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="31" spans="1:22">
+      <c r="A31" t="s">
         <v>26</v>
       </c>
-      <c r="B30" t="s">
-[...17 lines deleted...]
-      <c r="H30" t="s">
+      <c r="B31" t="s">
+        <v>38</v>
+      </c>
+      <c r="C31" t="s">
+        <v>38</v>
+      </c>
+      <c r="D31" t="s">
+        <v>38</v>
+      </c>
+      <c r="E31" t="s">
+        <v>38</v>
+      </c>
+      <c r="F31" t="s">
+        <v>38</v>
+      </c>
+      <c r="G31" t="s">
+        <v>38</v>
+      </c>
+      <c r="H31" t="s">
+        <v>38</v>
+      </c>
+      <c r="I31" t="s">
+        <v>38</v>
+      </c>
+      <c r="J31" t="s">
+        <v>38</v>
+      </c>
+      <c r="K31" t="s">
+        <v>38</v>
+      </c>
+      <c r="L31" t="s">
+        <v>38</v>
+      </c>
+      <c r="M31" t="s">
+        <v>38</v>
+      </c>
+      <c r="N31" t="s">
+        <v>38</v>
+      </c>
+      <c r="O31" t="s">
+        <v>38</v>
+      </c>
+      <c r="P31" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>38</v>
+      </c>
+      <c r="R31" t="s">
+        <v>38</v>
+      </c>
+      <c r="S31" t="s">
+        <v>38</v>
+      </c>
+      <c r="T31" t="s">
+        <v>38</v>
+      </c>
+      <c r="U31" t="s">
+        <v>38</v>
+      </c>
+      <c r="V31" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="32" spans="1:22">
+      <c r="A32" t="s">
+        <v>28</v>
+      </c>
+      <c r="B32" t="s">
+        <v>44</v>
+      </c>
+      <c r="C32" t="s">
+        <v>44</v>
+      </c>
+      <c r="D32" t="s">
+        <v>44</v>
+      </c>
+      <c r="E32" t="s">
         <v>39</v>
       </c>
-      <c r="I30" t="s">
+      <c r="F32" t="s">
         <v>39</v>
       </c>
-      <c r="J30" t="s">
-[...126 lines deleted...]
-      <c r="A32" t="s">
+      <c r="G32" t="s">
+        <v>44</v>
+      </c>
+      <c r="H32" t="s">
+        <v>44</v>
+      </c>
+      <c r="I32" t="s">
+        <v>44</v>
+      </c>
+      <c r="J32" t="s">
+        <v>44</v>
+      </c>
+      <c r="K32" t="s">
+        <v>44</v>
+      </c>
+      <c r="L32" t="s">
+        <v>44</v>
+      </c>
+      <c r="M32" t="s">
+        <v>44</v>
+      </c>
+      <c r="N32" t="s">
+        <v>44</v>
+      </c>
+      <c r="O32" t="s">
+        <v>44</v>
+      </c>
+      <c r="P32" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>44</v>
+      </c>
+      <c r="R32" t="s">
+        <v>44</v>
+      </c>
+      <c r="S32" t="s">
+        <v>44</v>
+      </c>
+      <c r="T32" t="s">
+        <v>44</v>
+      </c>
+      <c r="U32" t="s">
+        <v>44</v>
+      </c>
+      <c r="V32" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="33" spans="1:22">
+      <c r="A33" t="s">
         <v>31</v>
       </c>
-      <c r="B32" t="s">
-[...73 lines deleted...]
-      <c r="A33" t="s">
+      <c r="B33" t="s">
+        <v>43</v>
+      </c>
+      <c r="C33" t="s">
+        <v>43</v>
+      </c>
+      <c r="D33" t="s">
+        <v>43</v>
+      </c>
+      <c r="E33" t="s">
+        <v>36</v>
+      </c>
+      <c r="F33" t="s">
+        <v>36</v>
+      </c>
+      <c r="G33" t="s">
+        <v>43</v>
+      </c>
+      <c r="H33" t="s">
+        <v>43</v>
+      </c>
+      <c r="I33" t="s">
+        <v>43</v>
+      </c>
+      <c r="J33" t="s">
+        <v>43</v>
+      </c>
+      <c r="K33" t="s">
+        <v>43</v>
+      </c>
+      <c r="L33" t="s">
+        <v>43</v>
+      </c>
+      <c r="M33" t="s">
+        <v>43</v>
+      </c>
+      <c r="N33" t="s">
+        <v>43</v>
+      </c>
+      <c r="O33" t="s">
+        <v>43</v>
+      </c>
+      <c r="P33" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>43</v>
+      </c>
+      <c r="R33" t="s">
+        <v>43</v>
+      </c>
+      <c r="S33" t="s">
+        <v>43</v>
+      </c>
+      <c r="T33" t="s">
+        <v>43</v>
+      </c>
+      <c r="U33" t="s">
+        <v>43</v>
+      </c>
+      <c r="V33" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="34" spans="1:22">
+      <c r="A34" t="s">
+        <v>32</v>
+      </c>
+      <c r="B34" t="s">
+        <v>41</v>
+      </c>
+      <c r="C34" t="s">
+        <v>41</v>
+      </c>
+      <c r="D34" t="s">
+        <v>41</v>
+      </c>
+      <c r="E34" t="s">
+        <v>41</v>
+      </c>
+      <c r="F34" t="s">
+        <v>41</v>
+      </c>
+      <c r="G34" t="s">
+        <v>41</v>
+      </c>
+      <c r="H34" t="s">
+        <v>41</v>
+      </c>
+      <c r="I34" t="s">
+        <v>41</v>
+      </c>
+      <c r="J34" t="s">
+        <v>41</v>
+      </c>
+      <c r="K34" t="s">
+        <v>41</v>
+      </c>
+      <c r="L34" t="s">
+        <v>41</v>
+      </c>
+      <c r="M34" t="s">
+        <v>41</v>
+      </c>
+      <c r="N34" t="s">
+        <v>41</v>
+      </c>
+      <c r="O34" t="s">
+        <v>41</v>
+      </c>
+      <c r="P34" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>41</v>
+      </c>
+      <c r="R34" t="s">
+        <v>41</v>
+      </c>
+      <c r="S34" t="s">
+        <v>41</v>
+      </c>
+      <c r="T34" t="s">
+        <v>41</v>
+      </c>
+      <c r="U34" t="s">
+        <v>41</v>
+      </c>
+      <c r="V34" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="35" spans="1:22">
+      <c r="A35" s="3" t="s">
         <v>34</v>
-      </c>
-[...152 lines deleted...]
-        <v>37</v>
       </c>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
       <c r="L35" s="3"/>
       <c r="M35" s="3"/>
       <c r="N35" s="3"/>
       <c r="O35" s="3"/>
       <c r="P35" s="3"/>
       <c r="Q35" s="3"/>
       <c r="R35" s="3"/>
       <c r="S35" s="3"/>
       <c r="T35" s="3"/>
       <c r="U35" s="3"/>
       <c r="V35" s="3"/>
-      <c r="W35" s="3"/>
-[...3 lines deleted...]
-    <row r="36" spans="1:25">
+    </row>
+    <row r="36" spans="1:22">
       <c r="A36" t="s">
+        <v>23</v>
+      </c>
+      <c r="B36" t="s">
+        <v>43</v>
+      </c>
+      <c r="C36" t="s">
+        <v>43</v>
+      </c>
+      <c r="D36" t="s">
+        <v>43</v>
+      </c>
+      <c r="E36" t="s">
+        <v>36</v>
+      </c>
+      <c r="F36" t="s">
+        <v>36</v>
+      </c>
+      <c r="G36" t="s">
+        <v>43</v>
+      </c>
+      <c r="H36" t="s">
+        <v>43</v>
+      </c>
+      <c r="I36" t="s">
+        <v>43</v>
+      </c>
+      <c r="J36" t="s">
+        <v>43</v>
+      </c>
+      <c r="K36" t="s">
+        <v>43</v>
+      </c>
+      <c r="L36" t="s">
+        <v>43</v>
+      </c>
+      <c r="M36" t="s">
+        <v>43</v>
+      </c>
+      <c r="N36" t="s">
+        <v>43</v>
+      </c>
+      <c r="O36" t="s">
+        <v>43</v>
+      </c>
+      <c r="P36" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>43</v>
+      </c>
+      <c r="R36" t="s">
+        <v>43</v>
+      </c>
+      <c r="S36" t="s">
+        <v>43</v>
+      </c>
+      <c r="T36" t="s">
+        <v>43</v>
+      </c>
+      <c r="U36" t="s">
+        <v>43</v>
+      </c>
+      <c r="V36" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="37" spans="1:22">
+      <c r="A37" t="s">
         <v>26</v>
       </c>
-      <c r="B36" t="s">
-[...75 lines deleted...]
-      </c>
       <c r="B37" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="C37" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D37" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E37" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="F37" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="G37" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="H37" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="I37" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="J37" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="K37" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="L37" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="M37" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="N37" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="O37" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="P37" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="Q37" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="R37" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="S37" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="T37" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="U37" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="V37" t="s">
-        <v>41</v>
-[...11 lines deleted...]
-    <row r="38" spans="1:25">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="38" spans="1:22">
       <c r="A38" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B38" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="C38" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D38" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E38" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="F38" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="G38" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="H38" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="I38" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="J38" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="K38" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="L38" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="M38" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="N38" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="O38" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="P38" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="Q38" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="R38" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="S38" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="T38" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="U38" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="V38" t="s">
-        <v>46</v>
-[...11 lines deleted...]
-    <row r="39" spans="1:25">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="39" spans="1:22">
       <c r="A39" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B39" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="C39" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D39" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="E39" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F39" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="G39" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="H39" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="I39" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="J39" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="K39" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="L39" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="M39" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="N39" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="O39" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="P39" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="Q39" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="R39" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="S39" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="T39" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="U39" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="V39" t="s">
-        <v>44</v>
-[...11 lines deleted...]
-    <row r="40" spans="1:25">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="40" spans="1:22">
       <c r="A40" s="4"/>
       <c r="B40" s="4"/>
       <c r="C40" s="4"/>
       <c r="D40" s="4"/>
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="4"/>
       <c r="H40" s="4"/>
       <c r="I40" s="4"/>
       <c r="J40" s="4"/>
       <c r="K40" s="4"/>
       <c r="L40" s="4"/>
       <c r="M40" s="4"/>
       <c r="N40" s="4"/>
       <c r="O40" s="4"/>
       <c r="P40" s="4"/>
       <c r="Q40" s="4"/>
       <c r="R40" s="4"/>
       <c r="S40" s="4"/>
       <c r="T40" s="4"/>
       <c r="U40" s="4"/>
       <c r="V40" s="4"/>
-      <c r="W40" s="4"/>
-[...3 lines deleted...]
-    <row r="41" spans="1:25">
+    </row>
+    <row r="41" spans="1:22">
       <c r="A41" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
       <c r="J41" s="2"/>
       <c r="K41" s="2"/>
       <c r="L41" s="2"/>
       <c r="M41" s="2"/>
       <c r="N41" s="2"/>
       <c r="O41" s="2"/>
       <c r="P41" s="2"/>
       <c r="Q41" s="2"/>
       <c r="R41" s="2"/>
       <c r="S41" s="2"/>
       <c r="T41" s="2"/>
       <c r="U41" s="2"/>
       <c r="V41" s="2"/>
-      <c r="W41" s="2"/>
-[...3 lines deleted...]
-    <row r="42" spans="1:25">
+    </row>
+    <row r="42" spans="1:22">
       <c r="A42" s="3" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B42" s="3"/>
       <c r="C42" s="3"/>
       <c r="D42" s="3"/>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="J42" s="3"/>
       <c r="K42" s="3"/>
       <c r="L42" s="3"/>
       <c r="M42" s="3"/>
       <c r="N42" s="3"/>
       <c r="O42" s="3"/>
       <c r="P42" s="3"/>
       <c r="Q42" s="3"/>
       <c r="R42" s="3"/>
       <c r="S42" s="3"/>
       <c r="T42" s="3"/>
       <c r="U42" s="3"/>
       <c r="V42" s="3"/>
-      <c r="W42" s="3"/>
-[...3 lines deleted...]
-    <row r="43" spans="1:25">
+    </row>
+    <row r="43" spans="1:22">
       <c r="A43" t="s">
+        <v>23</v>
+      </c>
+      <c r="B43" t="s">
+        <v>46</v>
+      </c>
+      <c r="C43" t="s">
+        <v>46</v>
+      </c>
+      <c r="D43" t="s">
+        <v>46</v>
+      </c>
+      <c r="E43" t="s">
+        <v>47</v>
+      </c>
+      <c r="F43" t="s">
+        <v>47</v>
+      </c>
+      <c r="G43" t="s">
+        <v>46</v>
+      </c>
+      <c r="H43" t="s">
+        <v>46</v>
+      </c>
+      <c r="I43" t="s">
+        <v>46</v>
+      </c>
+      <c r="J43" t="s">
+        <v>46</v>
+      </c>
+      <c r="K43" t="s">
+        <v>46</v>
+      </c>
+      <c r="L43" t="s">
+        <v>46</v>
+      </c>
+      <c r="M43" t="s">
+        <v>46</v>
+      </c>
+      <c r="N43" t="s">
+        <v>46</v>
+      </c>
+      <c r="O43" t="s">
+        <v>46</v>
+      </c>
+      <c r="P43" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>46</v>
+      </c>
+      <c r="R43" t="s">
+        <v>46</v>
+      </c>
+      <c r="S43" t="s">
+        <v>46</v>
+      </c>
+      <c r="T43" t="s">
+        <v>46</v>
+      </c>
+      <c r="U43" t="s">
+        <v>46</v>
+      </c>
+      <c r="V43" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="44" spans="1:22">
+      <c r="A44" t="s">
         <v>26</v>
       </c>
-      <c r="B43" t="s">
+      <c r="B44" t="s">
+        <v>48</v>
+      </c>
+      <c r="C44" t="s">
+        <v>48</v>
+      </c>
+      <c r="D44" t="s">
+        <v>48</v>
+      </c>
+      <c r="E44" t="s">
+        <v>48</v>
+      </c>
+      <c r="F44" t="s">
+        <v>48</v>
+      </c>
+      <c r="G44" t="s">
+        <v>48</v>
+      </c>
+      <c r="H44" t="s">
+        <v>48</v>
+      </c>
+      <c r="I44" t="s">
+        <v>48</v>
+      </c>
+      <c r="J44" t="s">
+        <v>48</v>
+      </c>
+      <c r="K44" t="s">
+        <v>48</v>
+      </c>
+      <c r="L44" t="s">
+        <v>48</v>
+      </c>
+      <c r="M44" t="s">
+        <v>48</v>
+      </c>
+      <c r="N44" t="s">
+        <v>48</v>
+      </c>
+      <c r="O44" t="s">
+        <v>48</v>
+      </c>
+      <c r="P44" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>48</v>
+      </c>
+      <c r="R44" t="s">
+        <v>48</v>
+      </c>
+      <c r="S44" t="s">
+        <v>48</v>
+      </c>
+      <c r="T44" t="s">
+        <v>48</v>
+      </c>
+      <c r="U44" t="s">
+        <v>48</v>
+      </c>
+      <c r="V44" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="45" spans="1:22">
+      <c r="A45" t="s">
+        <v>28</v>
+      </c>
+      <c r="B45" t="s">
         <v>49</v>
       </c>
-      <c r="C43" t="s">
+      <c r="C45" t="s">
         <v>49</v>
       </c>
-      <c r="D43" t="s">
+      <c r="D45" t="s">
         <v>49</v>
       </c>
-      <c r="E43" t="s">
+      <c r="E45" t="s">
+        <v>50</v>
+      </c>
+      <c r="F45" t="s">
+        <v>50</v>
+      </c>
+      <c r="G45" t="s">
         <v>49</v>
       </c>
-      <c r="F43" t="s">
+      <c r="H45" t="s">
         <v>49</v>
       </c>
-      <c r="G43" t="s">
+      <c r="I45" t="s">
         <v>49</v>
       </c>
-      <c r="H43" t="s">
-[...5 lines deleted...]
-      <c r="J43" t="s">
+      <c r="J45" t="s">
         <v>49</v>
       </c>
-      <c r="K43" t="s">
+      <c r="K45" t="s">
         <v>49</v>
       </c>
-      <c r="L43" t="s">
+      <c r="L45" t="s">
         <v>49</v>
       </c>
-      <c r="M43" t="s">
+      <c r="M45" t="s">
         <v>49</v>
       </c>
-      <c r="N43" t="s">
+      <c r="N45" t="s">
         <v>49</v>
       </c>
-      <c r="O43" t="s">
+      <c r="O45" t="s">
         <v>49</v>
       </c>
-      <c r="P43" t="s">
+      <c r="P45" t="s">
         <v>49</v>
       </c>
-      <c r="Q43" t="s">
+      <c r="Q45" t="s">
         <v>49</v>
       </c>
-      <c r="R43" t="s">
+      <c r="R45" t="s">
         <v>49</v>
       </c>
-      <c r="S43" t="s">
+      <c r="S45" t="s">
         <v>49</v>
       </c>
-      <c r="T43" t="s">
+      <c r="T45" t="s">
         <v>49</v>
       </c>
-      <c r="U43" t="s">
+      <c r="U45" t="s">
         <v>49</v>
       </c>
-      <c r="V43" t="s">
+      <c r="V45" t="s">
         <v>49</v>
       </c>
-      <c r="W43" t="s">
-[...13 lines deleted...]
-      <c r="B44" t="s">
+    </row>
+    <row r="46" spans="1:22">
+      <c r="A46" t="s">
+        <v>31</v>
+      </c>
+      <c r="B46" t="s">
+        <v>46</v>
+      </c>
+      <c r="C46" t="s">
+        <v>46</v>
+      </c>
+      <c r="D46" t="s">
+        <v>46</v>
+      </c>
+      <c r="E46" t="s">
+        <v>47</v>
+      </c>
+      <c r="F46" t="s">
+        <v>47</v>
+      </c>
+      <c r="G46" t="s">
+        <v>46</v>
+      </c>
+      <c r="H46" t="s">
+        <v>46</v>
+      </c>
+      <c r="I46" t="s">
+        <v>46</v>
+      </c>
+      <c r="J46" t="s">
+        <v>46</v>
+      </c>
+      <c r="K46" t="s">
+        <v>46</v>
+      </c>
+      <c r="L46" t="s">
+        <v>46</v>
+      </c>
+      <c r="M46" t="s">
+        <v>46</v>
+      </c>
+      <c r="N46" t="s">
+        <v>46</v>
+      </c>
+      <c r="O46" t="s">
+        <v>46</v>
+      </c>
+      <c r="P46" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>46</v>
+      </c>
+      <c r="R46" t="s">
+        <v>46</v>
+      </c>
+      <c r="S46" t="s">
+        <v>46</v>
+      </c>
+      <c r="T46" t="s">
+        <v>46</v>
+      </c>
+      <c r="U46" t="s">
+        <v>46</v>
+      </c>
+      <c r="V46" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="47" spans="1:22">
+      <c r="A47" t="s">
+        <v>32</v>
+      </c>
+      <c r="B47" t="s">
         <v>51</v>
       </c>
-      <c r="C44" t="s">
+      <c r="C47" t="s">
         <v>51</v>
       </c>
-      <c r="D44" t="s">
+      <c r="D47" t="s">
         <v>51</v>
       </c>
-      <c r="E44" t="s">
+      <c r="E47" t="s">
         <v>51</v>
       </c>
-      <c r="F44" t="s">
+      <c r="F47" t="s">
         <v>51</v>
       </c>
-      <c r="G44" t="s">
+      <c r="G47" t="s">
         <v>51</v>
       </c>
-      <c r="H44" t="s">
+      <c r="H47" t="s">
         <v>51</v>
       </c>
-      <c r="I44" t="s">
+      <c r="I47" t="s">
         <v>51</v>
       </c>
-      <c r="J44" t="s">
+      <c r="J47" t="s">
         <v>51</v>
       </c>
-      <c r="K44" t="s">
+      <c r="K47" t="s">
         <v>51</v>
       </c>
-      <c r="L44" t="s">
+      <c r="L47" t="s">
         <v>51</v>
       </c>
-      <c r="M44" t="s">
+      <c r="M47" t="s">
         <v>51</v>
       </c>
-      <c r="N44" t="s">
+      <c r="N47" t="s">
         <v>51</v>
       </c>
-      <c r="O44" t="s">
+      <c r="O47" t="s">
         <v>51</v>
       </c>
-      <c r="P44" t="s">
+      <c r="P47" t="s">
         <v>51</v>
       </c>
-      <c r="Q44" t="s">
+      <c r="Q47" t="s">
         <v>51</v>
       </c>
-      <c r="R44" t="s">
+      <c r="R47" t="s">
         <v>51</v>
       </c>
-      <c r="S44" t="s">
+      <c r="S47" t="s">
         <v>51</v>
       </c>
-      <c r="T44" t="s">
+      <c r="T47" t="s">
         <v>51</v>
       </c>
-      <c r="U44" t="s">
+      <c r="U47" t="s">
         <v>51</v>
       </c>
-      <c r="V44" t="s">
+      <c r="V47" t="s">
         <v>51</v>
       </c>
-      <c r="W44" t="s">
-[...87 lines deleted...]
-      <c r="A46" t="s">
+    </row>
+    <row r="48" spans="1:22">
+      <c r="A48" s="3" t="s">
         <v>34</v>
-      </c>
-[...152 lines deleted...]
-        <v>37</v>
       </c>
       <c r="B48" s="3"/>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
       <c r="N48" s="3"/>
       <c r="O48" s="3"/>
       <c r="P48" s="3"/>
       <c r="Q48" s="3"/>
       <c r="R48" s="3"/>
       <c r="S48" s="3"/>
       <c r="T48" s="3"/>
       <c r="U48" s="3"/>
       <c r="V48" s="3"/>
-      <c r="W48" s="3"/>
-[...3 lines deleted...]
-    <row r="49" spans="1:25">
+    </row>
+    <row r="49" spans="1:22">
       <c r="A49" t="s">
+        <v>23</v>
+      </c>
+      <c r="B49" t="s">
+        <v>46</v>
+      </c>
+      <c r="C49" t="s">
+        <v>46</v>
+      </c>
+      <c r="D49" t="s">
+        <v>46</v>
+      </c>
+      <c r="E49" t="s">
+        <v>47</v>
+      </c>
+      <c r="F49" t="s">
+        <v>47</v>
+      </c>
+      <c r="G49" t="s">
+        <v>46</v>
+      </c>
+      <c r="H49" t="s">
+        <v>46</v>
+      </c>
+      <c r="I49" t="s">
+        <v>46</v>
+      </c>
+      <c r="J49" t="s">
+        <v>46</v>
+      </c>
+      <c r="K49" t="s">
+        <v>46</v>
+      </c>
+      <c r="L49" t="s">
+        <v>46</v>
+      </c>
+      <c r="M49" t="s">
+        <v>46</v>
+      </c>
+      <c r="N49" t="s">
+        <v>46</v>
+      </c>
+      <c r="O49" t="s">
+        <v>46</v>
+      </c>
+      <c r="P49" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>46</v>
+      </c>
+      <c r="R49" t="s">
+        <v>46</v>
+      </c>
+      <c r="S49" t="s">
+        <v>46</v>
+      </c>
+      <c r="T49" t="s">
+        <v>46</v>
+      </c>
+      <c r="U49" t="s">
+        <v>46</v>
+      </c>
+      <c r="V49" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="50" spans="1:22">
+      <c r="A50" t="s">
         <v>26</v>
       </c>
-      <c r="B49" t="s">
-[...75 lines deleted...]
-      </c>
       <c r="B50" t="s">
+        <v>48</v>
+      </c>
+      <c r="C50" t="s">
+        <v>48</v>
+      </c>
+      <c r="D50" t="s">
+        <v>48</v>
+      </c>
+      <c r="E50" t="s">
+        <v>48</v>
+      </c>
+      <c r="F50" t="s">
+        <v>48</v>
+      </c>
+      <c r="G50" t="s">
+        <v>48</v>
+      </c>
+      <c r="H50" t="s">
+        <v>48</v>
+      </c>
+      <c r="I50" t="s">
+        <v>48</v>
+      </c>
+      <c r="J50" t="s">
+        <v>48</v>
+      </c>
+      <c r="K50" t="s">
+        <v>48</v>
+      </c>
+      <c r="L50" t="s">
+        <v>48</v>
+      </c>
+      <c r="M50" t="s">
+        <v>48</v>
+      </c>
+      <c r="N50" t="s">
+        <v>48</v>
+      </c>
+      <c r="O50" t="s">
+        <v>48</v>
+      </c>
+      <c r="P50" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>48</v>
+      </c>
+      <c r="R50" t="s">
+        <v>48</v>
+      </c>
+      <c r="S50" t="s">
+        <v>48</v>
+      </c>
+      <c r="T50" t="s">
+        <v>48</v>
+      </c>
+      <c r="U50" t="s">
+        <v>48</v>
+      </c>
+      <c r="V50" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="51" spans="1:22">
+      <c r="A51" t="s">
+        <v>31</v>
+      </c>
+      <c r="B51" t="s">
+        <v>46</v>
+      </c>
+      <c r="C51" t="s">
+        <v>46</v>
+      </c>
+      <c r="D51" t="s">
+        <v>46</v>
+      </c>
+      <c r="E51" t="s">
+        <v>47</v>
+      </c>
+      <c r="F51" t="s">
+        <v>47</v>
+      </c>
+      <c r="G51" t="s">
+        <v>46</v>
+      </c>
+      <c r="H51" t="s">
+        <v>46</v>
+      </c>
+      <c r="I51" t="s">
+        <v>46</v>
+      </c>
+      <c r="J51" t="s">
+        <v>46</v>
+      </c>
+      <c r="K51" t="s">
+        <v>46</v>
+      </c>
+      <c r="L51" t="s">
+        <v>46</v>
+      </c>
+      <c r="M51" t="s">
+        <v>46</v>
+      </c>
+      <c r="N51" t="s">
+        <v>46</v>
+      </c>
+      <c r="O51" t="s">
+        <v>46</v>
+      </c>
+      <c r="P51" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>46</v>
+      </c>
+      <c r="R51" t="s">
+        <v>46</v>
+      </c>
+      <c r="S51" t="s">
+        <v>46</v>
+      </c>
+      <c r="T51" t="s">
+        <v>46</v>
+      </c>
+      <c r="U51" t="s">
+        <v>46</v>
+      </c>
+      <c r="V51" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="52" spans="1:22">
+      <c r="A52" t="s">
+        <v>32</v>
+      </c>
+      <c r="B52" t="s">
         <v>51</v>
       </c>
-      <c r="C50" t="s">
+      <c r="C52" t="s">
         <v>51</v>
       </c>
-      <c r="D50" t="s">
+      <c r="D52" t="s">
         <v>51</v>
       </c>
-      <c r="E50" t="s">
+      <c r="E52" t="s">
         <v>51</v>
       </c>
-      <c r="F50" t="s">
+      <c r="F52" t="s">
         <v>51</v>
       </c>
-      <c r="G50" t="s">
+      <c r="G52" t="s">
         <v>51</v>
       </c>
-      <c r="H50" t="s">
+      <c r="H52" t="s">
         <v>51</v>
       </c>
-      <c r="I50" t="s">
+      <c r="I52" t="s">
         <v>51</v>
       </c>
-      <c r="J50" t="s">
+      <c r="J52" t="s">
         <v>51</v>
       </c>
-      <c r="K50" t="s">
+      <c r="K52" t="s">
         <v>51</v>
       </c>
-      <c r="L50" t="s">
+      <c r="L52" t="s">
         <v>51</v>
       </c>
-      <c r="M50" t="s">
+      <c r="M52" t="s">
         <v>51</v>
       </c>
-      <c r="N50" t="s">
+      <c r="N52" t="s">
         <v>51</v>
       </c>
-      <c r="O50" t="s">
+      <c r="O52" t="s">
         <v>51</v>
       </c>
-      <c r="P50" t="s">
+      <c r="P52" t="s">
         <v>51</v>
       </c>
-      <c r="Q50" t="s">
+      <c r="Q52" t="s">
         <v>51</v>
       </c>
-      <c r="R50" t="s">
+      <c r="R52" t="s">
         <v>51</v>
       </c>
-      <c r="S50" t="s">
+      <c r="S52" t="s">
         <v>51</v>
       </c>
-      <c r="T50" t="s">
+      <c r="T52" t="s">
         <v>51</v>
       </c>
-      <c r="U50" t="s">
+      <c r="U52" t="s">
         <v>51</v>
       </c>
-      <c r="V50" t="s">
+      <c r="V52" t="s">
         <v>51</v>
       </c>
-      <c r="W50" t="s">
-[...163 lines deleted...]
-    <row r="53" spans="1:25">
+    </row>
+    <row r="53" spans="1:22">
       <c r="A53" s="4"/>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="4"/>
       <c r="F53" s="4"/>
       <c r="G53" s="4"/>
       <c r="H53" s="4"/>
       <c r="I53" s="4"/>
       <c r="J53" s="4"/>
       <c r="K53" s="4"/>
       <c r="L53" s="4"/>
       <c r="M53" s="4"/>
       <c r="N53" s="4"/>
       <c r="O53" s="4"/>
       <c r="P53" s="4"/>
       <c r="Q53" s="4"/>
       <c r="R53" s="4"/>
       <c r="S53" s="4"/>
       <c r="T53" s="4"/>
       <c r="U53" s="4"/>
       <c r="V53" s="4"/>
-      <c r="W53" s="4"/>
-[...3 lines deleted...]
-    <row r="54" spans="1:25">
+    </row>
+    <row r="54" spans="1:22">
       <c r="A54" s="2" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="2"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
       <c r="I54" s="2"/>
       <c r="J54" s="2"/>
       <c r="K54" s="2"/>
       <c r="L54" s="2"/>
       <c r="M54" s="2"/>
       <c r="N54" s="2"/>
       <c r="O54" s="2"/>
       <c r="P54" s="2"/>
       <c r="Q54" s="2"/>
       <c r="R54" s="2"/>
       <c r="S54" s="2"/>
       <c r="T54" s="2"/>
       <c r="U54" s="2"/>
       <c r="V54" s="2"/>
-      <c r="W54" s="2"/>
-[...3 lines deleted...]
-    <row r="55" spans="1:25">
+    </row>
+    <row r="55" spans="1:22">
       <c r="A55" s="3" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B55" s="3"/>
       <c r="C55" s="3"/>
       <c r="D55" s="3"/>
       <c r="E55" s="3"/>
       <c r="F55" s="3"/>
       <c r="G55" s="3"/>
       <c r="H55" s="3"/>
       <c r="I55" s="3"/>
       <c r="J55" s="3"/>
       <c r="K55" s="3"/>
       <c r="L55" s="3"/>
       <c r="M55" s="3"/>
       <c r="N55" s="3"/>
       <c r="O55" s="3"/>
       <c r="P55" s="3"/>
       <c r="Q55" s="3"/>
       <c r="R55" s="3"/>
       <c r="S55" s="3"/>
       <c r="T55" s="3"/>
       <c r="U55" s="3"/>
       <c r="V55" s="3"/>
-      <c r="W55" s="3"/>
-[...3 lines deleted...]
-    <row r="56" spans="1:25">
+    </row>
+    <row r="56" spans="1:22">
       <c r="A56" t="s">
+        <v>23</v>
+      </c>
+      <c r="B56" t="s">
+        <v>53</v>
+      </c>
+      <c r="C56" t="s">
+        <v>53</v>
+      </c>
+      <c r="D56" t="s">
+        <v>53</v>
+      </c>
+      <c r="E56" t="s">
+        <v>53</v>
+      </c>
+      <c r="F56" t="s">
+        <v>53</v>
+      </c>
+      <c r="G56" t="s">
+        <v>53</v>
+      </c>
+      <c r="H56" t="s">
+        <v>53</v>
+      </c>
+      <c r="I56" t="s">
+        <v>53</v>
+      </c>
+      <c r="J56" t="s">
+        <v>53</v>
+      </c>
+      <c r="K56" t="s">
+        <v>53</v>
+      </c>
+      <c r="L56" t="s">
+        <v>53</v>
+      </c>
+      <c r="M56" t="s">
+        <v>53</v>
+      </c>
+      <c r="N56" t="s">
+        <v>53</v>
+      </c>
+      <c r="O56" t="s">
+        <v>53</v>
+      </c>
+      <c r="P56" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>53</v>
+      </c>
+      <c r="R56" t="s">
+        <v>53</v>
+      </c>
+      <c r="S56" t="s">
+        <v>53</v>
+      </c>
+      <c r="T56" t="s">
+        <v>53</v>
+      </c>
+      <c r="U56" t="s">
+        <v>53</v>
+      </c>
+      <c r="V56" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="57" spans="1:22">
+      <c r="A57" t="s">
         <v>26</v>
       </c>
-      <c r="B56" t="s">
-[...75 lines deleted...]
-      </c>
       <c r="B57" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="C57" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D57" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="E57" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="F57" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="G57" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="H57" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="I57" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="J57" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="K57" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L57" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="M57" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="N57" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="O57" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="P57" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="Q57" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="R57" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="S57" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="T57" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="U57" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="V57" t="s">
-        <v>58</v>
-[...11 lines deleted...]
-    <row r="58" spans="1:25">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="58" spans="1:22">
       <c r="A58" t="s">
+        <v>28</v>
+      </c>
+      <c r="B58" t="s">
+        <v>40</v>
+      </c>
+      <c r="C58" t="s">
+        <v>40</v>
+      </c>
+      <c r="D58" t="s">
+        <v>40</v>
+      </c>
+      <c r="E58" t="s">
+        <v>40</v>
+      </c>
+      <c r="F58" t="s">
+        <v>40</v>
+      </c>
+      <c r="G58" t="s">
+        <v>40</v>
+      </c>
+      <c r="H58" t="s">
+        <v>40</v>
+      </c>
+      <c r="I58" t="s">
+        <v>40</v>
+      </c>
+      <c r="J58" t="s">
+        <v>40</v>
+      </c>
+      <c r="K58" t="s">
+        <v>40</v>
+      </c>
+      <c r="L58" t="s">
+        <v>40</v>
+      </c>
+      <c r="M58" t="s">
+        <v>40</v>
+      </c>
+      <c r="N58" t="s">
+        <v>40</v>
+      </c>
+      <c r="O58" t="s">
+        <v>40</v>
+      </c>
+      <c r="P58" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>40</v>
+      </c>
+      <c r="R58" t="s">
+        <v>40</v>
+      </c>
+      <c r="S58" t="s">
+        <v>40</v>
+      </c>
+      <c r="T58" t="s">
+        <v>40</v>
+      </c>
+      <c r="U58" t="s">
+        <v>40</v>
+      </c>
+      <c r="V58" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="59" spans="1:22">
+      <c r="A59" t="s">
         <v>31</v>
       </c>
-      <c r="B58" t="s">
-[...73 lines deleted...]
-      <c r="A59" t="s">
+      <c r="B59" t="s">
+        <v>53</v>
+      </c>
+      <c r="C59" t="s">
+        <v>53</v>
+      </c>
+      <c r="D59" t="s">
+        <v>53</v>
+      </c>
+      <c r="E59" t="s">
+        <v>53</v>
+      </c>
+      <c r="F59" t="s">
+        <v>53</v>
+      </c>
+      <c r="G59" t="s">
+        <v>53</v>
+      </c>
+      <c r="H59" t="s">
+        <v>53</v>
+      </c>
+      <c r="I59" t="s">
+        <v>53</v>
+      </c>
+      <c r="J59" t="s">
+        <v>53</v>
+      </c>
+      <c r="K59" t="s">
+        <v>53</v>
+      </c>
+      <c r="L59" t="s">
+        <v>53</v>
+      </c>
+      <c r="M59" t="s">
+        <v>53</v>
+      </c>
+      <c r="N59" t="s">
+        <v>53</v>
+      </c>
+      <c r="O59" t="s">
+        <v>53</v>
+      </c>
+      <c r="P59" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>53</v>
+      </c>
+      <c r="R59" t="s">
+        <v>53</v>
+      </c>
+      <c r="S59" t="s">
+        <v>53</v>
+      </c>
+      <c r="T59" t="s">
+        <v>53</v>
+      </c>
+      <c r="U59" t="s">
+        <v>53</v>
+      </c>
+      <c r="V59" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="60" spans="1:22">
+      <c r="A60" t="s">
+        <v>32</v>
+      </c>
+      <c r="B60" t="s">
+        <v>55</v>
+      </c>
+      <c r="C60" t="s">
+        <v>55</v>
+      </c>
+      <c r="D60" t="s">
+        <v>55</v>
+      </c>
+      <c r="E60" t="s">
+        <v>55</v>
+      </c>
+      <c r="F60" t="s">
+        <v>55</v>
+      </c>
+      <c r="G60" t="s">
+        <v>55</v>
+      </c>
+      <c r="H60" t="s">
+        <v>55</v>
+      </c>
+      <c r="I60" t="s">
+        <v>55</v>
+      </c>
+      <c r="J60" t="s">
+        <v>55</v>
+      </c>
+      <c r="K60" t="s">
+        <v>55</v>
+      </c>
+      <c r="L60" t="s">
+        <v>55</v>
+      </c>
+      <c r="M60" t="s">
+        <v>55</v>
+      </c>
+      <c r="N60" t="s">
+        <v>55</v>
+      </c>
+      <c r="O60" t="s">
+        <v>55</v>
+      </c>
+      <c r="P60" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>55</v>
+      </c>
+      <c r="R60" t="s">
+        <v>55</v>
+      </c>
+      <c r="S60" t="s">
+        <v>55</v>
+      </c>
+      <c r="T60" t="s">
+        <v>55</v>
+      </c>
+      <c r="U60" t="s">
+        <v>55</v>
+      </c>
+      <c r="V60" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="61" spans="1:22">
+      <c r="A61" s="3" t="s">
         <v>34</v>
-      </c>
-[...152 lines deleted...]
-        <v>37</v>
       </c>
       <c r="B61" s="3"/>
       <c r="C61" s="3"/>
       <c r="D61" s="3"/>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
       <c r="I61" s="3"/>
       <c r="J61" s="3"/>
       <c r="K61" s="3"/>
       <c r="L61" s="3"/>
       <c r="M61" s="3"/>
       <c r="N61" s="3"/>
       <c r="O61" s="3"/>
       <c r="P61" s="3"/>
       <c r="Q61" s="3"/>
       <c r="R61" s="3"/>
       <c r="S61" s="3"/>
       <c r="T61" s="3"/>
       <c r="U61" s="3"/>
       <c r="V61" s="3"/>
-      <c r="W61" s="3"/>
-[...3 lines deleted...]
-    <row r="62" spans="1:25">
+    </row>
+    <row r="62" spans="1:22">
       <c r="A62" t="s">
+        <v>23</v>
+      </c>
+      <c r="B62" t="s">
+        <v>53</v>
+      </c>
+      <c r="C62" t="s">
+        <v>53</v>
+      </c>
+      <c r="D62" t="s">
+        <v>53</v>
+      </c>
+      <c r="E62" t="s">
+        <v>53</v>
+      </c>
+      <c r="F62" t="s">
+        <v>53</v>
+      </c>
+      <c r="G62" t="s">
+        <v>53</v>
+      </c>
+      <c r="H62" t="s">
+        <v>53</v>
+      </c>
+      <c r="I62" t="s">
+        <v>53</v>
+      </c>
+      <c r="J62" t="s">
+        <v>53</v>
+      </c>
+      <c r="K62" t="s">
+        <v>53</v>
+      </c>
+      <c r="L62" t="s">
+        <v>53</v>
+      </c>
+      <c r="M62" t="s">
+        <v>53</v>
+      </c>
+      <c r="N62" t="s">
+        <v>53</v>
+      </c>
+      <c r="O62" t="s">
+        <v>53</v>
+      </c>
+      <c r="P62" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>53</v>
+      </c>
+      <c r="R62" t="s">
+        <v>53</v>
+      </c>
+      <c r="S62" t="s">
+        <v>53</v>
+      </c>
+      <c r="T62" t="s">
+        <v>53</v>
+      </c>
+      <c r="U62" t="s">
+        <v>53</v>
+      </c>
+      <c r="V62" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="63" spans="1:22">
+      <c r="A63" t="s">
         <v>26</v>
       </c>
-      <c r="B62" t="s">
-[...75 lines deleted...]
-      </c>
       <c r="B63" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="C63" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D63" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="E63" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="F63" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="G63" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="H63" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="I63" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="J63" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="K63" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L63" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="M63" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="N63" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="O63" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="P63" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="Q63" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="R63" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="S63" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="T63" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="U63" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="V63" t="s">
-        <v>58</v>
-[...11 lines deleted...]
-    <row r="64" spans="1:25">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="64" spans="1:22">
       <c r="A64" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B64" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="C64" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="D64" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="E64" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="F64" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="G64" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="H64" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="I64" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="J64" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="K64" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L64" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="M64" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="N64" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="O64" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="P64" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="Q64" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="R64" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="S64" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="T64" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="U64" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="V64" t="s">
-        <v>57</v>
-[...11 lines deleted...]
-    <row r="65" spans="1:25">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="65" spans="1:22">
       <c r="A65" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B65" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="C65" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="D65" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="E65" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F65" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="G65" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="H65" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="I65" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="J65" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="K65" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="L65" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="M65" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="N65" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="O65" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="P65" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="Q65" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="R65" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="S65" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="T65" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="U65" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="V65" t="s">
-        <v>60</v>
-[...11 lines deleted...]
-    <row r="66" spans="1:25">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="66" spans="1:22">
       <c r="A66" s="4"/>
       <c r="B66" s="4"/>
       <c r="C66" s="4"/>
       <c r="D66" s="4"/>
       <c r="E66" s="4"/>
       <c r="F66" s="4"/>
       <c r="G66" s="4"/>
       <c r="H66" s="4"/>
       <c r="I66" s="4"/>
       <c r="J66" s="4"/>
       <c r="K66" s="4"/>
       <c r="L66" s="4"/>
       <c r="M66" s="4"/>
       <c r="N66" s="4"/>
       <c r="O66" s="4"/>
       <c r="P66" s="4"/>
       <c r="Q66" s="4"/>
       <c r="R66" s="4"/>
       <c r="S66" s="4"/>
       <c r="T66" s="4"/>
       <c r="U66" s="4"/>
       <c r="V66" s="4"/>
-      <c r="W66" s="4"/>
-[...3 lines deleted...]
-    <row r="67" spans="1:25">
+    </row>
+    <row r="67" spans="1:22">
       <c r="A67" s="2" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="2"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
       <c r="I67" s="2"/>
       <c r="J67" s="2"/>
       <c r="K67" s="2"/>
       <c r="L67" s="2"/>
       <c r="M67" s="2"/>
       <c r="N67" s="2"/>
       <c r="O67" s="2"/>
       <c r="P67" s="2"/>
       <c r="Q67" s="2"/>
       <c r="R67" s="2"/>
       <c r="S67" s="2"/>
       <c r="T67" s="2"/>
       <c r="U67" s="2"/>
       <c r="V67" s="2"/>
-      <c r="W67" s="2"/>
-[...3 lines deleted...]
-    <row r="68" spans="1:25">
+    </row>
+    <row r="68" spans="1:22">
       <c r="A68" s="3" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B68" s="3"/>
       <c r="C68" s="3"/>
       <c r="D68" s="3"/>
       <c r="E68" s="3"/>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
       <c r="H68" s="3"/>
       <c r="I68" s="3"/>
       <c r="J68" s="3"/>
       <c r="K68" s="3"/>
       <c r="L68" s="3"/>
       <c r="M68" s="3"/>
       <c r="N68" s="3"/>
       <c r="O68" s="3"/>
       <c r="P68" s="3"/>
       <c r="Q68" s="3"/>
       <c r="R68" s="3"/>
       <c r="S68" s="3"/>
       <c r="T68" s="3"/>
       <c r="U68" s="3"/>
       <c r="V68" s="3"/>
-      <c r="W68" s="3"/>
-[...3 lines deleted...]
-    <row r="69" spans="1:25">
+    </row>
+    <row r="69" spans="1:22">
       <c r="A69" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B69" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C69" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D69" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="E69" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="F69" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="G69" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="H69" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="I69" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="J69" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="K69" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="L69" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="M69" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="N69" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="O69" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="P69" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="Q69" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="R69" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="S69" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="T69" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="U69" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="V69" t="s">
-        <v>63</v>
-[...11 lines deleted...]
-    <row r="70" spans="1:25">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="70" spans="1:22">
       <c r="A70" t="s">
+        <v>28</v>
+      </c>
+      <c r="B70" t="s">
+        <v>59</v>
+      </c>
+      <c r="C70" t="s">
+        <v>60</v>
+      </c>
+      <c r="D70" t="s">
+        <v>59</v>
+      </c>
+      <c r="E70" t="s">
+        <v>60</v>
+      </c>
+      <c r="F70" t="s">
+        <v>60</v>
+      </c>
+      <c r="G70" t="s">
+        <v>60</v>
+      </c>
+      <c r="H70" t="s">
+        <v>60</v>
+      </c>
+      <c r="I70" t="s">
+        <v>60</v>
+      </c>
+      <c r="J70" t="s">
+        <v>60</v>
+      </c>
+      <c r="K70" t="s">
+        <v>60</v>
+      </c>
+      <c r="L70" t="s">
+        <v>60</v>
+      </c>
+      <c r="M70" t="s">
+        <v>60</v>
+      </c>
+      <c r="N70" t="s">
+        <v>60</v>
+      </c>
+      <c r="O70" t="s">
+        <v>60</v>
+      </c>
+      <c r="P70" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>59</v>
+      </c>
+      <c r="R70" t="s">
+        <v>60</v>
+      </c>
+      <c r="S70" t="s">
+        <v>60</v>
+      </c>
+      <c r="T70" t="s">
+        <v>59</v>
+      </c>
+      <c r="U70" t="s">
+        <v>59</v>
+      </c>
+      <c r="V70" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="71" spans="1:22">
+      <c r="A71" t="s">
         <v>31</v>
       </c>
-      <c r="B70" t="s">
-[...73 lines deleted...]
-      <c r="A71" t="s">
+      <c r="B71" t="s">
+        <v>57</v>
+      </c>
+      <c r="C71" t="s">
+        <v>58</v>
+      </c>
+      <c r="D71" t="s">
+        <v>57</v>
+      </c>
+      <c r="E71" t="s">
+        <v>58</v>
+      </c>
+      <c r="F71" t="s">
+        <v>58</v>
+      </c>
+      <c r="G71" t="s">
+        <v>58</v>
+      </c>
+      <c r="H71" t="s">
+        <v>58</v>
+      </c>
+      <c r="I71" t="s">
+        <v>58</v>
+      </c>
+      <c r="J71" t="s">
+        <v>58</v>
+      </c>
+      <c r="K71" t="s">
+        <v>58</v>
+      </c>
+      <c r="L71" t="s">
+        <v>58</v>
+      </c>
+      <c r="M71" t="s">
+        <v>58</v>
+      </c>
+      <c r="N71" t="s">
+        <v>58</v>
+      </c>
+      <c r="O71" t="s">
+        <v>58</v>
+      </c>
+      <c r="P71" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>57</v>
+      </c>
+      <c r="R71" t="s">
+        <v>58</v>
+      </c>
+      <c r="S71" t="s">
+        <v>58</v>
+      </c>
+      <c r="T71" t="s">
+        <v>57</v>
+      </c>
+      <c r="U71" t="s">
+        <v>57</v>
+      </c>
+      <c r="V71" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="72" spans="1:22">
+      <c r="A72" s="3" t="s">
         <v>34</v>
-      </c>
-[...75 lines deleted...]
-        <v>37</v>
       </c>
       <c r="B72" s="3"/>
       <c r="C72" s="3"/>
       <c r="D72" s="3"/>
       <c r="E72" s="3"/>
       <c r="F72" s="3"/>
       <c r="G72" s="3"/>
       <c r="H72" s="3"/>
       <c r="I72" s="3"/>
       <c r="J72" s="3"/>
       <c r="K72" s="3"/>
       <c r="L72" s="3"/>
       <c r="M72" s="3"/>
       <c r="N72" s="3"/>
       <c r="O72" s="3"/>
       <c r="P72" s="3"/>
       <c r="Q72" s="3"/>
       <c r="R72" s="3"/>
       <c r="S72" s="3"/>
       <c r="T72" s="3"/>
       <c r="U72" s="3"/>
       <c r="V72" s="3"/>
-      <c r="W72" s="3"/>
-[...3 lines deleted...]
-    <row r="73" spans="1:25">
+    </row>
+    <row r="73" spans="1:22">
       <c r="A73" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B73" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C73" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D73" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="E73" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="F73" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="G73" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="H73" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="I73" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="J73" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="K73" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="L73" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="M73" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="N73" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="O73" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="P73" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="Q73" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="R73" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="S73" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="T73" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="U73" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="V73" t="s">
-        <v>63</v>
-[...11 lines deleted...]
-    <row r="74" spans="1:25">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="74" spans="1:22">
       <c r="A74" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B74" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C74" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D74" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="E74" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="F74" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="G74" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="H74" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="I74" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="J74" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="K74" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="L74" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="M74" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="N74" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="O74" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="P74" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="Q74" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="R74" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="S74" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="T74" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="U74" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="V74" t="s">
-        <v>63</v>
-[...11 lines deleted...]
-    <row r="75" spans="1:25">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="75" spans="1:22">
       <c r="A75" s="4"/>
       <c r="B75" s="4"/>
       <c r="C75" s="4"/>
       <c r="D75" s="4"/>
       <c r="E75" s="4"/>
       <c r="F75" s="4"/>
       <c r="G75" s="4"/>
       <c r="H75" s="4"/>
       <c r="I75" s="4"/>
       <c r="J75" s="4"/>
       <c r="K75" s="4"/>
       <c r="L75" s="4"/>
       <c r="M75" s="4"/>
       <c r="N75" s="4"/>
       <c r="O75" s="4"/>
       <c r="P75" s="4"/>
       <c r="Q75" s="4"/>
       <c r="R75" s="4"/>
       <c r="S75" s="4"/>
       <c r="T75" s="4"/>
       <c r="U75" s="4"/>
       <c r="V75" s="4"/>
-      <c r="W75" s="4"/>
-[...3 lines deleted...]
-    <row r="76" spans="1:25">
+    </row>
+    <row r="76" spans="1:22">
       <c r="A76" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="2"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
       <c r="I76" s="2"/>
       <c r="J76" s="2"/>
       <c r="K76" s="2"/>
       <c r="L76" s="2"/>
       <c r="M76" s="2"/>
       <c r="N76" s="2"/>
       <c r="O76" s="2"/>
       <c r="P76" s="2"/>
       <c r="Q76" s="2"/>
       <c r="R76" s="2"/>
       <c r="S76" s="2"/>
       <c r="T76" s="2"/>
       <c r="U76" s="2"/>
       <c r="V76" s="2"/>
-      <c r="W76" s="2"/>
-[...3 lines deleted...]
-    <row r="77" spans="1:25">
+    </row>
+    <row r="77" spans="1:22">
       <c r="A77" s="3" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B77" s="3"/>
       <c r="C77" s="3"/>
       <c r="D77" s="3"/>
       <c r="E77" s="3"/>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
       <c r="H77" s="3"/>
       <c r="I77" s="3"/>
       <c r="J77" s="3"/>
       <c r="K77" s="3"/>
       <c r="L77" s="3"/>
       <c r="M77" s="3"/>
       <c r="N77" s="3"/>
       <c r="O77" s="3"/>
       <c r="P77" s="3"/>
       <c r="Q77" s="3"/>
       <c r="R77" s="3"/>
       <c r="S77" s="3"/>
       <c r="T77" s="3"/>
       <c r="U77" s="3"/>
       <c r="V77" s="3"/>
-      <c r="W77" s="3"/>
-[...3 lines deleted...]
-    <row r="78" spans="1:25">
+    </row>
+    <row r="78" spans="1:22">
       <c r="A78" t="s">
+        <v>23</v>
+      </c>
+      <c r="B78" t="s">
+        <v>62</v>
+      </c>
+      <c r="C78" t="s">
+        <v>63</v>
+      </c>
+      <c r="D78" t="s">
+        <v>62</v>
+      </c>
+      <c r="E78" t="s">
+        <v>63</v>
+      </c>
+      <c r="F78" t="s">
+        <v>63</v>
+      </c>
+      <c r="G78" t="s">
+        <v>63</v>
+      </c>
+      <c r="H78" t="s">
+        <v>63</v>
+      </c>
+      <c r="I78" t="s">
+        <v>63</v>
+      </c>
+      <c r="J78" t="s">
+        <v>63</v>
+      </c>
+      <c r="K78" t="s">
+        <v>63</v>
+      </c>
+      <c r="L78" t="s">
+        <v>63</v>
+      </c>
+      <c r="M78" t="s">
+        <v>63</v>
+      </c>
+      <c r="N78" t="s">
+        <v>63</v>
+      </c>
+      <c r="O78" t="s">
+        <v>62</v>
+      </c>
+      <c r="P78" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>62</v>
+      </c>
+      <c r="R78" t="s">
+        <v>62</v>
+      </c>
+      <c r="S78" t="s">
+        <v>62</v>
+      </c>
+      <c r="T78" t="s">
+        <v>62</v>
+      </c>
+      <c r="U78" t="s">
+        <v>62</v>
+      </c>
+      <c r="V78" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="79" spans="1:22">
+      <c r="A79" t="s">
         <v>26</v>
       </c>
-      <c r="B78" t="s">
+      <c r="B79" t="s">
+        <v>64</v>
+      </c>
+      <c r="C79" t="s">
+        <v>64</v>
+      </c>
+      <c r="D79" t="s">
+        <v>64</v>
+      </c>
+      <c r="E79" t="s">
+        <v>64</v>
+      </c>
+      <c r="F79" t="s">
+        <v>64</v>
+      </c>
+      <c r="G79" t="s">
+        <v>64</v>
+      </c>
+      <c r="H79" t="s">
+        <v>64</v>
+      </c>
+      <c r="I79" t="s">
+        <v>64</v>
+      </c>
+      <c r="J79" t="s">
+        <v>64</v>
+      </c>
+      <c r="K79" t="s">
+        <v>64</v>
+      </c>
+      <c r="L79" t="s">
+        <v>64</v>
+      </c>
+      <c r="M79" t="s">
+        <v>64</v>
+      </c>
+      <c r="N79" t="s">
+        <v>64</v>
+      </c>
+      <c r="O79" t="s">
+        <v>64</v>
+      </c>
+      <c r="P79" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>64</v>
+      </c>
+      <c r="R79" t="s">
+        <v>64</v>
+      </c>
+      <c r="S79" t="s">
+        <v>64</v>
+      </c>
+      <c r="T79" t="s">
+        <v>64</v>
+      </c>
+      <c r="U79" t="s">
+        <v>64</v>
+      </c>
+      <c r="V79" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="80" spans="1:22">
+      <c r="A80" t="s">
+        <v>28</v>
+      </c>
+      <c r="B80" t="s">
+        <v>65</v>
+      </c>
+      <c r="C80" t="s">
+        <v>66</v>
+      </c>
+      <c r="D80" t="s">
+        <v>65</v>
+      </c>
+      <c r="E80" t="s">
+        <v>66</v>
+      </c>
+      <c r="F80" t="s">
+        <v>66</v>
+      </c>
+      <c r="G80" t="s">
+        <v>66</v>
+      </c>
+      <c r="H80" t="s">
+        <v>66</v>
+      </c>
+      <c r="I80" t="s">
+        <v>66</v>
+      </c>
+      <c r="J80" t="s">
+        <v>66</v>
+      </c>
+      <c r="K80" t="s">
+        <v>66</v>
+      </c>
+      <c r="L80" t="s">
+        <v>66</v>
+      </c>
+      <c r="M80" t="s">
+        <v>66</v>
+      </c>
+      <c r="N80" t="s">
+        <v>66</v>
+      </c>
+      <c r="O80" t="s">
+        <v>65</v>
+      </c>
+      <c r="P80" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>65</v>
+      </c>
+      <c r="R80" t="s">
+        <v>65</v>
+      </c>
+      <c r="S80" t="s">
+        <v>65</v>
+      </c>
+      <c r="T80" t="s">
+        <v>65</v>
+      </c>
+      <c r="U80" t="s">
+        <v>65</v>
+      </c>
+      <c r="V80" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="81" spans="1:22">
+      <c r="A81" t="s">
+        <v>31</v>
+      </c>
+      <c r="B81" t="s">
+        <v>62</v>
+      </c>
+      <c r="C81" t="s">
+        <v>63</v>
+      </c>
+      <c r="D81" t="s">
+        <v>62</v>
+      </c>
+      <c r="E81" t="s">
+        <v>63</v>
+      </c>
+      <c r="F81" t="s">
+        <v>63</v>
+      </c>
+      <c r="G81" t="s">
+        <v>63</v>
+      </c>
+      <c r="H81" t="s">
+        <v>63</v>
+      </c>
+      <c r="I81" t="s">
+        <v>63</v>
+      </c>
+      <c r="J81" t="s">
+        <v>63</v>
+      </c>
+      <c r="K81" t="s">
+        <v>63</v>
+      </c>
+      <c r="L81" t="s">
+        <v>63</v>
+      </c>
+      <c r="M81" t="s">
+        <v>63</v>
+      </c>
+      <c r="N81" t="s">
+        <v>63</v>
+      </c>
+      <c r="O81" t="s">
+        <v>62</v>
+      </c>
+      <c r="P81" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>62</v>
+      </c>
+      <c r="R81" t="s">
+        <v>62</v>
+      </c>
+      <c r="S81" t="s">
+        <v>62</v>
+      </c>
+      <c r="T81" t="s">
+        <v>62</v>
+      </c>
+      <c r="U81" t="s">
+        <v>62</v>
+      </c>
+      <c r="V81" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="82" spans="1:22">
+      <c r="A82" t="s">
+        <v>32</v>
+      </c>
+      <c r="B82" t="s">
         <v>67</v>
       </c>
-      <c r="C78" t="s">
+      <c r="C82" t="s">
         <v>67</v>
       </c>
-      <c r="D78" t="s">
+      <c r="D82" t="s">
         <v>67</v>
       </c>
-      <c r="E78" t="s">
+      <c r="E82" t="s">
         <v>67</v>
       </c>
-      <c r="F78" t="s">
-[...2 lines deleted...]
-      <c r="G78" t="s">
+      <c r="F82" t="s">
         <v>67</v>
       </c>
-      <c r="H78" t="s">
-[...29 lines deleted...]
-      <c r="R78" t="s">
+      <c r="G82" t="s">
         <v>67</v>
       </c>
-      <c r="S78" t="s">
+      <c r="H82" t="s">
         <v>67</v>
       </c>
-      <c r="T78" t="s">
+      <c r="I82" t="s">
         <v>67</v>
       </c>
-      <c r="U78" t="s">
+      <c r="J82" t="s">
         <v>67</v>
       </c>
-      <c r="V78" t="s">
+      <c r="K82" t="s">
         <v>67</v>
       </c>
-      <c r="W78" t="s">
+      <c r="L82" t="s">
         <v>67</v>
       </c>
-      <c r="X78" t="s">
+      <c r="M82" t="s">
         <v>67</v>
       </c>
-      <c r="Y78" t="s">
+      <c r="N82" t="s">
         <v>67</v>
       </c>
-    </row>
-[...155 lines deleted...]
-      <c r="A81" t="s">
+      <c r="O82" t="s">
+        <v>67</v>
+      </c>
+      <c r="P82" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>67</v>
+      </c>
+      <c r="R82" t="s">
+        <v>67</v>
+      </c>
+      <c r="S82" t="s">
+        <v>67</v>
+      </c>
+      <c r="T82" t="s">
+        <v>67</v>
+      </c>
+      <c r="U82" t="s">
+        <v>67</v>
+      </c>
+      <c r="V82" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="83" spans="1:22">
+      <c r="A83" s="3" t="s">
         <v>34</v>
-      </c>
-[...152 lines deleted...]
-        <v>37</v>
       </c>
       <c r="B83" s="3"/>
       <c r="C83" s="3"/>
       <c r="D83" s="3"/>
       <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3"/>
       <c r="I83" s="3"/>
       <c r="J83" s="3"/>
       <c r="K83" s="3"/>
       <c r="L83" s="3"/>
       <c r="M83" s="3"/>
       <c r="N83" s="3"/>
       <c r="O83" s="3"/>
       <c r="P83" s="3"/>
       <c r="Q83" s="3"/>
       <c r="R83" s="3"/>
       <c r="S83" s="3"/>
       <c r="T83" s="3"/>
       <c r="U83" s="3"/>
       <c r="V83" s="3"/>
-      <c r="W83" s="3"/>
-[...3 lines deleted...]
-    <row r="84" spans="1:25">
+    </row>
+    <row r="84" spans="1:22">
       <c r="A84" t="s">
+        <v>23</v>
+      </c>
+      <c r="B84" t="s">
+        <v>62</v>
+      </c>
+      <c r="C84" t="s">
+        <v>63</v>
+      </c>
+      <c r="D84" t="s">
+        <v>62</v>
+      </c>
+      <c r="E84" t="s">
+        <v>63</v>
+      </c>
+      <c r="F84" t="s">
+        <v>63</v>
+      </c>
+      <c r="G84" t="s">
+        <v>63</v>
+      </c>
+      <c r="H84" t="s">
+        <v>63</v>
+      </c>
+      <c r="I84" t="s">
+        <v>63</v>
+      </c>
+      <c r="J84" t="s">
+        <v>63</v>
+      </c>
+      <c r="K84" t="s">
+        <v>63</v>
+      </c>
+      <c r="L84" t="s">
+        <v>63</v>
+      </c>
+      <c r="M84" t="s">
+        <v>63</v>
+      </c>
+      <c r="N84" t="s">
+        <v>63</v>
+      </c>
+      <c r="O84" t="s">
+        <v>62</v>
+      </c>
+      <c r="P84" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>62</v>
+      </c>
+      <c r="R84" t="s">
+        <v>62</v>
+      </c>
+      <c r="S84" t="s">
+        <v>62</v>
+      </c>
+      <c r="T84" t="s">
+        <v>62</v>
+      </c>
+      <c r="U84" t="s">
+        <v>62</v>
+      </c>
+      <c r="V84" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="85" spans="1:22">
+      <c r="A85" t="s">
         <v>26</v>
       </c>
-      <c r="B84" t="s">
+      <c r="B85" t="s">
+        <v>64</v>
+      </c>
+      <c r="C85" t="s">
+        <v>64</v>
+      </c>
+      <c r="D85" t="s">
+        <v>64</v>
+      </c>
+      <c r="E85" t="s">
+        <v>64</v>
+      </c>
+      <c r="F85" t="s">
+        <v>64</v>
+      </c>
+      <c r="G85" t="s">
+        <v>64</v>
+      </c>
+      <c r="H85" t="s">
+        <v>64</v>
+      </c>
+      <c r="I85" t="s">
+        <v>64</v>
+      </c>
+      <c r="J85" t="s">
+        <v>64</v>
+      </c>
+      <c r="K85" t="s">
+        <v>64</v>
+      </c>
+      <c r="L85" t="s">
+        <v>64</v>
+      </c>
+      <c r="M85" t="s">
+        <v>64</v>
+      </c>
+      <c r="N85" t="s">
+        <v>64</v>
+      </c>
+      <c r="O85" t="s">
+        <v>64</v>
+      </c>
+      <c r="P85" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>64</v>
+      </c>
+      <c r="R85" t="s">
+        <v>64</v>
+      </c>
+      <c r="S85" t="s">
+        <v>64</v>
+      </c>
+      <c r="T85" t="s">
+        <v>64</v>
+      </c>
+      <c r="U85" t="s">
+        <v>64</v>
+      </c>
+      <c r="V85" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="86" spans="1:22">
+      <c r="A86" t="s">
+        <v>31</v>
+      </c>
+      <c r="B86" t="s">
+        <v>62</v>
+      </c>
+      <c r="C86" t="s">
+        <v>63</v>
+      </c>
+      <c r="D86" t="s">
+        <v>62</v>
+      </c>
+      <c r="E86" t="s">
+        <v>63</v>
+      </c>
+      <c r="F86" t="s">
+        <v>63</v>
+      </c>
+      <c r="G86" t="s">
+        <v>63</v>
+      </c>
+      <c r="H86" t="s">
+        <v>63</v>
+      </c>
+      <c r="I86" t="s">
+        <v>63</v>
+      </c>
+      <c r="J86" t="s">
+        <v>63</v>
+      </c>
+      <c r="K86" t="s">
+        <v>63</v>
+      </c>
+      <c r="L86" t="s">
+        <v>63</v>
+      </c>
+      <c r="M86" t="s">
+        <v>63</v>
+      </c>
+      <c r="N86" t="s">
+        <v>63</v>
+      </c>
+      <c r="O86" t="s">
+        <v>62</v>
+      </c>
+      <c r="P86" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>62</v>
+      </c>
+      <c r="R86" t="s">
+        <v>62</v>
+      </c>
+      <c r="S86" t="s">
+        <v>62</v>
+      </c>
+      <c r="T86" t="s">
+        <v>62</v>
+      </c>
+      <c r="U86" t="s">
+        <v>62</v>
+      </c>
+      <c r="V86" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="87" spans="1:22">
+      <c r="A87" t="s">
+        <v>32</v>
+      </c>
+      <c r="B87" t="s">
         <v>67</v>
       </c>
-      <c r="C84" t="s">
+      <c r="C87" t="s">
         <v>67</v>
       </c>
-      <c r="D84" t="s">
+      <c r="D87" t="s">
         <v>67</v>
       </c>
-      <c r="E84" t="s">
+      <c r="E87" t="s">
         <v>67</v>
       </c>
-      <c r="F84" t="s">
-[...2 lines deleted...]
-      <c r="G84" t="s">
+      <c r="F87" t="s">
         <v>67</v>
       </c>
-      <c r="H84" t="s">
-[...29 lines deleted...]
-      <c r="R84" t="s">
+      <c r="G87" t="s">
         <v>67</v>
       </c>
-      <c r="S84" t="s">
+      <c r="H87" t="s">
         <v>67</v>
       </c>
-      <c r="T84" t="s">
+      <c r="I87" t="s">
         <v>67</v>
       </c>
-      <c r="U84" t="s">
+      <c r="J87" t="s">
         <v>67</v>
       </c>
-      <c r="V84" t="s">
+      <c r="K87" t="s">
         <v>67</v>
       </c>
-      <c r="W84" t="s">
+      <c r="L87" t="s">
         <v>67</v>
       </c>
-      <c r="X84" t="s">
+      <c r="M87" t="s">
         <v>67</v>
       </c>
-      <c r="Y84" t="s">
+      <c r="N87" t="s">
         <v>67</v>
       </c>
-    </row>
-[...81 lines deleted...]
-      <c r="B86" t="s">
+      <c r="O87" t="s">
         <v>67</v>
       </c>
-      <c r="C86" t="s">
+      <c r="P87" t="s">
         <v>67</v>
       </c>
-      <c r="D86" t="s">
+      <c r="Q87" t="s">
         <v>67</v>
       </c>
-      <c r="E86" t="s">
+      <c r="R87" t="s">
         <v>67</v>
       </c>
-      <c r="F86" t="s">
-[...2 lines deleted...]
-      <c r="G86" t="s">
+      <c r="S87" t="s">
         <v>67</v>
       </c>
-      <c r="H86" t="s">
-[...29 lines deleted...]
-      <c r="R86" t="s">
+      <c r="T87" t="s">
         <v>67</v>
       </c>
-      <c r="S86" t="s">
+      <c r="U87" t="s">
         <v>67</v>
       </c>
-      <c r="T86" t="s">
+      <c r="V87" t="s">
         <v>67</v>
       </c>
-      <c r="U86" t="s">
-[...92 lines deleted...]
-    <row r="88" spans="1:25">
+    </row>
+    <row r="88" spans="1:22">
       <c r="A88" s="4"/>
       <c r="B88" s="4"/>
       <c r="C88" s="4"/>
       <c r="D88" s="4"/>
       <c r="E88" s="4"/>
       <c r="F88" s="4"/>
       <c r="G88" s="4"/>
       <c r="H88" s="4"/>
       <c r="I88" s="4"/>
       <c r="J88" s="4"/>
       <c r="K88" s="4"/>
       <c r="L88" s="4"/>
       <c r="M88" s="4"/>
       <c r="N88" s="4"/>
       <c r="O88" s="4"/>
       <c r="P88" s="4"/>
       <c r="Q88" s="4"/>
       <c r="R88" s="4"/>
       <c r="S88" s="4"/>
       <c r="T88" s="4"/>
       <c r="U88" s="4"/>
       <c r="V88" s="4"/>
-      <c r="W88" s="4"/>
-[...3 lines deleted...]
-    <row r="89" spans="1:25">
+    </row>
+    <row r="89" spans="1:22">
       <c r="A89" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
       <c r="D89" s="2"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
       <c r="I89" s="2"/>
       <c r="J89" s="2"/>
       <c r="K89" s="2"/>
       <c r="L89" s="2"/>
       <c r="M89" s="2"/>
       <c r="N89" s="2"/>
       <c r="O89" s="2"/>
       <c r="P89" s="2"/>
       <c r="Q89" s="2"/>
       <c r="R89" s="2"/>
       <c r="S89" s="2"/>
       <c r="T89" s="2"/>
       <c r="U89" s="2"/>
       <c r="V89" s="2"/>
-      <c r="W89" s="2"/>
-[...3 lines deleted...]
-    <row r="90" spans="1:25">
+    </row>
+    <row r="90" spans="1:22">
       <c r="A90" s="3" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B90" s="3"/>
       <c r="C90" s="3"/>
       <c r="D90" s="3"/>
       <c r="E90" s="3"/>
       <c r="F90" s="3"/>
       <c r="G90" s="3"/>
       <c r="H90" s="3"/>
       <c r="I90" s="3"/>
       <c r="J90" s="3"/>
       <c r="K90" s="3"/>
       <c r="L90" s="3"/>
       <c r="M90" s="3"/>
       <c r="N90" s="3"/>
       <c r="O90" s="3"/>
       <c r="P90" s="3"/>
       <c r="Q90" s="3"/>
       <c r="R90" s="3"/>
       <c r="S90" s="3"/>
       <c r="T90" s="3"/>
       <c r="U90" s="3"/>
       <c r="V90" s="3"/>
-      <c r="W90" s="3"/>
-[...3 lines deleted...]
-    <row r="91" spans="1:25">
+    </row>
+    <row r="91" spans="1:22">
       <c r="A91" t="s">
+        <v>23</v>
+      </c>
+      <c r="B91" t="s">
+        <v>69</v>
+      </c>
+      <c r="C91" t="s">
+        <v>69</v>
+      </c>
+      <c r="D91" t="s">
+        <v>69</v>
+      </c>
+      <c r="E91" t="s">
+        <v>70</v>
+      </c>
+      <c r="F91" t="s">
+        <v>70</v>
+      </c>
+      <c r="G91" t="s">
+        <v>70</v>
+      </c>
+      <c r="H91" t="s">
+        <v>70</v>
+      </c>
+      <c r="I91" t="s">
+        <v>70</v>
+      </c>
+      <c r="J91" t="s">
+        <v>70</v>
+      </c>
+      <c r="K91" t="s">
+        <v>70</v>
+      </c>
+      <c r="L91" t="s">
+        <v>70</v>
+      </c>
+      <c r="M91" t="s">
+        <v>70</v>
+      </c>
+      <c r="N91" t="s">
+        <v>70</v>
+      </c>
+      <c r="O91" t="s">
+        <v>70</v>
+      </c>
+      <c r="P91" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>69</v>
+      </c>
+      <c r="R91" t="s">
+        <v>69</v>
+      </c>
+      <c r="S91" t="s">
+        <v>69</v>
+      </c>
+      <c r="T91" t="s">
+        <v>69</v>
+      </c>
+      <c r="U91" t="s">
+        <v>69</v>
+      </c>
+      <c r="V91" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="92" spans="1:22">
+      <c r="A92" t="s">
         <v>26</v>
       </c>
-      <c r="B91" t="s">
-[...75 lines deleted...]
-      </c>
       <c r="B92" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="C92" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D92" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E92" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F92" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="G92" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H92" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="I92" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="J92" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="K92" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="L92" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="M92" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="N92" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="P92" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="Q92" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="R92" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="S92" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T92" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U92" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="V92" t="s">
-        <v>30</v>
-[...11 lines deleted...]
-    <row r="93" spans="1:25">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="93" spans="1:22">
       <c r="A93" t="s">
+        <v>28</v>
+      </c>
+      <c r="B93" t="s">
+        <v>71</v>
+      </c>
+      <c r="C93" t="s">
+        <v>71</v>
+      </c>
+      <c r="D93" t="s">
+        <v>71</v>
+      </c>
+      <c r="E93" t="s">
+        <v>72</v>
+      </c>
+      <c r="F93" t="s">
+        <v>72</v>
+      </c>
+      <c r="G93" t="s">
+        <v>72</v>
+      </c>
+      <c r="H93" t="s">
+        <v>72</v>
+      </c>
+      <c r="I93" t="s">
+        <v>72</v>
+      </c>
+      <c r="J93" t="s">
+        <v>72</v>
+      </c>
+      <c r="K93" t="s">
+        <v>72</v>
+      </c>
+      <c r="L93" t="s">
+        <v>72</v>
+      </c>
+      <c r="M93" t="s">
+        <v>72</v>
+      </c>
+      <c r="N93" t="s">
+        <v>72</v>
+      </c>
+      <c r="O93" t="s">
+        <v>72</v>
+      </c>
+      <c r="P93" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>71</v>
+      </c>
+      <c r="R93" t="s">
+        <v>71</v>
+      </c>
+      <c r="S93" t="s">
+        <v>71</v>
+      </c>
+      <c r="T93" t="s">
+        <v>71</v>
+      </c>
+      <c r="U93" t="s">
+        <v>71</v>
+      </c>
+      <c r="V93" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="94" spans="1:22">
+      <c r="A94" t="s">
         <v>31</v>
       </c>
-      <c r="B93" t="s">
-[...73 lines deleted...]
-      <c r="A94" t="s">
+      <c r="B94" t="s">
+        <v>69</v>
+      </c>
+      <c r="C94" t="s">
+        <v>69</v>
+      </c>
+      <c r="D94" t="s">
+        <v>69</v>
+      </c>
+      <c r="E94" t="s">
+        <v>70</v>
+      </c>
+      <c r="F94" t="s">
+        <v>70</v>
+      </c>
+      <c r="G94" t="s">
+        <v>70</v>
+      </c>
+      <c r="H94" t="s">
+        <v>70</v>
+      </c>
+      <c r="I94" t="s">
+        <v>70</v>
+      </c>
+      <c r="J94" t="s">
+        <v>70</v>
+      </c>
+      <c r="K94" t="s">
+        <v>70</v>
+      </c>
+      <c r="L94" t="s">
+        <v>70</v>
+      </c>
+      <c r="M94" t="s">
+        <v>70</v>
+      </c>
+      <c r="N94" t="s">
+        <v>70</v>
+      </c>
+      <c r="O94" t="s">
+        <v>70</v>
+      </c>
+      <c r="P94" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>69</v>
+      </c>
+      <c r="R94" t="s">
+        <v>69</v>
+      </c>
+      <c r="S94" t="s">
+        <v>69</v>
+      </c>
+      <c r="T94" t="s">
+        <v>69</v>
+      </c>
+      <c r="U94" t="s">
+        <v>69</v>
+      </c>
+      <c r="V94" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="95" spans="1:22">
+      <c r="A95" t="s">
+        <v>32</v>
+      </c>
+      <c r="B95" t="s">
+        <v>33</v>
+      </c>
+      <c r="C95" t="s">
+        <v>33</v>
+      </c>
+      <c r="D95" t="s">
+        <v>33</v>
+      </c>
+      <c r="E95" t="s">
+        <v>33</v>
+      </c>
+      <c r="F95" t="s">
+        <v>33</v>
+      </c>
+      <c r="G95" t="s">
+        <v>33</v>
+      </c>
+      <c r="H95" t="s">
+        <v>33</v>
+      </c>
+      <c r="I95" t="s">
+        <v>33</v>
+      </c>
+      <c r="J95" t="s">
+        <v>33</v>
+      </c>
+      <c r="K95" t="s">
+        <v>33</v>
+      </c>
+      <c r="L95" t="s">
+        <v>33</v>
+      </c>
+      <c r="M95" t="s">
+        <v>33</v>
+      </c>
+      <c r="N95" t="s">
+        <v>33</v>
+      </c>
+      <c r="O95" t="s">
+        <v>33</v>
+      </c>
+      <c r="P95" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>33</v>
+      </c>
+      <c r="R95" t="s">
+        <v>33</v>
+      </c>
+      <c r="S95" t="s">
+        <v>33</v>
+      </c>
+      <c r="T95" t="s">
+        <v>33</v>
+      </c>
+      <c r="U95" t="s">
+        <v>33</v>
+      </c>
+      <c r="V95" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="96" spans="1:22">
+      <c r="A96" s="3" t="s">
         <v>34</v>
-      </c>
-[...152 lines deleted...]
-        <v>37</v>
       </c>
       <c r="B96" s="3"/>
       <c r="C96" s="3"/>
       <c r="D96" s="3"/>
       <c r="E96" s="3"/>
       <c r="F96" s="3"/>
       <c r="G96" s="3"/>
       <c r="H96" s="3"/>
       <c r="I96" s="3"/>
       <c r="J96" s="3"/>
       <c r="K96" s="3"/>
       <c r="L96" s="3"/>
       <c r="M96" s="3"/>
       <c r="N96" s="3"/>
       <c r="O96" s="3"/>
       <c r="P96" s="3"/>
       <c r="Q96" s="3"/>
       <c r="R96" s="3"/>
       <c r="S96" s="3"/>
       <c r="T96" s="3"/>
       <c r="U96" s="3"/>
       <c r="V96" s="3"/>
-      <c r="W96" s="3"/>
-[...3 lines deleted...]
-    <row r="97" spans="1:25">
+    </row>
+    <row r="97" spans="1:22">
       <c r="A97" t="s">
+        <v>23</v>
+      </c>
+      <c r="B97" t="s">
+        <v>69</v>
+      </c>
+      <c r="C97" t="s">
+        <v>69</v>
+      </c>
+      <c r="D97" t="s">
+        <v>69</v>
+      </c>
+      <c r="E97" t="s">
+        <v>70</v>
+      </c>
+      <c r="F97" t="s">
+        <v>70</v>
+      </c>
+      <c r="G97" t="s">
+        <v>70</v>
+      </c>
+      <c r="H97" t="s">
+        <v>70</v>
+      </c>
+      <c r="I97" t="s">
+        <v>70</v>
+      </c>
+      <c r="J97" t="s">
+        <v>70</v>
+      </c>
+      <c r="K97" t="s">
+        <v>70</v>
+      </c>
+      <c r="L97" t="s">
+        <v>70</v>
+      </c>
+      <c r="M97" t="s">
+        <v>70</v>
+      </c>
+      <c r="N97" t="s">
+        <v>70</v>
+      </c>
+      <c r="O97" t="s">
+        <v>70</v>
+      </c>
+      <c r="P97" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>69</v>
+      </c>
+      <c r="R97" t="s">
+        <v>69</v>
+      </c>
+      <c r="S97" t="s">
+        <v>69</v>
+      </c>
+      <c r="T97" t="s">
+        <v>69</v>
+      </c>
+      <c r="U97" t="s">
+        <v>69</v>
+      </c>
+      <c r="V97" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="98" spans="1:22">
+      <c r="A98" t="s">
         <v>26</v>
       </c>
-      <c r="B97" t="s">
-[...75 lines deleted...]
-      </c>
       <c r="B98" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="C98" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D98" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E98" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F98" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="G98" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H98" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="I98" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="J98" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="K98" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="L98" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="M98" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="N98" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="P98" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="Q98" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="R98" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="S98" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T98" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U98" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="V98" t="s">
-        <v>30</v>
-[...11 lines deleted...]
-    <row r="99" spans="1:25">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="99" spans="1:22">
       <c r="A99" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B99" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C99" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D99" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E99" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="F99" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="G99" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="H99" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="I99" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="J99" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="K99" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="L99" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="M99" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="N99" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="O99" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="P99" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="Q99" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="R99" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="S99" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="T99" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="U99" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="V99" t="s">
-        <v>73</v>
-[...11 lines deleted...]
-    <row r="100" spans="1:25">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="100" spans="1:22">
       <c r="A100" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B100" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="C100" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D100" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="E100" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F100" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="G100" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="H100" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="I100" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="J100" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="K100" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="L100" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="M100" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="N100" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="O100" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="P100" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="Q100" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="R100" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="S100" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="T100" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="U100" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="V100" t="s">
-        <v>36</v>
-[...11 lines deleted...]
-    <row r="101" spans="1:25">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="101" spans="1:22">
       <c r="A101" s="4"/>
       <c r="B101" s="4"/>
       <c r="C101" s="4"/>
       <c r="D101" s="4"/>
       <c r="E101" s="4"/>
       <c r="F101" s="4"/>
       <c r="G101" s="4"/>
       <c r="H101" s="4"/>
       <c r="I101" s="4"/>
       <c r="J101" s="4"/>
       <c r="K101" s="4"/>
       <c r="L101" s="4"/>
       <c r="M101" s="4"/>
       <c r="N101" s="4"/>
       <c r="O101" s="4"/>
       <c r="P101" s="4"/>
       <c r="Q101" s="4"/>
       <c r="R101" s="4"/>
       <c r="S101" s="4"/>
       <c r="T101" s="4"/>
       <c r="U101" s="4"/>
       <c r="V101" s="4"/>
-      <c r="W101" s="4"/>
-[...3 lines deleted...]
-    <row r="102" spans="1:25">
+    </row>
+    <row r="102" spans="1:22">
       <c r="A102" s="2" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="2"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
       <c r="I102" s="2"/>
       <c r="J102" s="2"/>
       <c r="K102" s="2"/>
       <c r="L102" s="2"/>
       <c r="M102" s="2"/>
       <c r="N102" s="2"/>
       <c r="O102" s="2"/>
       <c r="P102" s="2"/>
       <c r="Q102" s="2"/>
       <c r="R102" s="2"/>
       <c r="S102" s="2"/>
       <c r="T102" s="2"/>
       <c r="U102" s="2"/>
       <c r="V102" s="2"/>
-      <c r="W102" s="2"/>
-[...3 lines deleted...]
-    <row r="103" spans="1:25">
+    </row>
+    <row r="103" spans="1:22">
       <c r="A103" s="3" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B103" s="3"/>
       <c r="C103" s="3"/>
       <c r="D103" s="3"/>
       <c r="E103" s="3"/>
       <c r="F103" s="3"/>
       <c r="G103" s="3"/>
       <c r="H103" s="3"/>
       <c r="I103" s="3"/>
       <c r="J103" s="3"/>
       <c r="K103" s="3"/>
       <c r="L103" s="3"/>
       <c r="M103" s="3"/>
       <c r="N103" s="3"/>
       <c r="O103" s="3"/>
       <c r="P103" s="3"/>
       <c r="Q103" s="3"/>
       <c r="R103" s="3"/>
       <c r="S103" s="3"/>
       <c r="T103" s="3"/>
       <c r="U103" s="3"/>
       <c r="V103" s="3"/>
-      <c r="W103" s="3"/>
-[...3 lines deleted...]
-    <row r="104" spans="1:25">
+    </row>
+    <row r="104" spans="1:22">
       <c r="A104" t="s">
+        <v>23</v>
+      </c>
+      <c r="B104" t="s">
+        <v>74</v>
+      </c>
+      <c r="C104" t="s">
+        <v>74</v>
+      </c>
+      <c r="D104" t="s">
+        <v>74</v>
+      </c>
+      <c r="E104" t="s">
+        <v>75</v>
+      </c>
+      <c r="F104" t="s">
+        <v>75</v>
+      </c>
+      <c r="G104" t="s">
+        <v>74</v>
+      </c>
+      <c r="H104" t="s">
+        <v>74</v>
+      </c>
+      <c r="I104" t="s">
+        <v>74</v>
+      </c>
+      <c r="J104" t="s">
+        <v>74</v>
+      </c>
+      <c r="K104" t="s">
+        <v>74</v>
+      </c>
+      <c r="L104" t="s">
+        <v>74</v>
+      </c>
+      <c r="M104" t="s">
+        <v>74</v>
+      </c>
+      <c r="N104" t="s">
+        <v>74</v>
+      </c>
+      <c r="O104" t="s">
+        <v>74</v>
+      </c>
+      <c r="P104" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>74</v>
+      </c>
+      <c r="R104" t="s">
+        <v>74</v>
+      </c>
+      <c r="S104" t="s">
+        <v>74</v>
+      </c>
+      <c r="T104" t="s">
+        <v>74</v>
+      </c>
+      <c r="U104" t="s">
+        <v>74</v>
+      </c>
+      <c r="V104" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="105" spans="1:22">
+      <c r="A105" t="s">
         <v>26</v>
       </c>
-      <c r="B104" t="s">
+      <c r="B105" t="s">
+        <v>76</v>
+      </c>
+      <c r="C105" t="s">
+        <v>76</v>
+      </c>
+      <c r="D105" t="s">
+        <v>76</v>
+      </c>
+      <c r="E105" t="s">
+        <v>76</v>
+      </c>
+      <c r="F105" t="s">
+        <v>76</v>
+      </c>
+      <c r="G105" t="s">
+        <v>76</v>
+      </c>
+      <c r="H105" t="s">
+        <v>76</v>
+      </c>
+      <c r="I105" t="s">
+        <v>76</v>
+      </c>
+      <c r="J105" t="s">
+        <v>76</v>
+      </c>
+      <c r="K105" t="s">
+        <v>76</v>
+      </c>
+      <c r="L105" t="s">
+        <v>76</v>
+      </c>
+      <c r="M105" t="s">
+        <v>76</v>
+      </c>
+      <c r="N105" t="s">
+        <v>76</v>
+      </c>
+      <c r="O105" t="s">
+        <v>76</v>
+      </c>
+      <c r="P105" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>76</v>
+      </c>
+      <c r="R105" t="s">
+        <v>76</v>
+      </c>
+      <c r="S105" t="s">
+        <v>76</v>
+      </c>
+      <c r="T105" t="s">
+        <v>76</v>
+      </c>
+      <c r="U105" t="s">
+        <v>76</v>
+      </c>
+      <c r="V105" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="106" spans="1:22">
+      <c r="A106" t="s">
+        <v>28</v>
+      </c>
+      <c r="B106" t="s">
+        <v>77</v>
+      </c>
+      <c r="C106" t="s">
+        <v>77</v>
+      </c>
+      <c r="D106" t="s">
+        <v>77</v>
+      </c>
+      <c r="E106" t="s">
         <v>78</v>
       </c>
-      <c r="C104" t="s">
+      <c r="F106" t="s">
         <v>78</v>
       </c>
-      <c r="D104" t="s">
-[...11 lines deleted...]
-      <c r="H104" t="s">
+      <c r="G106" t="s">
+        <v>77</v>
+      </c>
+      <c r="H106" t="s">
+        <v>77</v>
+      </c>
+      <c r="I106" t="s">
+        <v>77</v>
+      </c>
+      <c r="J106" t="s">
+        <v>77</v>
+      </c>
+      <c r="K106" t="s">
+        <v>77</v>
+      </c>
+      <c r="L106" t="s">
+        <v>77</v>
+      </c>
+      <c r="M106" t="s">
+        <v>77</v>
+      </c>
+      <c r="N106" t="s">
+        <v>77</v>
+      </c>
+      <c r="O106" t="s">
+        <v>77</v>
+      </c>
+      <c r="P106" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>77</v>
+      </c>
+      <c r="R106" t="s">
+        <v>77</v>
+      </c>
+      <c r="S106" t="s">
+        <v>77</v>
+      </c>
+      <c r="T106" t="s">
+        <v>77</v>
+      </c>
+      <c r="U106" t="s">
+        <v>77</v>
+      </c>
+      <c r="V106" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="107" spans="1:22">
+      <c r="A107" t="s">
+        <v>31</v>
+      </c>
+      <c r="B107" t="s">
+        <v>74</v>
+      </c>
+      <c r="C107" t="s">
+        <v>74</v>
+      </c>
+      <c r="D107" t="s">
+        <v>74</v>
+      </c>
+      <c r="E107" t="s">
+        <v>75</v>
+      </c>
+      <c r="F107" t="s">
+        <v>75</v>
+      </c>
+      <c r="G107" t="s">
+        <v>74</v>
+      </c>
+      <c r="H107" t="s">
+        <v>74</v>
+      </c>
+      <c r="I107" t="s">
+        <v>74</v>
+      </c>
+      <c r="J107" t="s">
+        <v>74</v>
+      </c>
+      <c r="K107" t="s">
+        <v>74</v>
+      </c>
+      <c r="L107" t="s">
+        <v>74</v>
+      </c>
+      <c r="M107" t="s">
+        <v>74</v>
+      </c>
+      <c r="N107" t="s">
+        <v>74</v>
+      </c>
+      <c r="O107" t="s">
+        <v>74</v>
+      </c>
+      <c r="P107" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q107" t="s">
+        <v>74</v>
+      </c>
+      <c r="R107" t="s">
+        <v>74</v>
+      </c>
+      <c r="S107" t="s">
+        <v>74</v>
+      </c>
+      <c r="T107" t="s">
+        <v>74</v>
+      </c>
+      <c r="U107" t="s">
+        <v>74</v>
+      </c>
+      <c r="V107" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="108" spans="1:22">
+      <c r="A108" t="s">
+        <v>32</v>
+      </c>
+      <c r="B108" t="s">
         <v>79</v>
       </c>
-      <c r="I104" t="s">
+      <c r="C108" t="s">
         <v>79</v>
       </c>
-      <c r="J104" t="s">
-[...203 lines deleted...]
-      <c r="A107" t="s">
+      <c r="D108" t="s">
+        <v>79</v>
+      </c>
+      <c r="E108" t="s">
+        <v>79</v>
+      </c>
+      <c r="F108" t="s">
+        <v>79</v>
+      </c>
+      <c r="G108" t="s">
+        <v>79</v>
+      </c>
+      <c r="H108" t="s">
+        <v>79</v>
+      </c>
+      <c r="I108" t="s">
+        <v>79</v>
+      </c>
+      <c r="J108" t="s">
+        <v>79</v>
+      </c>
+      <c r="K108" t="s">
+        <v>79</v>
+      </c>
+      <c r="L108" t="s">
+        <v>79</v>
+      </c>
+      <c r="M108" t="s">
+        <v>79</v>
+      </c>
+      <c r="N108" t="s">
+        <v>79</v>
+      </c>
+      <c r="O108" t="s">
+        <v>79</v>
+      </c>
+      <c r="P108" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>79</v>
+      </c>
+      <c r="R108" t="s">
+        <v>79</v>
+      </c>
+      <c r="S108" t="s">
+        <v>79</v>
+      </c>
+      <c r="T108" t="s">
+        <v>79</v>
+      </c>
+      <c r="U108" t="s">
+        <v>79</v>
+      </c>
+      <c r="V108" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="109" spans="1:22">
+      <c r="A109" s="3" t="s">
         <v>34</v>
-      </c>
-[...152 lines deleted...]
-        <v>37</v>
       </c>
       <c r="B109" s="3"/>
       <c r="C109" s="3"/>
       <c r="D109" s="3"/>
       <c r="E109" s="3"/>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="3"/>
       <c r="I109" s="3"/>
       <c r="J109" s="3"/>
       <c r="K109" s="3"/>
       <c r="L109" s="3"/>
       <c r="M109" s="3"/>
       <c r="N109" s="3"/>
       <c r="O109" s="3"/>
       <c r="P109" s="3"/>
       <c r="Q109" s="3"/>
       <c r="R109" s="3"/>
       <c r="S109" s="3"/>
       <c r="T109" s="3"/>
       <c r="U109" s="3"/>
       <c r="V109" s="3"/>
-      <c r="W109" s="3"/>
-[...3 lines deleted...]
-    <row r="110" spans="1:25">
+    </row>
+    <row r="110" spans="1:22">
       <c r="A110" t="s">
+        <v>23</v>
+      </c>
+      <c r="B110" t="s">
+        <v>74</v>
+      </c>
+      <c r="C110" t="s">
+        <v>74</v>
+      </c>
+      <c r="D110" t="s">
+        <v>74</v>
+      </c>
+      <c r="E110" t="s">
+        <v>75</v>
+      </c>
+      <c r="F110" t="s">
+        <v>75</v>
+      </c>
+      <c r="G110" t="s">
+        <v>74</v>
+      </c>
+      <c r="H110" t="s">
+        <v>74</v>
+      </c>
+      <c r="I110" t="s">
+        <v>74</v>
+      </c>
+      <c r="J110" t="s">
+        <v>74</v>
+      </c>
+      <c r="K110" t="s">
+        <v>74</v>
+      </c>
+      <c r="L110" t="s">
+        <v>74</v>
+      </c>
+      <c r="M110" t="s">
+        <v>74</v>
+      </c>
+      <c r="N110" t="s">
+        <v>74</v>
+      </c>
+      <c r="O110" t="s">
+        <v>74</v>
+      </c>
+      <c r="P110" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>74</v>
+      </c>
+      <c r="R110" t="s">
+        <v>74</v>
+      </c>
+      <c r="S110" t="s">
+        <v>74</v>
+      </c>
+      <c r="T110" t="s">
+        <v>74</v>
+      </c>
+      <c r="U110" t="s">
+        <v>74</v>
+      </c>
+      <c r="V110" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="111" spans="1:22">
+      <c r="A111" t="s">
         <v>26</v>
       </c>
-      <c r="B110" t="s">
-[...17 lines deleted...]
-      <c r="H110" t="s">
+      <c r="B111" t="s">
+        <v>76</v>
+      </c>
+      <c r="C111" t="s">
+        <v>76</v>
+      </c>
+      <c r="D111" t="s">
+        <v>76</v>
+      </c>
+      <c r="E111" t="s">
+        <v>76</v>
+      </c>
+      <c r="F111" t="s">
+        <v>76</v>
+      </c>
+      <c r="G111" t="s">
+        <v>76</v>
+      </c>
+      <c r="H111" t="s">
+        <v>76</v>
+      </c>
+      <c r="I111" t="s">
+        <v>76</v>
+      </c>
+      <c r="J111" t="s">
+        <v>76</v>
+      </c>
+      <c r="K111" t="s">
+        <v>76</v>
+      </c>
+      <c r="L111" t="s">
+        <v>76</v>
+      </c>
+      <c r="M111" t="s">
+        <v>76</v>
+      </c>
+      <c r="N111" t="s">
+        <v>76</v>
+      </c>
+      <c r="O111" t="s">
+        <v>76</v>
+      </c>
+      <c r="P111" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q111" t="s">
+        <v>76</v>
+      </c>
+      <c r="R111" t="s">
+        <v>76</v>
+      </c>
+      <c r="S111" t="s">
+        <v>76</v>
+      </c>
+      <c r="T111" t="s">
+        <v>76</v>
+      </c>
+      <c r="U111" t="s">
+        <v>76</v>
+      </c>
+      <c r="V111" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="112" spans="1:22">
+      <c r="A112" t="s">
+        <v>31</v>
+      </c>
+      <c r="B112" t="s">
+        <v>74</v>
+      </c>
+      <c r="C112" t="s">
+        <v>74</v>
+      </c>
+      <c r="D112" t="s">
+        <v>74</v>
+      </c>
+      <c r="E112" t="s">
+        <v>75</v>
+      </c>
+      <c r="F112" t="s">
+        <v>75</v>
+      </c>
+      <c r="G112" t="s">
+        <v>74</v>
+      </c>
+      <c r="H112" t="s">
+        <v>74</v>
+      </c>
+      <c r="I112" t="s">
+        <v>74</v>
+      </c>
+      <c r="J112" t="s">
+        <v>74</v>
+      </c>
+      <c r="K112" t="s">
+        <v>74</v>
+      </c>
+      <c r="L112" t="s">
+        <v>74</v>
+      </c>
+      <c r="M112" t="s">
+        <v>74</v>
+      </c>
+      <c r="N112" t="s">
+        <v>74</v>
+      </c>
+      <c r="O112" t="s">
+        <v>74</v>
+      </c>
+      <c r="P112" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>74</v>
+      </c>
+      <c r="R112" t="s">
+        <v>74</v>
+      </c>
+      <c r="S112" t="s">
+        <v>74</v>
+      </c>
+      <c r="T112" t="s">
+        <v>74</v>
+      </c>
+      <c r="U112" t="s">
+        <v>74</v>
+      </c>
+      <c r="V112" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="113" spans="1:22">
+      <c r="A113" t="s">
+        <v>32</v>
+      </c>
+      <c r="B113" t="s">
         <v>79</v>
       </c>
-      <c r="I110" t="s">
+      <c r="C113" t="s">
         <v>79</v>
       </c>
-      <c r="J110" t="s">
-[...147 lines deleted...]
-      <c r="H112" t="s">
+      <c r="D113" t="s">
         <v>79</v>
       </c>
-      <c r="I112" t="s">
+      <c r="E113" t="s">
         <v>79</v>
       </c>
-      <c r="J112" t="s">
-[...63 lines deleted...]
-      </c>
       <c r="F113" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="G113" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="H113" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="I113" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="J113" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="K113" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="L113" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="M113" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="N113" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="O113" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="P113" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="Q113" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="R113" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="S113" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="T113" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="U113" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="V113" t="s">
-        <v>83</v>
-[...11 lines deleted...]
-    <row r="114" spans="1:25">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="114" spans="1:22">
       <c r="A114" s="4"/>
       <c r="B114" s="4"/>
       <c r="C114" s="4"/>
       <c r="D114" s="4"/>
       <c r="E114" s="4"/>
       <c r="F114" s="4"/>
       <c r="G114" s="4"/>
       <c r="H114" s="4"/>
       <c r="I114" s="4"/>
       <c r="J114" s="4"/>
       <c r="K114" s="4"/>
       <c r="L114" s="4"/>
       <c r="M114" s="4"/>
       <c r="N114" s="4"/>
       <c r="O114" s="4"/>
       <c r="P114" s="4"/>
       <c r="Q114" s="4"/>
       <c r="R114" s="4"/>
       <c r="S114" s="4"/>
       <c r="T114" s="4"/>
       <c r="U114" s="4"/>
       <c r="V114" s="4"/>
-      <c r="W114" s="4"/>
-[...3 lines deleted...]
-    <row r="115" spans="1:25">
+    </row>
+    <row r="115" spans="1:22">
       <c r="A115" s="2" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B115" s="2"/>
       <c r="C115" s="2"/>
       <c r="D115" s="2"/>
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
       <c r="I115" s="2"/>
       <c r="J115" s="2"/>
       <c r="K115" s="2"/>
       <c r="L115" s="2"/>
       <c r="M115" s="2"/>
       <c r="N115" s="2"/>
       <c r="O115" s="2"/>
       <c r="P115" s="2"/>
       <c r="Q115" s="2"/>
       <c r="R115" s="2"/>
       <c r="S115" s="2"/>
       <c r="T115" s="2"/>
       <c r="U115" s="2"/>
       <c r="V115" s="2"/>
-      <c r="W115" s="2"/>
-[...3 lines deleted...]
-    <row r="116" spans="1:25">
+    </row>
+    <row r="116" spans="1:22">
       <c r="A116" s="3" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B116" s="3"/>
       <c r="C116" s="3"/>
       <c r="D116" s="3"/>
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
       <c r="H116" s="3"/>
       <c r="I116" s="3"/>
       <c r="J116" s="3"/>
       <c r="K116" s="3"/>
       <c r="L116" s="3"/>
       <c r="M116" s="3"/>
       <c r="N116" s="3"/>
       <c r="O116" s="3"/>
       <c r="P116" s="3"/>
       <c r="Q116" s="3"/>
       <c r="R116" s="3"/>
       <c r="S116" s="3"/>
       <c r="T116" s="3"/>
       <c r="U116" s="3"/>
       <c r="V116" s="3"/>
-      <c r="W116" s="3"/>
-[...3 lines deleted...]
-    <row r="117" spans="1:25">
+    </row>
+    <row r="117" spans="1:22">
       <c r="A117" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B117" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C117" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D117" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="E117" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="F117" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="G117" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="H117" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="I117" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="J117" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="K117" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="L117" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="M117" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="N117" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="O117" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="P117" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="Q117" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="R117" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="S117" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="T117" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="U117" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="V117" t="s">
-        <v>85</v>
-[...11 lines deleted...]
-    <row r="118" spans="1:25">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="118" spans="1:22">
       <c r="A118" t="s">
+        <v>28</v>
+      </c>
+      <c r="B118" t="s">
+        <v>83</v>
+      </c>
+      <c r="C118" t="s">
+        <v>83</v>
+      </c>
+      <c r="D118" t="s">
+        <v>83</v>
+      </c>
+      <c r="E118" t="s">
+        <v>84</v>
+      </c>
+      <c r="F118" t="s">
+        <v>84</v>
+      </c>
+      <c r="G118" t="s">
+        <v>83</v>
+      </c>
+      <c r="H118" t="s">
+        <v>83</v>
+      </c>
+      <c r="I118" t="s">
+        <v>83</v>
+      </c>
+      <c r="J118" t="s">
+        <v>83</v>
+      </c>
+      <c r="K118" t="s">
+        <v>83</v>
+      </c>
+      <c r="L118" t="s">
+        <v>83</v>
+      </c>
+      <c r="M118" t="s">
+        <v>83</v>
+      </c>
+      <c r="N118" t="s">
+        <v>83</v>
+      </c>
+      <c r="O118" t="s">
+        <v>83</v>
+      </c>
+      <c r="P118" t="s">
+        <v>83</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>83</v>
+      </c>
+      <c r="R118" t="s">
+        <v>83</v>
+      </c>
+      <c r="S118" t="s">
+        <v>83</v>
+      </c>
+      <c r="T118" t="s">
+        <v>83</v>
+      </c>
+      <c r="U118" t="s">
+        <v>83</v>
+      </c>
+      <c r="V118" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="119" spans="1:22">
+      <c r="A119" t="s">
         <v>31</v>
       </c>
-      <c r="B118" t="s">
-[...73 lines deleted...]
-      <c r="A119" t="s">
+      <c r="B119" t="s">
+        <v>81</v>
+      </c>
+      <c r="C119" t="s">
+        <v>81</v>
+      </c>
+      <c r="D119" t="s">
+        <v>81</v>
+      </c>
+      <c r="E119" t="s">
+        <v>82</v>
+      </c>
+      <c r="F119" t="s">
+        <v>82</v>
+      </c>
+      <c r="G119" t="s">
+        <v>81</v>
+      </c>
+      <c r="H119" t="s">
+        <v>81</v>
+      </c>
+      <c r="I119" t="s">
+        <v>81</v>
+      </c>
+      <c r="J119" t="s">
+        <v>81</v>
+      </c>
+      <c r="K119" t="s">
+        <v>81</v>
+      </c>
+      <c r="L119" t="s">
+        <v>81</v>
+      </c>
+      <c r="M119" t="s">
+        <v>81</v>
+      </c>
+      <c r="N119" t="s">
+        <v>81</v>
+      </c>
+      <c r="O119" t="s">
+        <v>81</v>
+      </c>
+      <c r="P119" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>81</v>
+      </c>
+      <c r="R119" t="s">
+        <v>81</v>
+      </c>
+      <c r="S119" t="s">
+        <v>81</v>
+      </c>
+      <c r="T119" t="s">
+        <v>81</v>
+      </c>
+      <c r="U119" t="s">
+        <v>81</v>
+      </c>
+      <c r="V119" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="120" spans="1:22">
+      <c r="A120" s="3" t="s">
         <v>34</v>
-      </c>
-[...75 lines deleted...]
-        <v>37</v>
       </c>
       <c r="B120" s="3"/>
       <c r="C120" s="3"/>
       <c r="D120" s="3"/>
       <c r="E120" s="3"/>
       <c r="F120" s="3"/>
       <c r="G120" s="3"/>
       <c r="H120" s="3"/>
       <c r="I120" s="3"/>
       <c r="J120" s="3"/>
       <c r="K120" s="3"/>
       <c r="L120" s="3"/>
       <c r="M120" s="3"/>
       <c r="N120" s="3"/>
       <c r="O120" s="3"/>
       <c r="P120" s="3"/>
       <c r="Q120" s="3"/>
       <c r="R120" s="3"/>
       <c r="S120" s="3"/>
       <c r="T120" s="3"/>
       <c r="U120" s="3"/>
       <c r="V120" s="3"/>
-      <c r="W120" s="3"/>
-[...3 lines deleted...]
-    <row r="121" spans="1:25">
+    </row>
+    <row r="121" spans="1:22">
       <c r="A121" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B121" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C121" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D121" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="E121" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="F121" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="G121" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="H121" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="I121" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="J121" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="K121" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="L121" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="M121" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="N121" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="O121" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="P121" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="Q121" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="R121" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="S121" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="T121" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="U121" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="V121" t="s">
-        <v>85</v>
-[...11 lines deleted...]
-    <row r="122" spans="1:25">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="122" spans="1:22">
       <c r="A122" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B122" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C122" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D122" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="E122" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="F122" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="G122" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="H122" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="I122" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="J122" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="K122" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="L122" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="M122" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="N122" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="O122" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="P122" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="Q122" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="R122" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="S122" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="T122" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="U122" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="V122" t="s">
-        <v>85</v>
-[...11 lines deleted...]
-    <row r="123" spans="1:25">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="123" spans="1:22">
       <c r="A123" s="4"/>
       <c r="B123" s="4"/>
       <c r="C123" s="4"/>
       <c r="D123" s="4"/>
       <c r="E123" s="4"/>
       <c r="F123" s="4"/>
       <c r="G123" s="4"/>
       <c r="H123" s="4"/>
       <c r="I123" s="4"/>
       <c r="J123" s="4"/>
       <c r="K123" s="4"/>
       <c r="L123" s="4"/>
       <c r="M123" s="4"/>
       <c r="N123" s="4"/>
       <c r="O123" s="4"/>
       <c r="P123" s="4"/>
       <c r="Q123" s="4"/>
       <c r="R123" s="4"/>
       <c r="S123" s="4"/>
       <c r="T123" s="4"/>
       <c r="U123" s="4"/>
       <c r="V123" s="4"/>
-      <c r="W123" s="4"/>
-[...3 lines deleted...]
-    <row r="124" spans="1:25">
+    </row>
+    <row r="124" spans="1:22">
       <c r="A124" s="2" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B124" s="2"/>
       <c r="C124" s="2"/>
       <c r="D124" s="2"/>
       <c r="E124" s="2"/>
       <c r="F124" s="2"/>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
       <c r="I124" s="2"/>
       <c r="J124" s="2"/>
       <c r="K124" s="2"/>
       <c r="L124" s="2"/>
       <c r="M124" s="2"/>
       <c r="N124" s="2"/>
       <c r="O124" s="2"/>
       <c r="P124" s="2"/>
       <c r="Q124" s="2"/>
       <c r="R124" s="2"/>
       <c r="S124" s="2"/>
       <c r="T124" s="2"/>
       <c r="U124" s="2"/>
       <c r="V124" s="2"/>
-      <c r="W124" s="2"/>
-[...3 lines deleted...]
-    <row r="125" spans="1:25">
+    </row>
+    <row r="125" spans="1:22">
       <c r="A125" s="3" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B125" s="3"/>
       <c r="C125" s="3"/>
       <c r="D125" s="3"/>
       <c r="E125" s="3"/>
       <c r="F125" s="3"/>
       <c r="G125" s="3"/>
       <c r="H125" s="3"/>
       <c r="I125" s="3"/>
       <c r="J125" s="3"/>
       <c r="K125" s="3"/>
       <c r="L125" s="3"/>
       <c r="M125" s="3"/>
       <c r="N125" s="3"/>
       <c r="O125" s="3"/>
       <c r="P125" s="3"/>
       <c r="Q125" s="3"/>
       <c r="R125" s="3"/>
       <c r="S125" s="3"/>
       <c r="T125" s="3"/>
       <c r="U125" s="3"/>
       <c r="V125" s="3"/>
-      <c r="W125" s="3"/>
-[...3 lines deleted...]
-    <row r="126" spans="1:25">
+    </row>
+    <row r="126" spans="1:22">
       <c r="A126" t="s">
+        <v>23</v>
+      </c>
+      <c r="B126" t="s">
+        <v>86</v>
+      </c>
+      <c r="C126" t="s">
+        <v>86</v>
+      </c>
+      <c r="D126" t="s">
+        <v>86</v>
+      </c>
+      <c r="E126" t="s">
+        <v>63</v>
+      </c>
+      <c r="F126" t="s">
+        <v>63</v>
+      </c>
+      <c r="G126" t="s">
+        <v>86</v>
+      </c>
+      <c r="H126" t="s">
+        <v>86</v>
+      </c>
+      <c r="I126" t="s">
+        <v>86</v>
+      </c>
+      <c r="J126" t="s">
+        <v>86</v>
+      </c>
+      <c r="K126" t="s">
+        <v>86</v>
+      </c>
+      <c r="L126" t="s">
+        <v>86</v>
+      </c>
+      <c r="M126" t="s">
+        <v>86</v>
+      </c>
+      <c r="N126" t="s">
+        <v>86</v>
+      </c>
+      <c r="O126" t="s">
+        <v>86</v>
+      </c>
+      <c r="P126" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q126" t="s">
+        <v>86</v>
+      </c>
+      <c r="R126" t="s">
+        <v>86</v>
+      </c>
+      <c r="S126" t="s">
+        <v>86</v>
+      </c>
+      <c r="T126" t="s">
+        <v>86</v>
+      </c>
+      <c r="U126" t="s">
+        <v>86</v>
+      </c>
+      <c r="V126" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="127" spans="1:22">
+      <c r="A127" t="s">
         <v>26</v>
       </c>
-      <c r="B126" t="s">
-[...75 lines deleted...]
-      </c>
       <c r="B127" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="C127" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="D127" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="E127" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="F127" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="G127" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="H127" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="I127" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="J127" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="K127" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="L127" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="M127" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="N127" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="O127" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P127" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="Q127" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="R127" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="S127" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="T127" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="U127" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="V127" t="s">
-        <v>69</v>
-[...11 lines deleted...]
-    <row r="128" spans="1:25">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="128" spans="1:22">
       <c r="A128" t="s">
+        <v>28</v>
+      </c>
+      <c r="B128" t="s">
+        <v>44</v>
+      </c>
+      <c r="C128" t="s">
+        <v>44</v>
+      </c>
+      <c r="D128" t="s">
+        <v>44</v>
+      </c>
+      <c r="E128" t="s">
+        <v>40</v>
+      </c>
+      <c r="F128" t="s">
+        <v>40</v>
+      </c>
+      <c r="G128" t="s">
+        <v>44</v>
+      </c>
+      <c r="H128" t="s">
+        <v>44</v>
+      </c>
+      <c r="I128" t="s">
+        <v>44</v>
+      </c>
+      <c r="J128" t="s">
+        <v>44</v>
+      </c>
+      <c r="K128" t="s">
+        <v>44</v>
+      </c>
+      <c r="L128" t="s">
+        <v>44</v>
+      </c>
+      <c r="M128" t="s">
+        <v>44</v>
+      </c>
+      <c r="N128" t="s">
+        <v>44</v>
+      </c>
+      <c r="O128" t="s">
+        <v>44</v>
+      </c>
+      <c r="P128" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q128" t="s">
+        <v>44</v>
+      </c>
+      <c r="R128" t="s">
+        <v>44</v>
+      </c>
+      <c r="S128" t="s">
+        <v>44</v>
+      </c>
+      <c r="T128" t="s">
+        <v>44</v>
+      </c>
+      <c r="U128" t="s">
+        <v>44</v>
+      </c>
+      <c r="V128" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="129" spans="1:22">
+      <c r="A129" t="s">
         <v>31</v>
       </c>
-      <c r="B128" t="s">
-[...73 lines deleted...]
-      <c r="A129" t="s">
+      <c r="B129" t="s">
+        <v>86</v>
+      </c>
+      <c r="C129" t="s">
+        <v>86</v>
+      </c>
+      <c r="D129" t="s">
+        <v>86</v>
+      </c>
+      <c r="E129" t="s">
+        <v>63</v>
+      </c>
+      <c r="F129" t="s">
+        <v>63</v>
+      </c>
+      <c r="G129" t="s">
+        <v>86</v>
+      </c>
+      <c r="H129" t="s">
+        <v>86</v>
+      </c>
+      <c r="I129" t="s">
+        <v>86</v>
+      </c>
+      <c r="J129" t="s">
+        <v>86</v>
+      </c>
+      <c r="K129" t="s">
+        <v>86</v>
+      </c>
+      <c r="L129" t="s">
+        <v>86</v>
+      </c>
+      <c r="M129" t="s">
+        <v>86</v>
+      </c>
+      <c r="N129" t="s">
+        <v>86</v>
+      </c>
+      <c r="O129" t="s">
+        <v>86</v>
+      </c>
+      <c r="P129" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q129" t="s">
+        <v>86</v>
+      </c>
+      <c r="R129" t="s">
+        <v>86</v>
+      </c>
+      <c r="S129" t="s">
+        <v>86</v>
+      </c>
+      <c r="T129" t="s">
+        <v>86</v>
+      </c>
+      <c r="U129" t="s">
+        <v>86</v>
+      </c>
+      <c r="V129" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="130" spans="1:22">
+      <c r="A130" t="s">
+        <v>32</v>
+      </c>
+      <c r="B130" t="s">
+        <v>67</v>
+      </c>
+      <c r="C130" t="s">
+        <v>67</v>
+      </c>
+      <c r="D130" t="s">
+        <v>67</v>
+      </c>
+      <c r="E130" t="s">
+        <v>67</v>
+      </c>
+      <c r="F130" t="s">
+        <v>67</v>
+      </c>
+      <c r="G130" t="s">
+        <v>67</v>
+      </c>
+      <c r="H130" t="s">
+        <v>67</v>
+      </c>
+      <c r="I130" t="s">
+        <v>67</v>
+      </c>
+      <c r="J130" t="s">
+        <v>67</v>
+      </c>
+      <c r="K130" t="s">
+        <v>67</v>
+      </c>
+      <c r="L130" t="s">
+        <v>67</v>
+      </c>
+      <c r="M130" t="s">
+        <v>67</v>
+      </c>
+      <c r="N130" t="s">
+        <v>67</v>
+      </c>
+      <c r="O130" t="s">
+        <v>67</v>
+      </c>
+      <c r="P130" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q130" t="s">
+        <v>67</v>
+      </c>
+      <c r="R130" t="s">
+        <v>67</v>
+      </c>
+      <c r="S130" t="s">
+        <v>67</v>
+      </c>
+      <c r="T130" t="s">
+        <v>67</v>
+      </c>
+      <c r="U130" t="s">
+        <v>67</v>
+      </c>
+      <c r="V130" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="131" spans="1:22">
+      <c r="A131" s="3" t="s">
         <v>34</v>
-      </c>
-[...152 lines deleted...]
-        <v>37</v>
       </c>
       <c r="B131" s="3"/>
       <c r="C131" s="3"/>
       <c r="D131" s="3"/>
       <c r="E131" s="3"/>
       <c r="F131" s="3"/>
       <c r="G131" s="3"/>
       <c r="H131" s="3"/>
       <c r="I131" s="3"/>
       <c r="J131" s="3"/>
       <c r="K131" s="3"/>
       <c r="L131" s="3"/>
       <c r="M131" s="3"/>
       <c r="N131" s="3"/>
       <c r="O131" s="3"/>
       <c r="P131" s="3"/>
       <c r="Q131" s="3"/>
       <c r="R131" s="3"/>
       <c r="S131" s="3"/>
       <c r="T131" s="3"/>
       <c r="U131" s="3"/>
       <c r="V131" s="3"/>
-      <c r="W131" s="3"/>
-[...3 lines deleted...]
-    <row r="132" spans="1:25">
+    </row>
+    <row r="132" spans="1:22">
       <c r="A132" t="s">
+        <v>23</v>
+      </c>
+      <c r="B132" t="s">
+        <v>86</v>
+      </c>
+      <c r="C132" t="s">
+        <v>86</v>
+      </c>
+      <c r="D132" t="s">
+        <v>86</v>
+      </c>
+      <c r="E132" t="s">
+        <v>63</v>
+      </c>
+      <c r="F132" t="s">
+        <v>63</v>
+      </c>
+      <c r="G132" t="s">
+        <v>86</v>
+      </c>
+      <c r="H132" t="s">
+        <v>86</v>
+      </c>
+      <c r="I132" t="s">
+        <v>86</v>
+      </c>
+      <c r="J132" t="s">
+        <v>86</v>
+      </c>
+      <c r="K132" t="s">
+        <v>86</v>
+      </c>
+      <c r="L132" t="s">
+        <v>86</v>
+      </c>
+      <c r="M132" t="s">
+        <v>86</v>
+      </c>
+      <c r="N132" t="s">
+        <v>86</v>
+      </c>
+      <c r="O132" t="s">
+        <v>86</v>
+      </c>
+      <c r="P132" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q132" t="s">
+        <v>86</v>
+      </c>
+      <c r="R132" t="s">
+        <v>86</v>
+      </c>
+      <c r="S132" t="s">
+        <v>86</v>
+      </c>
+      <c r="T132" t="s">
+        <v>86</v>
+      </c>
+      <c r="U132" t="s">
+        <v>86</v>
+      </c>
+      <c r="V132" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="133" spans="1:22">
+      <c r="A133" t="s">
         <v>26</v>
       </c>
-      <c r="B132" t="s">
-[...75 lines deleted...]
-      </c>
       <c r="B133" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="C133" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="D133" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="E133" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="F133" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="G133" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="H133" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="I133" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="J133" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="K133" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="L133" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="M133" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="N133" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="O133" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P133" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="Q133" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="R133" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="S133" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="T133" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="U133" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="V133" t="s">
-        <v>69</v>
-[...11 lines deleted...]
-    <row r="134" spans="1:25">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="134" spans="1:22">
       <c r="A134" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B134" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C134" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="D134" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="E134" t="s">
-        <v>90</v>
+        <v>63</v>
       </c>
       <c r="F134" t="s">
-        <v>90</v>
+        <v>63</v>
       </c>
       <c r="G134" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="H134" t="s">
-        <v>68</v>
+        <v>86</v>
       </c>
       <c r="I134" t="s">
-        <v>68</v>
+        <v>86</v>
       </c>
       <c r="J134" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="K134" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="L134" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="M134" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="N134" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="O134" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="P134" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="Q134" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="R134" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="S134" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="T134" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="U134" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="V134" t="s">
-        <v>90</v>
-[...11 lines deleted...]
-    <row r="135" spans="1:25">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="135" spans="1:22">
       <c r="A135" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B135" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="C135" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D135" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="E135" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="F135" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="G135" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="H135" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="I135" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="J135" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="K135" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="L135" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="M135" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="N135" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="O135" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="P135" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="Q135" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="R135" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="S135" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="T135" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="U135" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="V135" t="s">
-        <v>71</v>
-[...11 lines deleted...]
-    <row r="136" spans="1:25">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="136" spans="1:22">
       <c r="A136" s="4"/>
       <c r="B136" s="4"/>
       <c r="C136" s="4"/>
       <c r="D136" s="4"/>
       <c r="E136" s="4"/>
       <c r="F136" s="4"/>
       <c r="G136" s="4"/>
       <c r="H136" s="4"/>
       <c r="I136" s="4"/>
       <c r="J136" s="4"/>
       <c r="K136" s="4"/>
       <c r="L136" s="4"/>
       <c r="M136" s="4"/>
       <c r="N136" s="4"/>
       <c r="O136" s="4"/>
       <c r="P136" s="4"/>
       <c r="Q136" s="4"/>
       <c r="R136" s="4"/>
       <c r="S136" s="4"/>
       <c r="T136" s="4"/>
       <c r="U136" s="4"/>
       <c r="V136" s="4"/>
-      <c r="W136" s="4"/>
-[...3 lines deleted...]
-    <row r="137" spans="1:25">
+    </row>
+    <row r="137" spans="1:22">
       <c r="A137" s="2" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B137" s="2"/>
       <c r="C137" s="2"/>
       <c r="D137" s="2"/>
       <c r="E137" s="2"/>
       <c r="F137" s="2"/>
       <c r="G137" s="2"/>
       <c r="H137" s="2"/>
       <c r="I137" s="2"/>
       <c r="J137" s="2"/>
       <c r="K137" s="2"/>
       <c r="L137" s="2"/>
       <c r="M137" s="2"/>
       <c r="N137" s="2"/>
       <c r="O137" s="2"/>
       <c r="P137" s="2"/>
       <c r="Q137" s="2"/>
       <c r="R137" s="2"/>
       <c r="S137" s="2"/>
       <c r="T137" s="2"/>
       <c r="U137" s="2"/>
       <c r="V137" s="2"/>
-      <c r="W137" s="2"/>
-[...3 lines deleted...]
-    <row r="138" spans="1:25">
+    </row>
+    <row r="138" spans="1:22">
       <c r="A138" s="3" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B138" s="3"/>
       <c r="C138" s="3"/>
       <c r="D138" s="3"/>
       <c r="E138" s="3"/>
       <c r="F138" s="3"/>
       <c r="G138" s="3"/>
       <c r="H138" s="3"/>
       <c r="I138" s="3"/>
       <c r="J138" s="3"/>
       <c r="K138" s="3"/>
       <c r="L138" s="3"/>
       <c r="M138" s="3"/>
       <c r="N138" s="3"/>
       <c r="O138" s="3"/>
       <c r="P138" s="3"/>
       <c r="Q138" s="3"/>
       <c r="R138" s="3"/>
       <c r="S138" s="3"/>
       <c r="T138" s="3"/>
       <c r="U138" s="3"/>
       <c r="V138" s="3"/>
-      <c r="W138" s="3"/>
-[...3 lines deleted...]
-    <row r="139" spans="1:25">
+    </row>
+    <row r="139" spans="1:22">
       <c r="A139" t="s">
+        <v>23</v>
+      </c>
+      <c r="B139" t="s">
+        <v>70</v>
+      </c>
+      <c r="C139" t="s">
+        <v>70</v>
+      </c>
+      <c r="D139" t="s">
+        <v>70</v>
+      </c>
+      <c r="E139" t="s">
+        <v>57</v>
+      </c>
+      <c r="F139" t="s">
+        <v>57</v>
+      </c>
+      <c r="G139" t="s">
+        <v>70</v>
+      </c>
+      <c r="H139" t="s">
+        <v>70</v>
+      </c>
+      <c r="I139" t="s">
+        <v>70</v>
+      </c>
+      <c r="J139" t="s">
+        <v>70</v>
+      </c>
+      <c r="K139" t="s">
+        <v>57</v>
+      </c>
+      <c r="L139" t="s">
+        <v>57</v>
+      </c>
+      <c r="M139" t="s">
+        <v>57</v>
+      </c>
+      <c r="N139" t="s">
+        <v>57</v>
+      </c>
+      <c r="O139" t="s">
+        <v>70</v>
+      </c>
+      <c r="P139" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q139" t="s">
+        <v>70</v>
+      </c>
+      <c r="R139" t="s">
+        <v>70</v>
+      </c>
+      <c r="S139" t="s">
+        <v>70</v>
+      </c>
+      <c r="T139" t="s">
+        <v>70</v>
+      </c>
+      <c r="U139" t="s">
+        <v>70</v>
+      </c>
+      <c r="V139" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="140" spans="1:22">
+      <c r="A140" t="s">
         <v>26</v>
       </c>
-      <c r="B139" t="s">
-[...75 lines deleted...]
-      </c>
       <c r="B140" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="C140" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D140" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="E140" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="F140" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="G140" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="H140" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="I140" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J140" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="K140" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="L140" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="M140" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="N140" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="O140" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="P140" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="Q140" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="R140" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="S140" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="T140" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="U140" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="V140" t="s">
-        <v>92</v>
-[...11 lines deleted...]
-    <row r="141" spans="1:25">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="141" spans="1:22">
       <c r="A141" t="s">
+        <v>28</v>
+      </c>
+      <c r="B141" t="s">
+        <v>71</v>
+      </c>
+      <c r="C141" t="s">
+        <v>71</v>
+      </c>
+      <c r="D141" t="s">
+        <v>71</v>
+      </c>
+      <c r="E141" t="s">
+        <v>89</v>
+      </c>
+      <c r="F141" t="s">
+        <v>89</v>
+      </c>
+      <c r="G141" t="s">
+        <v>71</v>
+      </c>
+      <c r="H141" t="s">
+        <v>71</v>
+      </c>
+      <c r="I141" t="s">
+        <v>71</v>
+      </c>
+      <c r="J141" t="s">
+        <v>71</v>
+      </c>
+      <c r="K141" t="s">
+        <v>89</v>
+      </c>
+      <c r="L141" t="s">
+        <v>89</v>
+      </c>
+      <c r="M141" t="s">
+        <v>89</v>
+      </c>
+      <c r="N141" t="s">
+        <v>89</v>
+      </c>
+      <c r="O141" t="s">
+        <v>71</v>
+      </c>
+      <c r="P141" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q141" t="s">
+        <v>71</v>
+      </c>
+      <c r="R141" t="s">
+        <v>71</v>
+      </c>
+      <c r="S141" t="s">
+        <v>71</v>
+      </c>
+      <c r="T141" t="s">
+        <v>71</v>
+      </c>
+      <c r="U141" t="s">
+        <v>71</v>
+      </c>
+      <c r="V141" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="142" spans="1:22">
+      <c r="A142" t="s">
         <v>31</v>
       </c>
-      <c r="B141" t="s">
-[...73 lines deleted...]
-      <c r="A142" t="s">
+      <c r="B142" t="s">
+        <v>70</v>
+      </c>
+      <c r="C142" t="s">
+        <v>70</v>
+      </c>
+      <c r="D142" t="s">
+        <v>70</v>
+      </c>
+      <c r="E142" t="s">
+        <v>57</v>
+      </c>
+      <c r="F142" t="s">
+        <v>57</v>
+      </c>
+      <c r="G142" t="s">
+        <v>70</v>
+      </c>
+      <c r="H142" t="s">
+        <v>70</v>
+      </c>
+      <c r="I142" t="s">
+        <v>70</v>
+      </c>
+      <c r="J142" t="s">
+        <v>70</v>
+      </c>
+      <c r="K142" t="s">
+        <v>57</v>
+      </c>
+      <c r="L142" t="s">
+        <v>57</v>
+      </c>
+      <c r="M142" t="s">
+        <v>57</v>
+      </c>
+      <c r="N142" t="s">
+        <v>57</v>
+      </c>
+      <c r="O142" t="s">
+        <v>70</v>
+      </c>
+      <c r="P142" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q142" t="s">
+        <v>70</v>
+      </c>
+      <c r="R142" t="s">
+        <v>70</v>
+      </c>
+      <c r="S142" t="s">
+        <v>70</v>
+      </c>
+      <c r="T142" t="s">
+        <v>70</v>
+      </c>
+      <c r="U142" t="s">
+        <v>70</v>
+      </c>
+      <c r="V142" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="143" spans="1:22">
+      <c r="A143" t="s">
+        <v>32</v>
+      </c>
+      <c r="B143" t="s">
+        <v>90</v>
+      </c>
+      <c r="C143" t="s">
+        <v>90</v>
+      </c>
+      <c r="D143" t="s">
+        <v>90</v>
+      </c>
+      <c r="E143" t="s">
+        <v>90</v>
+      </c>
+      <c r="F143" t="s">
+        <v>90</v>
+      </c>
+      <c r="G143" t="s">
+        <v>90</v>
+      </c>
+      <c r="H143" t="s">
+        <v>90</v>
+      </c>
+      <c r="I143" t="s">
+        <v>90</v>
+      </c>
+      <c r="J143" t="s">
+        <v>90</v>
+      </c>
+      <c r="K143" t="s">
+        <v>90</v>
+      </c>
+      <c r="L143" t="s">
+        <v>90</v>
+      </c>
+      <c r="M143" t="s">
+        <v>90</v>
+      </c>
+      <c r="N143" t="s">
+        <v>90</v>
+      </c>
+      <c r="O143" t="s">
+        <v>90</v>
+      </c>
+      <c r="P143" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q143" t="s">
+        <v>90</v>
+      </c>
+      <c r="R143" t="s">
+        <v>90</v>
+      </c>
+      <c r="S143" t="s">
+        <v>90</v>
+      </c>
+      <c r="T143" t="s">
+        <v>90</v>
+      </c>
+      <c r="U143" t="s">
+        <v>90</v>
+      </c>
+      <c r="V143" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="144" spans="1:22">
+      <c r="A144" s="3" t="s">
         <v>34</v>
-      </c>
-[...152 lines deleted...]
-        <v>37</v>
       </c>
       <c r="B144" s="3"/>
       <c r="C144" s="3"/>
       <c r="D144" s="3"/>
       <c r="E144" s="3"/>
       <c r="F144" s="3"/>
       <c r="G144" s="3"/>
       <c r="H144" s="3"/>
       <c r="I144" s="3"/>
       <c r="J144" s="3"/>
       <c r="K144" s="3"/>
       <c r="L144" s="3"/>
       <c r="M144" s="3"/>
       <c r="N144" s="3"/>
       <c r="O144" s="3"/>
       <c r="P144" s="3"/>
       <c r="Q144" s="3"/>
       <c r="R144" s="3"/>
       <c r="S144" s="3"/>
       <c r="T144" s="3"/>
       <c r="U144" s="3"/>
       <c r="V144" s="3"/>
-      <c r="W144" s="3"/>
-[...3 lines deleted...]
-    <row r="145" spans="1:25">
+    </row>
+    <row r="145" spans="1:22">
       <c r="A145" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B145" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="C145" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="D145" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="E145" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="F145" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="G145" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="H145" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="I145" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="J145" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="K145" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="L145" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="M145" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="N145" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="O145" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="P145" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="Q145" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="R145" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="S145" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="T145" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="U145" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="V145" t="s">
-        <v>74</v>
-[...11 lines deleted...]
-    <row r="146" spans="1:25">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="146" spans="1:22">
       <c r="A146" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B146" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="C146" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="D146" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="E146" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="F146" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="G146" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="H146" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="I146" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="J146" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="K146" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="L146" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="M146" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="N146" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="O146" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="P146" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="Q146" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="R146" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="S146" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="T146" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="U146" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="V146" t="s">
-        <v>74</v>
-[...11 lines deleted...]
-    <row r="147" spans="1:25">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="147" spans="1:22">
       <c r="A147" s="4"/>
       <c r="B147" s="4"/>
       <c r="C147" s="4"/>
       <c r="D147" s="4"/>
       <c r="E147" s="4"/>
       <c r="F147" s="4"/>
       <c r="G147" s="4"/>
       <c r="H147" s="4"/>
       <c r="I147" s="4"/>
       <c r="J147" s="4"/>
       <c r="K147" s="4"/>
       <c r="L147" s="4"/>
       <c r="M147" s="4"/>
       <c r="N147" s="4"/>
       <c r="O147" s="4"/>
       <c r="P147" s="4"/>
       <c r="Q147" s="4"/>
       <c r="R147" s="4"/>
       <c r="S147" s="4"/>
       <c r="T147" s="4"/>
       <c r="U147" s="4"/>
       <c r="V147" s="4"/>
-      <c r="W147" s="4"/>
-[...3 lines deleted...]
-    <row r="148" spans="1:25">
+    </row>
+    <row r="148" spans="1:22">
       <c r="A148" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B148" s="2"/>
       <c r="C148" s="2"/>
       <c r="D148" s="2"/>
       <c r="E148" s="2"/>
       <c r="F148" s="2"/>
       <c r="G148" s="2"/>
       <c r="H148" s="2"/>
       <c r="I148" s="2"/>
       <c r="J148" s="2"/>
       <c r="K148" s="2"/>
       <c r="L148" s="2"/>
       <c r="M148" s="2"/>
       <c r="N148" s="2"/>
       <c r="O148" s="2"/>
       <c r="P148" s="2"/>
       <c r="Q148" s="2"/>
       <c r="R148" s="2"/>
       <c r="S148" s="2"/>
       <c r="T148" s="2"/>
       <c r="U148" s="2"/>
       <c r="V148" s="2"/>
-      <c r="W148" s="2"/>
-[...3 lines deleted...]
-    <row r="149" spans="1:25">
+    </row>
+    <row r="149" spans="1:22">
       <c r="A149" s="3" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B149" s="3"/>
       <c r="C149" s="3"/>
       <c r="D149" s="3"/>
       <c r="E149" s="3"/>
       <c r="F149" s="3"/>
       <c r="G149" s="3"/>
       <c r="H149" s="3"/>
       <c r="I149" s="3"/>
       <c r="J149" s="3"/>
       <c r="K149" s="3"/>
       <c r="L149" s="3"/>
       <c r="M149" s="3"/>
       <c r="N149" s="3"/>
       <c r="O149" s="3"/>
       <c r="P149" s="3"/>
       <c r="Q149" s="3"/>
       <c r="R149" s="3"/>
       <c r="S149" s="3"/>
       <c r="T149" s="3"/>
       <c r="U149" s="3"/>
       <c r="V149" s="3"/>
-      <c r="W149" s="3"/>
-[...3 lines deleted...]
-    <row r="150" spans="1:25">
+    </row>
+    <row r="150" spans="1:22">
       <c r="A150" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B150" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="C150" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D150" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="E150" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F150" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="G150" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="H150" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="I150" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="J150" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="K150" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="L150" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="M150" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="N150" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="O150" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="P150" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="Q150" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="R150" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="S150" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="T150" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="U150" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="V150" t="s">
-        <v>44</v>
-[...11 lines deleted...]
-    <row r="151" spans="1:25">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="151" spans="1:22">
       <c r="A151" s="3" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="B151" s="3"/>
       <c r="C151" s="3"/>
       <c r="D151" s="3"/>
       <c r="E151" s="3"/>
       <c r="F151" s="3"/>
       <c r="G151" s="3"/>
       <c r="H151" s="3"/>
       <c r="I151" s="3"/>
       <c r="J151" s="3"/>
       <c r="K151" s="3"/>
       <c r="L151" s="3"/>
       <c r="M151" s="3"/>
       <c r="N151" s="3"/>
       <c r="O151" s="3"/>
       <c r="P151" s="3"/>
       <c r="Q151" s="3"/>
       <c r="R151" s="3"/>
       <c r="S151" s="3"/>
       <c r="T151" s="3"/>
       <c r="U151" s="3"/>
       <c r="V151" s="3"/>
-      <c r="W151" s="3"/>
-[...3 lines deleted...]
-    <row r="152" spans="1:25">
+    </row>
+    <row r="152" spans="1:22">
       <c r="A152" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B152" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="C152" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D152" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="E152" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="F152" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="G152" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="H152" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="I152" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="J152" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="K152" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="L152" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="M152" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="N152" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="O152" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="P152" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="Q152" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="R152" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="S152" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="T152" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="U152" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="V152" t="s">
-        <v>98</v>
-[...11 lines deleted...]
-    <row r="153" spans="1:25">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="153" spans="1:22">
       <c r="A153" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B153" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="C153" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D153" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="E153" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="F153" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="G153" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="H153" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="I153" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="J153" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="K153" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="L153" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="M153" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="N153" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="O153" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="P153" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="Q153" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="R153" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="S153" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="T153" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="U153" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="V153" t="s">
-        <v>98</v>
-[...11 lines deleted...]
-    <row r="154" spans="1:25">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="154" spans="1:22">
       <c r="A154" s="4"/>
       <c r="B154" s="4"/>
       <c r="C154" s="4"/>
       <c r="D154" s="4"/>
       <c r="E154" s="4"/>
       <c r="F154" s="4"/>
       <c r="G154" s="4"/>
       <c r="H154" s="4"/>
       <c r="I154" s="4"/>
       <c r="J154" s="4"/>
       <c r="K154" s="4"/>
       <c r="L154" s="4"/>
       <c r="M154" s="4"/>
       <c r="N154" s="4"/>
       <c r="O154" s="4"/>
       <c r="P154" s="4"/>
       <c r="Q154" s="4"/>
       <c r="R154" s="4"/>
       <c r="S154" s="4"/>
       <c r="T154" s="4"/>
       <c r="U154" s="4"/>
       <c r="V154" s="4"/>
-      <c r="W154" s="4"/>
-[...3 lines deleted...]
-    <row r="155" spans="1:25">
+    </row>
+    <row r="155" spans="1:22">
       <c r="A155" s="2" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B155" s="2"/>
       <c r="C155" s="2"/>
       <c r="D155" s="2"/>
       <c r="E155" s="2"/>
       <c r="F155" s="2"/>
       <c r="G155" s="2"/>
       <c r="H155" s="2"/>
       <c r="I155" s="2"/>
       <c r="J155" s="2"/>
       <c r="K155" s="2"/>
       <c r="L155" s="2"/>
       <c r="M155" s="2"/>
       <c r="N155" s="2"/>
       <c r="O155" s="2"/>
       <c r="P155" s="2"/>
       <c r="Q155" s="2"/>
       <c r="R155" s="2"/>
       <c r="S155" s="2"/>
       <c r="T155" s="2"/>
       <c r="U155" s="2"/>
       <c r="V155" s="2"/>
-      <c r="W155" s="2"/>
-[...3 lines deleted...]
-    <row r="156" spans="1:25">
+    </row>
+    <row r="156" spans="1:22">
       <c r="A156" s="3" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B156" s="3"/>
       <c r="C156" s="3"/>
       <c r="D156" s="3"/>
       <c r="E156" s="3"/>
       <c r="F156" s="3"/>
       <c r="G156" s="3"/>
       <c r="H156" s="3"/>
       <c r="I156" s="3"/>
       <c r="J156" s="3"/>
       <c r="K156" s="3"/>
       <c r="L156" s="3"/>
       <c r="M156" s="3"/>
       <c r="N156" s="3"/>
       <c r="O156" s="3"/>
       <c r="P156" s="3"/>
       <c r="Q156" s="3"/>
       <c r="R156" s="3"/>
       <c r="S156" s="3"/>
       <c r="T156" s="3"/>
       <c r="U156" s="3"/>
       <c r="V156" s="3"/>
-      <c r="W156" s="3"/>
-[...3 lines deleted...]
-    <row r="157" spans="1:25">
+    </row>
+    <row r="157" spans="1:22">
       <c r="A157" t="s">
+        <v>23</v>
+      </c>
+      <c r="B157" t="s">
+        <v>69</v>
+      </c>
+      <c r="C157" t="s">
+        <v>69</v>
+      </c>
+      <c r="D157" t="s">
+        <v>69</v>
+      </c>
+      <c r="E157" t="s">
+        <v>63</v>
+      </c>
+      <c r="F157" t="s">
+        <v>63</v>
+      </c>
+      <c r="G157" t="s">
+        <v>63</v>
+      </c>
+      <c r="H157" t="s">
+        <v>63</v>
+      </c>
+      <c r="I157" t="s">
+        <v>63</v>
+      </c>
+      <c r="J157" t="s">
+        <v>63</v>
+      </c>
+      <c r="K157" t="s">
+        <v>63</v>
+      </c>
+      <c r="L157" t="s">
+        <v>63</v>
+      </c>
+      <c r="M157" t="s">
+        <v>63</v>
+      </c>
+      <c r="N157" t="s">
+        <v>63</v>
+      </c>
+      <c r="O157" t="s">
+        <v>63</v>
+      </c>
+      <c r="P157" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q157" t="s">
+        <v>63</v>
+      </c>
+      <c r="R157" t="s">
+        <v>63</v>
+      </c>
+      <c r="S157" t="s">
+        <v>63</v>
+      </c>
+      <c r="T157" t="s">
+        <v>69</v>
+      </c>
+      <c r="U157" t="s">
+        <v>69</v>
+      </c>
+      <c r="V157" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="158" spans="1:22">
+      <c r="A158" t="s">
         <v>26</v>
       </c>
-      <c r="B157" t="s">
-[...75 lines deleted...]
-      </c>
       <c r="B158" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C158" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D158" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="E158" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="F158" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="G158" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="H158" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="I158" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="J158" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="K158" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="L158" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="M158" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N158" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="O158" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="P158" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="Q158" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="R158" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="S158" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="T158" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="U158" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="V158" t="s">
-        <v>100</v>
-[...11 lines deleted...]
-    <row r="159" spans="1:25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="159" spans="1:22">
       <c r="A159" t="s">
+        <v>28</v>
+      </c>
+      <c r="B159" t="s">
+        <v>97</v>
+      </c>
+      <c r="C159" t="s">
+        <v>97</v>
+      </c>
+      <c r="D159" t="s">
+        <v>97</v>
+      </c>
+      <c r="E159" t="s">
+        <v>66</v>
+      </c>
+      <c r="F159" t="s">
+        <v>66</v>
+      </c>
+      <c r="G159" t="s">
+        <v>66</v>
+      </c>
+      <c r="H159" t="s">
+        <v>66</v>
+      </c>
+      <c r="I159" t="s">
+        <v>66</v>
+      </c>
+      <c r="J159" t="s">
+        <v>66</v>
+      </c>
+      <c r="K159" t="s">
+        <v>66</v>
+      </c>
+      <c r="L159" t="s">
+        <v>66</v>
+      </c>
+      <c r="M159" t="s">
+        <v>66</v>
+      </c>
+      <c r="N159" t="s">
+        <v>66</v>
+      </c>
+      <c r="O159" t="s">
+        <v>66</v>
+      </c>
+      <c r="P159" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q159" t="s">
+        <v>66</v>
+      </c>
+      <c r="R159" t="s">
+        <v>66</v>
+      </c>
+      <c r="S159" t="s">
+        <v>66</v>
+      </c>
+      <c r="T159" t="s">
+        <v>97</v>
+      </c>
+      <c r="U159" t="s">
+        <v>97</v>
+      </c>
+      <c r="V159" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="160" spans="1:22">
+      <c r="A160" t="s">
         <v>31</v>
       </c>
-      <c r="B159" t="s">
-[...73 lines deleted...]
-      <c r="A160" t="s">
+      <c r="B160" t="s">
+        <v>69</v>
+      </c>
+      <c r="C160" t="s">
+        <v>69</v>
+      </c>
+      <c r="D160" t="s">
+        <v>69</v>
+      </c>
+      <c r="E160" t="s">
+        <v>63</v>
+      </c>
+      <c r="F160" t="s">
+        <v>63</v>
+      </c>
+      <c r="G160" t="s">
+        <v>63</v>
+      </c>
+      <c r="H160" t="s">
+        <v>63</v>
+      </c>
+      <c r="I160" t="s">
+        <v>63</v>
+      </c>
+      <c r="J160" t="s">
+        <v>63</v>
+      </c>
+      <c r="K160" t="s">
+        <v>63</v>
+      </c>
+      <c r="L160" t="s">
+        <v>63</v>
+      </c>
+      <c r="M160" t="s">
+        <v>63</v>
+      </c>
+      <c r="N160" t="s">
+        <v>63</v>
+      </c>
+      <c r="O160" t="s">
+        <v>63</v>
+      </c>
+      <c r="P160" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q160" t="s">
+        <v>63</v>
+      </c>
+      <c r="R160" t="s">
+        <v>63</v>
+      </c>
+      <c r="S160" t="s">
+        <v>63</v>
+      </c>
+      <c r="T160" t="s">
+        <v>69</v>
+      </c>
+      <c r="U160" t="s">
+        <v>69</v>
+      </c>
+      <c r="V160" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="161" spans="1:22">
+      <c r="A161" t="s">
+        <v>32</v>
+      </c>
+      <c r="B161" t="s">
+        <v>33</v>
+      </c>
+      <c r="C161" t="s">
+        <v>33</v>
+      </c>
+      <c r="D161" t="s">
+        <v>33</v>
+      </c>
+      <c r="E161" t="s">
+        <v>33</v>
+      </c>
+      <c r="F161" t="s">
+        <v>33</v>
+      </c>
+      <c r="G161" t="s">
+        <v>33</v>
+      </c>
+      <c r="H161" t="s">
+        <v>33</v>
+      </c>
+      <c r="I161" t="s">
+        <v>33</v>
+      </c>
+      <c r="J161" t="s">
+        <v>33</v>
+      </c>
+      <c r="K161" t="s">
+        <v>33</v>
+      </c>
+      <c r="L161" t="s">
+        <v>33</v>
+      </c>
+      <c r="M161" t="s">
+        <v>33</v>
+      </c>
+      <c r="N161" t="s">
+        <v>33</v>
+      </c>
+      <c r="O161" t="s">
+        <v>33</v>
+      </c>
+      <c r="P161" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q161" t="s">
+        <v>33</v>
+      </c>
+      <c r="R161" t="s">
+        <v>33</v>
+      </c>
+      <c r="S161" t="s">
+        <v>33</v>
+      </c>
+      <c r="T161" t="s">
+        <v>33</v>
+      </c>
+      <c r="U161" t="s">
+        <v>33</v>
+      </c>
+      <c r="V161" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="162" spans="1:22">
+      <c r="A162" s="3" t="s">
         <v>34</v>
-      </c>
-[...152 lines deleted...]
-        <v>37</v>
       </c>
       <c r="B162" s="3"/>
       <c r="C162" s="3"/>
       <c r="D162" s="3"/>
       <c r="E162" s="3"/>
       <c r="F162" s="3"/>
       <c r="G162" s="3"/>
       <c r="H162" s="3"/>
       <c r="I162" s="3"/>
       <c r="J162" s="3"/>
       <c r="K162" s="3"/>
       <c r="L162" s="3"/>
       <c r="M162" s="3"/>
       <c r="N162" s="3"/>
       <c r="O162" s="3"/>
       <c r="P162" s="3"/>
       <c r="Q162" s="3"/>
       <c r="R162" s="3"/>
       <c r="S162" s="3"/>
       <c r="T162" s="3"/>
       <c r="U162" s="3"/>
       <c r="V162" s="3"/>
-      <c r="W162" s="3"/>
-[...3 lines deleted...]
-    <row r="163" spans="1:25">
+    </row>
+    <row r="163" spans="1:22">
       <c r="A163" t="s">
+        <v>23</v>
+      </c>
+      <c r="B163" t="s">
+        <v>69</v>
+      </c>
+      <c r="C163" t="s">
+        <v>69</v>
+      </c>
+      <c r="D163" t="s">
+        <v>69</v>
+      </c>
+      <c r="E163" t="s">
+        <v>63</v>
+      </c>
+      <c r="F163" t="s">
+        <v>63</v>
+      </c>
+      <c r="G163" t="s">
+        <v>63</v>
+      </c>
+      <c r="H163" t="s">
+        <v>63</v>
+      </c>
+      <c r="I163" t="s">
+        <v>63</v>
+      </c>
+      <c r="J163" t="s">
+        <v>63</v>
+      </c>
+      <c r="K163" t="s">
+        <v>63</v>
+      </c>
+      <c r="L163" t="s">
+        <v>63</v>
+      </c>
+      <c r="M163" t="s">
+        <v>63</v>
+      </c>
+      <c r="N163" t="s">
+        <v>63</v>
+      </c>
+      <c r="O163" t="s">
+        <v>63</v>
+      </c>
+      <c r="P163" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q163" t="s">
+        <v>63</v>
+      </c>
+      <c r="R163" t="s">
+        <v>63</v>
+      </c>
+      <c r="S163" t="s">
+        <v>63</v>
+      </c>
+      <c r="T163" t="s">
+        <v>69</v>
+      </c>
+      <c r="U163" t="s">
+        <v>69</v>
+      </c>
+      <c r="V163" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="164" spans="1:22">
+      <c r="A164" t="s">
         <v>26</v>
       </c>
-      <c r="B163" t="s">
-[...75 lines deleted...]
-      </c>
       <c r="B164" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C164" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D164" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="E164" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="F164" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="G164" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="H164" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="I164" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="J164" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="K164" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="L164" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="M164" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N164" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="O164" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="P164" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="Q164" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="R164" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="S164" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="T164" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="U164" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="V164" t="s">
-        <v>100</v>
-[...11 lines deleted...]
-    <row r="165" spans="1:25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="165" spans="1:22">
       <c r="A165" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B165" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C165" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D165" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E165" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="F165" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="G165" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="H165" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="I165" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="J165" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="K165" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="L165" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="M165" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="N165" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="O165" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="P165" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="Q165" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="R165" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="S165" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="T165" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="U165" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="V165" t="s">
-        <v>68</v>
-[...11 lines deleted...]
-    <row r="166" spans="1:25">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="166" spans="1:22">
       <c r="A166" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B166" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="C166" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D166" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="E166" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F166" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="G166" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="H166" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="I166" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="J166" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="K166" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="L166" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="M166" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="N166" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="O166" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="P166" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="Q166" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="R166" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="S166" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="T166" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="U166" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="V166" t="s">
-        <v>36</v>
-[...11 lines deleted...]
-    <row r="167" spans="1:25">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="167" spans="1:22">
       <c r="A167" s="4"/>
       <c r="B167" s="4"/>
       <c r="C167" s="4"/>
       <c r="D167" s="4"/>
       <c r="E167" s="4"/>
       <c r="F167" s="4"/>
       <c r="G167" s="4"/>
       <c r="H167" s="4"/>
       <c r="I167" s="4"/>
       <c r="J167" s="4"/>
       <c r="K167" s="4"/>
       <c r="L167" s="4"/>
       <c r="M167" s="4"/>
       <c r="N167" s="4"/>
       <c r="O167" s="4"/>
       <c r="P167" s="4"/>
       <c r="Q167" s="4"/>
       <c r="R167" s="4"/>
       <c r="S167" s="4"/>
       <c r="T167" s="4"/>
       <c r="U167" s="4"/>
       <c r="V167" s="4"/>
-      <c r="W167" s="4"/>
-[...3 lines deleted...]
-    <row r="168" spans="1:25">
+    </row>
+    <row r="168" spans="1:22">
       <c r="A168" s="2" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B168" s="2"/>
       <c r="C168" s="2"/>
       <c r="D168" s="2"/>
       <c r="E168" s="2"/>
       <c r="F168" s="2"/>
       <c r="G168" s="2"/>
       <c r="H168" s="2"/>
       <c r="I168" s="2"/>
       <c r="J168" s="2"/>
       <c r="K168" s="2"/>
       <c r="L168" s="2"/>
       <c r="M168" s="2"/>
       <c r="N168" s="2"/>
       <c r="O168" s="2"/>
       <c r="P168" s="2"/>
       <c r="Q168" s="2"/>
       <c r="R168" s="2"/>
       <c r="S168" s="2"/>
       <c r="T168" s="2"/>
       <c r="U168" s="2"/>
       <c r="V168" s="2"/>
-      <c r="W168" s="2"/>
-[...3 lines deleted...]
-    <row r="169" spans="1:25">
+    </row>
+    <row r="169" spans="1:22">
       <c r="A169" t="s">
+        <v>99</v>
+      </c>
+      <c r="B169" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="170" spans="1:22">
+      <c r="A170" t="s">
+        <v>101</v>
+      </c>
+      <c r="B170" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="171" spans="1:22">
+      <c r="A171" t="s">
         <v>103</v>
       </c>
-      <c r="B169" t="s">
+      <c r="B171" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="170" spans="1:25">
-      <c r="A170" t="s">
+    <row r="172" spans="1:22">
+      <c r="A172" t="s">
         <v>105</v>
       </c>
-      <c r="B170" t="s">
+      <c r="B172" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="171" spans="1:25">
-      <c r="A171" t="s">
+    <row r="173" spans="1:22">
+      <c r="A173" t="s">
         <v>107</v>
       </c>
-      <c r="B171" t="s">
+      <c r="B173" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="174" spans="1:22">
+      <c r="A174" t="s">
         <v>108</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A172" t="s">
+      <c r="B174" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="175" spans="1:22">
+      <c r="A175" t="s">
         <v>109</v>
       </c>
-      <c r="B172" t="s">
+      <c r="B175" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="176" spans="1:22">
+      <c r="A176" t="s">
         <v>110</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A173" t="s">
+      <c r="B176" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="177" spans="1:22">
+      <c r="A177" t="s">
         <v>111</v>
       </c>
-      <c r="B173" t="s">
-[...4 lines deleted...]
-      <c r="A174" t="s">
+      <c r="B177" t="s">
         <v>112</v>
       </c>
-      <c r="B174" t="s">
-[...4 lines deleted...]
-      <c r="A175" t="s">
+    </row>
+    <row r="178" spans="1:22">
+      <c r="A178" t="s">
         <v>113</v>
       </c>
-      <c r="B175" t="s">
-[...4 lines deleted...]
-      <c r="A176" t="s">
+      <c r="B178" t="s">
         <v>114</v>
       </c>
-      <c r="B176" t="s">
-[...4 lines deleted...]
-      <c r="A177" t="s">
+    </row>
+    <row r="179" spans="1:22">
+      <c r="A179" t="s">
         <v>115</v>
       </c>
-      <c r="B177" t="s">
+      <c r="B179" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="178" spans="1:25">
-      <c r="A178" t="s">
+    <row r="180" spans="1:22">
+      <c r="A180" t="s">
         <v>117</v>
       </c>
-      <c r="B178" t="s">
+      <c r="B180" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="179" spans="1:25">
-      <c r="A179" t="s">
+    <row r="182" spans="1:22">
+      <c r="A182" s="1" t="s">
         <v>119</v>
-      </c>
-[...14 lines deleted...]
-        <v>123</v>
       </c>
       <c r="B182" s="1"/>
       <c r="C182" s="1"/>
       <c r="D182" s="1"/>
       <c r="E182" s="1"/>
       <c r="F182" s="1"/>
       <c r="G182" s="1"/>
       <c r="H182" s="1"/>
       <c r="I182" s="1"/>
       <c r="J182" s="1"/>
       <c r="K182" s="1"/>
       <c r="L182" s="1"/>
       <c r="M182" s="1"/>
       <c r="N182" s="1"/>
       <c r="O182" s="1"/>
       <c r="P182" s="1"/>
       <c r="Q182" s="1"/>
       <c r="R182" s="1"/>
       <c r="S182" s="1"/>
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
-      <c r="W182" s="1"/>
-[...3 lines deleted...]
-    <row r="183" spans="1:25">
+    </row>
+    <row r="183" spans="1:22">
       <c r="A183" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A183:Y183"/>
+    <mergeCell ref="A183:V183"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>