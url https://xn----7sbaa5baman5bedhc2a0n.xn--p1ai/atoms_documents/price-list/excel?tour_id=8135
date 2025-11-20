--- v0 (2025-10-05)
+++ v1 (2025-11-20)
@@ -12,189 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="8135-nizhegorodskie-panor..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="472">
-[...137 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="426">
   <si>
     <t>20.11.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>23.11.2025</t>
   </si>
   <si>
     <t>24.11.2025</t>
   </si>
   <si>
     <t>25.11.2025</t>
   </si>
   <si>
     <t>26.11.2025</t>
   </si>
   <si>
     <t>27.11.2025</t>
   </si>
   <si>
@@ -1427,51 +1289,51 @@
   <si>
     <t>38300 RUB</t>
   </si>
   <si>
     <t>Двухместный номер для одного человека</t>
   </si>
   <si>
     <t>22900 RUB</t>
   </si>
   <si>
     <t>28900 RUB</t>
   </si>
   <si>
     <t>Трехместный номер для одного человека</t>
   </si>
   <si>
     <t>20900 RUB</t>
   </si>
   <si>
     <t>26900 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 05.10.2025 07:06, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 20.11.2025 18:49, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1813,54 +1675,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:QI19"/>
+  <dimension ref="A1:OO19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A18" sqref="A18:QI18"/>
+      <selection activeCell="A18" sqref="A18:OO18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="44.703369" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -2226,99 +2088,53 @@
     <col min="381" max="381" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="382" max="382" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="383" max="383" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="384" max="384" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="385" max="385" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="386" max="386" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="387" max="387" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="388" max="388" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="389" max="389" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="390" max="390" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="391" max="391" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="392" max="392" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="393" max="393" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="394" max="394" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="395" max="395" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="396" max="396" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="397" max="397" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="398" max="398" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="399" max="399" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="400" max="400" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="401" max="401" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="402" max="402" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="403" max="403" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="404" max="404" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="405" max="405" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="406" max="406" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...44 lines deleted...]
-    <col min="451" max="451" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:451">
+    <row r="1" spans="1:405">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -3488,192 +3304,54 @@
       </c>
       <c r="OH1" s="1" t="s">
         <v>396</v>
       </c>
       <c r="OI1" s="1" t="s">
         <v>397</v>
       </c>
       <c r="OJ1" s="1" t="s">
         <v>398</v>
       </c>
       <c r="OK1" s="1" t="s">
         <v>399</v>
       </c>
       <c r="OL1" s="1" t="s">
         <v>400</v>
       </c>
       <c r="OM1" s="1" t="s">
         <v>401</v>
       </c>
       <c r="ON1" s="1" t="s">
         <v>402</v>
       </c>
       <c r="OO1" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="OP1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:405">
+      <c r="A2" s="2" t="s">
         <v>404</v>
-      </c>
-[...138 lines deleted...]
-        <v>450</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
@@ -4035,100 +3713,54 @@
       <c r="NQ2" s="2"/>
       <c r="NR2" s="2"/>
       <c r="NS2" s="2"/>
       <c r="NT2" s="2"/>
       <c r="NU2" s="2"/>
       <c r="NV2" s="2"/>
       <c r="NW2" s="2"/>
       <c r="NX2" s="2"/>
       <c r="NY2" s="2"/>
       <c r="NZ2" s="2"/>
       <c r="OA2" s="2"/>
       <c r="OB2" s="2"/>
       <c r="OC2" s="2"/>
       <c r="OD2" s="2"/>
       <c r="OE2" s="2"/>
       <c r="OF2" s="2"/>
       <c r="OG2" s="2"/>
       <c r="OH2" s="2"/>
       <c r="OI2" s="2"/>
       <c r="OJ2" s="2"/>
       <c r="OK2" s="2"/>
       <c r="OL2" s="2"/>
       <c r="OM2" s="2"/>
       <c r="ON2" s="2"/>
       <c r="OO2" s="2"/>
-      <c r="OP2" s="2"/>
-[...44 lines deleted...]
-      <c r="QI2" s="2"/>
     </row>
-    <row r="3" spans="1:451">
+    <row r="3" spans="1:405">
       <c r="A3" s="3" t="s">
-        <v>451</v>
+        <v>405</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -4490,1455 +4122,1271 @@
       <c r="NQ3" s="3"/>
       <c r="NR3" s="3"/>
       <c r="NS3" s="3"/>
       <c r="NT3" s="3"/>
       <c r="NU3" s="3"/>
       <c r="NV3" s="3"/>
       <c r="NW3" s="3"/>
       <c r="NX3" s="3"/>
       <c r="NY3" s="3"/>
       <c r="NZ3" s="3"/>
       <c r="OA3" s="3"/>
       <c r="OB3" s="3"/>
       <c r="OC3" s="3"/>
       <c r="OD3" s="3"/>
       <c r="OE3" s="3"/>
       <c r="OF3" s="3"/>
       <c r="OG3" s="3"/>
       <c r="OH3" s="3"/>
       <c r="OI3" s="3"/>
       <c r="OJ3" s="3"/>
       <c r="OK3" s="3"/>
       <c r="OL3" s="3"/>
       <c r="OM3" s="3"/>
       <c r="ON3" s="3"/>
       <c r="OO3" s="3"/>
-      <c r="OP3" s="3"/>
-[...44 lines deleted...]
-      <c r="QI3" s="3"/>
     </row>
-    <row r="4" spans="1:451">
+    <row r="4" spans="1:405">
       <c r="A4" t="s">
-        <v>452</v>
+        <v>406</v>
       </c>
       <c r="B4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="C4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="D4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="E4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="F4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="G4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="H4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="I4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="J4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="K4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="L4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="M4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="N4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="O4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="P4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="Q4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="R4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="S4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="T4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="U4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="V4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="W4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="X4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="Y4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="Z4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="AA4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="AB4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="AC4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="AD4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="AE4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="AF4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="AG4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="AH4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="AI4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="AJ4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="AK4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="AL4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="AM4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="AN4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="AO4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="AP4" t="s">
-        <v>453</v>
+        <v>407</v>
       </c>
       <c r="AQ4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="AR4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="AS4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="AT4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="AU4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="AV4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="AW4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="AX4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="AY4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="AZ4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BA4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BB4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BC4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BD4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BE4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BF4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BG4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BH4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BI4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BJ4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BK4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BL4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BM4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BN4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BO4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BP4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BQ4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BR4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BS4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BT4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BU4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BV4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BW4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BX4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BY4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="BZ4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="CA4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="CB4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="CC4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="CD4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="CE4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="CF4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="CG4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="CH4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="CI4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="CJ4" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="CK4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="CL4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="CM4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="CN4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="CO4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="CP4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="CQ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="CR4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="CS4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="CT4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="CU4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="CV4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="CW4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="CX4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="CY4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="CZ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DA4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DB4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DC4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DD4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DE4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DF4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DG4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DH4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DI4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DJ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DK4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DL4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DM4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DN4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DO4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DP4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DQ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DR4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DS4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DT4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DU4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DV4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DW4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DX4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DY4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="DZ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EA4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EB4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EC4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="ED4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EE4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EF4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EG4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EH4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EI4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EJ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EK4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EL4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EM4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EN4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EO4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EP4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EQ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="ER4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="ES4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="ET4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EU4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EV4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EW4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EX4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EY4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="EZ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FA4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FB4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FC4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FD4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FE4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FF4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FG4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FH4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FI4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FJ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FK4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FL4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FM4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FN4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FO4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FP4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FQ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FR4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FS4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FT4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FU4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FV4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FW4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FX4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FY4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="FZ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GA4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GB4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GC4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GD4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GE4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GF4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GG4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GH4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GI4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GJ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GK4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GL4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GM4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GN4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GO4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GP4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GQ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GR4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GS4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GT4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GU4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GV4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GW4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GX4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GY4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="GZ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HA4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HB4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HC4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HD4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HE4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HF4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HG4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HH4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HI4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HJ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HK4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HL4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HM4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HN4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HO4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HP4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HQ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HR4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HS4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HT4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HU4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HV4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HW4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HX4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HY4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="HZ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IA4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IB4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IC4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="ID4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IE4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IF4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IG4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IH4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="II4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IJ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IK4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IL4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IM4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IN4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IO4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IP4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IQ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IR4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IS4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IT4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IU4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IV4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IW4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IX4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IY4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="IZ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JA4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JB4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JC4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JD4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JE4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JF4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JG4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JH4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JI4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JJ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JK4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JL4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JM4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JN4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JO4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JP4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JQ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JR4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JS4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JT4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JU4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JV4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JW4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JX4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JY4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="JZ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KA4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KB4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KC4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KD4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KE4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KF4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KG4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KH4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KI4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KJ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KK4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KL4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KM4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KN4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KO4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KP4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KQ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KR4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KS4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KT4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KU4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KV4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KW4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KX4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KY4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="KZ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LA4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LB4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LC4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LD4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LE4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LF4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LG4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LH4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LI4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LJ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LK4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LL4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LM4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LN4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LO4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LP4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LQ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LR4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LS4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LT4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LU4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LV4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LW4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LX4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LY4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="LZ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MA4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MB4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MC4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MD4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="ME4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MF4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MG4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MH4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MI4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MJ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MK4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="ML4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MM4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MN4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MO4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MP4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MQ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MR4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MS4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MT4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MU4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MV4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MW4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MX4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MY4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="MZ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NA4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NB4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NC4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="ND4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NE4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NF4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NG4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NH4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NI4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NJ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NK4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NL4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NM4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NN4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NO4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NP4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NQ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NR4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NS4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NT4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NU4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NV4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NW4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NX4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NY4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="NZ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="OA4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="OB4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="OC4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="OD4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="OE4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="OF4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="OG4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="OH4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="OI4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="OJ4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="OK4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="OL4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="OM4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="ON4" t="s">
-        <v>454</v>
+        <v>408</v>
       </c>
       <c r="OO4" t="s">
-        <v>454</v>
-[...137 lines deleted...]
-        <v>454</v>
+        <v>408</v>
       </c>
     </row>
-    <row r="5" spans="1:451">
+    <row r="5" spans="1:405">
       <c r="A5" s="3" t="s">
-        <v>455</v>
+        <v>409</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="3"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
@@ -6300,1455 +5748,1271 @@
       <c r="NQ5" s="3"/>
       <c r="NR5" s="3"/>
       <c r="NS5" s="3"/>
       <c r="NT5" s="3"/>
       <c r="NU5" s="3"/>
       <c r="NV5" s="3"/>
       <c r="NW5" s="3"/>
       <c r="NX5" s="3"/>
       <c r="NY5" s="3"/>
       <c r="NZ5" s="3"/>
       <c r="OA5" s="3"/>
       <c r="OB5" s="3"/>
       <c r="OC5" s="3"/>
       <c r="OD5" s="3"/>
       <c r="OE5" s="3"/>
       <c r="OF5" s="3"/>
       <c r="OG5" s="3"/>
       <c r="OH5" s="3"/>
       <c r="OI5" s="3"/>
       <c r="OJ5" s="3"/>
       <c r="OK5" s="3"/>
       <c r="OL5" s="3"/>
       <c r="OM5" s="3"/>
       <c r="ON5" s="3"/>
       <c r="OO5" s="3"/>
-      <c r="OP5" s="3"/>
-[...44 lines deleted...]
-      <c r="QI5" s="3"/>
     </row>
-    <row r="6" spans="1:451">
+    <row r="6" spans="1:405">
       <c r="A6" t="s">
-        <v>452</v>
+        <v>406</v>
       </c>
       <c r="B6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="C6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="D6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="E6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="F6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="G6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="H6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="I6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="J6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="K6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="L6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="M6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="N6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="O6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="P6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="Q6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="R6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="S6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="T6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="U6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="V6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="W6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="X6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="Y6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="Z6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="AA6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="AB6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="AC6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="AD6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="AE6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="AF6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="AG6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="AH6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="AI6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="AJ6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="AK6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="AL6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="AM6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="AN6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="AO6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="AP6" t="s">
-        <v>456</v>
+        <v>410</v>
       </c>
       <c r="AQ6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="AR6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="AS6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="AT6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="AU6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="AV6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="AW6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="AX6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="AY6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="AZ6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BA6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BB6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BC6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BD6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BE6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BF6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BG6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BH6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BI6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BJ6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BK6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BL6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BM6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BN6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BO6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BP6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BQ6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BR6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BS6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BT6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BU6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BV6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BW6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BX6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BY6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="BZ6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="CA6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="CB6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="CC6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="CD6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="CE6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="CF6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="CG6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="CH6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="CI6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="CJ6" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="CK6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="CL6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="CM6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="CN6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="CO6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="CP6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="CQ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="CR6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="CS6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="CT6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="CU6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="CV6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="CW6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="CX6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="CY6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="CZ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DA6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DB6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DC6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DD6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DE6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DF6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DG6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DH6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DI6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DJ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DK6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DL6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DM6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DN6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DO6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DP6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DQ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DR6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DS6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DT6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DU6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DV6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DW6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DX6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DY6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="DZ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EA6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EB6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EC6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="ED6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EE6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EF6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EG6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EH6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EI6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EJ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EK6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EL6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EM6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EN6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EO6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EP6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EQ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="ER6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="ES6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="ET6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EU6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EV6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EW6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EX6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EY6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="EZ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FA6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FB6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FC6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FD6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FE6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FF6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FG6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FH6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FI6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FJ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FK6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FL6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FM6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FN6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FO6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FP6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FQ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FR6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FS6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FT6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FU6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FV6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FW6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FX6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FY6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="FZ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GA6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GB6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GC6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GD6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GE6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GF6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GG6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GH6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GI6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GJ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GK6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GL6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GM6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GN6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GO6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GP6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GQ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GR6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GS6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GT6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GU6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GV6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GW6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GX6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GY6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="GZ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HA6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HB6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HC6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HD6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HE6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HF6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HG6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HH6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HI6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HJ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HK6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HL6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HM6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HN6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HO6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HP6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HQ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HR6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HS6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HT6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HU6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HV6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HW6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HX6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HY6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="HZ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IA6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IB6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IC6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="ID6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IE6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IF6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IG6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IH6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="II6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IJ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IK6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IL6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IM6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IN6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IO6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IP6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IQ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IR6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IS6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IT6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IU6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IV6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IW6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IX6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IY6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="IZ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JA6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JB6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JC6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JD6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JE6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JF6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JG6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JH6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JI6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JJ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JK6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JL6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JM6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JN6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JO6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JP6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JQ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JR6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JS6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JT6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JU6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JV6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JW6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JX6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JY6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="JZ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KA6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KB6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KC6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KD6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KE6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KF6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KG6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KH6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KI6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KJ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KK6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KL6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KM6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KN6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KO6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KP6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KQ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KR6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KS6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KT6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KU6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KV6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KW6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KX6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KY6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="KZ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LA6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LB6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LC6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LD6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LE6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LF6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LG6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LH6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LI6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LJ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LK6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LL6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LM6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LN6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LO6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LP6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LQ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LR6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LS6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LT6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LU6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LV6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LW6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LX6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LY6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="LZ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MA6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MB6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MC6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MD6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="ME6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MF6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MG6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MH6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MI6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MJ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MK6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="ML6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MM6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MN6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MO6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MP6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MQ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MR6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MS6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MT6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MU6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MV6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MW6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MX6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MY6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="MZ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NA6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NB6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NC6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="ND6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NE6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NF6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NG6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NH6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NI6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NJ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NK6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NL6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NM6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NN6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NO6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NP6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NQ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NR6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NS6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NT6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NU6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NV6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NW6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NX6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NY6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="NZ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="OA6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="OB6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="OC6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="OD6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="OE6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="OF6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="OG6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="OH6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="OI6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="OJ6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="OK6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="OL6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="OM6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="ON6" t="s">
-        <v>457</v>
+        <v>411</v>
       </c>
       <c r="OO6" t="s">
-        <v>457</v>
-[...137 lines deleted...]
-        <v>457</v>
+        <v>411</v>
       </c>
     </row>
-    <row r="7" spans="1:451">
+    <row r="7" spans="1:405">
       <c r="A7" s="3" t="s">
-        <v>458</v>
+        <v>412</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
@@ -8110,1453 +7374,1269 @@
       <c r="NQ7" s="3"/>
       <c r="NR7" s="3"/>
       <c r="NS7" s="3"/>
       <c r="NT7" s="3"/>
       <c r="NU7" s="3"/>
       <c r="NV7" s="3"/>
       <c r="NW7" s="3"/>
       <c r="NX7" s="3"/>
       <c r="NY7" s="3"/>
       <c r="NZ7" s="3"/>
       <c r="OA7" s="3"/>
       <c r="OB7" s="3"/>
       <c r="OC7" s="3"/>
       <c r="OD7" s="3"/>
       <c r="OE7" s="3"/>
       <c r="OF7" s="3"/>
       <c r="OG7" s="3"/>
       <c r="OH7" s="3"/>
       <c r="OI7" s="3"/>
       <c r="OJ7" s="3"/>
       <c r="OK7" s="3"/>
       <c r="OL7" s="3"/>
       <c r="OM7" s="3"/>
       <c r="ON7" s="3"/>
       <c r="OO7" s="3"/>
-      <c r="OP7" s="3"/>
-[...44 lines deleted...]
-      <c r="QI7" s="3"/>
     </row>
-    <row r="8" spans="1:451">
+    <row r="8" spans="1:405">
       <c r="A8" t="s">
-        <v>452</v>
+        <v>406</v>
       </c>
       <c r="B8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="C8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="D8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="E8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="F8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="G8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="H8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="I8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="J8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="K8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="L8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="M8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="N8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="O8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="P8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="Q8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="R8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="S8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="T8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="U8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="V8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="W8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="X8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="Y8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="Z8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="AA8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="AB8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="AC8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="AD8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="AE8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="AF8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="AG8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="AH8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="AI8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="AJ8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="AK8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="AL8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="AM8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="AN8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="AO8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="AP8" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="AQ8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="AR8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="AS8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="AT8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="AU8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="AV8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="AW8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="AX8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="AY8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="AZ8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BA8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BB8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BC8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BD8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BE8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BF8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BG8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BH8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BI8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BJ8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BK8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BL8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BM8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BN8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BO8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BP8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BQ8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BR8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BS8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BT8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BU8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BV8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BW8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BX8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BY8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="BZ8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="CA8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="CB8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="CC8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="CD8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="CE8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="CF8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="CG8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="CH8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="CI8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="CJ8" t="s">
-        <v>459</v>
+        <v>414</v>
       </c>
       <c r="CK8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="CL8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="CM8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="CN8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="CO8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="CP8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="CQ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="CR8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="CS8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="CT8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="CU8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="CV8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="CW8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="CX8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="CY8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="CZ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DA8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DB8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DC8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DD8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DE8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DF8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DG8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DH8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DI8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DJ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DK8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DL8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DM8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DN8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DO8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DP8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DQ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DR8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DS8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DT8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DU8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DV8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DW8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DX8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DY8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="DZ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EA8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EB8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EC8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="ED8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EE8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EF8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EG8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EH8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EI8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EJ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EK8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EL8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EM8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EN8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EO8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EP8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EQ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="ER8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="ES8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="ET8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EU8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EV8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EW8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EX8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EY8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="EZ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FA8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FB8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FC8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FD8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FE8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FF8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FG8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FH8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FI8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FJ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FK8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FL8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FM8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FN8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FO8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FP8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FQ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FR8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FS8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FT8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FU8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FV8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FW8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FX8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FY8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="FZ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GA8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GB8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GC8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GD8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GE8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GF8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GG8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GH8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GI8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GJ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GK8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GL8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GM8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GN8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GO8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GP8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GQ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GR8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GS8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GT8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GU8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GV8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GW8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GX8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GY8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="GZ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HA8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HB8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HC8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HD8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HE8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HF8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HG8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HH8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HI8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HJ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HK8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HL8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HM8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HN8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HO8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HP8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HQ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HR8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HS8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HT8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HU8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HV8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HW8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HX8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HY8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="HZ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IA8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IB8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IC8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="ID8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IE8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IF8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IG8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IH8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="II8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IJ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IK8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IL8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IM8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IN8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IO8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IP8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IQ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IR8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IS8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IT8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IU8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IV8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IW8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IX8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IY8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="IZ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JA8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JB8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JC8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JD8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JE8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JF8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JG8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JH8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JI8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JJ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JK8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JL8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JM8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JN8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JO8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JP8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JQ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JR8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JS8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JT8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JU8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JV8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JW8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JX8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JY8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="JZ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KA8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KB8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KC8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KD8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KE8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KF8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KG8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KH8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KI8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KJ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KK8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KL8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KM8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KN8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KO8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KP8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KQ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KR8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KS8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KT8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KU8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KV8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KW8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KX8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KY8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="KZ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LA8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LB8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LC8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LD8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LE8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LF8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LG8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LH8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LI8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LJ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LK8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LL8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LM8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LN8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LO8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LP8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LQ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LR8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LS8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LT8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LU8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LV8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LW8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LX8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LY8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="LZ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MA8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MB8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MC8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MD8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="ME8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MF8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MG8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MH8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MI8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MJ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MK8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="ML8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MM8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MN8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MO8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MP8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MQ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MR8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MS8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MT8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MU8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MV8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MW8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MX8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MY8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="MZ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NA8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NB8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NC8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="ND8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NE8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NF8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NG8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NH8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NI8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NJ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NK8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NL8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NM8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NN8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NO8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NP8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NQ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NR8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NS8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NT8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NU8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NV8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NW8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NX8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NY8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="NZ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="OA8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="OB8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="OC8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="OD8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="OE8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="OF8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="OG8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="OH8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="OI8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="OJ8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="OK8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="OL8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="OM8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="ON8" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="OO8" t="s">
-        <v>460</v>
-[...137 lines deleted...]
-        <v>460</v>
+        <v>414</v>
       </c>
     </row>
-    <row r="9" spans="1:451">
+    <row r="9" spans="1:405">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
       <c r="R9" s="4"/>
       <c r="S9" s="4"/>
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
       <c r="V9" s="4"/>
       <c r="W9" s="4"/>
       <c r="X9" s="4"/>
       <c r="Y9" s="4"/>
@@ -9918,100 +8998,54 @@
       <c r="NQ9" s="4"/>
       <c r="NR9" s="4"/>
       <c r="NS9" s="4"/>
       <c r="NT9" s="4"/>
       <c r="NU9" s="4"/>
       <c r="NV9" s="4"/>
       <c r="NW9" s="4"/>
       <c r="NX9" s="4"/>
       <c r="NY9" s="4"/>
       <c r="NZ9" s="4"/>
       <c r="OA9" s="4"/>
       <c r="OB9" s="4"/>
       <c r="OC9" s="4"/>
       <c r="OD9" s="4"/>
       <c r="OE9" s="4"/>
       <c r="OF9" s="4"/>
       <c r="OG9" s="4"/>
       <c r="OH9" s="4"/>
       <c r="OI9" s="4"/>
       <c r="OJ9" s="4"/>
       <c r="OK9" s="4"/>
       <c r="OL9" s="4"/>
       <c r="OM9" s="4"/>
       <c r="ON9" s="4"/>
       <c r="OO9" s="4"/>
-      <c r="OP9" s="4"/>
-[...44 lines deleted...]
-      <c r="QI9" s="4"/>
     </row>
-    <row r="10" spans="1:451">
+    <row r="10" spans="1:405">
       <c r="A10" s="2" t="s">
-        <v>461</v>
+        <v>415</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
       <c r="V10" s="2"/>
       <c r="W10" s="2"/>
       <c r="X10" s="2"/>
       <c r="Y10" s="2"/>
@@ -10373,100 +9407,54 @@
       <c r="NQ10" s="2"/>
       <c r="NR10" s="2"/>
       <c r="NS10" s="2"/>
       <c r="NT10" s="2"/>
       <c r="NU10" s="2"/>
       <c r="NV10" s="2"/>
       <c r="NW10" s="2"/>
       <c r="NX10" s="2"/>
       <c r="NY10" s="2"/>
       <c r="NZ10" s="2"/>
       <c r="OA10" s="2"/>
       <c r="OB10" s="2"/>
       <c r="OC10" s="2"/>
       <c r="OD10" s="2"/>
       <c r="OE10" s="2"/>
       <c r="OF10" s="2"/>
       <c r="OG10" s="2"/>
       <c r="OH10" s="2"/>
       <c r="OI10" s="2"/>
       <c r="OJ10" s="2"/>
       <c r="OK10" s="2"/>
       <c r="OL10" s="2"/>
       <c r="OM10" s="2"/>
       <c r="ON10" s="2"/>
       <c r="OO10" s="2"/>
-      <c r="OP10" s="2"/>
-[...44 lines deleted...]
-      <c r="QI10" s="2"/>
     </row>
-    <row r="11" spans="1:451">
+    <row r="11" spans="1:405">
       <c r="A11" s="3" t="s">
-        <v>451</v>
+        <v>405</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
@@ -10828,1455 +9816,1271 @@
       <c r="NQ11" s="3"/>
       <c r="NR11" s="3"/>
       <c r="NS11" s="3"/>
       <c r="NT11" s="3"/>
       <c r="NU11" s="3"/>
       <c r="NV11" s="3"/>
       <c r="NW11" s="3"/>
       <c r="NX11" s="3"/>
       <c r="NY11" s="3"/>
       <c r="NZ11" s="3"/>
       <c r="OA11" s="3"/>
       <c r="OB11" s="3"/>
       <c r="OC11" s="3"/>
       <c r="OD11" s="3"/>
       <c r="OE11" s="3"/>
       <c r="OF11" s="3"/>
       <c r="OG11" s="3"/>
       <c r="OH11" s="3"/>
       <c r="OI11" s="3"/>
       <c r="OJ11" s="3"/>
       <c r="OK11" s="3"/>
       <c r="OL11" s="3"/>
       <c r="OM11" s="3"/>
       <c r="ON11" s="3"/>
       <c r="OO11" s="3"/>
-      <c r="OP11" s="3"/>
-[...44 lines deleted...]
-      <c r="QI11" s="3"/>
     </row>
-    <row r="12" spans="1:451">
+    <row r="12" spans="1:405">
       <c r="A12" t="s">
-        <v>452</v>
+        <v>406</v>
       </c>
       <c r="B12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="C12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="D12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="E12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="F12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="G12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="H12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="I12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="J12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="K12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="L12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="M12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="N12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="O12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="P12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="Q12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="R12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="S12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="T12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="U12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="V12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="W12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="X12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="Y12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="Z12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="AA12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="AB12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="AC12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="AD12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="AE12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="AF12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="AG12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="AH12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="AI12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="AJ12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="AK12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="AL12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="AM12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="AN12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="AO12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="AP12" t="s">
-        <v>462</v>
+        <v>416</v>
       </c>
       <c r="AQ12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="AR12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="AS12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="AT12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="AU12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="AV12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="AW12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="AX12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="AY12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="AZ12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BA12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BB12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BC12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BD12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BE12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BF12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BG12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BH12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BI12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BJ12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BK12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BL12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BM12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BN12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BO12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BP12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BQ12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BR12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BS12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BT12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BU12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BV12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BW12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BX12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BY12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="BZ12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="CA12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="CB12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="CC12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="CD12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="CE12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="CF12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="CG12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="CH12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="CI12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="CJ12" t="s">
-        <v>462</v>
+        <v>417</v>
       </c>
       <c r="CK12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="CL12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="CM12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="CN12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="CO12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="CP12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="CQ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="CR12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="CS12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="CT12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="CU12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="CV12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="CW12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="CX12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="CY12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="CZ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DA12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DB12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DC12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DD12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DE12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DF12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DG12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DH12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DI12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DJ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DK12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DL12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DM12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DN12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DO12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DP12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DQ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DR12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DS12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DT12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DU12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DV12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DW12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DX12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DY12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="DZ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EA12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EB12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EC12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="ED12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EE12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EF12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EG12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EH12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EI12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EJ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EK12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EL12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EM12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EN12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EO12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EP12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EQ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="ER12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="ES12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="ET12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EU12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EV12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EW12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EX12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EY12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="EZ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FA12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FB12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FC12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FD12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FE12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FF12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FG12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FH12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FI12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FJ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FK12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FL12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FM12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FN12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FO12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FP12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FQ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FR12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FS12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FT12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FU12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FV12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FW12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FX12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FY12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="FZ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GA12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GB12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GC12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GD12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GE12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GF12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GG12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GH12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GI12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GJ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GK12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GL12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GM12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GN12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GO12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GP12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GQ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GR12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GS12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GT12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GU12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GV12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GW12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GX12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GY12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="GZ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HA12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HB12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HC12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HD12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HE12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HF12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HG12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HH12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HI12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HJ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HK12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HL12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HM12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HN12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HO12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HP12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HQ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HR12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HS12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HT12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HU12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HV12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HW12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HX12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HY12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="HZ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IA12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IB12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IC12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="ID12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IE12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IF12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IG12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IH12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="II12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IJ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IK12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IL12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IM12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IN12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IO12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IP12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IQ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IR12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IS12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IT12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IU12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IV12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IW12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IX12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IY12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="IZ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JA12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JB12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JC12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JD12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JE12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JF12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JG12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JH12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JI12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JJ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JK12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JL12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JM12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JN12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JO12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JP12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JQ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JR12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JS12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JT12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JU12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JV12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JW12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JX12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JY12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="JZ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KA12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KB12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KC12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KD12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KE12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KF12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KG12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KH12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KI12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KJ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KK12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KL12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KM12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KN12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KO12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KP12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KQ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KR12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KS12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KT12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KU12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KV12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KW12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KX12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KY12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="KZ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LA12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LB12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LC12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LD12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LE12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LF12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LG12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LH12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LI12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LJ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LK12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LL12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LM12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LN12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LO12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LP12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LQ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LR12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LS12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LT12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LU12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LV12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LW12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LX12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LY12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="LZ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MA12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MB12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MC12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MD12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="ME12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MF12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MG12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MH12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MI12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MJ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MK12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="ML12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MM12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MN12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MO12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MP12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MQ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MR12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MS12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MT12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MU12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MV12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MW12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MX12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MY12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="MZ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NA12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NB12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NC12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="ND12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NE12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NF12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NG12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NH12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NI12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NJ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NK12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NL12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NM12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NN12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NO12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NP12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NQ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NR12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NS12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NT12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NU12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NV12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NW12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NX12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NY12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="NZ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="OA12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="OB12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="OC12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="OD12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="OE12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="OF12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="OG12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="OH12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="OI12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="OJ12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="OK12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="OL12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="OM12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="ON12" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
       <c r="OO12" t="s">
-        <v>463</v>
-[...137 lines deleted...]
-        <v>463</v>
+        <v>417</v>
       </c>
     </row>
-    <row r="13" spans="1:451">
+    <row r="13" spans="1:405">
       <c r="A13" s="3" t="s">
-        <v>464</v>
+        <v>418</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
       <c r="P13" s="3"/>
       <c r="Q13" s="3"/>
       <c r="R13" s="3"/>
       <c r="S13" s="3"/>
       <c r="T13" s="3"/>
       <c r="U13" s="3"/>
       <c r="V13" s="3"/>
       <c r="W13" s="3"/>
       <c r="X13" s="3"/>
       <c r="Y13" s="3"/>
@@ -12638,1455 +11442,1271 @@
       <c r="NQ13" s="3"/>
       <c r="NR13" s="3"/>
       <c r="NS13" s="3"/>
       <c r="NT13" s="3"/>
       <c r="NU13" s="3"/>
       <c r="NV13" s="3"/>
       <c r="NW13" s="3"/>
       <c r="NX13" s="3"/>
       <c r="NY13" s="3"/>
       <c r="NZ13" s="3"/>
       <c r="OA13" s="3"/>
       <c r="OB13" s="3"/>
       <c r="OC13" s="3"/>
       <c r="OD13" s="3"/>
       <c r="OE13" s="3"/>
       <c r="OF13" s="3"/>
       <c r="OG13" s="3"/>
       <c r="OH13" s="3"/>
       <c r="OI13" s="3"/>
       <c r="OJ13" s="3"/>
       <c r="OK13" s="3"/>
       <c r="OL13" s="3"/>
       <c r="OM13" s="3"/>
       <c r="ON13" s="3"/>
       <c r="OO13" s="3"/>
-      <c r="OP13" s="3"/>
-[...44 lines deleted...]
-      <c r="QI13" s="3"/>
     </row>
-    <row r="14" spans="1:451">
+    <row r="14" spans="1:405">
       <c r="A14" t="s">
-        <v>452</v>
+        <v>406</v>
       </c>
       <c r="B14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="C14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="D14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="E14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="F14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="G14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="H14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="I14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="J14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="K14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="L14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="M14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="N14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="O14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="P14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="Q14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="R14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="S14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="T14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="U14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="V14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="W14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="X14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="Y14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="Z14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="AA14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="AB14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="AC14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="AD14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="AE14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="AF14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="AG14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="AH14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="AI14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="AJ14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="AK14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="AL14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="AM14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="AN14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="AO14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="AP14" t="s">
-        <v>465</v>
+        <v>419</v>
       </c>
       <c r="AQ14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="AR14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="AS14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="AT14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="AU14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="AV14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="AW14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="AX14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="AY14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="AZ14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BA14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BB14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BC14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BD14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BE14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BF14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BG14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BH14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BI14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BJ14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BK14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BL14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BM14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BN14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BO14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BP14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BQ14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BR14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BS14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BT14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BU14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BV14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BW14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BX14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BY14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="BZ14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="CA14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="CB14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="CC14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="CD14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="CE14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="CF14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="CG14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="CH14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="CI14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="CJ14" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="CK14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="CL14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="CM14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="CN14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="CO14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="CP14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="CQ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="CR14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="CS14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="CT14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="CU14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="CV14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="CW14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="CX14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="CY14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="CZ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DA14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DB14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DC14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DD14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DE14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DF14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DG14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DH14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DI14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DJ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DK14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DL14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DM14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DN14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DO14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DP14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DQ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DR14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DS14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DT14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DU14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DV14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DW14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DX14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DY14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="DZ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EA14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EB14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EC14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="ED14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EE14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EF14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EG14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EH14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EI14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EJ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EK14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EL14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EM14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EN14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EO14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EP14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EQ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="ER14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="ES14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="ET14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EU14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EV14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EW14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EX14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EY14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="EZ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FA14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FB14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FC14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FD14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FE14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FF14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FG14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FH14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FI14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FJ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FK14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FL14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FM14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FN14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FO14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FP14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FQ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FR14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FS14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FT14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FU14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FV14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FW14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FX14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FY14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="FZ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GA14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GB14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GC14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GD14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GE14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GF14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GG14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GH14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GI14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GJ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GK14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GL14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GM14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GN14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GO14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GP14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GQ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GR14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GS14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GT14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GU14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GV14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GW14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GX14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GY14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="GZ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HA14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HB14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HC14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HD14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HE14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HF14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HG14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HH14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HI14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HJ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HK14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HL14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HM14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HN14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HO14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HP14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HQ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HR14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HS14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HT14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HU14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HV14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HW14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HX14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HY14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="HZ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IA14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IB14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IC14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="ID14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IE14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IF14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IG14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IH14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="II14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IJ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IK14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IL14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IM14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IN14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IO14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IP14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IQ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IR14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IS14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IT14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IU14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IV14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IW14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IX14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IY14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="IZ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JA14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JB14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JC14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JD14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JE14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JF14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JG14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JH14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JI14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JJ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JK14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JL14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JM14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JN14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JO14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JP14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JQ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JR14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JS14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JT14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JU14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JV14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JW14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JX14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JY14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="JZ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KA14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KB14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KC14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KD14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KE14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KF14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KG14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KH14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KI14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KJ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KK14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KL14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KM14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KN14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KO14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KP14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KQ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KR14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KS14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KT14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KU14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KV14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KW14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KX14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KY14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="KZ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LA14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LB14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LC14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LD14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LE14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LF14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LG14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LH14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LI14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LJ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LK14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LL14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LM14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LN14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LO14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LP14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LQ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LR14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LS14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LT14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LU14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LV14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LW14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LX14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LY14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="LZ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MA14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MB14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MC14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MD14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="ME14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MF14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MG14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MH14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MI14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MJ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MK14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="ML14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MM14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MN14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MO14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MP14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MQ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MR14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MS14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MT14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MU14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MV14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MW14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MX14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MY14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="MZ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NA14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NB14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NC14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="ND14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NE14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NF14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NG14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NH14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NI14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NJ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NK14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NL14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NM14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NN14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NO14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NP14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NQ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NR14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NS14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NT14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NU14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NV14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NW14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NX14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NY14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="NZ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="OA14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="OB14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="OC14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="OD14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="OE14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="OF14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="OG14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="OH14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="OI14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="OJ14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="OK14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="OL14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="OM14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="ON14" t="s">
-        <v>466</v>
+        <v>420</v>
       </c>
       <c r="OO14" t="s">
-        <v>466</v>
-[...137 lines deleted...]
-        <v>466</v>
+        <v>420</v>
       </c>
     </row>
-    <row r="15" spans="1:451">
+    <row r="15" spans="1:405">
       <c r="A15" s="3" t="s">
-        <v>467</v>
+        <v>421</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3"/>
       <c r="X15" s="3"/>
       <c r="Y15" s="3"/>
@@ -14448,1455 +13068,1271 @@
       <c r="NQ15" s="3"/>
       <c r="NR15" s="3"/>
       <c r="NS15" s="3"/>
       <c r="NT15" s="3"/>
       <c r="NU15" s="3"/>
       <c r="NV15" s="3"/>
       <c r="NW15" s="3"/>
       <c r="NX15" s="3"/>
       <c r="NY15" s="3"/>
       <c r="NZ15" s="3"/>
       <c r="OA15" s="3"/>
       <c r="OB15" s="3"/>
       <c r="OC15" s="3"/>
       <c r="OD15" s="3"/>
       <c r="OE15" s="3"/>
       <c r="OF15" s="3"/>
       <c r="OG15" s="3"/>
       <c r="OH15" s="3"/>
       <c r="OI15" s="3"/>
       <c r="OJ15" s="3"/>
       <c r="OK15" s="3"/>
       <c r="OL15" s="3"/>
       <c r="OM15" s="3"/>
       <c r="ON15" s="3"/>
       <c r="OO15" s="3"/>
-      <c r="OP15" s="3"/>
-[...44 lines deleted...]
-      <c r="QI15" s="3"/>
     </row>
-    <row r="16" spans="1:451">
+    <row r="16" spans="1:405">
       <c r="A16" t="s">
-        <v>452</v>
+        <v>406</v>
       </c>
       <c r="B16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="C16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="D16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="E16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="F16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="G16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="H16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="I16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="J16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="K16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="L16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="M16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="N16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="O16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="P16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="Q16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="R16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="S16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="T16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="U16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="V16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="W16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="X16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="Y16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="Z16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="AA16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="AB16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="AC16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="AD16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="AE16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="AF16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="AG16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="AH16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="AI16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="AJ16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="AK16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="AL16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="AM16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="AN16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="AO16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="AP16" t="s">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="AQ16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="AR16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="AS16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="AT16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="AU16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="AV16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="AW16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="AX16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="AY16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="AZ16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BA16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BB16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BC16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BD16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BE16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BF16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BG16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BH16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BI16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BJ16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BK16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BL16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BM16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BN16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BO16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BP16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BQ16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BR16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BS16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BT16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BU16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BV16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BW16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BX16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BY16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="BZ16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="CA16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="CB16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="CC16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="CD16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="CE16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="CF16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="CG16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="CH16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="CI16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="CJ16" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="CK16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="CL16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="CM16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="CN16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="CO16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="CP16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="CQ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="CR16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="CS16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="CT16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="CU16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="CV16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="CW16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="CX16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="CY16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="CZ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DA16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DB16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DC16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DD16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DE16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DF16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DG16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DH16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DI16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DJ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DK16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DL16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DM16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DN16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DO16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DP16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DQ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DR16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DS16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DT16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DU16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DV16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DW16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DX16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DY16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="DZ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EA16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EB16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EC16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="ED16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EE16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EF16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EG16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EH16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EI16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EJ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EK16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EL16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EM16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EN16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EO16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EP16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EQ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="ER16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="ES16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="ET16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EU16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EV16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EW16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EX16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EY16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="EZ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FA16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FB16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FC16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FD16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FE16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FF16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FG16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FH16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FI16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FJ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FK16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FL16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FM16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FN16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FO16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FP16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FQ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FR16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FS16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FT16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FU16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FV16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FW16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FX16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FY16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="FZ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GA16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GB16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GC16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GD16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GE16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GF16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GG16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GH16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GI16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GJ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GK16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GL16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GM16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GN16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GO16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GP16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GQ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GR16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GS16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GT16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GU16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GV16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GW16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GX16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GY16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="GZ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HA16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HB16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HC16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HD16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HE16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HF16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HG16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HH16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HI16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HJ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HK16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HL16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HM16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HN16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HO16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HP16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HQ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HR16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HS16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HT16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HU16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HV16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HW16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HX16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HY16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="HZ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IA16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IB16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IC16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="ID16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IE16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IF16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IG16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IH16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="II16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IJ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IK16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IL16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IM16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IN16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IO16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IP16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IQ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IR16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IS16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IT16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IU16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IV16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IW16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IX16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IY16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="IZ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JA16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JB16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JC16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JD16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JE16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JF16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JG16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JH16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JI16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JJ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JK16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JL16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JM16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JN16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JO16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JP16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JQ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JR16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JS16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JT16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JU16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JV16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JW16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JX16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JY16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="JZ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KA16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KB16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KC16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KD16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KE16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KF16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KG16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KH16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KI16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KJ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KK16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KL16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KM16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KN16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KO16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KP16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KQ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KR16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KS16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KT16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KU16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KV16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KW16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KX16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KY16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="KZ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LA16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LB16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LC16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LD16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LE16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LF16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LG16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LH16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LI16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LJ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LK16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LL16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LM16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LN16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LO16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LP16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LQ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LR16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LS16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LT16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LU16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LV16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LW16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LX16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LY16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="LZ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MA16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MB16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MC16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MD16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="ME16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MF16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MG16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MH16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MI16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MJ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MK16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="ML16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MM16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MN16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MO16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MP16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MQ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MR16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MS16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MT16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MU16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MV16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MW16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MX16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MY16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="MZ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NA16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NB16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NC16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="ND16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NE16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NF16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NG16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NH16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NI16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NJ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NK16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NL16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NM16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NN16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NO16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NP16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NQ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NR16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NS16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NT16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NU16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NV16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NW16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NX16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NY16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="NZ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="OA16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="OB16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="OC16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="OD16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="OE16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="OF16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="OG16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="OH16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="OI16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="OJ16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="OK16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="OL16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="OM16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="ON16" t="s">
-        <v>469</v>
+        <v>423</v>
       </c>
       <c r="OO16" t="s">
-        <v>469</v>
-[...137 lines deleted...]
-        <v>469</v>
+        <v>423</v>
       </c>
     </row>
-    <row r="18" spans="1:451">
+    <row r="18" spans="1:405">
       <c r="A18" s="1" t="s">
-        <v>470</v>
+        <v>424</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
@@ -16258,106 +14694,60 @@
       <c r="NQ18" s="1"/>
       <c r="NR18" s="1"/>
       <c r="NS18" s="1"/>
       <c r="NT18" s="1"/>
       <c r="NU18" s="1"/>
       <c r="NV18" s="1"/>
       <c r="NW18" s="1"/>
       <c r="NX18" s="1"/>
       <c r="NY18" s="1"/>
       <c r="NZ18" s="1"/>
       <c r="OA18" s="1"/>
       <c r="OB18" s="1"/>
       <c r="OC18" s="1"/>
       <c r="OD18" s="1"/>
       <c r="OE18" s="1"/>
       <c r="OF18" s="1"/>
       <c r="OG18" s="1"/>
       <c r="OH18" s="1"/>
       <c r="OI18" s="1"/>
       <c r="OJ18" s="1"/>
       <c r="OK18" s="1"/>
       <c r="OL18" s="1"/>
       <c r="OM18" s="1"/>
       <c r="ON18" s="1"/>
       <c r="OO18" s="1"/>
-      <c r="OP18" s="1"/>
-[...44 lines deleted...]
-      <c r="QI18" s="1"/>
     </row>
-    <row r="19" spans="1:451">
+    <row r="19" spans="1:405">
       <c r="A19" t="s">
-        <v>471</v>
+        <v>425</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A19:QI19"/>
+    <mergeCell ref="A19:OO19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>