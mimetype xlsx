--- v1 (2025-11-20)
+++ v2 (2026-01-20)
@@ -12,231 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="8135-nizhegorodskie-panor..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="426">
-[...179 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="360">
   <si>
     <t>20.01.2026</t>
   </si>
   <si>
     <t>21.01.2026</t>
   </si>
   <si>
     <t>22.01.2026</t>
   </si>
   <si>
     <t>23.01.2026</t>
   </si>
   <si>
     <t>24.01.2026</t>
   </si>
   <si>
     <t>25.01.2026</t>
   </si>
   <si>
     <t>26.01.2026</t>
   </si>
   <si>
     <t>27.01.2026</t>
   </si>
   <si>
@@ -1226,114 +1046,96 @@
   <si>
     <t>22.12.2026</t>
   </si>
   <si>
     <t>23.12.2026</t>
   </si>
   <si>
     <t>24.12.2026</t>
   </si>
   <si>
     <t>25.12.2026</t>
   </si>
   <si>
     <t>26.12.2026</t>
   </si>
   <si>
     <t>27.12.2026</t>
   </si>
   <si>
     <t>28.12.2026</t>
   </si>
   <si>
     <t>29.12.2026</t>
   </si>
   <si>
-    <t>Ibis</t>
+    <t>«REDDY 3*»</t>
   </si>
   <si>
     <t>Одноместный номер для одного человека</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>25800 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>29800 RUB</t>
   </si>
   <si>
     <t>Двухместный номер для двух человек</t>
   </si>
   <si>
-    <t>18100 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>22100 RUB</t>
   </si>
   <si>
     <t>Трехместный номер для трех человек</t>
   </si>
   <si>
-    <t>16100 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>20100 RUB</t>
   </si>
   <si>
-    <t>Courtyard</t>
-[...2 lines deleted...]
-    <t>32300 RUB</t>
+    <t>«CORT INN 4*»</t>
   </si>
   <si>
     <t>38300 RUB</t>
   </si>
   <si>
     <t>Двухместный номер для одного человека</t>
   </si>
   <si>
-    <t>22900 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>28900 RUB</t>
   </si>
   <si>
     <t>Трехместный номер для одного человека</t>
   </si>
   <si>
-    <t>20900 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>26900 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 20.11.2025 18:49, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 20.01.2026 07:20, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1675,54 +1477,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:OO19"/>
+  <dimension ref="A1:MG19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A18" sqref="A18:OO18"/>
+      <selection activeCell="A18" sqref="A18:MG18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="44.703369" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -2028,113 +1830,53 @@
     <col min="321" max="321" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="322" max="322" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="323" max="323" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="324" max="324" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="325" max="325" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="326" max="326" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="327" max="327" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="328" max="328" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="329" max="329" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="330" max="330" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="331" max="331" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="332" max="332" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="333" max="333" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="334" max="334" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="335" max="335" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="336" max="336" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="337" max="337" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="338" max="338" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="339" max="339" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="340" max="340" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="341" max="341" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="342" max="342" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="343" max="343" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="344" max="344" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="345" max="345" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="346" max="346" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...58 lines deleted...]
-    <col min="405" max="405" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:405">
+    <row r="1" spans="1:345">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -3124,234 +2866,54 @@
       </c>
       <c r="LZ1" s="1" t="s">
         <v>336</v>
       </c>
       <c r="MA1" s="1" t="s">
         <v>337</v>
       </c>
       <c r="MB1" s="1" t="s">
         <v>338</v>
       </c>
       <c r="MC1" s="1" t="s">
         <v>339</v>
       </c>
       <c r="MD1" s="1" t="s">
         <v>340</v>
       </c>
       <c r="ME1" s="1" t="s">
         <v>341</v>
       </c>
       <c r="MF1" s="1" t="s">
         <v>342</v>
       </c>
       <c r="MG1" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="MH1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:345">
+      <c r="A2" s="2" t="s">
         <v>344</v>
-      </c>
-[...180 lines deleted...]
-        <v>404</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
@@ -3653,114 +3215,54 @@
       <c r="LI2" s="2"/>
       <c r="LJ2" s="2"/>
       <c r="LK2" s="2"/>
       <c r="LL2" s="2"/>
       <c r="LM2" s="2"/>
       <c r="LN2" s="2"/>
       <c r="LO2" s="2"/>
       <c r="LP2" s="2"/>
       <c r="LQ2" s="2"/>
       <c r="LR2" s="2"/>
       <c r="LS2" s="2"/>
       <c r="LT2" s="2"/>
       <c r="LU2" s="2"/>
       <c r="LV2" s="2"/>
       <c r="LW2" s="2"/>
       <c r="LX2" s="2"/>
       <c r="LY2" s="2"/>
       <c r="LZ2" s="2"/>
       <c r="MA2" s="2"/>
       <c r="MB2" s="2"/>
       <c r="MC2" s="2"/>
       <c r="MD2" s="2"/>
       <c r="ME2" s="2"/>
       <c r="MF2" s="2"/>
       <c r="MG2" s="2"/>
-      <c r="MH2" s="2"/>
-[...58 lines deleted...]
-      <c r="OO2" s="2"/>
     </row>
-    <row r="3" spans="1:405">
+    <row r="3" spans="1:345">
       <c r="A3" s="3" t="s">
-        <v>405</v>
+        <v>345</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -4062,1331 +3564,1091 @@
       <c r="LI3" s="3"/>
       <c r="LJ3" s="3"/>
       <c r="LK3" s="3"/>
       <c r="LL3" s="3"/>
       <c r="LM3" s="3"/>
       <c r="LN3" s="3"/>
       <c r="LO3" s="3"/>
       <c r="LP3" s="3"/>
       <c r="LQ3" s="3"/>
       <c r="LR3" s="3"/>
       <c r="LS3" s="3"/>
       <c r="LT3" s="3"/>
       <c r="LU3" s="3"/>
       <c r="LV3" s="3"/>
       <c r="LW3" s="3"/>
       <c r="LX3" s="3"/>
       <c r="LY3" s="3"/>
       <c r="LZ3" s="3"/>
       <c r="MA3" s="3"/>
       <c r="MB3" s="3"/>
       <c r="MC3" s="3"/>
       <c r="MD3" s="3"/>
       <c r="ME3" s="3"/>
       <c r="MF3" s="3"/>
       <c r="MG3" s="3"/>
-      <c r="MH3" s="3"/>
-[...58 lines deleted...]
-      <c r="OO3" s="3"/>
     </row>
-    <row r="4" spans="1:405">
+    <row r="4" spans="1:345">
       <c r="A4" t="s">
-        <v>406</v>
+        <v>346</v>
       </c>
       <c r="B4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="C4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="D4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="E4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="F4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="G4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="H4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="I4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="J4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="K4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="L4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="M4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="N4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="O4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="P4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="Q4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="R4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="S4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="T4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="U4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="V4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="W4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="X4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="Y4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="Z4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="AA4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="AB4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="AC4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="AD4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="AE4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="AF4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="AG4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="AH4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="AI4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="AJ4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="AK4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="AL4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="AM4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="AN4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="AO4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="AP4" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="AQ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="AR4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="AS4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="AT4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="AU4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="AV4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="AW4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="AX4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="AY4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="AZ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BA4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BB4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BC4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BD4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BE4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BF4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BG4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BH4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BI4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BJ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BK4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BL4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BM4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BN4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BO4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BP4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BQ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BR4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BS4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BT4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BU4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BV4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BW4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BX4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BY4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="BZ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CA4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CB4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CC4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CD4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CE4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CF4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CG4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CH4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CI4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CJ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CK4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CL4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CM4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CN4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CO4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CP4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CQ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CR4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CS4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CT4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CU4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CV4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CW4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CX4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CY4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="CZ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DA4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DB4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DC4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DD4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DE4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DF4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DG4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DH4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DI4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DJ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DK4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DL4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DM4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DN4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DO4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DP4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DQ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DR4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DS4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DT4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DU4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DV4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DW4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DX4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DY4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="DZ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EA4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EB4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EC4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="ED4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EE4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EF4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EG4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EH4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EI4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EJ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EK4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EL4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EM4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EN4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EO4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EP4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EQ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="ER4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="ES4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="ET4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EU4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EV4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EW4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EX4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EY4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="EZ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FA4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FB4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FC4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FD4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FE4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FF4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FG4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FH4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FI4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FJ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FK4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FL4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FM4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FN4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FO4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FP4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FQ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FR4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FS4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FT4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FU4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FV4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FW4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FX4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FY4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="FZ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GA4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GB4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GC4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GD4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GE4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GF4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GG4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GH4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GI4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GJ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GK4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GL4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GM4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GN4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GO4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GP4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GQ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GR4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GS4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GT4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GU4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GV4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GW4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GX4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GY4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="GZ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HA4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HB4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HC4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HD4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HE4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HF4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HG4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HH4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HI4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HJ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HK4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HL4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HM4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HN4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HO4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HP4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HQ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HR4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HS4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HT4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HU4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HV4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HW4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HX4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HY4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="HZ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IA4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IB4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IC4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="ID4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IE4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IF4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IG4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IH4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="II4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IJ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IK4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IL4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IM4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IN4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IO4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IP4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IQ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IR4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IS4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IT4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IU4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IV4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IW4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IX4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IY4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="IZ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JA4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JB4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JC4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JD4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JE4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JF4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JG4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JH4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JI4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JJ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JK4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JL4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JM4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JN4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JO4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JP4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JQ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JR4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JS4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JT4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JU4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JV4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JW4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JX4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JY4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="JZ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KA4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KB4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KC4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KD4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KE4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KF4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KG4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KH4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KI4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KJ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KK4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KL4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KM4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KN4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KO4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KP4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KQ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KR4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KS4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KT4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KU4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KV4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KW4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KX4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KY4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="KZ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LA4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LB4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LC4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LD4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LE4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LF4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LG4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LH4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LI4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LJ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LK4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LL4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LM4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LN4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LO4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LP4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LQ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LR4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LS4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LT4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LU4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LV4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LW4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LX4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LY4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="LZ4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="MA4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="MB4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="MC4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="MD4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="ME4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="MF4" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="MG4" t="s">
-        <v>408</v>
-[...179 lines deleted...]
-        <v>408</v>
+        <v>347</v>
       </c>
     </row>
-    <row r="5" spans="1:405">
+    <row r="5" spans="1:345">
       <c r="A5" s="3" t="s">
-        <v>409</v>
+        <v>348</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="3"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
@@ -5688,1331 +4950,1091 @@
       <c r="LI5" s="3"/>
       <c r="LJ5" s="3"/>
       <c r="LK5" s="3"/>
       <c r="LL5" s="3"/>
       <c r="LM5" s="3"/>
       <c r="LN5" s="3"/>
       <c r="LO5" s="3"/>
       <c r="LP5" s="3"/>
       <c r="LQ5" s="3"/>
       <c r="LR5" s="3"/>
       <c r="LS5" s="3"/>
       <c r="LT5" s="3"/>
       <c r="LU5" s="3"/>
       <c r="LV5" s="3"/>
       <c r="LW5" s="3"/>
       <c r="LX5" s="3"/>
       <c r="LY5" s="3"/>
       <c r="LZ5" s="3"/>
       <c r="MA5" s="3"/>
       <c r="MB5" s="3"/>
       <c r="MC5" s="3"/>
       <c r="MD5" s="3"/>
       <c r="ME5" s="3"/>
       <c r="MF5" s="3"/>
       <c r="MG5" s="3"/>
-      <c r="MH5" s="3"/>
-[...58 lines deleted...]
-      <c r="OO5" s="3"/>
     </row>
-    <row r="6" spans="1:405">
+    <row r="6" spans="1:345">
       <c r="A6" t="s">
-        <v>406</v>
+        <v>346</v>
       </c>
       <c r="B6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="C6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="D6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="E6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="F6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="G6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="H6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="I6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="J6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="K6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="L6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="M6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="N6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="O6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="P6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="Q6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="R6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="S6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="T6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="U6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="V6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="W6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="X6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="Y6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="Z6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="AA6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="AB6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="AC6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="AD6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="AE6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="AF6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="AG6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="AH6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="AI6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="AJ6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="AK6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="AL6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="AM6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="AN6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="AO6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="AP6" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="AQ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="AR6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="AS6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="AT6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="AU6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="AV6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="AW6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="AX6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="AY6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="AZ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BA6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BB6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BC6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BD6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BE6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BF6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BG6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BH6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BI6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BJ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BK6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BL6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BM6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BN6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BO6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BP6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BQ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BR6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BS6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BT6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BU6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BV6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BW6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BX6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BY6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="BZ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CA6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CB6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CC6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CD6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CE6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CF6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CG6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CH6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CI6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CJ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CK6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CL6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CM6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CN6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CO6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CP6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CQ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CR6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CS6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CT6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CU6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CV6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CW6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CX6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CY6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="CZ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DA6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DB6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DC6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DD6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DE6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DF6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DG6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DH6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DI6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DJ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DK6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DL6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DM6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DN6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DO6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DP6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DQ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DR6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DS6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DT6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DU6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DV6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DW6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DX6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DY6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="DZ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EA6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EB6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EC6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="ED6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EE6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EF6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EG6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EH6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EI6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EJ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EK6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EL6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EM6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EN6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EO6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EP6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EQ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="ER6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="ES6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="ET6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EU6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EV6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EW6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EX6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EY6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="EZ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FA6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FB6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FC6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FD6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FE6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FF6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FG6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FH6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FI6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FJ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FK6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FL6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FM6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FN6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FO6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FP6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FQ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FR6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FS6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FT6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FU6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FV6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FW6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FX6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FY6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="FZ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GA6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GB6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GC6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GD6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GE6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GF6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GG6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GH6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GI6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GJ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GK6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GL6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GM6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GN6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GO6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GP6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GQ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GR6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GS6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GT6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GU6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GV6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GW6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GX6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GY6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="GZ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HA6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HB6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HC6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HD6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HE6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HF6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HG6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HH6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HI6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HJ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HK6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HL6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HM6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HN6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HO6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HP6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HQ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HR6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HS6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HT6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HU6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HV6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HW6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HX6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HY6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="HZ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IA6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IB6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IC6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="ID6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IE6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IF6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IG6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IH6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="II6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IJ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IK6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IL6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IM6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IN6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IO6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IP6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IQ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IR6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IS6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IT6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IU6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IV6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IW6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IX6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IY6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="IZ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JA6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JB6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JC6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JD6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JE6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JF6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JG6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JH6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JI6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JJ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JK6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JL6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JM6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JN6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JO6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JP6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JQ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JR6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JS6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JT6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JU6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JV6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JW6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JX6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JY6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="JZ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KA6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KB6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KC6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KD6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KE6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KF6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KG6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KH6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KI6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KJ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KK6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KL6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KM6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KN6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KO6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KP6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KQ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KR6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KS6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KT6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KU6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KV6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KW6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KX6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KY6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="KZ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LA6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LB6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LC6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LD6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LE6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LF6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LG6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LH6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LI6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LJ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LK6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LL6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LM6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LN6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LO6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LP6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LQ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LR6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LS6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LT6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LU6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LV6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LW6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LX6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LY6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="LZ6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="MA6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="MB6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="MC6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="MD6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="ME6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="MF6" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="MG6" t="s">
-        <v>411</v>
-[...179 lines deleted...]
-        <v>411</v>
+        <v>349</v>
       </c>
     </row>
-    <row r="7" spans="1:405">
+    <row r="7" spans="1:345">
       <c r="A7" s="3" t="s">
-        <v>412</v>
+        <v>350</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
@@ -7314,1329 +6336,1089 @@
       <c r="LI7" s="3"/>
       <c r="LJ7" s="3"/>
       <c r="LK7" s="3"/>
       <c r="LL7" s="3"/>
       <c r="LM7" s="3"/>
       <c r="LN7" s="3"/>
       <c r="LO7" s="3"/>
       <c r="LP7" s="3"/>
       <c r="LQ7" s="3"/>
       <c r="LR7" s="3"/>
       <c r="LS7" s="3"/>
       <c r="LT7" s="3"/>
       <c r="LU7" s="3"/>
       <c r="LV7" s="3"/>
       <c r="LW7" s="3"/>
       <c r="LX7" s="3"/>
       <c r="LY7" s="3"/>
       <c r="LZ7" s="3"/>
       <c r="MA7" s="3"/>
       <c r="MB7" s="3"/>
       <c r="MC7" s="3"/>
       <c r="MD7" s="3"/>
       <c r="ME7" s="3"/>
       <c r="MF7" s="3"/>
       <c r="MG7" s="3"/>
-      <c r="MH7" s="3"/>
-[...58 lines deleted...]
-      <c r="OO7" s="3"/>
     </row>
-    <row r="8" spans="1:405">
+    <row r="8" spans="1:345">
       <c r="A8" t="s">
-        <v>406</v>
+        <v>346</v>
       </c>
       <c r="B8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="C8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="D8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="E8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="F8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="G8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="H8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="I8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="J8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="K8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="L8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="M8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="N8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="O8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="P8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="Q8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="R8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="S8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="T8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="U8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="V8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="W8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="X8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="Y8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="Z8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="AA8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="AB8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="AC8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="AD8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="AE8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="AF8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="AG8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="AH8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="AI8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="AJ8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="AK8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="AL8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="AM8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="AN8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="AO8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="AP8" t="s">
-        <v>413</v>
+        <v>351</v>
       </c>
       <c r="AQ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="AR8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="AS8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="AT8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="AU8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="AV8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="AW8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="AX8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="AY8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="AZ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BA8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BB8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BC8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BD8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BE8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BF8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BG8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BH8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BI8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BJ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BK8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BL8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BM8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BN8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BO8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BP8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BQ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BR8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BS8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BT8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BU8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BV8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BW8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BX8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BY8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="BZ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CA8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CB8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CC8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CD8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CE8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CF8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CG8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CH8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CI8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CJ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CK8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CL8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CM8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CN8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CO8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CP8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CQ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CR8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CS8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CT8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CU8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CV8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CW8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CX8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CY8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="CZ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DA8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DB8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DC8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DD8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DE8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DF8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DG8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DH8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DI8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DJ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DK8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DL8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DM8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DN8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DO8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DP8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DQ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DR8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DS8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DT8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DU8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DV8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DW8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DX8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DY8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="DZ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EA8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EB8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EC8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="ED8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EE8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EF8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EG8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EH8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EI8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EJ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EK8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EL8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EM8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EN8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EO8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EP8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EQ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="ER8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="ES8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="ET8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EU8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EV8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EW8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EX8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EY8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="EZ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FA8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FB8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FC8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FD8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FE8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FF8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FG8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FH8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FI8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FJ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FK8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FL8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FM8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FN8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FO8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FP8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FQ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FR8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FS8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FT8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FU8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FV8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FW8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FX8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FY8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="FZ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GA8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GB8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GC8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GD8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GE8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GF8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GG8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GH8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GI8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GJ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GK8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GL8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GM8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GN8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GO8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GP8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GQ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GR8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GS8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GT8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GU8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GV8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GW8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GX8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GY8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="GZ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HA8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HB8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HC8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HD8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HE8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HF8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HG8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HH8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HI8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HJ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HK8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HL8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HM8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HN8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HO8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HP8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HQ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HR8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HS8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HT8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HU8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HV8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HW8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HX8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HY8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="HZ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IA8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IB8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IC8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="ID8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IE8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IF8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IG8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IH8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="II8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IJ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IK8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IL8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IM8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IN8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IO8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IP8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IQ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IR8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IS8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IT8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IU8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IV8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IW8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IX8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IY8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="IZ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JA8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JB8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JC8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JD8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JE8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JF8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JG8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JH8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JI8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JJ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JK8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JL8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JM8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JN8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JO8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JP8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JQ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JR8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JS8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JT8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JU8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JV8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JW8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JX8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JY8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="JZ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KA8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KB8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KC8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KD8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KE8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KF8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KG8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KH8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KI8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KJ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KK8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KL8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KM8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KN8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KO8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KP8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KQ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KR8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KS8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KT8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KU8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KV8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KW8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KX8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KY8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="KZ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LA8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LB8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LC8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LD8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LE8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LF8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LG8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LH8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LI8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LJ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LK8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LL8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LM8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LN8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LO8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LP8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LQ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LR8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LS8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LT8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LU8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LV8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LW8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LX8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LY8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="LZ8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="MA8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="MB8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="MC8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="MD8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="ME8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="MF8" t="s">
-        <v>414</v>
+        <v>351</v>
       </c>
       <c r="MG8" t="s">
-        <v>414</v>
-[...179 lines deleted...]
-        <v>414</v>
+        <v>351</v>
       </c>
     </row>
-    <row r="9" spans="1:405">
+    <row r="9" spans="1:345">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
       <c r="R9" s="4"/>
       <c r="S9" s="4"/>
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
       <c r="V9" s="4"/>
       <c r="W9" s="4"/>
       <c r="X9" s="4"/>
       <c r="Y9" s="4"/>
@@ -8938,114 +7720,54 @@
       <c r="LI9" s="4"/>
       <c r="LJ9" s="4"/>
       <c r="LK9" s="4"/>
       <c r="LL9" s="4"/>
       <c r="LM9" s="4"/>
       <c r="LN9" s="4"/>
       <c r="LO9" s="4"/>
       <c r="LP9" s="4"/>
       <c r="LQ9" s="4"/>
       <c r="LR9" s="4"/>
       <c r="LS9" s="4"/>
       <c r="LT9" s="4"/>
       <c r="LU9" s="4"/>
       <c r="LV9" s="4"/>
       <c r="LW9" s="4"/>
       <c r="LX9" s="4"/>
       <c r="LY9" s="4"/>
       <c r="LZ9" s="4"/>
       <c r="MA9" s="4"/>
       <c r="MB9" s="4"/>
       <c r="MC9" s="4"/>
       <c r="MD9" s="4"/>
       <c r="ME9" s="4"/>
       <c r="MF9" s="4"/>
       <c r="MG9" s="4"/>
-      <c r="MH9" s="4"/>
-[...58 lines deleted...]
-      <c r="OO9" s="4"/>
     </row>
-    <row r="10" spans="1:405">
+    <row r="10" spans="1:345">
       <c r="A10" s="2" t="s">
-        <v>415</v>
+        <v>352</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
       <c r="V10" s="2"/>
       <c r="W10" s="2"/>
       <c r="X10" s="2"/>
       <c r="Y10" s="2"/>
@@ -9347,114 +8069,54 @@
       <c r="LI10" s="2"/>
       <c r="LJ10" s="2"/>
       <c r="LK10" s="2"/>
       <c r="LL10" s="2"/>
       <c r="LM10" s="2"/>
       <c r="LN10" s="2"/>
       <c r="LO10" s="2"/>
       <c r="LP10" s="2"/>
       <c r="LQ10" s="2"/>
       <c r="LR10" s="2"/>
       <c r="LS10" s="2"/>
       <c r="LT10" s="2"/>
       <c r="LU10" s="2"/>
       <c r="LV10" s="2"/>
       <c r="LW10" s="2"/>
       <c r="LX10" s="2"/>
       <c r="LY10" s="2"/>
       <c r="LZ10" s="2"/>
       <c r="MA10" s="2"/>
       <c r="MB10" s="2"/>
       <c r="MC10" s="2"/>
       <c r="MD10" s="2"/>
       <c r="ME10" s="2"/>
       <c r="MF10" s="2"/>
       <c r="MG10" s="2"/>
-      <c r="MH10" s="2"/>
-[...58 lines deleted...]
-      <c r="OO10" s="2"/>
     </row>
-    <row r="11" spans="1:405">
+    <row r="11" spans="1:345">
       <c r="A11" s="3" t="s">
-        <v>405</v>
+        <v>345</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
@@ -9756,1331 +8418,1091 @@
       <c r="LI11" s="3"/>
       <c r="LJ11" s="3"/>
       <c r="LK11" s="3"/>
       <c r="LL11" s="3"/>
       <c r="LM11" s="3"/>
       <c r="LN11" s="3"/>
       <c r="LO11" s="3"/>
       <c r="LP11" s="3"/>
       <c r="LQ11" s="3"/>
       <c r="LR11" s="3"/>
       <c r="LS11" s="3"/>
       <c r="LT11" s="3"/>
       <c r="LU11" s="3"/>
       <c r="LV11" s="3"/>
       <c r="LW11" s="3"/>
       <c r="LX11" s="3"/>
       <c r="LY11" s="3"/>
       <c r="LZ11" s="3"/>
       <c r="MA11" s="3"/>
       <c r="MB11" s="3"/>
       <c r="MC11" s="3"/>
       <c r="MD11" s="3"/>
       <c r="ME11" s="3"/>
       <c r="MF11" s="3"/>
       <c r="MG11" s="3"/>
-      <c r="MH11" s="3"/>
-[...58 lines deleted...]
-      <c r="OO11" s="3"/>
     </row>
-    <row r="12" spans="1:405">
+    <row r="12" spans="1:345">
       <c r="A12" t="s">
-        <v>406</v>
+        <v>346</v>
       </c>
       <c r="B12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="C12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="D12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="E12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="F12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="G12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="H12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="I12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="J12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="K12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="L12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="M12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="N12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="O12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="P12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="Q12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="R12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="S12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="T12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="U12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="V12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="W12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="X12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="Y12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="Z12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="AA12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="AB12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="AC12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="AD12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="AE12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="AF12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="AG12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="AH12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="AI12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="AJ12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="AK12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="AL12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="AM12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="AN12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="AO12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="AP12" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="AQ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="AR12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="AS12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="AT12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="AU12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="AV12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="AW12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="AX12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="AY12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="AZ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BA12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BB12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BC12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BD12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BE12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BF12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BG12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BH12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BI12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BJ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BK12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BL12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BM12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BN12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BO12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BP12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BQ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BR12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BS12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BT12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BU12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BV12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BW12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BX12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BY12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="BZ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CA12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CB12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CC12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CD12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CE12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CF12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CG12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CH12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CI12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CJ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CK12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CL12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CM12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CN12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CO12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CP12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CQ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CR12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CS12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CT12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CU12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CV12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CW12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CX12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CY12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="CZ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DA12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DB12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DC12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DD12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DE12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DF12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DG12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DH12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DI12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DJ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DK12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DL12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DM12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DN12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DO12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DP12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DQ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DR12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DS12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DT12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DU12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DV12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DW12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DX12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DY12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="DZ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EA12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EB12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EC12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="ED12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EE12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EF12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EG12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EH12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EI12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EJ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EK12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EL12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EM12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EN12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EO12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EP12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EQ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="ER12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="ES12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="ET12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EU12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EV12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EW12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EX12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EY12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="EZ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FA12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FB12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FC12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FD12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FE12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FF12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FG12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FH12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FI12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FJ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FK12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FL12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FM12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FN12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FO12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FP12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FQ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FR12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FS12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FT12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FU12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FV12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FW12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FX12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FY12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="FZ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GA12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GB12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GC12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GD12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GE12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GF12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GG12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GH12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GI12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GJ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GK12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GL12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GM12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GN12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GO12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GP12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GQ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GR12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GS12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GT12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GU12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GV12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GW12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GX12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GY12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="GZ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HA12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HB12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HC12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HD12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HE12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HF12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HG12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HH12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HI12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HJ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HK12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HL12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HM12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HN12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HO12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HP12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HQ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HR12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HS12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HT12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HU12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HV12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HW12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HX12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HY12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="HZ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IA12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IB12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IC12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="ID12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IE12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IF12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IG12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IH12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="II12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IJ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IK12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IL12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IM12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IN12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IO12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IP12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IQ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IR12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IS12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IT12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IU12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IV12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IW12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IX12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IY12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="IZ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JA12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JB12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JC12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JD12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JE12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JF12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JG12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JH12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JI12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JJ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JK12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JL12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JM12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JN12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JO12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JP12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JQ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JR12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JS12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JT12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JU12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JV12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JW12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JX12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JY12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="JZ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KA12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KB12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KC12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KD12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KE12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KF12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KG12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KH12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KI12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KJ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KK12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KL12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KM12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KN12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KO12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KP12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KQ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KR12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KS12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KT12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KU12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KV12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KW12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KX12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KY12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="KZ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LA12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LB12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LC12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LD12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LE12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LF12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LG12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LH12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LI12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LJ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LK12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LL12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LM12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LN12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LO12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LP12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LQ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LR12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LS12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LT12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LU12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LV12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LW12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LX12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LY12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="LZ12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="MA12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="MB12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="MC12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="MD12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="ME12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="MF12" t="s">
-        <v>417</v>
+        <v>353</v>
       </c>
       <c r="MG12" t="s">
-        <v>417</v>
-[...179 lines deleted...]
-        <v>417</v>
+        <v>353</v>
       </c>
     </row>
-    <row r="13" spans="1:405">
+    <row r="13" spans="1:345">
       <c r="A13" s="3" t="s">
-        <v>418</v>
+        <v>354</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
       <c r="P13" s="3"/>
       <c r="Q13" s="3"/>
       <c r="R13" s="3"/>
       <c r="S13" s="3"/>
       <c r="T13" s="3"/>
       <c r="U13" s="3"/>
       <c r="V13" s="3"/>
       <c r="W13" s="3"/>
       <c r="X13" s="3"/>
       <c r="Y13" s="3"/>
@@ -11382,1331 +9804,1091 @@
       <c r="LI13" s="3"/>
       <c r="LJ13" s="3"/>
       <c r="LK13" s="3"/>
       <c r="LL13" s="3"/>
       <c r="LM13" s="3"/>
       <c r="LN13" s="3"/>
       <c r="LO13" s="3"/>
       <c r="LP13" s="3"/>
       <c r="LQ13" s="3"/>
       <c r="LR13" s="3"/>
       <c r="LS13" s="3"/>
       <c r="LT13" s="3"/>
       <c r="LU13" s="3"/>
       <c r="LV13" s="3"/>
       <c r="LW13" s="3"/>
       <c r="LX13" s="3"/>
       <c r="LY13" s="3"/>
       <c r="LZ13" s="3"/>
       <c r="MA13" s="3"/>
       <c r="MB13" s="3"/>
       <c r="MC13" s="3"/>
       <c r="MD13" s="3"/>
       <c r="ME13" s="3"/>
       <c r="MF13" s="3"/>
       <c r="MG13" s="3"/>
-      <c r="MH13" s="3"/>
-[...58 lines deleted...]
-      <c r="OO13" s="3"/>
     </row>
-    <row r="14" spans="1:405">
+    <row r="14" spans="1:345">
       <c r="A14" t="s">
-        <v>406</v>
+        <v>346</v>
       </c>
       <c r="B14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="C14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="D14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="E14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="F14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="G14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="H14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="I14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="J14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="K14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="L14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="M14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="N14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="O14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="P14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="Q14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="R14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="S14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="T14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="U14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="V14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="W14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="X14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="Y14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="Z14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="AA14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="AB14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="AC14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="AD14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="AE14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="AF14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="AG14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="AH14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="AI14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="AJ14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="AK14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="AL14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="AM14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="AN14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="AO14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="AP14" t="s">
-        <v>419</v>
+        <v>355</v>
       </c>
       <c r="AQ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="AR14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="AS14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="AT14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="AU14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="AV14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="AW14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="AX14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="AY14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="AZ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BA14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BB14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BC14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BD14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BE14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BF14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BG14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BH14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BI14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BJ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BK14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BL14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BM14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BN14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BO14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BP14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BQ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BR14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BS14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BT14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BU14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BV14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BW14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BX14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BY14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="BZ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CA14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CB14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CC14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CD14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CE14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CF14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CG14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CH14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CI14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CJ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CK14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CL14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CM14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CN14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CO14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CP14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CQ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CR14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CS14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CT14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CU14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CV14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CW14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CX14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CY14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="CZ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DA14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DB14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DC14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DD14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DE14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DF14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DG14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DH14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DI14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DJ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DK14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DL14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DM14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DN14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DO14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DP14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DQ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DR14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DS14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DT14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DU14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DV14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DW14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DX14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DY14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="DZ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EA14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EB14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EC14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="ED14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EE14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EF14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EG14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EH14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EI14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EJ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EK14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EL14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EM14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EN14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EO14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EP14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EQ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="ER14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="ES14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="ET14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EU14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EV14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EW14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EX14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EY14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="EZ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FA14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FB14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FC14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FD14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FE14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FF14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FG14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FH14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FI14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FJ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FK14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FL14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FM14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FN14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FO14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FP14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FQ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FR14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FS14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FT14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FU14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FV14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FW14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FX14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FY14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="FZ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GA14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GB14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GC14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GD14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GE14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GF14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GG14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GH14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GI14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GJ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GK14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GL14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GM14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GN14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GO14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GP14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GQ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GR14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GS14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GT14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GU14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GV14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GW14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GX14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GY14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="GZ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HA14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HB14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HC14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HD14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HE14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HF14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HG14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HH14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HI14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HJ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HK14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HL14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HM14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HN14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HO14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HP14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HQ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HR14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HS14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HT14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HU14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HV14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HW14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HX14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HY14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="HZ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IA14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IB14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IC14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="ID14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IE14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IF14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IG14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IH14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="II14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IJ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IK14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IL14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IM14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IN14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IO14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IP14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IQ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IR14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IS14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IT14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IU14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IV14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IW14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IX14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IY14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="IZ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JA14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JB14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JC14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JD14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JE14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JF14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JG14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JH14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JI14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JJ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JK14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JL14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JM14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JN14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JO14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JP14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JQ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JR14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JS14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JT14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JU14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JV14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JW14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JX14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JY14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="JZ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KA14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KB14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KC14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KD14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KE14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KF14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KG14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KH14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KI14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KJ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KK14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KL14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KM14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KN14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KO14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KP14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KQ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KR14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KS14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KT14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KU14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KV14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KW14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KX14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KY14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="KZ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LA14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LB14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LC14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LD14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LE14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LF14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LG14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LH14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LI14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LJ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LK14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LL14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LM14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LN14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LO14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LP14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LQ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LR14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LS14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LT14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LU14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LV14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LW14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LX14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LY14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="LZ14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="MA14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="MB14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="MC14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="MD14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="ME14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="MF14" t="s">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="MG14" t="s">
-        <v>420</v>
-[...179 lines deleted...]
-        <v>420</v>
+        <v>355</v>
       </c>
     </row>
-    <row r="15" spans="1:405">
+    <row r="15" spans="1:345">
       <c r="A15" s="3" t="s">
-        <v>421</v>
+        <v>356</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3"/>
       <c r="X15" s="3"/>
       <c r="Y15" s="3"/>
@@ -13008,1331 +11190,1091 @@
       <c r="LI15" s="3"/>
       <c r="LJ15" s="3"/>
       <c r="LK15" s="3"/>
       <c r="LL15" s="3"/>
       <c r="LM15" s="3"/>
       <c r="LN15" s="3"/>
       <c r="LO15" s="3"/>
       <c r="LP15" s="3"/>
       <c r="LQ15" s="3"/>
       <c r="LR15" s="3"/>
       <c r="LS15" s="3"/>
       <c r="LT15" s="3"/>
       <c r="LU15" s="3"/>
       <c r="LV15" s="3"/>
       <c r="LW15" s="3"/>
       <c r="LX15" s="3"/>
       <c r="LY15" s="3"/>
       <c r="LZ15" s="3"/>
       <c r="MA15" s="3"/>
       <c r="MB15" s="3"/>
       <c r="MC15" s="3"/>
       <c r="MD15" s="3"/>
       <c r="ME15" s="3"/>
       <c r="MF15" s="3"/>
       <c r="MG15" s="3"/>
-      <c r="MH15" s="3"/>
-[...58 lines deleted...]
-      <c r="OO15" s="3"/>
     </row>
-    <row r="16" spans="1:405">
+    <row r="16" spans="1:345">
       <c r="A16" t="s">
-        <v>406</v>
+        <v>346</v>
       </c>
       <c r="B16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="C16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="D16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="E16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="F16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="G16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="H16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="I16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="J16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="K16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="L16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="M16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="N16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="O16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="P16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="Q16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="R16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="S16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="T16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="U16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="V16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="W16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="X16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="Y16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="Z16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="AA16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="AB16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="AC16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="AD16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="AE16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="AF16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="AG16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="AH16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="AI16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="AJ16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="AK16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="AL16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="AM16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="AN16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="AO16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="AP16" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="AQ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="AR16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="AS16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="AT16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="AU16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="AV16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="AW16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="AX16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="AY16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="AZ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BA16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BB16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BC16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BD16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BE16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BF16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BG16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BH16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BI16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BJ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BK16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BL16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BM16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BN16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BO16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BP16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BQ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BR16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BS16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BT16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BU16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BV16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BW16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BX16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BY16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="BZ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CA16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CB16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CC16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CD16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CE16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CF16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CG16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CH16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CI16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CJ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CK16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CL16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CM16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CN16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CO16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CP16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CQ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CR16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CS16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CT16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CU16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CV16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CW16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CX16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CY16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="CZ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DA16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DB16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DC16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DD16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DE16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DF16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DG16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DH16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DI16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DJ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DK16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DL16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DM16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DN16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DO16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DP16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DQ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DR16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DS16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DT16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DU16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DV16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DW16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DX16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DY16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="DZ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EA16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EB16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EC16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="ED16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EE16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EF16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EG16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EH16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EI16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EJ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EK16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EL16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EM16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EN16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EO16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EP16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EQ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="ER16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="ES16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="ET16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EU16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EV16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EW16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EX16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EY16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="EZ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FA16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FB16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FC16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FD16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FE16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FF16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FG16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FH16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FI16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FJ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FK16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FL16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FM16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FN16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FO16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FP16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FQ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FR16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FS16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FT16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FU16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FV16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FW16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FX16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FY16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="FZ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GA16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GB16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GC16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GD16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GE16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GF16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GG16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GH16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GI16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GJ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GK16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GL16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GM16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GN16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GO16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GP16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GQ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GR16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GS16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GT16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GU16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GV16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GW16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GX16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GY16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="GZ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HA16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HB16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HC16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HD16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HE16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HF16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HG16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HH16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HI16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HJ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HK16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HL16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HM16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HN16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HO16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HP16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HQ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HR16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HS16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HT16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HU16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HV16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HW16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HX16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HY16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="HZ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IA16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IB16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IC16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="ID16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IE16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IF16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IG16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IH16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="II16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IJ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IK16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IL16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IM16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IN16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IO16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IP16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IQ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IR16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IS16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IT16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IU16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IV16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IW16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IX16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IY16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="IZ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JA16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JB16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JC16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JD16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JE16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JF16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JG16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JH16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JI16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JJ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JK16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JL16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JM16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JN16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JO16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JP16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JQ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JR16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JS16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JT16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JU16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JV16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JW16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JX16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JY16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="JZ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KA16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KB16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KC16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KD16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KE16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KF16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KG16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KH16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KI16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KJ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KK16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KL16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KM16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KN16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KO16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KP16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KQ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KR16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KS16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KT16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KU16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KV16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KW16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KX16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KY16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="KZ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LA16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LB16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LC16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LD16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LE16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LF16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LG16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LH16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LI16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LJ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LK16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LL16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LM16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LN16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LO16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LP16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LQ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LR16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LS16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LT16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LU16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LV16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LW16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LX16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LY16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="LZ16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="MA16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="MB16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="MC16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="MD16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="ME16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="MF16" t="s">
-        <v>423</v>
+        <v>357</v>
       </c>
       <c r="MG16" t="s">
-        <v>423</v>
-[...179 lines deleted...]
-        <v>423</v>
+        <v>357</v>
       </c>
     </row>
-    <row r="18" spans="1:405">
+    <row r="18" spans="1:345">
       <c r="A18" s="1" t="s">
-        <v>424</v>
+        <v>358</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
@@ -14634,120 +12576,60 @@
       <c r="LI18" s="1"/>
       <c r="LJ18" s="1"/>
       <c r="LK18" s="1"/>
       <c r="LL18" s="1"/>
       <c r="LM18" s="1"/>
       <c r="LN18" s="1"/>
       <c r="LO18" s="1"/>
       <c r="LP18" s="1"/>
       <c r="LQ18" s="1"/>
       <c r="LR18" s="1"/>
       <c r="LS18" s="1"/>
       <c r="LT18" s="1"/>
       <c r="LU18" s="1"/>
       <c r="LV18" s="1"/>
       <c r="LW18" s="1"/>
       <c r="LX18" s="1"/>
       <c r="LY18" s="1"/>
       <c r="LZ18" s="1"/>
       <c r="MA18" s="1"/>
       <c r="MB18" s="1"/>
       <c r="MC18" s="1"/>
       <c r="MD18" s="1"/>
       <c r="ME18" s="1"/>
       <c r="MF18" s="1"/>
       <c r="MG18" s="1"/>
-      <c r="MH18" s="1"/>
-[...58 lines deleted...]
-      <c r="OO18" s="1"/>
     </row>
-    <row r="19" spans="1:405">
+    <row r="19" spans="1:345">
       <c r="A19" t="s">
-        <v>425</v>
+        <v>359</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A19:OO19"/>
+    <mergeCell ref="A19:MG19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>