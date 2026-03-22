--- v2 (2026-01-20)
+++ v3 (2026-03-22)
@@ -12,234 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="8135-nizhegorodskie-panor..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="360">
-[...182 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="299">
   <si>
     <t>22.03.2026</t>
   </si>
   <si>
     <t>23.03.2026</t>
   </si>
   <si>
     <t>24.03.2026</t>
   </si>
   <si>
     <t>25.03.2026</t>
   </si>
   <si>
     <t>26.03.2026</t>
   </si>
   <si>
     <t>27.03.2026</t>
   </si>
   <si>
     <t>28.03.2026</t>
   </si>
   <si>
     <t>29.03.2026</t>
   </si>
   <si>
@@ -1091,51 +908,51 @@
   <si>
     <t>20100 RUB</t>
   </si>
   <si>
     <t>«CORT INN 4*»</t>
   </si>
   <si>
     <t>38300 RUB</t>
   </si>
   <si>
     <t>Двухместный номер для одного человека</t>
   </si>
   <si>
     <t>28900 RUB</t>
   </si>
   <si>
     <t>Трехместный номер для одного человека</t>
   </si>
   <si>
     <t>26900 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 20.01.2026 07:20, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 22.03.2026 07:42, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1477,54 +1294,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:MG19"/>
+  <dimension ref="A1:JX19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A18" sqref="A18:MG18"/>
+      <selection activeCell="A18" sqref="A18:JX18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="44.703369" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -1769,114 +1586,53 @@
     <col min="260" max="260" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="261" max="261" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="262" max="262" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="263" max="263" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="264" max="264" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="265" max="265" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="266" max="266" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="267" max="267" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="268" max="268" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="269" max="269" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="270" max="270" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="271" max="271" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="272" max="272" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="273" max="273" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="274" max="274" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="275" max="275" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="276" max="276" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="277" max="277" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="278" max="278" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="279" max="279" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="280" max="280" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="281" max="281" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="282" max="282" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="283" max="283" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="284" max="284" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="285" max="285" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...59 lines deleted...]
-    <col min="345" max="345" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:345">
+    <row r="1" spans="1:284">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -2683,237 +2439,54 @@
       </c>
       <c r="JQ1" s="1" t="s">
         <v>275</v>
       </c>
       <c r="JR1" s="1" t="s">
         <v>276</v>
       </c>
       <c r="JS1" s="1" t="s">
         <v>277</v>
       </c>
       <c r="JT1" s="1" t="s">
         <v>278</v>
       </c>
       <c r="JU1" s="1" t="s">
         <v>279</v>
       </c>
       <c r="JV1" s="1" t="s">
         <v>280</v>
       </c>
       <c r="JW1" s="1" t="s">
         <v>281</v>
       </c>
       <c r="JX1" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="JY1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:284">
+      <c r="A2" s="2" t="s">
         <v>283</v>
-      </c>
-[...183 lines deleted...]
-        <v>344</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
@@ -3154,115 +2727,54 @@
       <c r="IZ2" s="2"/>
       <c r="JA2" s="2"/>
       <c r="JB2" s="2"/>
       <c r="JC2" s="2"/>
       <c r="JD2" s="2"/>
       <c r="JE2" s="2"/>
       <c r="JF2" s="2"/>
       <c r="JG2" s="2"/>
       <c r="JH2" s="2"/>
       <c r="JI2" s="2"/>
       <c r="JJ2" s="2"/>
       <c r="JK2" s="2"/>
       <c r="JL2" s="2"/>
       <c r="JM2" s="2"/>
       <c r="JN2" s="2"/>
       <c r="JO2" s="2"/>
       <c r="JP2" s="2"/>
       <c r="JQ2" s="2"/>
       <c r="JR2" s="2"/>
       <c r="JS2" s="2"/>
       <c r="JT2" s="2"/>
       <c r="JU2" s="2"/>
       <c r="JV2" s="2"/>
       <c r="JW2" s="2"/>
       <c r="JX2" s="2"/>
-      <c r="JY2" s="2"/>
-[...59 lines deleted...]
-      <c r="MG2" s="2"/>
     </row>
-    <row r="3" spans="1:345">
+    <row r="3" spans="1:284">
       <c r="A3" s="3" t="s">
-        <v>345</v>
+        <v>284</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -3503,1152 +3015,908 @@
       <c r="IZ3" s="3"/>
       <c r="JA3" s="3"/>
       <c r="JB3" s="3"/>
       <c r="JC3" s="3"/>
       <c r="JD3" s="3"/>
       <c r="JE3" s="3"/>
       <c r="JF3" s="3"/>
       <c r="JG3" s="3"/>
       <c r="JH3" s="3"/>
       <c r="JI3" s="3"/>
       <c r="JJ3" s="3"/>
       <c r="JK3" s="3"/>
       <c r="JL3" s="3"/>
       <c r="JM3" s="3"/>
       <c r="JN3" s="3"/>
       <c r="JO3" s="3"/>
       <c r="JP3" s="3"/>
       <c r="JQ3" s="3"/>
       <c r="JR3" s="3"/>
       <c r="JS3" s="3"/>
       <c r="JT3" s="3"/>
       <c r="JU3" s="3"/>
       <c r="JV3" s="3"/>
       <c r="JW3" s="3"/>
       <c r="JX3" s="3"/>
-      <c r="JY3" s="3"/>
-[...59 lines deleted...]
-      <c r="MG3" s="3"/>
     </row>
-    <row r="4" spans="1:345">
+    <row r="4" spans="1:284">
       <c r="A4" t="s">
-        <v>346</v>
+        <v>285</v>
       </c>
       <c r="B4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="C4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="D4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="E4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="F4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="G4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="H4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="I4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="J4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="K4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="L4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="M4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="N4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="O4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="P4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="Q4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="R4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="S4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="T4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="U4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="V4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="W4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="X4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="Y4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="Z4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AA4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AB4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AC4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AD4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AE4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AF4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AG4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AH4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AI4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AJ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AK4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AL4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AM4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AN4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AO4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AP4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AQ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AR4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AS4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AT4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AU4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AV4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AW4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AX4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AY4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="AZ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BA4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BB4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BC4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BD4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BE4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BF4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BG4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BH4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BI4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BJ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BK4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BL4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BM4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BN4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BO4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BP4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BQ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BR4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BS4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BT4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BU4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BV4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BW4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BX4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BY4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="BZ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CA4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CB4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CC4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CD4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CE4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CF4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CG4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CH4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CI4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CJ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CK4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CL4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CM4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CN4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CO4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CP4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CQ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CR4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CS4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CT4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CU4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CV4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CW4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CX4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CY4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="CZ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DA4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DB4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DC4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DD4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DE4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DF4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DG4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DH4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DI4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DJ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DK4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DL4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DM4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DN4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DO4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DP4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DQ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DR4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DS4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DT4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DU4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DV4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DW4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DX4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DY4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="DZ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EA4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EB4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EC4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="ED4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EE4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EF4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EG4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EH4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EI4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EJ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EK4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EL4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EM4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EN4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EO4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EP4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EQ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="ER4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="ES4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="ET4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EU4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EV4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EW4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EX4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EY4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="EZ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FA4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FB4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FC4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FD4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FE4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FF4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FG4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FH4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FI4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FJ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FK4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FL4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FM4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FN4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FO4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FP4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FQ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FR4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FS4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FT4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FU4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FV4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FW4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FX4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FY4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="FZ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GA4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GB4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GC4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GD4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GE4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GF4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GG4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GH4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GI4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GJ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GK4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GL4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GM4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GN4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GO4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GP4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GQ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GR4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GS4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GT4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GU4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GV4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GW4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GX4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GY4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="GZ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HA4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HB4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HC4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HD4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HE4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HF4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HG4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HH4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HI4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HJ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HK4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HL4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HM4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HN4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HO4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HP4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HQ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HR4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HS4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HT4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HU4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HV4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HW4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HX4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HY4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="HZ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IA4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IB4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IC4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="ID4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IE4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IF4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IG4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IH4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="II4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IJ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IK4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IL4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IM4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IN4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IO4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IP4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IQ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IR4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IS4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IT4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IU4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IV4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IW4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IX4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IY4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="IZ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JA4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JB4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JC4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JD4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JE4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JF4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JG4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JH4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JI4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JJ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JK4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JL4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JM4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JN4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JO4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JP4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JQ4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JR4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JS4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JT4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JU4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JV4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JW4" t="s">
-        <v>347</v>
+        <v>286</v>
       </c>
       <c r="JX4" t="s">
-        <v>347</v>
-[...182 lines deleted...]
-        <v>347</v>
+        <v>286</v>
       </c>
     </row>
-    <row r="5" spans="1:345">
+    <row r="5" spans="1:284">
       <c r="A5" s="3" t="s">
-        <v>348</v>
+        <v>287</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="3"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
@@ -4889,1152 +4157,908 @@
       <c r="IZ5" s="3"/>
       <c r="JA5" s="3"/>
       <c r="JB5" s="3"/>
       <c r="JC5" s="3"/>
       <c r="JD5" s="3"/>
       <c r="JE5" s="3"/>
       <c r="JF5" s="3"/>
       <c r="JG5" s="3"/>
       <c r="JH5" s="3"/>
       <c r="JI5" s="3"/>
       <c r="JJ5" s="3"/>
       <c r="JK5" s="3"/>
       <c r="JL5" s="3"/>
       <c r="JM5" s="3"/>
       <c r="JN5" s="3"/>
       <c r="JO5" s="3"/>
       <c r="JP5" s="3"/>
       <c r="JQ5" s="3"/>
       <c r="JR5" s="3"/>
       <c r="JS5" s="3"/>
       <c r="JT5" s="3"/>
       <c r="JU5" s="3"/>
       <c r="JV5" s="3"/>
       <c r="JW5" s="3"/>
       <c r="JX5" s="3"/>
-      <c r="JY5" s="3"/>
-[...59 lines deleted...]
-      <c r="MG5" s="3"/>
     </row>
-    <row r="6" spans="1:345">
+    <row r="6" spans="1:284">
       <c r="A6" t="s">
-        <v>346</v>
+        <v>285</v>
       </c>
       <c r="B6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="C6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="D6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="E6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="F6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="G6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="H6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="I6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="J6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="K6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="L6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="M6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="N6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="O6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="P6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="Q6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="R6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="S6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="T6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="U6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="V6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="W6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="X6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="Y6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="Z6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AA6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AB6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AC6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AD6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AE6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AF6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AG6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AH6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AI6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AJ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AK6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AL6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AM6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AN6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AO6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AP6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AQ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AR6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AS6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AT6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AU6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AV6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AW6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AX6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AY6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="AZ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BA6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BB6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BC6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BD6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BE6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BF6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BG6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BH6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BI6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BJ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BK6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BL6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BM6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BN6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BO6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BP6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BQ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BR6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BS6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BT6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BU6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BV6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BW6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BX6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BY6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="BZ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CA6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CB6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CC6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CD6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CE6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CF6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CG6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CH6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CI6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CJ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CK6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CL6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CM6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CN6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CO6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CP6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CQ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CR6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CS6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CT6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CU6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CV6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CW6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CX6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CY6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="CZ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DA6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DB6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DC6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DD6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DE6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DF6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DG6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DH6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DI6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DJ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DK6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DL6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DM6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DN6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DO6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DP6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DQ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DR6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DS6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DT6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DU6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DV6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DW6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DX6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DY6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="DZ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EA6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EB6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EC6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="ED6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EE6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EF6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EG6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EH6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EI6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EJ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EK6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EL6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EM6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EN6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EO6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EP6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EQ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="ER6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="ES6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="ET6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EU6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EV6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EW6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EX6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EY6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="EZ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FA6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FB6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FC6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FD6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FE6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FF6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FG6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FH6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FI6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FJ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FK6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FL6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FM6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FN6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FO6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FP6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FQ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FR6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FS6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FT6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FU6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FV6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FW6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FX6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FY6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="FZ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GA6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GB6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GC6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GD6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GE6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GF6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GG6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GH6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GI6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GJ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GK6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GL6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GM6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GN6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GO6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GP6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GQ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GR6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GS6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GT6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GU6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GV6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GW6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GX6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GY6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="GZ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HA6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HB6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HC6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HD6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HE6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HF6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HG6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HH6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HI6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HJ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HK6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HL6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HM6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HN6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HO6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HP6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HQ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HR6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HS6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HT6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HU6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HV6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HW6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HX6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HY6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="HZ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IA6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IB6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IC6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="ID6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IE6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IF6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IG6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IH6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="II6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IJ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IK6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IL6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IM6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IN6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IO6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IP6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IQ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IR6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IS6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IT6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IU6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IV6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IW6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IX6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IY6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="IZ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JA6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JB6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JC6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JD6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JE6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JF6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JG6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JH6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JI6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JJ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JK6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JL6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JM6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JN6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JO6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JP6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JQ6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JR6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JS6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JT6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JU6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JV6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JW6" t="s">
-        <v>349</v>
+        <v>288</v>
       </c>
       <c r="JX6" t="s">
-        <v>349</v>
-[...182 lines deleted...]
-        <v>349</v>
+        <v>288</v>
       </c>
     </row>
-    <row r="7" spans="1:345">
+    <row r="7" spans="1:284">
       <c r="A7" s="3" t="s">
-        <v>350</v>
+        <v>289</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
@@ -6275,1150 +5299,906 @@
       <c r="IZ7" s="3"/>
       <c r="JA7" s="3"/>
       <c r="JB7" s="3"/>
       <c r="JC7" s="3"/>
       <c r="JD7" s="3"/>
       <c r="JE7" s="3"/>
       <c r="JF7" s="3"/>
       <c r="JG7" s="3"/>
       <c r="JH7" s="3"/>
       <c r="JI7" s="3"/>
       <c r="JJ7" s="3"/>
       <c r="JK7" s="3"/>
       <c r="JL7" s="3"/>
       <c r="JM7" s="3"/>
       <c r="JN7" s="3"/>
       <c r="JO7" s="3"/>
       <c r="JP7" s="3"/>
       <c r="JQ7" s="3"/>
       <c r="JR7" s="3"/>
       <c r="JS7" s="3"/>
       <c r="JT7" s="3"/>
       <c r="JU7" s="3"/>
       <c r="JV7" s="3"/>
       <c r="JW7" s="3"/>
       <c r="JX7" s="3"/>
-      <c r="JY7" s="3"/>
-[...59 lines deleted...]
-      <c r="MG7" s="3"/>
     </row>
-    <row r="8" spans="1:345">
+    <row r="8" spans="1:284">
       <c r="A8" t="s">
-        <v>346</v>
+        <v>285</v>
       </c>
       <c r="B8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="C8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="D8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="E8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="F8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="G8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="H8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="I8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="J8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="K8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="L8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="M8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="N8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="O8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="P8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="Q8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="R8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="S8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="T8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="U8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="V8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="W8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="X8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="Y8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="Z8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AA8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AB8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AC8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AD8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AE8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AF8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AG8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AH8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AI8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AJ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AK8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AL8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AM8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AN8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AO8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AP8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AQ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AR8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AS8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AT8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AU8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AV8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AW8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AX8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AY8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="AZ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BA8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BB8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BC8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BD8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BE8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BF8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BG8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BH8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BI8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BJ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BK8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BL8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BM8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BN8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BO8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BP8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BQ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BR8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BS8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BT8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BU8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BV8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BW8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BX8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BY8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="BZ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CA8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CB8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CC8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CD8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CE8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CF8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CG8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CH8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CI8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CJ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CK8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CL8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CM8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CN8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CO8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CP8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CQ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CR8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CS8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CT8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CU8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CV8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CW8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CX8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CY8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="CZ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DA8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DB8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DC8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DD8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DE8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DF8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DG8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DH8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DI8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DJ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DK8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DL8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DM8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DN8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DO8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DP8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DQ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DR8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DS8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DT8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DU8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DV8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DW8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DX8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DY8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="DZ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EA8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EB8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EC8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="ED8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EE8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EF8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EG8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EH8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EI8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EJ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EK8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EL8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EM8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EN8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EO8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EP8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EQ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="ER8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="ES8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="ET8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EU8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EV8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EW8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EX8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EY8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="EZ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FA8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FB8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FC8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FD8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FE8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FF8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FG8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FH8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FI8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FJ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FK8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FL8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FM8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FN8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FO8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FP8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FQ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FR8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FS8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FT8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FU8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FV8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FW8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FX8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FY8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="FZ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GA8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GB8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GC8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GD8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GE8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GF8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GG8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GH8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GI8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GJ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GK8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GL8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GM8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GN8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GO8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GP8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GQ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GR8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GS8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GT8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GU8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GV8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GW8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GX8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GY8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="GZ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HA8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HB8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HC8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HD8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HE8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HF8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HG8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HH8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HI8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HJ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HK8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HL8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HM8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HN8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HO8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HP8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HQ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HR8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HS8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HT8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HU8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HV8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HW8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HX8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HY8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="HZ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IA8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IB8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IC8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="ID8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IE8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IF8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IG8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IH8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="II8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IJ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IK8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IL8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IM8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IN8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IO8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IP8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IQ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IR8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IS8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IT8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IU8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IV8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IW8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IX8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IY8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="IZ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JA8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JB8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JC8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JD8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JE8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JF8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JG8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JH8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JI8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JJ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JK8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JL8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JM8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JN8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JO8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JP8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JQ8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JR8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JS8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JT8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JU8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JV8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JW8" t="s">
-        <v>351</v>
+        <v>290</v>
       </c>
       <c r="JX8" t="s">
-        <v>351</v>
-[...182 lines deleted...]
-        <v>351</v>
+        <v>290</v>
       </c>
     </row>
-    <row r="9" spans="1:345">
+    <row r="9" spans="1:284">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
       <c r="R9" s="4"/>
       <c r="S9" s="4"/>
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
       <c r="V9" s="4"/>
       <c r="W9" s="4"/>
       <c r="X9" s="4"/>
       <c r="Y9" s="4"/>
@@ -7659,115 +6439,54 @@
       <c r="IZ9" s="4"/>
       <c r="JA9" s="4"/>
       <c r="JB9" s="4"/>
       <c r="JC9" s="4"/>
       <c r="JD9" s="4"/>
       <c r="JE9" s="4"/>
       <c r="JF9" s="4"/>
       <c r="JG9" s="4"/>
       <c r="JH9" s="4"/>
       <c r="JI9" s="4"/>
       <c r="JJ9" s="4"/>
       <c r="JK9" s="4"/>
       <c r="JL9" s="4"/>
       <c r="JM9" s="4"/>
       <c r="JN9" s="4"/>
       <c r="JO9" s="4"/>
       <c r="JP9" s="4"/>
       <c r="JQ9" s="4"/>
       <c r="JR9" s="4"/>
       <c r="JS9" s="4"/>
       <c r="JT9" s="4"/>
       <c r="JU9" s="4"/>
       <c r="JV9" s="4"/>
       <c r="JW9" s="4"/>
       <c r="JX9" s="4"/>
-      <c r="JY9" s="4"/>
-[...59 lines deleted...]
-      <c r="MG9" s="4"/>
     </row>
-    <row r="10" spans="1:345">
+    <row r="10" spans="1:284">
       <c r="A10" s="2" t="s">
-        <v>352</v>
+        <v>291</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
       <c r="V10" s="2"/>
       <c r="W10" s="2"/>
       <c r="X10" s="2"/>
       <c r="Y10" s="2"/>
@@ -8008,115 +6727,54 @@
       <c r="IZ10" s="2"/>
       <c r="JA10" s="2"/>
       <c r="JB10" s="2"/>
       <c r="JC10" s="2"/>
       <c r="JD10" s="2"/>
       <c r="JE10" s="2"/>
       <c r="JF10" s="2"/>
       <c r="JG10" s="2"/>
       <c r="JH10" s="2"/>
       <c r="JI10" s="2"/>
       <c r="JJ10" s="2"/>
       <c r="JK10" s="2"/>
       <c r="JL10" s="2"/>
       <c r="JM10" s="2"/>
       <c r="JN10" s="2"/>
       <c r="JO10" s="2"/>
       <c r="JP10" s="2"/>
       <c r="JQ10" s="2"/>
       <c r="JR10" s="2"/>
       <c r="JS10" s="2"/>
       <c r="JT10" s="2"/>
       <c r="JU10" s="2"/>
       <c r="JV10" s="2"/>
       <c r="JW10" s="2"/>
       <c r="JX10" s="2"/>
-      <c r="JY10" s="2"/>
-[...59 lines deleted...]
-      <c r="MG10" s="2"/>
     </row>
-    <row r="11" spans="1:345">
+    <row r="11" spans="1:284">
       <c r="A11" s="3" t="s">
-        <v>345</v>
+        <v>284</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
@@ -8357,1152 +7015,908 @@
       <c r="IZ11" s="3"/>
       <c r="JA11" s="3"/>
       <c r="JB11" s="3"/>
       <c r="JC11" s="3"/>
       <c r="JD11" s="3"/>
       <c r="JE11" s="3"/>
       <c r="JF11" s="3"/>
       <c r="JG11" s="3"/>
       <c r="JH11" s="3"/>
       <c r="JI11" s="3"/>
       <c r="JJ11" s="3"/>
       <c r="JK11" s="3"/>
       <c r="JL11" s="3"/>
       <c r="JM11" s="3"/>
       <c r="JN11" s="3"/>
       <c r="JO11" s="3"/>
       <c r="JP11" s="3"/>
       <c r="JQ11" s="3"/>
       <c r="JR11" s="3"/>
       <c r="JS11" s="3"/>
       <c r="JT11" s="3"/>
       <c r="JU11" s="3"/>
       <c r="JV11" s="3"/>
       <c r="JW11" s="3"/>
       <c r="JX11" s="3"/>
-      <c r="JY11" s="3"/>
-[...59 lines deleted...]
-      <c r="MG11" s="3"/>
     </row>
-    <row r="12" spans="1:345">
+    <row r="12" spans="1:284">
       <c r="A12" t="s">
-        <v>346</v>
+        <v>285</v>
       </c>
       <c r="B12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="C12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="D12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="E12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="F12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="G12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="H12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="I12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="J12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="K12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="L12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="M12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="N12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="O12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="P12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="Q12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="R12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="S12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="T12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="U12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="V12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="W12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="X12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="Y12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="Z12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AA12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AB12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AC12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AD12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AE12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AF12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AG12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AH12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AI12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AJ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AK12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AL12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AM12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AN12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AO12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AP12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AQ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AR12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AS12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AT12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AU12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AV12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AW12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AX12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AY12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="AZ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BA12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BB12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BC12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BD12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BE12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BF12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BG12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BH12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BI12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BJ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BK12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BL12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BM12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BN12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BO12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BP12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BQ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BR12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BS12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BT12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BU12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BV12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BW12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BX12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BY12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="BZ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CA12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CB12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CC12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CD12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CE12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CF12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CG12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CH12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CI12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CJ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CK12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CL12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CM12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CN12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CO12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CP12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CQ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CR12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CS12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CT12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CU12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CV12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CW12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CX12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CY12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="CZ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DA12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DB12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DC12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DD12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DE12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DF12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DG12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DH12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DI12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DJ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DK12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DL12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DM12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DN12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DO12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DP12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DQ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DR12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DS12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DT12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DU12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DV12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DW12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DX12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DY12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="DZ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EA12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EB12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EC12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="ED12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EE12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EF12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EG12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EH12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EI12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EJ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EK12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EL12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EM12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EN12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EO12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EP12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EQ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="ER12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="ES12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="ET12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EU12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EV12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EW12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EX12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EY12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="EZ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FA12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FB12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FC12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FD12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FE12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FF12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FG12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FH12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FI12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FJ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FK12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FL12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FM12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FN12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FO12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FP12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FQ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FR12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FS12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FT12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FU12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FV12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FW12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FX12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FY12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="FZ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GA12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GB12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GC12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GD12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GE12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GF12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GG12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GH12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GI12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GJ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GK12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GL12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GM12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GN12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GO12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GP12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GQ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GR12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GS12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GT12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GU12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GV12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GW12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GX12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GY12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="GZ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HA12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HB12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HC12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HD12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HE12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HF12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HG12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HH12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HI12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HJ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HK12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HL12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HM12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HN12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HO12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HP12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HQ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HR12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HS12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HT12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HU12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HV12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HW12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HX12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HY12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="HZ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IA12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IB12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IC12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="ID12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IE12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IF12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IG12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IH12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="II12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IJ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IK12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IL12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IM12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IN12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IO12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IP12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IQ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IR12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IS12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IT12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IU12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IV12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IW12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IX12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IY12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="IZ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JA12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JB12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JC12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JD12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JE12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JF12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JG12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JH12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JI12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JJ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JK12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JL12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JM12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JN12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JO12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JP12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JQ12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JR12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JS12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JT12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JU12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JV12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JW12" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="JX12" t="s">
-        <v>353</v>
-[...182 lines deleted...]
-        <v>353</v>
+        <v>292</v>
       </c>
     </row>
-    <row r="13" spans="1:345">
+    <row r="13" spans="1:284">
       <c r="A13" s="3" t="s">
-        <v>354</v>
+        <v>293</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
       <c r="P13" s="3"/>
       <c r="Q13" s="3"/>
       <c r="R13" s="3"/>
       <c r="S13" s="3"/>
       <c r="T13" s="3"/>
       <c r="U13" s="3"/>
       <c r="V13" s="3"/>
       <c r="W13" s="3"/>
       <c r="X13" s="3"/>
       <c r="Y13" s="3"/>
@@ -9743,1152 +8157,908 @@
       <c r="IZ13" s="3"/>
       <c r="JA13" s="3"/>
       <c r="JB13" s="3"/>
       <c r="JC13" s="3"/>
       <c r="JD13" s="3"/>
       <c r="JE13" s="3"/>
       <c r="JF13" s="3"/>
       <c r="JG13" s="3"/>
       <c r="JH13" s="3"/>
       <c r="JI13" s="3"/>
       <c r="JJ13" s="3"/>
       <c r="JK13" s="3"/>
       <c r="JL13" s="3"/>
       <c r="JM13" s="3"/>
       <c r="JN13" s="3"/>
       <c r="JO13" s="3"/>
       <c r="JP13" s="3"/>
       <c r="JQ13" s="3"/>
       <c r="JR13" s="3"/>
       <c r="JS13" s="3"/>
       <c r="JT13" s="3"/>
       <c r="JU13" s="3"/>
       <c r="JV13" s="3"/>
       <c r="JW13" s="3"/>
       <c r="JX13" s="3"/>
-      <c r="JY13" s="3"/>
-[...59 lines deleted...]
-      <c r="MG13" s="3"/>
     </row>
-    <row r="14" spans="1:345">
+    <row r="14" spans="1:284">
       <c r="A14" t="s">
-        <v>346</v>
+        <v>285</v>
       </c>
       <c r="B14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="C14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="D14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="E14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="F14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="G14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="H14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="I14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="J14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="K14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="L14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="M14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="N14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="O14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="P14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="Q14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="R14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="S14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="T14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="U14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="V14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="W14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="X14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="Y14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="Z14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AA14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AB14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AC14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AD14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AE14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AF14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AG14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AH14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AI14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AJ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AK14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AL14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AM14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AN14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AO14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AP14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AQ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AR14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AS14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AT14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AU14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AV14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AW14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AX14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AY14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="AZ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BA14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BB14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BC14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BD14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BE14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BF14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BG14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BH14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BI14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BJ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BK14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BL14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BM14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BN14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BO14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BP14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BQ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BR14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BS14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BT14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BU14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BV14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BW14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BX14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BY14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="BZ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CA14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CB14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CC14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CD14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CE14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CF14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CG14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CH14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CI14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CJ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CK14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CL14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CM14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CN14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CO14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CP14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CQ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CR14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CS14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CT14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CU14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CV14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CW14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CX14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CY14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="CZ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DA14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DB14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DC14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DD14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DE14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DF14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DG14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DH14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DI14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DJ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DK14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DL14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DM14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DN14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DO14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DP14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DQ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DR14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DS14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DT14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DU14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DV14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DW14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DX14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DY14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="DZ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EA14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EB14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EC14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="ED14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EE14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EF14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EG14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EH14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EI14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EJ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EK14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EL14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EM14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EN14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EO14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EP14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EQ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="ER14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="ES14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="ET14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EU14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EV14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EW14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EX14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EY14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="EZ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FA14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FB14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FC14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FD14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FE14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FF14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FG14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FH14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FI14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FJ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FK14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FL14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FM14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FN14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FO14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FP14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FQ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FR14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FS14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FT14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FU14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FV14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FW14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FX14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FY14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="FZ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GA14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GB14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GC14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GD14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GE14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GF14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GG14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GH14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GI14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GJ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GK14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GL14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GM14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GN14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GO14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GP14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GQ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GR14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GS14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GT14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GU14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GV14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GW14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GX14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GY14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="GZ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HA14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HB14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HC14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HD14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HE14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HF14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HG14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HH14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HI14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HJ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HK14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HL14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HM14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HN14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HO14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HP14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HQ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HR14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HS14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HT14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HU14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HV14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HW14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HX14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HY14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="HZ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IA14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IB14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IC14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="ID14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IE14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IF14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IG14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IH14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="II14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IJ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IK14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IL14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IM14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IN14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IO14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IP14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IQ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IR14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IS14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IT14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IU14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IV14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IW14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IX14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IY14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="IZ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JA14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JB14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JC14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JD14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JE14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JF14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JG14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JH14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JI14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JJ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JK14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JL14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JM14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JN14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JO14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JP14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JQ14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JR14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JS14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JT14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JU14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JV14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JW14" t="s">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="JX14" t="s">
-        <v>355</v>
-[...182 lines deleted...]
-        <v>355</v>
+        <v>294</v>
       </c>
     </row>
-    <row r="15" spans="1:345">
+    <row r="15" spans="1:284">
       <c r="A15" s="3" t="s">
-        <v>356</v>
+        <v>295</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3"/>
       <c r="X15" s="3"/>
       <c r="Y15" s="3"/>
@@ -11129,1152 +9299,908 @@
       <c r="IZ15" s="3"/>
       <c r="JA15" s="3"/>
       <c r="JB15" s="3"/>
       <c r="JC15" s="3"/>
       <c r="JD15" s="3"/>
       <c r="JE15" s="3"/>
       <c r="JF15" s="3"/>
       <c r="JG15" s="3"/>
       <c r="JH15" s="3"/>
       <c r="JI15" s="3"/>
       <c r="JJ15" s="3"/>
       <c r="JK15" s="3"/>
       <c r="JL15" s="3"/>
       <c r="JM15" s="3"/>
       <c r="JN15" s="3"/>
       <c r="JO15" s="3"/>
       <c r="JP15" s="3"/>
       <c r="JQ15" s="3"/>
       <c r="JR15" s="3"/>
       <c r="JS15" s="3"/>
       <c r="JT15" s="3"/>
       <c r="JU15" s="3"/>
       <c r="JV15" s="3"/>
       <c r="JW15" s="3"/>
       <c r="JX15" s="3"/>
-      <c r="JY15" s="3"/>
-[...59 lines deleted...]
-      <c r="MG15" s="3"/>
     </row>
-    <row r="16" spans="1:345">
+    <row r="16" spans="1:284">
       <c r="A16" t="s">
-        <v>346</v>
+        <v>285</v>
       </c>
       <c r="B16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="C16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="D16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="E16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="F16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="G16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="H16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="I16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="J16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="K16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="L16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="M16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="N16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="O16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="P16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="Q16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="R16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="S16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="T16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="U16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="V16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="W16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="X16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="Y16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="Z16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AA16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AB16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AC16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AD16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AE16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AF16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AG16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AH16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AI16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AJ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AK16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AL16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AM16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AN16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AO16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AP16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AQ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AR16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AS16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AT16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AU16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AV16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AW16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AX16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AY16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="AZ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BA16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BB16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BC16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BD16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BE16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BF16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BG16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BH16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BI16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BJ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BK16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BL16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BM16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BN16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BO16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BP16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BQ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BR16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BS16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BT16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BU16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BV16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BW16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BX16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BY16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="BZ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CA16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CB16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CC16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CD16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CE16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CF16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CG16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CH16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CI16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CJ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CK16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CL16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CM16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CN16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CO16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CP16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CQ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CR16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CS16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CT16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CU16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CV16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CW16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CX16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CY16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="CZ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DA16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DB16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DC16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DD16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DE16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DF16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DG16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DH16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DI16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DJ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DK16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DL16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DM16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DN16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DO16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DP16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DQ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DR16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DS16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DT16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DU16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DV16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DW16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DX16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DY16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="DZ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EA16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EB16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EC16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="ED16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EE16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EF16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EG16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EH16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EI16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EJ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EK16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EL16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EM16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EN16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EO16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EP16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EQ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="ER16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="ES16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="ET16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EU16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EV16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EW16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EX16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EY16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="EZ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FA16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FB16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FC16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FD16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FE16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FF16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FG16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FH16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FI16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FJ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FK16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FL16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FM16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FN16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FO16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FP16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FQ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FR16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FS16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FT16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FU16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FV16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FW16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FX16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FY16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="FZ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GA16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GB16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GC16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GD16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GE16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GF16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GG16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GH16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GI16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GJ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GK16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GL16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GM16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GN16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GO16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GP16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GQ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GR16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GS16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GT16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GU16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GV16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GW16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GX16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GY16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="GZ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HA16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HB16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HC16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HD16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HE16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HF16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HG16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HH16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HI16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HJ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HK16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HL16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HM16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HN16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HO16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HP16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HQ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HR16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HS16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HT16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HU16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HV16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HW16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HX16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HY16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="HZ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IA16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IB16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IC16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="ID16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IE16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IF16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IG16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IH16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="II16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IJ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IK16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IL16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IM16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IN16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IO16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IP16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IQ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IR16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IS16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IT16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IU16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IV16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IW16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IX16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IY16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="IZ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JA16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JB16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JC16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JD16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JE16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JF16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JG16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JH16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JI16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JJ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JK16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JL16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JM16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JN16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JO16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JP16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JQ16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JR16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JS16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JT16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JU16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JV16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JW16" t="s">
-        <v>357</v>
+        <v>296</v>
       </c>
       <c r="JX16" t="s">
-        <v>357</v>
-[...182 lines deleted...]
-        <v>357</v>
+        <v>296</v>
       </c>
     </row>
-    <row r="18" spans="1:345">
+    <row r="18" spans="1:284">
       <c r="A18" s="1" t="s">
-        <v>358</v>
+        <v>297</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
@@ -12515,121 +10441,60 @@
       <c r="IZ18" s="1"/>
       <c r="JA18" s="1"/>
       <c r="JB18" s="1"/>
       <c r="JC18" s="1"/>
       <c r="JD18" s="1"/>
       <c r="JE18" s="1"/>
       <c r="JF18" s="1"/>
       <c r="JG18" s="1"/>
       <c r="JH18" s="1"/>
       <c r="JI18" s="1"/>
       <c r="JJ18" s="1"/>
       <c r="JK18" s="1"/>
       <c r="JL18" s="1"/>
       <c r="JM18" s="1"/>
       <c r="JN18" s="1"/>
       <c r="JO18" s="1"/>
       <c r="JP18" s="1"/>
       <c r="JQ18" s="1"/>
       <c r="JR18" s="1"/>
       <c r="JS18" s="1"/>
       <c r="JT18" s="1"/>
       <c r="JU18" s="1"/>
       <c r="JV18" s="1"/>
       <c r="JW18" s="1"/>
       <c r="JX18" s="1"/>
-      <c r="JY18" s="1"/>
-[...59 lines deleted...]
-      <c r="MG18" s="1"/>
     </row>
-    <row r="19" spans="1:345">
+    <row r="19" spans="1:284">
       <c r="A19" t="s">
-        <v>359</v>
+        <v>298</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A19:MG19"/>
+    <mergeCell ref="A19:JX19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>