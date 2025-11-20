--- v0 (2025-10-05)
+++ v1 (2025-11-20)
@@ -12,61 +12,88 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="9016-msk-2025-sbornyj-tur..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
-[...5 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>12.12.2025</t>
   </si>
   <si>
+    <t>13.02.2026</t>
+  </si>
+  <si>
+    <t>13.03.2026</t>
+  </si>
+  <si>
+    <t>17.04.2026</t>
+  </si>
+  <si>
+    <t>15.05.2026</t>
+  </si>
+  <si>
+    <t>19.06.2026</t>
+  </si>
+  <si>
+    <t>17.07.2026</t>
+  </si>
+  <si>
+    <t>14.08.2026</t>
+  </si>
+  <si>
+    <t>18.09.2026</t>
+  </si>
+  <si>
+    <t>16.10.2026</t>
+  </si>
+  <si>
+    <t>13.11.2026</t>
+  </si>
+  <si>
+    <t>11.12.2026</t>
+  </si>
+  <si>
     <t>Мираж</t>
   </si>
   <si>
     <t>2-м номер KING (номер с одной двухспальной кроватью)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>73830 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>50240 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>94340 RUB</t>
   </si>
   <si>
     <t>Ребёнок 5—11 лет на основном месте</t>
@@ -239,51 +266,51 @@
   <si>
     <t>Индивидуальный трансфер "отель-ж/д" (19:00-08:00)</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "отель-аэропорт" (дневное время)</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "отель-аэропорт" (19:00-08:00)</t>
   </si>
   <si>
     <t>Экскурсия "Огни ночной Казани"</t>
   </si>
   <si>
     <t>1100 RUB</t>
   </si>
   <si>
     <t>Билет на "Колесо обозрения"</t>
   </si>
   <si>
     <t>500 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 05.10.2025 06:51, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 20.11.2025 06:05, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -625,2105 +652,5570 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D178"/>
+  <dimension ref="A1:M178"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A177" sqref="A177:D177"/>
+      <selection activeCell="A177" sqref="A177:M177"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="67.126465" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
+    <row r="1" spans="1:13">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
-    </row>
-    <row r="2" spans="1:4">
+      <c r="E1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13">
       <c r="A2" s="2" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
-    </row>
-    <row r="3" spans="1:4">
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+      <c r="J2" s="2"/>
+      <c r="K2" s="2"/>
+      <c r="L2" s="2"/>
+      <c r="M2" s="2"/>
+    </row>
+    <row r="3" spans="1:13">
       <c r="A3" s="3" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
-    </row>
-    <row r="4" spans="1:4">
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+    </row>
+    <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B4" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="C4" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:4">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
+        <v>15</v>
+      </c>
+      <c r="I4" t="s">
+        <v>15</v>
+      </c>
+      <c r="J4" t="s">
+        <v>15</v>
+      </c>
+      <c r="K4" t="s">
+        <v>15</v>
+      </c>
+      <c r="L4" t="s">
+        <v>15</v>
+      </c>
+      <c r="M4" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C5" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:4">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G5" t="s">
+        <v>17</v>
+      </c>
+      <c r="H5" t="s">
+        <v>17</v>
+      </c>
+      <c r="I5" t="s">
+        <v>17</v>
+      </c>
+      <c r="J5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K5" t="s">
+        <v>17</v>
+      </c>
+      <c r="L5" t="s">
+        <v>17</v>
+      </c>
+      <c r="M5" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:4">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G6" t="s">
+        <v>19</v>
+      </c>
+      <c r="H6" t="s">
+        <v>19</v>
+      </c>
+      <c r="I6" t="s">
+        <v>19</v>
+      </c>
+      <c r="J6" t="s">
+        <v>19</v>
+      </c>
+      <c r="K6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M6" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B7" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="C7" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:4">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>15</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I7" t="s">
+        <v>15</v>
+      </c>
+      <c r="J7" t="s">
+        <v>15</v>
+      </c>
+      <c r="K7" t="s">
+        <v>15</v>
+      </c>
+      <c r="L7" t="s">
+        <v>15</v>
+      </c>
+      <c r="M7" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:4">
+        <v>22</v>
+      </c>
+      <c r="E8" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8" t="s">
+        <v>22</v>
+      </c>
+      <c r="I8" t="s">
+        <v>22</v>
+      </c>
+      <c r="J8" t="s">
+        <v>22</v>
+      </c>
+      <c r="K8" t="s">
+        <v>22</v>
+      </c>
+      <c r="L8" t="s">
+        <v>22</v>
+      </c>
+      <c r="M8" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13">
       <c r="A9" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="B9" s="3"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
-    </row>
-    <row r="10" spans="1:4">
+      <c r="E9" s="3"/>
+      <c r="F9" s="3"/>
+      <c r="G9" s="3"/>
+      <c r="H9" s="3"/>
+      <c r="I9" s="3"/>
+      <c r="J9" s="3"/>
+      <c r="K9" s="3"/>
+      <c r="L9" s="3"/>
+      <c r="M9" s="3"/>
+    </row>
+    <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B10" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="C10" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:4">
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
+        <v>15</v>
+      </c>
+      <c r="I10" t="s">
+        <v>15</v>
+      </c>
+      <c r="J10" t="s">
+        <v>15</v>
+      </c>
+      <c r="K10" t="s">
+        <v>15</v>
+      </c>
+      <c r="L10" t="s">
+        <v>15</v>
+      </c>
+      <c r="M10" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13">
       <c r="A11" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B11" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C11" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D11" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:4">
+        <v>17</v>
+      </c>
+      <c r="E11" t="s">
+        <v>17</v>
+      </c>
+      <c r="F11" t="s">
+        <v>17</v>
+      </c>
+      <c r="G11" t="s">
+        <v>17</v>
+      </c>
+      <c r="H11" t="s">
+        <v>17</v>
+      </c>
+      <c r="I11" t="s">
+        <v>17</v>
+      </c>
+      <c r="J11" t="s">
+        <v>17</v>
+      </c>
+      <c r="K11" t="s">
+        <v>17</v>
+      </c>
+      <c r="L11" t="s">
+        <v>17</v>
+      </c>
+      <c r="M11" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B12" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="C12" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:4">
+        <v>15</v>
+      </c>
+      <c r="E12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
+        <v>15</v>
+      </c>
+      <c r="I12" t="s">
+        <v>15</v>
+      </c>
+      <c r="J12" t="s">
+        <v>15</v>
+      </c>
+      <c r="K12" t="s">
+        <v>15</v>
+      </c>
+      <c r="L12" t="s">
+        <v>15</v>
+      </c>
+      <c r="M12" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="B13" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:4">
+        <v>22</v>
+      </c>
+      <c r="E13" t="s">
+        <v>22</v>
+      </c>
+      <c r="F13" t="s">
+        <v>22</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13" t="s">
+        <v>22</v>
+      </c>
+      <c r="I13" t="s">
+        <v>22</v>
+      </c>
+      <c r="J13" t="s">
+        <v>22</v>
+      </c>
+      <c r="K13" t="s">
+        <v>22</v>
+      </c>
+      <c r="L13" t="s">
+        <v>22</v>
+      </c>
+      <c r="M13" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13">
       <c r="A14" s="4"/>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
-    </row>
-    <row r="15" spans="1:4">
+      <c r="E14" s="4"/>
+      <c r="F14" s="4"/>
+      <c r="G14" s="4"/>
+      <c r="H14" s="4"/>
+      <c r="I14" s="4"/>
+      <c r="J14" s="4"/>
+      <c r="K14" s="4"/>
+      <c r="L14" s="4"/>
+      <c r="M14" s="4"/>
+    </row>
+    <row r="15" spans="1:13">
       <c r="A15" s="2" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
-    </row>
-    <row r="16" spans="1:4">
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
+      <c r="J15" s="2"/>
+      <c r="K15" s="2"/>
+      <c r="L15" s="2"/>
+      <c r="M15" s="2"/>
+    </row>
+    <row r="16" spans="1:13">
       <c r="A16" s="3" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
-    </row>
-    <row r="17" spans="1:4">
+      <c r="E16" s="3"/>
+      <c r="F16" s="3"/>
+      <c r="G16" s="3"/>
+      <c r="H16" s="3"/>
+      <c r="I16" s="3"/>
+      <c r="J16" s="3"/>
+      <c r="K16" s="3"/>
+      <c r="L16" s="3"/>
+      <c r="M16" s="3"/>
+    </row>
+    <row r="17" spans="1:13">
       <c r="A17" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B17" t="s">
+        <v>25</v>
+      </c>
+      <c r="C17" t="s">
+        <v>25</v>
+      </c>
+      <c r="D17" t="s">
+        <v>25</v>
+      </c>
+      <c r="E17" t="s">
+        <v>25</v>
+      </c>
+      <c r="F17" t="s">
+        <v>25</v>
+      </c>
+      <c r="G17" t="s">
+        <v>25</v>
+      </c>
+      <c r="H17" t="s">
+        <v>25</v>
+      </c>
+      <c r="I17" t="s">
+        <v>25</v>
+      </c>
+      <c r="J17" t="s">
+        <v>25</v>
+      </c>
+      <c r="K17" t="s">
+        <v>25</v>
+      </c>
+      <c r="L17" t="s">
+        <v>25</v>
+      </c>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13">
+      <c r="A18" t="s">
         <v>16</v>
       </c>
-      <c r="C17" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="B18" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="C18" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:4">
+        <v>26</v>
+      </c>
+      <c r="E18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F18" t="s">
+        <v>26</v>
+      </c>
+      <c r="G18" t="s">
+        <v>26</v>
+      </c>
+      <c r="H18" t="s">
+        <v>26</v>
+      </c>
+      <c r="I18" t="s">
+        <v>26</v>
+      </c>
+      <c r="J18" t="s">
+        <v>26</v>
+      </c>
+      <c r="K18" t="s">
+        <v>26</v>
+      </c>
+      <c r="L18" t="s">
+        <v>26</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13">
       <c r="A19" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="D19" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:4">
+        <v>27</v>
+      </c>
+      <c r="E19" t="s">
+        <v>27</v>
+      </c>
+      <c r="F19" t="s">
+        <v>27</v>
+      </c>
+      <c r="G19" t="s">
+        <v>27</v>
+      </c>
+      <c r="H19" t="s">
+        <v>27</v>
+      </c>
+      <c r="I19" t="s">
+        <v>27</v>
+      </c>
+      <c r="J19" t="s">
+        <v>27</v>
+      </c>
+      <c r="K19" t="s">
+        <v>27</v>
+      </c>
+      <c r="L19" t="s">
+        <v>27</v>
+      </c>
+      <c r="M19" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13">
       <c r="A20" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B20" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="C20" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D20" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:4">
+        <v>25</v>
+      </c>
+      <c r="E20" t="s">
+        <v>25</v>
+      </c>
+      <c r="F20" t="s">
+        <v>25</v>
+      </c>
+      <c r="G20" t="s">
+        <v>25</v>
+      </c>
+      <c r="H20" t="s">
+        <v>25</v>
+      </c>
+      <c r="I20" t="s">
+        <v>25</v>
+      </c>
+      <c r="J20" t="s">
+        <v>25</v>
+      </c>
+      <c r="K20" t="s">
+        <v>25</v>
+      </c>
+      <c r="L20" t="s">
+        <v>25</v>
+      </c>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13">
       <c r="A21" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="B21" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C21" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D21" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:4">
+        <v>17</v>
+      </c>
+      <c r="E21" t="s">
+        <v>17</v>
+      </c>
+      <c r="F21" t="s">
+        <v>17</v>
+      </c>
+      <c r="G21" t="s">
+        <v>17</v>
+      </c>
+      <c r="H21" t="s">
+        <v>17</v>
+      </c>
+      <c r="I21" t="s">
+        <v>17</v>
+      </c>
+      <c r="J21" t="s">
+        <v>17</v>
+      </c>
+      <c r="K21" t="s">
+        <v>17</v>
+      </c>
+      <c r="L21" t="s">
+        <v>17</v>
+      </c>
+      <c r="M21" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13">
       <c r="A22" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
-    </row>
-    <row r="23" spans="1:4">
+      <c r="E22" s="3"/>
+      <c r="F22" s="3"/>
+      <c r="G22" s="3"/>
+      <c r="H22" s="3"/>
+      <c r="I22" s="3"/>
+      <c r="J22" s="3"/>
+      <c r="K22" s="3"/>
+      <c r="L22" s="3"/>
+      <c r="M22" s="3"/>
+    </row>
+    <row r="23" spans="1:13">
       <c r="A23" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C23" t="s">
+        <v>25</v>
+      </c>
+      <c r="D23" t="s">
+        <v>25</v>
+      </c>
+      <c r="E23" t="s">
+        <v>25</v>
+      </c>
+      <c r="F23" t="s">
+        <v>25</v>
+      </c>
+      <c r="G23" t="s">
+        <v>25</v>
+      </c>
+      <c r="H23" t="s">
+        <v>25</v>
+      </c>
+      <c r="I23" t="s">
+        <v>25</v>
+      </c>
+      <c r="J23" t="s">
+        <v>25</v>
+      </c>
+      <c r="K23" t="s">
+        <v>25</v>
+      </c>
+      <c r="L23" t="s">
+        <v>25</v>
+      </c>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13">
+      <c r="A24" t="s">
         <v>16</v>
       </c>
-      <c r="C23" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="B24" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="C24" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:4">
+        <v>26</v>
+      </c>
+      <c r="E24" t="s">
+        <v>26</v>
+      </c>
+      <c r="F24" t="s">
+        <v>26</v>
+      </c>
+      <c r="G24" t="s">
+        <v>26</v>
+      </c>
+      <c r="H24" t="s">
+        <v>26</v>
+      </c>
+      <c r="I24" t="s">
+        <v>26</v>
+      </c>
+      <c r="J24" t="s">
+        <v>26</v>
+      </c>
+      <c r="K24" t="s">
+        <v>26</v>
+      </c>
+      <c r="L24" t="s">
+        <v>26</v>
+      </c>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13">
       <c r="A25" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B25" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="C25" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D25" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:4">
+        <v>25</v>
+      </c>
+      <c r="E25" t="s">
+        <v>25</v>
+      </c>
+      <c r="F25" t="s">
+        <v>25</v>
+      </c>
+      <c r="G25" t="s">
+        <v>25</v>
+      </c>
+      <c r="H25" t="s">
+        <v>25</v>
+      </c>
+      <c r="I25" t="s">
+        <v>25</v>
+      </c>
+      <c r="J25" t="s">
+        <v>25</v>
+      </c>
+      <c r="K25" t="s">
+        <v>25</v>
+      </c>
+      <c r="L25" t="s">
+        <v>25</v>
+      </c>
+      <c r="M25" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13">
       <c r="A26" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="B26" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C26" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D26" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:4">
+        <v>17</v>
+      </c>
+      <c r="E26" t="s">
+        <v>17</v>
+      </c>
+      <c r="F26" t="s">
+        <v>17</v>
+      </c>
+      <c r="G26" t="s">
+        <v>17</v>
+      </c>
+      <c r="H26" t="s">
+        <v>17</v>
+      </c>
+      <c r="I26" t="s">
+        <v>17</v>
+      </c>
+      <c r="J26" t="s">
+        <v>17</v>
+      </c>
+      <c r="K26" t="s">
+        <v>17</v>
+      </c>
+      <c r="L26" t="s">
+        <v>17</v>
+      </c>
+      <c r="M26" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13">
       <c r="A27" s="4"/>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
-    </row>
-    <row r="28" spans="1:4">
+      <c r="E27" s="4"/>
+      <c r="F27" s="4"/>
+      <c r="G27" s="4"/>
+      <c r="H27" s="4"/>
+      <c r="I27" s="4"/>
+      <c r="J27" s="4"/>
+      <c r="K27" s="4"/>
+      <c r="L27" s="4"/>
+      <c r="M27" s="4"/>
+    </row>
+    <row r="28" spans="1:13">
       <c r="A28" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
-    </row>
-    <row r="29" spans="1:4">
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2"/>
+      <c r="H28" s="2"/>
+      <c r="I28" s="2"/>
+      <c r="J28" s="2"/>
+      <c r="K28" s="2"/>
+      <c r="L28" s="2"/>
+      <c r="M28" s="2"/>
+    </row>
+    <row r="29" spans="1:13">
       <c r="A29" s="3" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="B29" s="3"/>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
-    </row>
-    <row r="30" spans="1:4">
+      <c r="E29" s="3"/>
+      <c r="F29" s="3"/>
+      <c r="G29" s="3"/>
+      <c r="H29" s="3"/>
+      <c r="I29" s="3"/>
+      <c r="J29" s="3"/>
+      <c r="K29" s="3"/>
+      <c r="L29" s="3"/>
+      <c r="M29" s="3"/>
+    </row>
+    <row r="30" spans="1:13">
       <c r="A30" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B30" t="s">
+        <v>29</v>
+      </c>
+      <c r="C30" t="s">
+        <v>29</v>
+      </c>
+      <c r="D30" t="s">
+        <v>29</v>
+      </c>
+      <c r="E30" t="s">
+        <v>29</v>
+      </c>
+      <c r="F30" t="s">
+        <v>29</v>
+      </c>
+      <c r="G30" t="s">
+        <v>29</v>
+      </c>
+      <c r="H30" t="s">
+        <v>29</v>
+      </c>
+      <c r="I30" t="s">
+        <v>29</v>
+      </c>
+      <c r="J30" t="s">
+        <v>29</v>
+      </c>
+      <c r="K30" t="s">
+        <v>29</v>
+      </c>
+      <c r="L30" t="s">
+        <v>29</v>
+      </c>
+      <c r="M30" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13">
+      <c r="A31" t="s">
+        <v>16</v>
+      </c>
+      <c r="B31" t="s">
+        <v>30</v>
+      </c>
+      <c r="C31" t="s">
+        <v>30</v>
+      </c>
+      <c r="D31" t="s">
+        <v>30</v>
+      </c>
+      <c r="E31" t="s">
+        <v>30</v>
+      </c>
+      <c r="F31" t="s">
+        <v>30</v>
+      </c>
+      <c r="G31" t="s">
+        <v>30</v>
+      </c>
+      <c r="H31" t="s">
+        <v>30</v>
+      </c>
+      <c r="I31" t="s">
+        <v>30</v>
+      </c>
+      <c r="J31" t="s">
+        <v>30</v>
+      </c>
+      <c r="K31" t="s">
+        <v>30</v>
+      </c>
+      <c r="L31" t="s">
+        <v>30</v>
+      </c>
+      <c r="M31" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13">
+      <c r="A32" t="s">
+        <v>18</v>
+      </c>
+      <c r="B32" t="s">
+        <v>31</v>
+      </c>
+      <c r="C32" t="s">
+        <v>31</v>
+      </c>
+      <c r="D32" t="s">
+        <v>31</v>
+      </c>
+      <c r="E32" t="s">
+        <v>31</v>
+      </c>
+      <c r="F32" t="s">
+        <v>31</v>
+      </c>
+      <c r="G32" t="s">
+        <v>31</v>
+      </c>
+      <c r="H32" t="s">
+        <v>31</v>
+      </c>
+      <c r="I32" t="s">
+        <v>31</v>
+      </c>
+      <c r="J32" t="s">
+        <v>31</v>
+      </c>
+      <c r="K32" t="s">
+        <v>31</v>
+      </c>
+      <c r="L32" t="s">
+        <v>31</v>
+      </c>
+      <c r="M32" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13">
+      <c r="A33" t="s">
         <v>20</v>
       </c>
-      <c r="C30" t="s">
-[...10 lines deleted...]
-      <c r="B31" t="s">
+      <c r="B33" t="s">
+        <v>29</v>
+      </c>
+      <c r="C33" t="s">
+        <v>29</v>
+      </c>
+      <c r="D33" t="s">
+        <v>29</v>
+      </c>
+      <c r="E33" t="s">
+        <v>29</v>
+      </c>
+      <c r="F33" t="s">
+        <v>29</v>
+      </c>
+      <c r="G33" t="s">
+        <v>29</v>
+      </c>
+      <c r="H33" t="s">
+        <v>29</v>
+      </c>
+      <c r="I33" t="s">
+        <v>29</v>
+      </c>
+      <c r="J33" t="s">
+        <v>29</v>
+      </c>
+      <c r="K33" t="s">
+        <v>29</v>
+      </c>
+      <c r="L33" t="s">
+        <v>29</v>
+      </c>
+      <c r="M33" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13">
+      <c r="A34" t="s">
         <v>21</v>
       </c>
-      <c r="C31" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="B34" t="s">
+        <v>32</v>
+      </c>
+      <c r="C34" t="s">
+        <v>32</v>
+      </c>
+      <c r="D34" t="s">
+        <v>32</v>
+      </c>
+      <c r="E34" t="s">
+        <v>32</v>
+      </c>
+      <c r="F34" t="s">
+        <v>32</v>
+      </c>
+      <c r="G34" t="s">
+        <v>32</v>
+      </c>
+      <c r="H34" t="s">
+        <v>32</v>
+      </c>
+      <c r="I34" t="s">
+        <v>32</v>
+      </c>
+      <c r="J34" t="s">
+        <v>32</v>
+      </c>
+      <c r="K34" t="s">
+        <v>32</v>
+      </c>
+      <c r="L34" t="s">
+        <v>32</v>
+      </c>
+      <c r="M34" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13">
+      <c r="A35" s="3" t="s">
         <v>23</v>
-      </c>
-[...9 lines deleted...]
-        <v>14</v>
       </c>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
-    </row>
-    <row r="36" spans="1:4">
+      <c r="E35" s="3"/>
+      <c r="F35" s="3"/>
+      <c r="G35" s="3"/>
+      <c r="H35" s="3"/>
+      <c r="I35" s="3"/>
+      <c r="J35" s="3"/>
+      <c r="K35" s="3"/>
+      <c r="L35" s="3"/>
+      <c r="M35" s="3"/>
+    </row>
+    <row r="36" spans="1:13">
       <c r="A36" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B36" t="s">
+        <v>29</v>
+      </c>
+      <c r="C36" t="s">
+        <v>29</v>
+      </c>
+      <c r="D36" t="s">
+        <v>29</v>
+      </c>
+      <c r="E36" t="s">
+        <v>29</v>
+      </c>
+      <c r="F36" t="s">
+        <v>29</v>
+      </c>
+      <c r="G36" t="s">
+        <v>29</v>
+      </c>
+      <c r="H36" t="s">
+        <v>29</v>
+      </c>
+      <c r="I36" t="s">
+        <v>29</v>
+      </c>
+      <c r="J36" t="s">
+        <v>29</v>
+      </c>
+      <c r="K36" t="s">
+        <v>29</v>
+      </c>
+      <c r="L36" t="s">
+        <v>29</v>
+      </c>
+      <c r="M36" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13">
+      <c r="A37" t="s">
+        <v>16</v>
+      </c>
+      <c r="B37" t="s">
+        <v>30</v>
+      </c>
+      <c r="C37" t="s">
+        <v>30</v>
+      </c>
+      <c r="D37" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" t="s">
+        <v>30</v>
+      </c>
+      <c r="F37" t="s">
+        <v>30</v>
+      </c>
+      <c r="G37" t="s">
+        <v>30</v>
+      </c>
+      <c r="H37" t="s">
+        <v>30</v>
+      </c>
+      <c r="I37" t="s">
+        <v>30</v>
+      </c>
+      <c r="J37" t="s">
+        <v>30</v>
+      </c>
+      <c r="K37" t="s">
+        <v>30</v>
+      </c>
+      <c r="L37" t="s">
+        <v>30</v>
+      </c>
+      <c r="M37" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13">
+      <c r="A38" t="s">
         <v>20</v>
       </c>
-      <c r="C36" t="s">
-[...10 lines deleted...]
-      <c r="B37" t="s">
+      <c r="B38" t="s">
+        <v>29</v>
+      </c>
+      <c r="C38" t="s">
+        <v>29</v>
+      </c>
+      <c r="D38" t="s">
+        <v>29</v>
+      </c>
+      <c r="E38" t="s">
+        <v>29</v>
+      </c>
+      <c r="F38" t="s">
+        <v>29</v>
+      </c>
+      <c r="G38" t="s">
+        <v>29</v>
+      </c>
+      <c r="H38" t="s">
+        <v>29</v>
+      </c>
+      <c r="I38" t="s">
+        <v>29</v>
+      </c>
+      <c r="J38" t="s">
+        <v>29</v>
+      </c>
+      <c r="K38" t="s">
+        <v>29</v>
+      </c>
+      <c r="L38" t="s">
+        <v>29</v>
+      </c>
+      <c r="M38" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13">
+      <c r="A39" t="s">
         <v>21</v>
       </c>
-      <c r="C37" t="s">
-[...23 lines deleted...]
-      </c>
       <c r="B39" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="C39" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="D39" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:4">
+        <v>32</v>
+      </c>
+      <c r="E39" t="s">
+        <v>32</v>
+      </c>
+      <c r="F39" t="s">
+        <v>32</v>
+      </c>
+      <c r="G39" t="s">
+        <v>32</v>
+      </c>
+      <c r="H39" t="s">
+        <v>32</v>
+      </c>
+      <c r="I39" t="s">
+        <v>32</v>
+      </c>
+      <c r="J39" t="s">
+        <v>32</v>
+      </c>
+      <c r="K39" t="s">
+        <v>32</v>
+      </c>
+      <c r="L39" t="s">
+        <v>32</v>
+      </c>
+      <c r="M39" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13">
       <c r="A40" s="4"/>
       <c r="B40" s="4"/>
       <c r="C40" s="4"/>
       <c r="D40" s="4"/>
-    </row>
-    <row r="41" spans="1:4">
+      <c r="E40" s="4"/>
+      <c r="F40" s="4"/>
+      <c r="G40" s="4"/>
+      <c r="H40" s="4"/>
+      <c r="I40" s="4"/>
+      <c r="J40" s="4"/>
+      <c r="K40" s="4"/>
+      <c r="L40" s="4"/>
+      <c r="M40" s="4"/>
+    </row>
+    <row r="41" spans="1:13">
       <c r="A41" s="2" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
-    </row>
-    <row r="42" spans="1:4">
+      <c r="E41" s="2"/>
+      <c r="F41" s="2"/>
+      <c r="G41" s="2"/>
+      <c r="H41" s="2"/>
+      <c r="I41" s="2"/>
+      <c r="J41" s="2"/>
+      <c r="K41" s="2"/>
+      <c r="L41" s="2"/>
+      <c r="M41" s="2"/>
+    </row>
+    <row r="42" spans="1:13">
       <c r="A42" s="3" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="B42" s="3"/>
       <c r="C42" s="3"/>
       <c r="D42" s="3"/>
-    </row>
-    <row r="43" spans="1:4">
+      <c r="E42" s="3"/>
+      <c r="F42" s="3"/>
+      <c r="G42" s="3"/>
+      <c r="H42" s="3"/>
+      <c r="I42" s="3"/>
+      <c r="J42" s="3"/>
+      <c r="K42" s="3"/>
+      <c r="L42" s="3"/>
+      <c r="M42" s="3"/>
+    </row>
+    <row r="43" spans="1:13">
       <c r="A43" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B43" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="C43" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="D43" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:4">
+        <v>34</v>
+      </c>
+      <c r="E43" t="s">
+        <v>34</v>
+      </c>
+      <c r="F43" t="s">
+        <v>34</v>
+      </c>
+      <c r="G43" t="s">
+        <v>34</v>
+      </c>
+      <c r="H43" t="s">
+        <v>34</v>
+      </c>
+      <c r="I43" t="s">
+        <v>34</v>
+      </c>
+      <c r="J43" t="s">
+        <v>34</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>34</v>
+      </c>
+      <c r="M43" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13">
       <c r="A44" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B44" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="C44" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="D44" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:4">
+        <v>35</v>
+      </c>
+      <c r="E44" t="s">
+        <v>35</v>
+      </c>
+      <c r="F44" t="s">
+        <v>35</v>
+      </c>
+      <c r="G44" t="s">
+        <v>35</v>
+      </c>
+      <c r="H44" t="s">
+        <v>35</v>
+      </c>
+      <c r="I44" t="s">
+        <v>35</v>
+      </c>
+      <c r="J44" t="s">
+        <v>35</v>
+      </c>
+      <c r="K44" t="s">
+        <v>35</v>
+      </c>
+      <c r="L44" t="s">
+        <v>35</v>
+      </c>
+      <c r="M44" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13">
       <c r="A45" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="B45" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="C45" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="D45" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:4">
+        <v>36</v>
+      </c>
+      <c r="E45" t="s">
+        <v>36</v>
+      </c>
+      <c r="F45" t="s">
+        <v>36</v>
+      </c>
+      <c r="G45" t="s">
+        <v>36</v>
+      </c>
+      <c r="H45" t="s">
+        <v>36</v>
+      </c>
+      <c r="I45" t="s">
+        <v>36</v>
+      </c>
+      <c r="J45" t="s">
+        <v>36</v>
+      </c>
+      <c r="K45" t="s">
+        <v>36</v>
+      </c>
+      <c r="L45" t="s">
+        <v>36</v>
+      </c>
+      <c r="M45" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13">
       <c r="A46" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B46" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="C46" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="D46" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:4">
+        <v>34</v>
+      </c>
+      <c r="E46" t="s">
+        <v>34</v>
+      </c>
+      <c r="F46" t="s">
+        <v>34</v>
+      </c>
+      <c r="G46" t="s">
+        <v>34</v>
+      </c>
+      <c r="H46" t="s">
+        <v>34</v>
+      </c>
+      <c r="I46" t="s">
+        <v>34</v>
+      </c>
+      <c r="J46" t="s">
+        <v>34</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>34</v>
+      </c>
+      <c r="M46" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13">
       <c r="A47" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="B47" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="C47" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="D47" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:4">
+        <v>37</v>
+      </c>
+      <c r="E47" t="s">
+        <v>37</v>
+      </c>
+      <c r="F47" t="s">
+        <v>37</v>
+      </c>
+      <c r="G47" t="s">
+        <v>37</v>
+      </c>
+      <c r="H47" t="s">
+        <v>37</v>
+      </c>
+      <c r="I47" t="s">
+        <v>37</v>
+      </c>
+      <c r="J47" t="s">
+        <v>37</v>
+      </c>
+      <c r="K47" t="s">
+        <v>37</v>
+      </c>
+      <c r="L47" t="s">
+        <v>37</v>
+      </c>
+      <c r="M47" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13">
       <c r="A48" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="B48" s="3"/>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
-    </row>
-    <row r="49" spans="1:4">
+      <c r="E48" s="3"/>
+      <c r="F48" s="3"/>
+      <c r="G48" s="3"/>
+      <c r="H48" s="3"/>
+      <c r="I48" s="3"/>
+      <c r="J48" s="3"/>
+      <c r="K48" s="3"/>
+      <c r="L48" s="3"/>
+      <c r="M48" s="3"/>
+    </row>
+    <row r="49" spans="1:13">
       <c r="A49" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B49" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="C49" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="D49" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:4">
+        <v>34</v>
+      </c>
+      <c r="E49" t="s">
+        <v>34</v>
+      </c>
+      <c r="F49" t="s">
+        <v>34</v>
+      </c>
+      <c r="G49" t="s">
+        <v>34</v>
+      </c>
+      <c r="H49" t="s">
+        <v>34</v>
+      </c>
+      <c r="I49" t="s">
+        <v>34</v>
+      </c>
+      <c r="J49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>34</v>
+      </c>
+      <c r="M49" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13">
       <c r="A50" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B50" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="C50" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="D50" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:4">
+        <v>34</v>
+      </c>
+      <c r="E50" t="s">
+        <v>34</v>
+      </c>
+      <c r="F50" t="s">
+        <v>34</v>
+      </c>
+      <c r="G50" t="s">
+        <v>34</v>
+      </c>
+      <c r="H50" t="s">
+        <v>34</v>
+      </c>
+      <c r="I50" t="s">
+        <v>34</v>
+      </c>
+      <c r="J50" t="s">
+        <v>34</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>34</v>
+      </c>
+      <c r="M50" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13">
       <c r="A51" s="4"/>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
-    </row>
-    <row r="52" spans="1:4">
+      <c r="E51" s="4"/>
+      <c r="F51" s="4"/>
+      <c r="G51" s="4"/>
+      <c r="H51" s="4"/>
+      <c r="I51" s="4"/>
+      <c r="J51" s="4"/>
+      <c r="K51" s="4"/>
+      <c r="L51" s="4"/>
+      <c r="M51" s="4"/>
+    </row>
+    <row r="52" spans="1:13">
       <c r="A52" s="2" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="2"/>
-    </row>
-    <row r="53" spans="1:4">
+      <c r="E52" s="2"/>
+      <c r="F52" s="2"/>
+      <c r="G52" s="2"/>
+      <c r="H52" s="2"/>
+      <c r="I52" s="2"/>
+      <c r="J52" s="2"/>
+      <c r="K52" s="2"/>
+      <c r="L52" s="2"/>
+      <c r="M52" s="2"/>
+    </row>
+    <row r="53" spans="1:13">
       <c r="A53" s="3" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="B53" s="3"/>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
-    </row>
-    <row r="54" spans="1:4">
+      <c r="E53" s="3"/>
+      <c r="F53" s="3"/>
+      <c r="G53" s="3"/>
+      <c r="H53" s="3"/>
+      <c r="I53" s="3"/>
+      <c r="J53" s="3"/>
+      <c r="K53" s="3"/>
+      <c r="L53" s="3"/>
+      <c r="M53" s="3"/>
+    </row>
+    <row r="54" spans="1:13">
       <c r="A54" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B54" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="C54" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D54" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:4">
+        <v>39</v>
+      </c>
+      <c r="E54" t="s">
+        <v>39</v>
+      </c>
+      <c r="F54" t="s">
+        <v>39</v>
+      </c>
+      <c r="G54" t="s">
+        <v>39</v>
+      </c>
+      <c r="H54" t="s">
+        <v>39</v>
+      </c>
+      <c r="I54" t="s">
+        <v>39</v>
+      </c>
+      <c r="J54" t="s">
+        <v>39</v>
+      </c>
+      <c r="K54" t="s">
+        <v>39</v>
+      </c>
+      <c r="L54" t="s">
+        <v>39</v>
+      </c>
+      <c r="M54" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13">
       <c r="A55" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B55" t="s">
+        <v>30</v>
+      </c>
+      <c r="C55" t="s">
+        <v>30</v>
+      </c>
+      <c r="D55" t="s">
+        <v>30</v>
+      </c>
+      <c r="E55" t="s">
+        <v>30</v>
+      </c>
+      <c r="F55" t="s">
+        <v>30</v>
+      </c>
+      <c r="G55" t="s">
+        <v>30</v>
+      </c>
+      <c r="H55" t="s">
+        <v>30</v>
+      </c>
+      <c r="I55" t="s">
+        <v>30</v>
+      </c>
+      <c r="J55" t="s">
+        <v>30</v>
+      </c>
+      <c r="K55" t="s">
+        <v>30</v>
+      </c>
+      <c r="L55" t="s">
+        <v>30</v>
+      </c>
+      <c r="M55" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13">
+      <c r="A56" t="s">
+        <v>18</v>
+      </c>
+      <c r="B56" t="s">
+        <v>40</v>
+      </c>
+      <c r="C56" t="s">
+        <v>40</v>
+      </c>
+      <c r="D56" t="s">
+        <v>40</v>
+      </c>
+      <c r="E56" t="s">
+        <v>40</v>
+      </c>
+      <c r="F56" t="s">
+        <v>40</v>
+      </c>
+      <c r="G56" t="s">
+        <v>40</v>
+      </c>
+      <c r="H56" t="s">
+        <v>40</v>
+      </c>
+      <c r="I56" t="s">
+        <v>40</v>
+      </c>
+      <c r="J56" t="s">
+        <v>40</v>
+      </c>
+      <c r="K56" t="s">
+        <v>40</v>
+      </c>
+      <c r="L56" t="s">
+        <v>40</v>
+      </c>
+      <c r="M56" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13">
+      <c r="A57" t="s">
+        <v>20</v>
+      </c>
+      <c r="B57" t="s">
+        <v>39</v>
+      </c>
+      <c r="C57" t="s">
+        <v>39</v>
+      </c>
+      <c r="D57" t="s">
+        <v>39</v>
+      </c>
+      <c r="E57" t="s">
+        <v>39</v>
+      </c>
+      <c r="F57" t="s">
+        <v>39</v>
+      </c>
+      <c r="G57" t="s">
+        <v>39</v>
+      </c>
+      <c r="H57" t="s">
+        <v>39</v>
+      </c>
+      <c r="I57" t="s">
+        <v>39</v>
+      </c>
+      <c r="J57" t="s">
+        <v>39</v>
+      </c>
+      <c r="K57" t="s">
+        <v>39</v>
+      </c>
+      <c r="L57" t="s">
+        <v>39</v>
+      </c>
+      <c r="M57" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13">
+      <c r="A58" t="s">
         <v>21</v>
       </c>
-      <c r="C55" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="B58" t="s">
+        <v>32</v>
+      </c>
+      <c r="C58" t="s">
+        <v>32</v>
+      </c>
+      <c r="D58" t="s">
+        <v>32</v>
+      </c>
+      <c r="E58" t="s">
+        <v>32</v>
+      </c>
+      <c r="F58" t="s">
+        <v>32</v>
+      </c>
+      <c r="G58" t="s">
+        <v>32</v>
+      </c>
+      <c r="H58" t="s">
+        <v>32</v>
+      </c>
+      <c r="I58" t="s">
+        <v>32</v>
+      </c>
+      <c r="J58" t="s">
+        <v>32</v>
+      </c>
+      <c r="K58" t="s">
+        <v>32</v>
+      </c>
+      <c r="L58" t="s">
+        <v>32</v>
+      </c>
+      <c r="M58" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13">
+      <c r="A59" s="3" t="s">
         <v>23</v>
-      </c>
-[...9 lines deleted...]
-        <v>14</v>
       </c>
       <c r="B59" s="3"/>
       <c r="C59" s="3"/>
       <c r="D59" s="3"/>
-    </row>
-    <row r="60" spans="1:4">
+      <c r="E59" s="3"/>
+      <c r="F59" s="3"/>
+      <c r="G59" s="3"/>
+      <c r="H59" s="3"/>
+      <c r="I59" s="3"/>
+      <c r="J59" s="3"/>
+      <c r="K59" s="3"/>
+      <c r="L59" s="3"/>
+      <c r="M59" s="3"/>
+    </row>
+    <row r="60" spans="1:13">
       <c r="A60" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B60" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="C60" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D60" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:4">
+        <v>39</v>
+      </c>
+      <c r="E60" t="s">
+        <v>39</v>
+      </c>
+      <c r="F60" t="s">
+        <v>39</v>
+      </c>
+      <c r="G60" t="s">
+        <v>39</v>
+      </c>
+      <c r="H60" t="s">
+        <v>39</v>
+      </c>
+      <c r="I60" t="s">
+        <v>39</v>
+      </c>
+      <c r="J60" t="s">
+        <v>39</v>
+      </c>
+      <c r="K60" t="s">
+        <v>39</v>
+      </c>
+      <c r="L60" t="s">
+        <v>39</v>
+      </c>
+      <c r="M60" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13">
       <c r="A61" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B61" t="s">
+        <v>30</v>
+      </c>
+      <c r="C61" t="s">
+        <v>30</v>
+      </c>
+      <c r="D61" t="s">
+        <v>30</v>
+      </c>
+      <c r="E61" t="s">
+        <v>30</v>
+      </c>
+      <c r="F61" t="s">
+        <v>30</v>
+      </c>
+      <c r="G61" t="s">
+        <v>30</v>
+      </c>
+      <c r="H61" t="s">
+        <v>30</v>
+      </c>
+      <c r="I61" t="s">
+        <v>30</v>
+      </c>
+      <c r="J61" t="s">
+        <v>30</v>
+      </c>
+      <c r="K61" t="s">
+        <v>30</v>
+      </c>
+      <c r="L61" t="s">
+        <v>30</v>
+      </c>
+      <c r="M61" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13">
+      <c r="A62" t="s">
+        <v>20</v>
+      </c>
+      <c r="B62" t="s">
+        <v>39</v>
+      </c>
+      <c r="C62" t="s">
+        <v>39</v>
+      </c>
+      <c r="D62" t="s">
+        <v>39</v>
+      </c>
+      <c r="E62" t="s">
+        <v>39</v>
+      </c>
+      <c r="F62" t="s">
+        <v>39</v>
+      </c>
+      <c r="G62" t="s">
+        <v>39</v>
+      </c>
+      <c r="H62" t="s">
+        <v>39</v>
+      </c>
+      <c r="I62" t="s">
+        <v>39</v>
+      </c>
+      <c r="J62" t="s">
+        <v>39</v>
+      </c>
+      <c r="K62" t="s">
+        <v>39</v>
+      </c>
+      <c r="L62" t="s">
+        <v>39</v>
+      </c>
+      <c r="M62" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13">
+      <c r="A63" t="s">
         <v>21</v>
       </c>
-      <c r="C61" t="s">
-[...23 lines deleted...]
-      </c>
       <c r="B63" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="C63" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="D63" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:4">
+        <v>32</v>
+      </c>
+      <c r="E63" t="s">
+        <v>32</v>
+      </c>
+      <c r="F63" t="s">
+        <v>32</v>
+      </c>
+      <c r="G63" t="s">
+        <v>32</v>
+      </c>
+      <c r="H63" t="s">
+        <v>32</v>
+      </c>
+      <c r="I63" t="s">
+        <v>32</v>
+      </c>
+      <c r="J63" t="s">
+        <v>32</v>
+      </c>
+      <c r="K63" t="s">
+        <v>32</v>
+      </c>
+      <c r="L63" t="s">
+        <v>32</v>
+      </c>
+      <c r="M63" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13">
       <c r="A64" s="4"/>
       <c r="B64" s="4"/>
       <c r="C64" s="4"/>
       <c r="D64" s="4"/>
-    </row>
-    <row r="65" spans="1:4">
+      <c r="E64" s="4"/>
+      <c r="F64" s="4"/>
+      <c r="G64" s="4"/>
+      <c r="H64" s="4"/>
+      <c r="I64" s="4"/>
+      <c r="J64" s="4"/>
+      <c r="K64" s="4"/>
+      <c r="L64" s="4"/>
+      <c r="M64" s="4"/>
+    </row>
+    <row r="65" spans="1:13">
       <c r="A65" s="2" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
       <c r="D65" s="2"/>
-    </row>
-    <row r="66" spans="1:4">
+      <c r="E65" s="2"/>
+      <c r="F65" s="2"/>
+      <c r="G65" s="2"/>
+      <c r="H65" s="2"/>
+      <c r="I65" s="2"/>
+      <c r="J65" s="2"/>
+      <c r="K65" s="2"/>
+      <c r="L65" s="2"/>
+      <c r="M65" s="2"/>
+    </row>
+    <row r="66" spans="1:13">
       <c r="A66" s="3" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="B66" s="3"/>
       <c r="C66" s="3"/>
       <c r="D66" s="3"/>
-    </row>
-    <row r="67" spans="1:4">
+      <c r="E66" s="3"/>
+      <c r="F66" s="3"/>
+      <c r="G66" s="3"/>
+      <c r="H66" s="3"/>
+      <c r="I66" s="3"/>
+      <c r="J66" s="3"/>
+      <c r="K66" s="3"/>
+      <c r="L66" s="3"/>
+      <c r="M66" s="3"/>
+    </row>
+    <row r="67" spans="1:13">
       <c r="A67" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B67" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="C67" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="D67" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:4">
+        <v>42</v>
+      </c>
+      <c r="E67" t="s">
+        <v>42</v>
+      </c>
+      <c r="F67" t="s">
+        <v>42</v>
+      </c>
+      <c r="G67" t="s">
+        <v>42</v>
+      </c>
+      <c r="H67" t="s">
+        <v>42</v>
+      </c>
+      <c r="I67" t="s">
+        <v>42</v>
+      </c>
+      <c r="J67" t="s">
+        <v>42</v>
+      </c>
+      <c r="K67" t="s">
+        <v>42</v>
+      </c>
+      <c r="L67" t="s">
+        <v>42</v>
+      </c>
+      <c r="M67" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13">
       <c r="A68" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B68" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C68" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D68" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:4">
+        <v>17</v>
+      </c>
+      <c r="E68" t="s">
+        <v>17</v>
+      </c>
+      <c r="F68" t="s">
+        <v>17</v>
+      </c>
+      <c r="G68" t="s">
+        <v>17</v>
+      </c>
+      <c r="H68" t="s">
+        <v>17</v>
+      </c>
+      <c r="I68" t="s">
+        <v>17</v>
+      </c>
+      <c r="J68" t="s">
+        <v>17</v>
+      </c>
+      <c r="K68" t="s">
+        <v>17</v>
+      </c>
+      <c r="L68" t="s">
+        <v>17</v>
+      </c>
+      <c r="M68" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13">
       <c r="A69" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="B69" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="C69" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:4">
+        <v>15</v>
+      </c>
+      <c r="E69" t="s">
+        <v>15</v>
+      </c>
+      <c r="F69" t="s">
+        <v>15</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
+        <v>15</v>
+      </c>
+      <c r="I69" t="s">
+        <v>15</v>
+      </c>
+      <c r="J69" t="s">
+        <v>15</v>
+      </c>
+      <c r="K69" t="s">
+        <v>15</v>
+      </c>
+      <c r="L69" t="s">
+        <v>15</v>
+      </c>
+      <c r="M69" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13">
       <c r="A70" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B70" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="C70" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="D70" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:4">
+        <v>42</v>
+      </c>
+      <c r="E70" t="s">
+        <v>42</v>
+      </c>
+      <c r="F70" t="s">
+        <v>42</v>
+      </c>
+      <c r="G70" t="s">
+        <v>42</v>
+      </c>
+      <c r="H70" t="s">
+        <v>42</v>
+      </c>
+      <c r="I70" t="s">
+        <v>42</v>
+      </c>
+      <c r="J70" t="s">
+        <v>42</v>
+      </c>
+      <c r="K70" t="s">
+        <v>42</v>
+      </c>
+      <c r="L70" t="s">
+        <v>42</v>
+      </c>
+      <c r="M70" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13">
       <c r="A71" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="B71" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="C71" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="D71" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:4">
+        <v>22</v>
+      </c>
+      <c r="E71" t="s">
+        <v>22</v>
+      </c>
+      <c r="F71" t="s">
+        <v>22</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71" t="s">
+        <v>22</v>
+      </c>
+      <c r="I71" t="s">
+        <v>22</v>
+      </c>
+      <c r="J71" t="s">
+        <v>22</v>
+      </c>
+      <c r="K71" t="s">
+        <v>22</v>
+      </c>
+      <c r="L71" t="s">
+        <v>22</v>
+      </c>
+      <c r="M71" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13">
       <c r="A72" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="B72" s="3"/>
       <c r="C72" s="3"/>
       <c r="D72" s="3"/>
-    </row>
-    <row r="73" spans="1:4">
+      <c r="E72" s="3"/>
+      <c r="F72" s="3"/>
+      <c r="G72" s="3"/>
+      <c r="H72" s="3"/>
+      <c r="I72" s="3"/>
+      <c r="J72" s="3"/>
+      <c r="K72" s="3"/>
+      <c r="L72" s="3"/>
+      <c r="M72" s="3"/>
+    </row>
+    <row r="73" spans="1:13">
       <c r="A73" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B73" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="C73" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="D73" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:4">
+        <v>42</v>
+      </c>
+      <c r="E73" t="s">
+        <v>42</v>
+      </c>
+      <c r="F73" t="s">
+        <v>42</v>
+      </c>
+      <c r="G73" t="s">
+        <v>42</v>
+      </c>
+      <c r="H73" t="s">
+        <v>42</v>
+      </c>
+      <c r="I73" t="s">
+        <v>42</v>
+      </c>
+      <c r="J73" t="s">
+        <v>42</v>
+      </c>
+      <c r="K73" t="s">
+        <v>42</v>
+      </c>
+      <c r="L73" t="s">
+        <v>42</v>
+      </c>
+      <c r="M73" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13">
       <c r="A74" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B74" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C74" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D74" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:4">
+        <v>17</v>
+      </c>
+      <c r="E74" t="s">
+        <v>17</v>
+      </c>
+      <c r="F74" t="s">
+        <v>17</v>
+      </c>
+      <c r="G74" t="s">
+        <v>17</v>
+      </c>
+      <c r="H74" t="s">
+        <v>17</v>
+      </c>
+      <c r="I74" t="s">
+        <v>17</v>
+      </c>
+      <c r="J74" t="s">
+        <v>17</v>
+      </c>
+      <c r="K74" t="s">
+        <v>17</v>
+      </c>
+      <c r="L74" t="s">
+        <v>17</v>
+      </c>
+      <c r="M74" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13">
       <c r="A75" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B75" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="C75" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="D75" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:4">
+        <v>42</v>
+      </c>
+      <c r="E75" t="s">
+        <v>42</v>
+      </c>
+      <c r="F75" t="s">
+        <v>42</v>
+      </c>
+      <c r="G75" t="s">
+        <v>42</v>
+      </c>
+      <c r="H75" t="s">
+        <v>42</v>
+      </c>
+      <c r="I75" t="s">
+        <v>42</v>
+      </c>
+      <c r="J75" t="s">
+        <v>42</v>
+      </c>
+      <c r="K75" t="s">
+        <v>42</v>
+      </c>
+      <c r="L75" t="s">
+        <v>42</v>
+      </c>
+      <c r="M75" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13">
       <c r="A76" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="B76" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="C76" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="D76" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:4">
+        <v>22</v>
+      </c>
+      <c r="E76" t="s">
+        <v>22</v>
+      </c>
+      <c r="F76" t="s">
+        <v>22</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76" t="s">
+        <v>22</v>
+      </c>
+      <c r="I76" t="s">
+        <v>22</v>
+      </c>
+      <c r="J76" t="s">
+        <v>22</v>
+      </c>
+      <c r="K76" t="s">
+        <v>22</v>
+      </c>
+      <c r="L76" t="s">
+        <v>22</v>
+      </c>
+      <c r="M76" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13">
       <c r="A77" s="4"/>
       <c r="B77" s="4"/>
       <c r="C77" s="4"/>
       <c r="D77" s="4"/>
-    </row>
-    <row r="78" spans="1:4">
+      <c r="E77" s="4"/>
+      <c r="F77" s="4"/>
+      <c r="G77" s="4"/>
+      <c r="H77" s="4"/>
+      <c r="I77" s="4"/>
+      <c r="J77" s="4"/>
+      <c r="K77" s="4"/>
+      <c r="L77" s="4"/>
+      <c r="M77" s="4"/>
+    </row>
+    <row r="78" spans="1:13">
       <c r="A78" s="2" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
       <c r="D78" s="2"/>
-    </row>
-    <row r="79" spans="1:4">
+      <c r="E78" s="2"/>
+      <c r="F78" s="2"/>
+      <c r="G78" s="2"/>
+      <c r="H78" s="2"/>
+      <c r="I78" s="2"/>
+      <c r="J78" s="2"/>
+      <c r="K78" s="2"/>
+      <c r="L78" s="2"/>
+      <c r="M78" s="2"/>
+    </row>
+    <row r="79" spans="1:13">
       <c r="A79" s="3" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="B79" s="3"/>
       <c r="C79" s="3"/>
       <c r="D79" s="3"/>
-    </row>
-    <row r="80" spans="1:4">
+      <c r="E79" s="3"/>
+      <c r="F79" s="3"/>
+      <c r="G79" s="3"/>
+      <c r="H79" s="3"/>
+      <c r="I79" s="3"/>
+      <c r="J79" s="3"/>
+      <c r="K79" s="3"/>
+      <c r="L79" s="3"/>
+      <c r="M79" s="3"/>
+    </row>
+    <row r="80" spans="1:13">
       <c r="A80" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B80" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="C80" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="D80" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:4">
+        <v>44</v>
+      </c>
+      <c r="E80" t="s">
+        <v>44</v>
+      </c>
+      <c r="F80" t="s">
+        <v>44</v>
+      </c>
+      <c r="G80" t="s">
+        <v>44</v>
+      </c>
+      <c r="H80" t="s">
+        <v>44</v>
+      </c>
+      <c r="I80" t="s">
+        <v>44</v>
+      </c>
+      <c r="J80" t="s">
+        <v>44</v>
+      </c>
+      <c r="K80" t="s">
+        <v>44</v>
+      </c>
+      <c r="L80" t="s">
+        <v>44</v>
+      </c>
+      <c r="M80" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13">
       <c r="A81" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B81" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C81" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D81" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:4">
+        <v>17</v>
+      </c>
+      <c r="E81" t="s">
+        <v>17</v>
+      </c>
+      <c r="F81" t="s">
+        <v>17</v>
+      </c>
+      <c r="G81" t="s">
+        <v>17</v>
+      </c>
+      <c r="H81" t="s">
+        <v>17</v>
+      </c>
+      <c r="I81" t="s">
+        <v>17</v>
+      </c>
+      <c r="J81" t="s">
+        <v>17</v>
+      </c>
+      <c r="K81" t="s">
+        <v>17</v>
+      </c>
+      <c r="L81" t="s">
+        <v>17</v>
+      </c>
+      <c r="M81" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13">
       <c r="A82" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="B82" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="C82" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="D82" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:4">
+        <v>45</v>
+      </c>
+      <c r="E82" t="s">
+        <v>45</v>
+      </c>
+      <c r="F82" t="s">
+        <v>45</v>
+      </c>
+      <c r="G82" t="s">
+        <v>45</v>
+      </c>
+      <c r="H82" t="s">
+        <v>45</v>
+      </c>
+      <c r="I82" t="s">
+        <v>45</v>
+      </c>
+      <c r="J82" t="s">
+        <v>45</v>
+      </c>
+      <c r="K82" t="s">
+        <v>45</v>
+      </c>
+      <c r="L82" t="s">
+        <v>45</v>
+      </c>
+      <c r="M82" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13">
       <c r="A83" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B83" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="C83" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="D83" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:4">
+        <v>44</v>
+      </c>
+      <c r="E83" t="s">
+        <v>44</v>
+      </c>
+      <c r="F83" t="s">
+        <v>44</v>
+      </c>
+      <c r="G83" t="s">
+        <v>44</v>
+      </c>
+      <c r="H83" t="s">
+        <v>44</v>
+      </c>
+      <c r="I83" t="s">
+        <v>44</v>
+      </c>
+      <c r="J83" t="s">
+        <v>44</v>
+      </c>
+      <c r="K83" t="s">
+        <v>44</v>
+      </c>
+      <c r="L83" t="s">
+        <v>44</v>
+      </c>
+      <c r="M83" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13">
       <c r="A84" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="B84" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="C84" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="D84" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:4">
+        <v>22</v>
+      </c>
+      <c r="E84" t="s">
+        <v>22</v>
+      </c>
+      <c r="F84" t="s">
+        <v>22</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84" t="s">
+        <v>22</v>
+      </c>
+      <c r="I84" t="s">
+        <v>22</v>
+      </c>
+      <c r="J84" t="s">
+        <v>22</v>
+      </c>
+      <c r="K84" t="s">
+        <v>22</v>
+      </c>
+      <c r="L84" t="s">
+        <v>22</v>
+      </c>
+      <c r="M84" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13">
       <c r="A85" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="B85" s="3"/>
       <c r="C85" s="3"/>
       <c r="D85" s="3"/>
-    </row>
-    <row r="86" spans="1:4">
+      <c r="E85" s="3"/>
+      <c r="F85" s="3"/>
+      <c r="G85" s="3"/>
+      <c r="H85" s="3"/>
+      <c r="I85" s="3"/>
+      <c r="J85" s="3"/>
+      <c r="K85" s="3"/>
+      <c r="L85" s="3"/>
+      <c r="M85" s="3"/>
+    </row>
+    <row r="86" spans="1:13">
       <c r="A86" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B86" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="C86" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="D86" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:4">
+        <v>44</v>
+      </c>
+      <c r="E86" t="s">
+        <v>44</v>
+      </c>
+      <c r="F86" t="s">
+        <v>44</v>
+      </c>
+      <c r="G86" t="s">
+        <v>44</v>
+      </c>
+      <c r="H86" t="s">
+        <v>44</v>
+      </c>
+      <c r="I86" t="s">
+        <v>44</v>
+      </c>
+      <c r="J86" t="s">
+        <v>44</v>
+      </c>
+      <c r="K86" t="s">
+        <v>44</v>
+      </c>
+      <c r="L86" t="s">
+        <v>44</v>
+      </c>
+      <c r="M86" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13">
       <c r="A87" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B87" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C87" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D87" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:4">
+        <v>17</v>
+      </c>
+      <c r="E87" t="s">
+        <v>17</v>
+      </c>
+      <c r="F87" t="s">
+        <v>17</v>
+      </c>
+      <c r="G87" t="s">
+        <v>17</v>
+      </c>
+      <c r="H87" t="s">
+        <v>17</v>
+      </c>
+      <c r="I87" t="s">
+        <v>17</v>
+      </c>
+      <c r="J87" t="s">
+        <v>17</v>
+      </c>
+      <c r="K87" t="s">
+        <v>17</v>
+      </c>
+      <c r="L87" t="s">
+        <v>17</v>
+      </c>
+      <c r="M87" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13">
       <c r="A88" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B88" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="C88" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="D88" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:4">
+        <v>44</v>
+      </c>
+      <c r="E88" t="s">
+        <v>44</v>
+      </c>
+      <c r="F88" t="s">
+        <v>44</v>
+      </c>
+      <c r="G88" t="s">
+        <v>44</v>
+      </c>
+      <c r="H88" t="s">
+        <v>44</v>
+      </c>
+      <c r="I88" t="s">
+        <v>44</v>
+      </c>
+      <c r="J88" t="s">
+        <v>44</v>
+      </c>
+      <c r="K88" t="s">
+        <v>44</v>
+      </c>
+      <c r="L88" t="s">
+        <v>44</v>
+      </c>
+      <c r="M88" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13">
       <c r="A89" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="B89" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="C89" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="D89" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:4">
+        <v>22</v>
+      </c>
+      <c r="E89" t="s">
+        <v>22</v>
+      </c>
+      <c r="F89" t="s">
+        <v>22</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89" t="s">
+        <v>22</v>
+      </c>
+      <c r="I89" t="s">
+        <v>22</v>
+      </c>
+      <c r="J89" t="s">
+        <v>22</v>
+      </c>
+      <c r="K89" t="s">
+        <v>22</v>
+      </c>
+      <c r="L89" t="s">
+        <v>22</v>
+      </c>
+      <c r="M89" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13">
       <c r="A90" s="4"/>
       <c r="B90" s="4"/>
       <c r="C90" s="4"/>
       <c r="D90" s="4"/>
-    </row>
-    <row r="91" spans="1:4">
+      <c r="E90" s="4"/>
+      <c r="F90" s="4"/>
+      <c r="G90" s="4"/>
+      <c r="H90" s="4"/>
+      <c r="I90" s="4"/>
+      <c r="J90" s="4"/>
+      <c r="K90" s="4"/>
+      <c r="L90" s="4"/>
+      <c r="M90" s="4"/>
+    </row>
+    <row r="91" spans="1:13">
       <c r="A91" s="2" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
       <c r="D91" s="2"/>
-    </row>
-    <row r="92" spans="1:4">
+      <c r="E91" s="2"/>
+      <c r="F91" s="2"/>
+      <c r="G91" s="2"/>
+      <c r="H91" s="2"/>
+      <c r="I91" s="2"/>
+      <c r="J91" s="2"/>
+      <c r="K91" s="2"/>
+      <c r="L91" s="2"/>
+      <c r="M91" s="2"/>
+    </row>
+    <row r="92" spans="1:13">
       <c r="A92" s="3" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="B92" s="3"/>
       <c r="C92" s="3"/>
       <c r="D92" s="3"/>
-    </row>
-    <row r="93" spans="1:4">
+      <c r="E92" s="3"/>
+      <c r="F92" s="3"/>
+      <c r="G92" s="3"/>
+      <c r="H92" s="3"/>
+      <c r="I92" s="3"/>
+      <c r="J92" s="3"/>
+      <c r="K92" s="3"/>
+      <c r="L92" s="3"/>
+      <c r="M92" s="3"/>
+    </row>
+    <row r="93" spans="1:13">
       <c r="A93" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B93" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="C93" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="D93" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:4">
+        <v>42</v>
+      </c>
+      <c r="E93" t="s">
+        <v>42</v>
+      </c>
+      <c r="F93" t="s">
+        <v>42</v>
+      </c>
+      <c r="G93" t="s">
+        <v>42</v>
+      </c>
+      <c r="H93" t="s">
+        <v>42</v>
+      </c>
+      <c r="I93" t="s">
+        <v>42</v>
+      </c>
+      <c r="J93" t="s">
+        <v>42</v>
+      </c>
+      <c r="K93" t="s">
+        <v>42</v>
+      </c>
+      <c r="L93" t="s">
+        <v>42</v>
+      </c>
+      <c r="M93" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13">
       <c r="A94" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="B94" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="C94" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D94" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:4">
+        <v>25</v>
+      </c>
+      <c r="E94" t="s">
+        <v>25</v>
+      </c>
+      <c r="F94" t="s">
+        <v>25</v>
+      </c>
+      <c r="G94" t="s">
+        <v>25</v>
+      </c>
+      <c r="H94" t="s">
+        <v>25</v>
+      </c>
+      <c r="I94" t="s">
+        <v>25</v>
+      </c>
+      <c r="J94" t="s">
+        <v>25</v>
+      </c>
+      <c r="K94" t="s">
+        <v>25</v>
+      </c>
+      <c r="L94" t="s">
+        <v>25</v>
+      </c>
+      <c r="M94" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13">
       <c r="A95" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B95" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="C95" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="D95" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:4">
+        <v>42</v>
+      </c>
+      <c r="E95" t="s">
+        <v>42</v>
+      </c>
+      <c r="F95" t="s">
+        <v>42</v>
+      </c>
+      <c r="G95" t="s">
+        <v>42</v>
+      </c>
+      <c r="H95" t="s">
+        <v>42</v>
+      </c>
+      <c r="I95" t="s">
+        <v>42</v>
+      </c>
+      <c r="J95" t="s">
+        <v>42</v>
+      </c>
+      <c r="K95" t="s">
+        <v>42</v>
+      </c>
+      <c r="L95" t="s">
+        <v>42</v>
+      </c>
+      <c r="M95" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13">
       <c r="A96" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="B96" s="3"/>
       <c r="C96" s="3"/>
       <c r="D96" s="3"/>
-    </row>
-    <row r="97" spans="1:4">
+      <c r="E96" s="3"/>
+      <c r="F96" s="3"/>
+      <c r="G96" s="3"/>
+      <c r="H96" s="3"/>
+      <c r="I96" s="3"/>
+      <c r="J96" s="3"/>
+      <c r="K96" s="3"/>
+      <c r="L96" s="3"/>
+      <c r="M96" s="3"/>
+    </row>
+    <row r="97" spans="1:13">
       <c r="A97" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B97" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="C97" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="D97" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:4">
+        <v>42</v>
+      </c>
+      <c r="E97" t="s">
+        <v>42</v>
+      </c>
+      <c r="F97" t="s">
+        <v>42</v>
+      </c>
+      <c r="G97" t="s">
+        <v>42</v>
+      </c>
+      <c r="H97" t="s">
+        <v>42</v>
+      </c>
+      <c r="I97" t="s">
+        <v>42</v>
+      </c>
+      <c r="J97" t="s">
+        <v>42</v>
+      </c>
+      <c r="K97" t="s">
+        <v>42</v>
+      </c>
+      <c r="L97" t="s">
+        <v>42</v>
+      </c>
+      <c r="M97" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13">
       <c r="A98" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B98" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="C98" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="D98" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:4">
+        <v>42</v>
+      </c>
+      <c r="E98" t="s">
+        <v>42</v>
+      </c>
+      <c r="F98" t="s">
+        <v>42</v>
+      </c>
+      <c r="G98" t="s">
+        <v>42</v>
+      </c>
+      <c r="H98" t="s">
+        <v>42</v>
+      </c>
+      <c r="I98" t="s">
+        <v>42</v>
+      </c>
+      <c r="J98" t="s">
+        <v>42</v>
+      </c>
+      <c r="K98" t="s">
+        <v>42</v>
+      </c>
+      <c r="L98" t="s">
+        <v>42</v>
+      </c>
+      <c r="M98" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13">
       <c r="A99" s="4"/>
       <c r="B99" s="4"/>
       <c r="C99" s="4"/>
       <c r="D99" s="4"/>
-    </row>
-    <row r="100" spans="1:4">
+      <c r="E99" s="4"/>
+      <c r="F99" s="4"/>
+      <c r="G99" s="4"/>
+      <c r="H99" s="4"/>
+      <c r="I99" s="4"/>
+      <c r="J99" s="4"/>
+      <c r="K99" s="4"/>
+      <c r="L99" s="4"/>
+      <c r="M99" s="4"/>
+    </row>
+    <row r="100" spans="1:13">
       <c r="A100" s="2" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="2"/>
-    </row>
-    <row r="101" spans="1:4">
+      <c r="E100" s="2"/>
+      <c r="F100" s="2"/>
+      <c r="G100" s="2"/>
+      <c r="H100" s="2"/>
+      <c r="I100" s="2"/>
+      <c r="J100" s="2"/>
+      <c r="K100" s="2"/>
+      <c r="L100" s="2"/>
+      <c r="M100" s="2"/>
+    </row>
+    <row r="101" spans="1:13">
       <c r="A101" s="3" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="B101" s="3"/>
       <c r="C101" s="3"/>
       <c r="D101" s="3"/>
-    </row>
-    <row r="102" spans="1:4">
+      <c r="E101" s="3"/>
+      <c r="F101" s="3"/>
+      <c r="G101" s="3"/>
+      <c r="H101" s="3"/>
+      <c r="I101" s="3"/>
+      <c r="J101" s="3"/>
+      <c r="K101" s="3"/>
+      <c r="L101" s="3"/>
+      <c r="M101" s="3"/>
+    </row>
+    <row r="102" spans="1:13">
       <c r="A102" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B102" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="C102" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="D102" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:4">
+        <v>48</v>
+      </c>
+      <c r="E102" t="s">
+        <v>48</v>
+      </c>
+      <c r="F102" t="s">
+        <v>48</v>
+      </c>
+      <c r="G102" t="s">
+        <v>48</v>
+      </c>
+      <c r="H102" t="s">
+        <v>48</v>
+      </c>
+      <c r="I102" t="s">
+        <v>48</v>
+      </c>
+      <c r="J102" t="s">
+        <v>48</v>
+      </c>
+      <c r="K102" t="s">
+        <v>48</v>
+      </c>
+      <c r="L102" t="s">
+        <v>48</v>
+      </c>
+      <c r="M102" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13">
       <c r="A103" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B103" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C103" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D103" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:4">
+        <v>17</v>
+      </c>
+      <c r="E103" t="s">
+        <v>17</v>
+      </c>
+      <c r="F103" t="s">
+        <v>17</v>
+      </c>
+      <c r="G103" t="s">
+        <v>17</v>
+      </c>
+      <c r="H103" t="s">
+        <v>17</v>
+      </c>
+      <c r="I103" t="s">
+        <v>17</v>
+      </c>
+      <c r="J103" t="s">
+        <v>17</v>
+      </c>
+      <c r="K103" t="s">
+        <v>17</v>
+      </c>
+      <c r="L103" t="s">
+        <v>17</v>
+      </c>
+      <c r="M103" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13">
       <c r="A104" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="B104" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="C104" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="D104" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:4">
+        <v>49</v>
+      </c>
+      <c r="E104" t="s">
+        <v>49</v>
+      </c>
+      <c r="F104" t="s">
+        <v>49</v>
+      </c>
+      <c r="G104" t="s">
+        <v>49</v>
+      </c>
+      <c r="H104" t="s">
+        <v>49</v>
+      </c>
+      <c r="I104" t="s">
+        <v>49</v>
+      </c>
+      <c r="J104" t="s">
+        <v>49</v>
+      </c>
+      <c r="K104" t="s">
+        <v>49</v>
+      </c>
+      <c r="L104" t="s">
+        <v>49</v>
+      </c>
+      <c r="M104" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13">
       <c r="A105" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B105" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="C105" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="D105" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:4">
+        <v>48</v>
+      </c>
+      <c r="E105" t="s">
+        <v>48</v>
+      </c>
+      <c r="F105" t="s">
+        <v>48</v>
+      </c>
+      <c r="G105" t="s">
+        <v>48</v>
+      </c>
+      <c r="H105" t="s">
+        <v>48</v>
+      </c>
+      <c r="I105" t="s">
+        <v>48</v>
+      </c>
+      <c r="J105" t="s">
+        <v>48</v>
+      </c>
+      <c r="K105" t="s">
+        <v>48</v>
+      </c>
+      <c r="L105" t="s">
+        <v>48</v>
+      </c>
+      <c r="M105" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13">
       <c r="A106" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="B106" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="C106" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="D106" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:4">
+        <v>22</v>
+      </c>
+      <c r="E106" t="s">
+        <v>22</v>
+      </c>
+      <c r="F106" t="s">
+        <v>22</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106" t="s">
+        <v>22</v>
+      </c>
+      <c r="I106" t="s">
+        <v>22</v>
+      </c>
+      <c r="J106" t="s">
+        <v>22</v>
+      </c>
+      <c r="K106" t="s">
+        <v>22</v>
+      </c>
+      <c r="L106" t="s">
+        <v>22</v>
+      </c>
+      <c r="M106" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13">
       <c r="A107" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="B107" s="3"/>
       <c r="C107" s="3"/>
       <c r="D107" s="3"/>
-    </row>
-    <row r="108" spans="1:4">
+      <c r="E107" s="3"/>
+      <c r="F107" s="3"/>
+      <c r="G107" s="3"/>
+      <c r="H107" s="3"/>
+      <c r="I107" s="3"/>
+      <c r="J107" s="3"/>
+      <c r="K107" s="3"/>
+      <c r="L107" s="3"/>
+      <c r="M107" s="3"/>
+    </row>
+    <row r="108" spans="1:13">
       <c r="A108" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B108" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="C108" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="D108" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:4">
+        <v>48</v>
+      </c>
+      <c r="E108" t="s">
+        <v>48</v>
+      </c>
+      <c r="F108" t="s">
+        <v>48</v>
+      </c>
+      <c r="G108" t="s">
+        <v>48</v>
+      </c>
+      <c r="H108" t="s">
+        <v>48</v>
+      </c>
+      <c r="I108" t="s">
+        <v>48</v>
+      </c>
+      <c r="J108" t="s">
+        <v>48</v>
+      </c>
+      <c r="K108" t="s">
+        <v>48</v>
+      </c>
+      <c r="L108" t="s">
+        <v>48</v>
+      </c>
+      <c r="M108" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13">
       <c r="A109" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B109" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C109" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D109" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:4">
+        <v>17</v>
+      </c>
+      <c r="E109" t="s">
+        <v>17</v>
+      </c>
+      <c r="F109" t="s">
+        <v>17</v>
+      </c>
+      <c r="G109" t="s">
+        <v>17</v>
+      </c>
+      <c r="H109" t="s">
+        <v>17</v>
+      </c>
+      <c r="I109" t="s">
+        <v>17</v>
+      </c>
+      <c r="J109" t="s">
+        <v>17</v>
+      </c>
+      <c r="K109" t="s">
+        <v>17</v>
+      </c>
+      <c r="L109" t="s">
+        <v>17</v>
+      </c>
+      <c r="M109" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13">
       <c r="A110" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B110" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="C110" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="D110" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:4">
+        <v>48</v>
+      </c>
+      <c r="E110" t="s">
+        <v>48</v>
+      </c>
+      <c r="F110" t="s">
+        <v>48</v>
+      </c>
+      <c r="G110" t="s">
+        <v>48</v>
+      </c>
+      <c r="H110" t="s">
+        <v>48</v>
+      </c>
+      <c r="I110" t="s">
+        <v>48</v>
+      </c>
+      <c r="J110" t="s">
+        <v>48</v>
+      </c>
+      <c r="K110" t="s">
+        <v>48</v>
+      </c>
+      <c r="L110" t="s">
+        <v>48</v>
+      </c>
+      <c r="M110" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13">
       <c r="A111" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="B111" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="C111" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="D111" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:4">
+        <v>22</v>
+      </c>
+      <c r="E111" t="s">
+        <v>22</v>
+      </c>
+      <c r="F111" t="s">
+        <v>22</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111" t="s">
+        <v>22</v>
+      </c>
+      <c r="I111" t="s">
+        <v>22</v>
+      </c>
+      <c r="J111" t="s">
+        <v>22</v>
+      </c>
+      <c r="K111" t="s">
+        <v>22</v>
+      </c>
+      <c r="L111" t="s">
+        <v>22</v>
+      </c>
+      <c r="M111" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13">
       <c r="A112" s="4"/>
       <c r="B112" s="4"/>
       <c r="C112" s="4"/>
       <c r="D112" s="4"/>
-    </row>
-    <row r="113" spans="1:4">
+      <c r="E112" s="4"/>
+      <c r="F112" s="4"/>
+      <c r="G112" s="4"/>
+      <c r="H112" s="4"/>
+      <c r="I112" s="4"/>
+      <c r="J112" s="4"/>
+      <c r="K112" s="4"/>
+      <c r="L112" s="4"/>
+      <c r="M112" s="4"/>
+    </row>
+    <row r="113" spans="1:13">
       <c r="A113" s="2" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
       <c r="D113" s="2"/>
-    </row>
-    <row r="114" spans="1:4">
+      <c r="E113" s="2"/>
+      <c r="F113" s="2"/>
+      <c r="G113" s="2"/>
+      <c r="H113" s="2"/>
+      <c r="I113" s="2"/>
+      <c r="J113" s="2"/>
+      <c r="K113" s="2"/>
+      <c r="L113" s="2"/>
+      <c r="M113" s="2"/>
+    </row>
+    <row r="114" spans="1:13">
       <c r="A114" s="3" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="B114" s="3"/>
       <c r="C114" s="3"/>
       <c r="D114" s="3"/>
-    </row>
-    <row r="115" spans="1:4">
+      <c r="E114" s="3"/>
+      <c r="F114" s="3"/>
+      <c r="G114" s="3"/>
+      <c r="H114" s="3"/>
+      <c r="I114" s="3"/>
+      <c r="J114" s="3"/>
+      <c r="K114" s="3"/>
+      <c r="L114" s="3"/>
+      <c r="M114" s="3"/>
+    </row>
+    <row r="115" spans="1:13">
       <c r="A115" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B115" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="C115" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="D115" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:4">
+        <v>51</v>
+      </c>
+      <c r="E115" t="s">
+        <v>51</v>
+      </c>
+      <c r="F115" t="s">
+        <v>51</v>
+      </c>
+      <c r="G115" t="s">
+        <v>51</v>
+      </c>
+      <c r="H115" t="s">
+        <v>51</v>
+      </c>
+      <c r="I115" t="s">
+        <v>51</v>
+      </c>
+      <c r="J115" t="s">
+        <v>51</v>
+      </c>
+      <c r="K115" t="s">
+        <v>51</v>
+      </c>
+      <c r="L115" t="s">
+        <v>51</v>
+      </c>
+      <c r="M115" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13">
       <c r="A116" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="B116" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="C116" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="D116" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:4">
+        <v>52</v>
+      </c>
+      <c r="E116" t="s">
+        <v>52</v>
+      </c>
+      <c r="F116" t="s">
+        <v>52</v>
+      </c>
+      <c r="G116" t="s">
+        <v>52</v>
+      </c>
+      <c r="H116" t="s">
+        <v>52</v>
+      </c>
+      <c r="I116" t="s">
+        <v>52</v>
+      </c>
+      <c r="J116" t="s">
+        <v>52</v>
+      </c>
+      <c r="K116" t="s">
+        <v>52</v>
+      </c>
+      <c r="L116" t="s">
+        <v>52</v>
+      </c>
+      <c r="M116" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13">
       <c r="A117" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B117" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="C117" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="D117" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:4">
+        <v>51</v>
+      </c>
+      <c r="E117" t="s">
+        <v>51</v>
+      </c>
+      <c r="F117" t="s">
+        <v>51</v>
+      </c>
+      <c r="G117" t="s">
+        <v>51</v>
+      </c>
+      <c r="H117" t="s">
+        <v>51</v>
+      </c>
+      <c r="I117" t="s">
+        <v>51</v>
+      </c>
+      <c r="J117" t="s">
+        <v>51</v>
+      </c>
+      <c r="K117" t="s">
+        <v>51</v>
+      </c>
+      <c r="L117" t="s">
+        <v>51</v>
+      </c>
+      <c r="M117" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13">
       <c r="A118" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="B118" s="3"/>
       <c r="C118" s="3"/>
       <c r="D118" s="3"/>
-    </row>
-    <row r="119" spans="1:4">
+      <c r="E118" s="3"/>
+      <c r="F118" s="3"/>
+      <c r="G118" s="3"/>
+      <c r="H118" s="3"/>
+      <c r="I118" s="3"/>
+      <c r="J118" s="3"/>
+      <c r="K118" s="3"/>
+      <c r="L118" s="3"/>
+      <c r="M118" s="3"/>
+    </row>
+    <row r="119" spans="1:13">
       <c r="A119" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B119" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="C119" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="D119" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:4">
+        <v>51</v>
+      </c>
+      <c r="E119" t="s">
+        <v>51</v>
+      </c>
+      <c r="F119" t="s">
+        <v>51</v>
+      </c>
+      <c r="G119" t="s">
+        <v>51</v>
+      </c>
+      <c r="H119" t="s">
+        <v>51</v>
+      </c>
+      <c r="I119" t="s">
+        <v>51</v>
+      </c>
+      <c r="J119" t="s">
+        <v>51</v>
+      </c>
+      <c r="K119" t="s">
+        <v>51</v>
+      </c>
+      <c r="L119" t="s">
+        <v>51</v>
+      </c>
+      <c r="M119" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13">
       <c r="A120" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B120" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="C120" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="D120" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:4">
+        <v>51</v>
+      </c>
+      <c r="E120" t="s">
+        <v>51</v>
+      </c>
+      <c r="F120" t="s">
+        <v>51</v>
+      </c>
+      <c r="G120" t="s">
+        <v>51</v>
+      </c>
+      <c r="H120" t="s">
+        <v>51</v>
+      </c>
+      <c r="I120" t="s">
+        <v>51</v>
+      </c>
+      <c r="J120" t="s">
+        <v>51</v>
+      </c>
+      <c r="K120" t="s">
+        <v>51</v>
+      </c>
+      <c r="L120" t="s">
+        <v>51</v>
+      </c>
+      <c r="M120" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13">
       <c r="A121" s="4"/>
       <c r="B121" s="4"/>
       <c r="C121" s="4"/>
       <c r="D121" s="4"/>
-    </row>
-    <row r="122" spans="1:4">
+      <c r="E121" s="4"/>
+      <c r="F121" s="4"/>
+      <c r="G121" s="4"/>
+      <c r="H121" s="4"/>
+      <c r="I121" s="4"/>
+      <c r="J121" s="4"/>
+      <c r="K121" s="4"/>
+      <c r="L121" s="4"/>
+      <c r="M121" s="4"/>
+    </row>
+    <row r="122" spans="1:13">
       <c r="A122" s="2" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="2"/>
-    </row>
-    <row r="123" spans="1:4">
+      <c r="E122" s="2"/>
+      <c r="F122" s="2"/>
+      <c r="G122" s="2"/>
+      <c r="H122" s="2"/>
+      <c r="I122" s="2"/>
+      <c r="J122" s="2"/>
+      <c r="K122" s="2"/>
+      <c r="L122" s="2"/>
+      <c r="M122" s="2"/>
+    </row>
+    <row r="123" spans="1:13">
       <c r="A123" s="3" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="B123" s="3"/>
       <c r="C123" s="3"/>
       <c r="D123" s="3"/>
-    </row>
-    <row r="124" spans="1:4">
+      <c r="E123" s="3"/>
+      <c r="F123" s="3"/>
+      <c r="G123" s="3"/>
+      <c r="H123" s="3"/>
+      <c r="I123" s="3"/>
+      <c r="J123" s="3"/>
+      <c r="K123" s="3"/>
+      <c r="L123" s="3"/>
+      <c r="M123" s="3"/>
+    </row>
+    <row r="124" spans="1:13">
       <c r="A124" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B124" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="C124" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="D124" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:4">
+        <v>54</v>
+      </c>
+      <c r="E124" t="s">
+        <v>54</v>
+      </c>
+      <c r="F124" t="s">
+        <v>54</v>
+      </c>
+      <c r="G124" t="s">
+        <v>54</v>
+      </c>
+      <c r="H124" t="s">
+        <v>54</v>
+      </c>
+      <c r="I124" t="s">
+        <v>54</v>
+      </c>
+      <c r="J124" t="s">
+        <v>54</v>
+      </c>
+      <c r="K124" t="s">
+        <v>54</v>
+      </c>
+      <c r="L124" t="s">
+        <v>54</v>
+      </c>
+      <c r="M124" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13">
       <c r="A125" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B125" t="s">
+        <v>30</v>
+      </c>
+      <c r="C125" t="s">
+        <v>30</v>
+      </c>
+      <c r="D125" t="s">
+        <v>30</v>
+      </c>
+      <c r="E125" t="s">
+        <v>30</v>
+      </c>
+      <c r="F125" t="s">
+        <v>30</v>
+      </c>
+      <c r="G125" t="s">
+        <v>30</v>
+      </c>
+      <c r="H125" t="s">
+        <v>30</v>
+      </c>
+      <c r="I125" t="s">
+        <v>30</v>
+      </c>
+      <c r="J125" t="s">
+        <v>30</v>
+      </c>
+      <c r="K125" t="s">
+        <v>30</v>
+      </c>
+      <c r="L125" t="s">
+        <v>30</v>
+      </c>
+      <c r="M125" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13">
+      <c r="A126" t="s">
+        <v>18</v>
+      </c>
+      <c r="B126" t="s">
+        <v>55</v>
+      </c>
+      <c r="C126" t="s">
+        <v>55</v>
+      </c>
+      <c r="D126" t="s">
+        <v>55</v>
+      </c>
+      <c r="E126" t="s">
+        <v>55</v>
+      </c>
+      <c r="F126" t="s">
+        <v>55</v>
+      </c>
+      <c r="G126" t="s">
+        <v>55</v>
+      </c>
+      <c r="H126" t="s">
+        <v>55</v>
+      </c>
+      <c r="I126" t="s">
+        <v>55</v>
+      </c>
+      <c r="J126" t="s">
+        <v>55</v>
+      </c>
+      <c r="K126" t="s">
+        <v>55</v>
+      </c>
+      <c r="L126" t="s">
+        <v>55</v>
+      </c>
+      <c r="M126" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13">
+      <c r="A127" t="s">
+        <v>20</v>
+      </c>
+      <c r="B127" t="s">
+        <v>54</v>
+      </c>
+      <c r="C127" t="s">
+        <v>54</v>
+      </c>
+      <c r="D127" t="s">
+        <v>54</v>
+      </c>
+      <c r="E127" t="s">
+        <v>54</v>
+      </c>
+      <c r="F127" t="s">
+        <v>54</v>
+      </c>
+      <c r="G127" t="s">
+        <v>54</v>
+      </c>
+      <c r="H127" t="s">
+        <v>54</v>
+      </c>
+      <c r="I127" t="s">
+        <v>54</v>
+      </c>
+      <c r="J127" t="s">
+        <v>54</v>
+      </c>
+      <c r="K127" t="s">
+        <v>54</v>
+      </c>
+      <c r="L127" t="s">
+        <v>54</v>
+      </c>
+      <c r="M127" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13">
+      <c r="A128" t="s">
         <v>21</v>
       </c>
-      <c r="C125" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="B128" t="s">
+        <v>32</v>
+      </c>
+      <c r="C128" t="s">
+        <v>32</v>
+      </c>
+      <c r="D128" t="s">
+        <v>32</v>
+      </c>
+      <c r="E128" t="s">
+        <v>32</v>
+      </c>
+      <c r="F128" t="s">
+        <v>32</v>
+      </c>
+      <c r="G128" t="s">
+        <v>32</v>
+      </c>
+      <c r="H128" t="s">
+        <v>32</v>
+      </c>
+      <c r="I128" t="s">
+        <v>32</v>
+      </c>
+      <c r="J128" t="s">
+        <v>32</v>
+      </c>
+      <c r="K128" t="s">
+        <v>32</v>
+      </c>
+      <c r="L128" t="s">
+        <v>32</v>
+      </c>
+      <c r="M128" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13">
+      <c r="A129" s="3" t="s">
         <v>23</v>
-      </c>
-[...9 lines deleted...]
-        <v>14</v>
       </c>
       <c r="B129" s="3"/>
       <c r="C129" s="3"/>
       <c r="D129" s="3"/>
-    </row>
-    <row r="130" spans="1:4">
+      <c r="E129" s="3"/>
+      <c r="F129" s="3"/>
+      <c r="G129" s="3"/>
+      <c r="H129" s="3"/>
+      <c r="I129" s="3"/>
+      <c r="J129" s="3"/>
+      <c r="K129" s="3"/>
+      <c r="L129" s="3"/>
+      <c r="M129" s="3"/>
+    </row>
+    <row r="130" spans="1:13">
       <c r="A130" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B130" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="C130" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="D130" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:4">
+        <v>54</v>
+      </c>
+      <c r="E130" t="s">
+        <v>54</v>
+      </c>
+      <c r="F130" t="s">
+        <v>54</v>
+      </c>
+      <c r="G130" t="s">
+        <v>54</v>
+      </c>
+      <c r="H130" t="s">
+        <v>54</v>
+      </c>
+      <c r="I130" t="s">
+        <v>54</v>
+      </c>
+      <c r="J130" t="s">
+        <v>54</v>
+      </c>
+      <c r="K130" t="s">
+        <v>54</v>
+      </c>
+      <c r="L130" t="s">
+        <v>54</v>
+      </c>
+      <c r="M130" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13">
       <c r="A131" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B131" t="s">
+        <v>30</v>
+      </c>
+      <c r="C131" t="s">
+        <v>30</v>
+      </c>
+      <c r="D131" t="s">
+        <v>30</v>
+      </c>
+      <c r="E131" t="s">
+        <v>30</v>
+      </c>
+      <c r="F131" t="s">
+        <v>30</v>
+      </c>
+      <c r="G131" t="s">
+        <v>30</v>
+      </c>
+      <c r="H131" t="s">
+        <v>30</v>
+      </c>
+      <c r="I131" t="s">
+        <v>30</v>
+      </c>
+      <c r="J131" t="s">
+        <v>30</v>
+      </c>
+      <c r="K131" t="s">
+        <v>30</v>
+      </c>
+      <c r="L131" t="s">
+        <v>30</v>
+      </c>
+      <c r="M131" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13">
+      <c r="A132" t="s">
+        <v>20</v>
+      </c>
+      <c r="B132" t="s">
+        <v>54</v>
+      </c>
+      <c r="C132" t="s">
+        <v>54</v>
+      </c>
+      <c r="D132" t="s">
+        <v>54</v>
+      </c>
+      <c r="E132" t="s">
+        <v>54</v>
+      </c>
+      <c r="F132" t="s">
+        <v>54</v>
+      </c>
+      <c r="G132" t="s">
+        <v>54</v>
+      </c>
+      <c r="H132" t="s">
+        <v>54</v>
+      </c>
+      <c r="I132" t="s">
+        <v>54</v>
+      </c>
+      <c r="J132" t="s">
+        <v>54</v>
+      </c>
+      <c r="K132" t="s">
+        <v>54</v>
+      </c>
+      <c r="L132" t="s">
+        <v>54</v>
+      </c>
+      <c r="M132" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13">
+      <c r="A133" t="s">
         <v>21</v>
       </c>
-      <c r="C131" t="s">
-[...23 lines deleted...]
-      </c>
       <c r="B133" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="C133" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="D133" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:4">
+        <v>32</v>
+      </c>
+      <c r="E133" t="s">
+        <v>32</v>
+      </c>
+      <c r="F133" t="s">
+        <v>32</v>
+      </c>
+      <c r="G133" t="s">
+        <v>32</v>
+      </c>
+      <c r="H133" t="s">
+        <v>32</v>
+      </c>
+      <c r="I133" t="s">
+        <v>32</v>
+      </c>
+      <c r="J133" t="s">
+        <v>32</v>
+      </c>
+      <c r="K133" t="s">
+        <v>32</v>
+      </c>
+      <c r="L133" t="s">
+        <v>32</v>
+      </c>
+      <c r="M133" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13">
       <c r="A134" s="4"/>
       <c r="B134" s="4"/>
       <c r="C134" s="4"/>
       <c r="D134" s="4"/>
-    </row>
-    <row r="135" spans="1:4">
+      <c r="E134" s="4"/>
+      <c r="F134" s="4"/>
+      <c r="G134" s="4"/>
+      <c r="H134" s="4"/>
+      <c r="I134" s="4"/>
+      <c r="J134" s="4"/>
+      <c r="K134" s="4"/>
+      <c r="L134" s="4"/>
+      <c r="M134" s="4"/>
+    </row>
+    <row r="135" spans="1:13">
       <c r="A135" s="2" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="B135" s="2"/>
       <c r="C135" s="2"/>
       <c r="D135" s="2"/>
-    </row>
-    <row r="136" spans="1:4">
+      <c r="E135" s="2"/>
+      <c r="F135" s="2"/>
+      <c r="G135" s="2"/>
+      <c r="H135" s="2"/>
+      <c r="I135" s="2"/>
+      <c r="J135" s="2"/>
+      <c r="K135" s="2"/>
+      <c r="L135" s="2"/>
+      <c r="M135" s="2"/>
+    </row>
+    <row r="136" spans="1:13">
       <c r="A136" s="3" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="B136" s="3"/>
       <c r="C136" s="3"/>
       <c r="D136" s="3"/>
-    </row>
-    <row r="137" spans="1:4">
+      <c r="E136" s="3"/>
+      <c r="F136" s="3"/>
+      <c r="G136" s="3"/>
+      <c r="H136" s="3"/>
+      <c r="I136" s="3"/>
+      <c r="J136" s="3"/>
+      <c r="K136" s="3"/>
+      <c r="L136" s="3"/>
+      <c r="M136" s="3"/>
+    </row>
+    <row r="137" spans="1:13">
       <c r="A137" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B137" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="C137" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="D137" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:4">
+        <v>57</v>
+      </c>
+      <c r="E137" t="s">
+        <v>57</v>
+      </c>
+      <c r="F137" t="s">
+        <v>57</v>
+      </c>
+      <c r="G137" t="s">
+        <v>57</v>
+      </c>
+      <c r="H137" t="s">
+        <v>57</v>
+      </c>
+      <c r="I137" t="s">
+        <v>57</v>
+      </c>
+      <c r="J137" t="s">
+        <v>57</v>
+      </c>
+      <c r="K137" t="s">
+        <v>57</v>
+      </c>
+      <c r="L137" t="s">
+        <v>57</v>
+      </c>
+      <c r="M137" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13">
       <c r="A138" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B138" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="C138" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="D138" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:4">
+        <v>58</v>
+      </c>
+      <c r="E138" t="s">
+        <v>58</v>
+      </c>
+      <c r="F138" t="s">
+        <v>58</v>
+      </c>
+      <c r="G138" t="s">
+        <v>58</v>
+      </c>
+      <c r="H138" t="s">
+        <v>58</v>
+      </c>
+      <c r="I138" t="s">
+        <v>58</v>
+      </c>
+      <c r="J138" t="s">
+        <v>58</v>
+      </c>
+      <c r="K138" t="s">
+        <v>58</v>
+      </c>
+      <c r="L138" t="s">
+        <v>58</v>
+      </c>
+      <c r="M138" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13">
       <c r="A139" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="B139" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="C139" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="D139" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:4">
+        <v>59</v>
+      </c>
+      <c r="E139" t="s">
+        <v>59</v>
+      </c>
+      <c r="F139" t="s">
+        <v>59</v>
+      </c>
+      <c r="G139" t="s">
+        <v>59</v>
+      </c>
+      <c r="H139" t="s">
+        <v>59</v>
+      </c>
+      <c r="I139" t="s">
+        <v>59</v>
+      </c>
+      <c r="J139" t="s">
+        <v>59</v>
+      </c>
+      <c r="K139" t="s">
+        <v>59</v>
+      </c>
+      <c r="L139" t="s">
+        <v>59</v>
+      </c>
+      <c r="M139" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13">
       <c r="A140" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B140" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="C140" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="D140" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:4">
+        <v>57</v>
+      </c>
+      <c r="E140" t="s">
+        <v>57</v>
+      </c>
+      <c r="F140" t="s">
+        <v>57</v>
+      </c>
+      <c r="G140" t="s">
+        <v>57</v>
+      </c>
+      <c r="H140" t="s">
+        <v>57</v>
+      </c>
+      <c r="I140" t="s">
+        <v>57</v>
+      </c>
+      <c r="J140" t="s">
+        <v>57</v>
+      </c>
+      <c r="K140" t="s">
+        <v>57</v>
+      </c>
+      <c r="L140" t="s">
+        <v>57</v>
+      </c>
+      <c r="M140" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13">
       <c r="A141" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="B141" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="C141" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="D141" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:4">
+        <v>60</v>
+      </c>
+      <c r="E141" t="s">
+        <v>60</v>
+      </c>
+      <c r="F141" t="s">
+        <v>60</v>
+      </c>
+      <c r="G141" t="s">
+        <v>60</v>
+      </c>
+      <c r="H141" t="s">
+        <v>60</v>
+      </c>
+      <c r="I141" t="s">
+        <v>60</v>
+      </c>
+      <c r="J141" t="s">
+        <v>60</v>
+      </c>
+      <c r="K141" t="s">
+        <v>60</v>
+      </c>
+      <c r="L141" t="s">
+        <v>60</v>
+      </c>
+      <c r="M141" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13">
       <c r="A142" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="B142" s="3"/>
       <c r="C142" s="3"/>
       <c r="D142" s="3"/>
-    </row>
-    <row r="143" spans="1:4">
+      <c r="E142" s="3"/>
+      <c r="F142" s="3"/>
+      <c r="G142" s="3"/>
+      <c r="H142" s="3"/>
+      <c r="I142" s="3"/>
+      <c r="J142" s="3"/>
+      <c r="K142" s="3"/>
+      <c r="L142" s="3"/>
+      <c r="M142" s="3"/>
+    </row>
+    <row r="143" spans="1:13">
       <c r="A143" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B143" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="C143" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="D143" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:4">
+        <v>57</v>
+      </c>
+      <c r="E143" t="s">
+        <v>57</v>
+      </c>
+      <c r="F143" t="s">
+        <v>57</v>
+      </c>
+      <c r="G143" t="s">
+        <v>57</v>
+      </c>
+      <c r="H143" t="s">
+        <v>57</v>
+      </c>
+      <c r="I143" t="s">
+        <v>57</v>
+      </c>
+      <c r="J143" t="s">
+        <v>57</v>
+      </c>
+      <c r="K143" t="s">
+        <v>57</v>
+      </c>
+      <c r="L143" t="s">
+        <v>57</v>
+      </c>
+      <c r="M143" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13">
       <c r="A144" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B144" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="C144" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="D144" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:4">
+        <v>58</v>
+      </c>
+      <c r="E144" t="s">
+        <v>58</v>
+      </c>
+      <c r="F144" t="s">
+        <v>58</v>
+      </c>
+      <c r="G144" t="s">
+        <v>58</v>
+      </c>
+      <c r="H144" t="s">
+        <v>58</v>
+      </c>
+      <c r="I144" t="s">
+        <v>58</v>
+      </c>
+      <c r="J144" t="s">
+        <v>58</v>
+      </c>
+      <c r="K144" t="s">
+        <v>58</v>
+      </c>
+      <c r="L144" t="s">
+        <v>58</v>
+      </c>
+      <c r="M144" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13">
       <c r="A145" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B145" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="C145" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="D145" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:4">
+        <v>57</v>
+      </c>
+      <c r="E145" t="s">
+        <v>57</v>
+      </c>
+      <c r="F145" t="s">
+        <v>57</v>
+      </c>
+      <c r="G145" t="s">
+        <v>57</v>
+      </c>
+      <c r="H145" t="s">
+        <v>57</v>
+      </c>
+      <c r="I145" t="s">
+        <v>57</v>
+      </c>
+      <c r="J145" t="s">
+        <v>57</v>
+      </c>
+      <c r="K145" t="s">
+        <v>57</v>
+      </c>
+      <c r="L145" t="s">
+        <v>57</v>
+      </c>
+      <c r="M145" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13">
       <c r="A146" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="B146" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="C146" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="D146" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:4">
+        <v>60</v>
+      </c>
+      <c r="E146" t="s">
+        <v>60</v>
+      </c>
+      <c r="F146" t="s">
+        <v>60</v>
+      </c>
+      <c r="G146" t="s">
+        <v>60</v>
+      </c>
+      <c r="H146" t="s">
+        <v>60</v>
+      </c>
+      <c r="I146" t="s">
+        <v>60</v>
+      </c>
+      <c r="J146" t="s">
+        <v>60</v>
+      </c>
+      <c r="K146" t="s">
+        <v>60</v>
+      </c>
+      <c r="L146" t="s">
+        <v>60</v>
+      </c>
+      <c r="M146" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13">
       <c r="A147" s="4"/>
       <c r="B147" s="4"/>
       <c r="C147" s="4"/>
       <c r="D147" s="4"/>
-    </row>
-    <row r="148" spans="1:4">
+      <c r="E147" s="4"/>
+      <c r="F147" s="4"/>
+      <c r="G147" s="4"/>
+      <c r="H147" s="4"/>
+      <c r="I147" s="4"/>
+      <c r="J147" s="4"/>
+      <c r="K147" s="4"/>
+      <c r="L147" s="4"/>
+      <c r="M147" s="4"/>
+    </row>
+    <row r="148" spans="1:13">
       <c r="A148" s="2" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="B148" s="2"/>
       <c r="C148" s="2"/>
       <c r="D148" s="2"/>
-    </row>
-    <row r="149" spans="1:4">
+      <c r="E148" s="2"/>
+      <c r="F148" s="2"/>
+      <c r="G148" s="2"/>
+      <c r="H148" s="2"/>
+      <c r="I148" s="2"/>
+      <c r="J148" s="2"/>
+      <c r="K148" s="2"/>
+      <c r="L148" s="2"/>
+      <c r="M148" s="2"/>
+    </row>
+    <row r="149" spans="1:13">
       <c r="A149" s="3" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="B149" s="3"/>
       <c r="C149" s="3"/>
       <c r="D149" s="3"/>
-    </row>
-    <row r="150" spans="1:4">
+      <c r="E149" s="3"/>
+      <c r="F149" s="3"/>
+      <c r="G149" s="3"/>
+      <c r="H149" s="3"/>
+      <c r="I149" s="3"/>
+      <c r="J149" s="3"/>
+      <c r="K149" s="3"/>
+      <c r="L149" s="3"/>
+      <c r="M149" s="3"/>
+    </row>
+    <row r="150" spans="1:13">
       <c r="A150" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B150" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="C150" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="D150" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:4">
+        <v>62</v>
+      </c>
+      <c r="E150" t="s">
+        <v>62</v>
+      </c>
+      <c r="F150" t="s">
+        <v>62</v>
+      </c>
+      <c r="G150" t="s">
+        <v>62</v>
+      </c>
+      <c r="H150" t="s">
+        <v>62</v>
+      </c>
+      <c r="I150" t="s">
+        <v>62</v>
+      </c>
+      <c r="J150" t="s">
+        <v>62</v>
+      </c>
+      <c r="K150" t="s">
+        <v>62</v>
+      </c>
+      <c r="L150" t="s">
+        <v>62</v>
+      </c>
+      <c r="M150" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13">
       <c r="A151" s="4"/>
       <c r="B151" s="4"/>
       <c r="C151" s="4"/>
       <c r="D151" s="4"/>
-    </row>
-    <row r="152" spans="1:4">
+      <c r="E151" s="4"/>
+      <c r="F151" s="4"/>
+      <c r="G151" s="4"/>
+      <c r="H151" s="4"/>
+      <c r="I151" s="4"/>
+      <c r="J151" s="4"/>
+      <c r="K151" s="4"/>
+      <c r="L151" s="4"/>
+      <c r="M151" s="4"/>
+    </row>
+    <row r="152" spans="1:13">
       <c r="A152" s="2" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="B152" s="2"/>
       <c r="C152" s="2"/>
       <c r="D152" s="2"/>
-    </row>
-    <row r="153" spans="1:4">
+      <c r="E152" s="2"/>
+      <c r="F152" s="2"/>
+      <c r="G152" s="2"/>
+      <c r="H152" s="2"/>
+      <c r="I152" s="2"/>
+      <c r="J152" s="2"/>
+      <c r="K152" s="2"/>
+      <c r="L152" s="2"/>
+      <c r="M152" s="2"/>
+    </row>
+    <row r="153" spans="1:13">
       <c r="A153" s="3" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="B153" s="3"/>
       <c r="C153" s="3"/>
       <c r="D153" s="3"/>
-    </row>
-    <row r="154" spans="1:4">
+      <c r="E153" s="3"/>
+      <c r="F153" s="3"/>
+      <c r="G153" s="3"/>
+      <c r="H153" s="3"/>
+      <c r="I153" s="3"/>
+      <c r="J153" s="3"/>
+      <c r="K153" s="3"/>
+      <c r="L153" s="3"/>
+      <c r="M153" s="3"/>
+    </row>
+    <row r="154" spans="1:13">
       <c r="A154" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B154" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="C154" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="D154" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:4">
+        <v>64</v>
+      </c>
+      <c r="E154" t="s">
+        <v>64</v>
+      </c>
+      <c r="F154" t="s">
+        <v>64</v>
+      </c>
+      <c r="G154" t="s">
+        <v>64</v>
+      </c>
+      <c r="H154" t="s">
+        <v>64</v>
+      </c>
+      <c r="I154" t="s">
+        <v>64</v>
+      </c>
+      <c r="J154" t="s">
+        <v>64</v>
+      </c>
+      <c r="K154" t="s">
+        <v>64</v>
+      </c>
+      <c r="L154" t="s">
+        <v>64</v>
+      </c>
+      <c r="M154" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13">
       <c r="A155" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B155" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="C155" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="D155" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:4">
+        <v>65</v>
+      </c>
+      <c r="E155" t="s">
+        <v>65</v>
+      </c>
+      <c r="F155" t="s">
+        <v>65</v>
+      </c>
+      <c r="G155" t="s">
+        <v>65</v>
+      </c>
+      <c r="H155" t="s">
+        <v>65</v>
+      </c>
+      <c r="I155" t="s">
+        <v>65</v>
+      </c>
+      <c r="J155" t="s">
+        <v>65</v>
+      </c>
+      <c r="K155" t="s">
+        <v>65</v>
+      </c>
+      <c r="L155" t="s">
+        <v>65</v>
+      </c>
+      <c r="M155" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13">
       <c r="A156" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="B156" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="C156" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="D156" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:4">
+        <v>49</v>
+      </c>
+      <c r="E156" t="s">
+        <v>49</v>
+      </c>
+      <c r="F156" t="s">
+        <v>49</v>
+      </c>
+      <c r="G156" t="s">
+        <v>49</v>
+      </c>
+      <c r="H156" t="s">
+        <v>49</v>
+      </c>
+      <c r="I156" t="s">
+        <v>49</v>
+      </c>
+      <c r="J156" t="s">
+        <v>49</v>
+      </c>
+      <c r="K156" t="s">
+        <v>49</v>
+      </c>
+      <c r="L156" t="s">
+        <v>49</v>
+      </c>
+      <c r="M156" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13">
       <c r="A157" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B157" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="C157" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="D157" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:4">
+        <v>64</v>
+      </c>
+      <c r="E157" t="s">
+        <v>64</v>
+      </c>
+      <c r="F157" t="s">
+        <v>64</v>
+      </c>
+      <c r="G157" t="s">
+        <v>64</v>
+      </c>
+      <c r="H157" t="s">
+        <v>64</v>
+      </c>
+      <c r="I157" t="s">
+        <v>64</v>
+      </c>
+      <c r="J157" t="s">
+        <v>64</v>
+      </c>
+      <c r="K157" t="s">
+        <v>64</v>
+      </c>
+      <c r="L157" t="s">
+        <v>64</v>
+      </c>
+      <c r="M157" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13">
       <c r="A158" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="B158" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="C158" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="D158" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:4">
+        <v>30</v>
+      </c>
+      <c r="E158" t="s">
+        <v>30</v>
+      </c>
+      <c r="F158" t="s">
+        <v>30</v>
+      </c>
+      <c r="G158" t="s">
+        <v>30</v>
+      </c>
+      <c r="H158" t="s">
+        <v>30</v>
+      </c>
+      <c r="I158" t="s">
+        <v>30</v>
+      </c>
+      <c r="J158" t="s">
+        <v>30</v>
+      </c>
+      <c r="K158" t="s">
+        <v>30</v>
+      </c>
+      <c r="L158" t="s">
+        <v>30</v>
+      </c>
+      <c r="M158" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13">
       <c r="A159" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="B159" s="3"/>
       <c r="C159" s="3"/>
       <c r="D159" s="3"/>
-    </row>
-    <row r="160" spans="1:4">
+      <c r="E159" s="3"/>
+      <c r="F159" s="3"/>
+      <c r="G159" s="3"/>
+      <c r="H159" s="3"/>
+      <c r="I159" s="3"/>
+      <c r="J159" s="3"/>
+      <c r="K159" s="3"/>
+      <c r="L159" s="3"/>
+      <c r="M159" s="3"/>
+    </row>
+    <row r="160" spans="1:13">
       <c r="A160" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B160" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="C160" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="D160" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:4">
+        <v>64</v>
+      </c>
+      <c r="E160" t="s">
+        <v>64</v>
+      </c>
+      <c r="F160" t="s">
+        <v>64</v>
+      </c>
+      <c r="G160" t="s">
+        <v>64</v>
+      </c>
+      <c r="H160" t="s">
+        <v>64</v>
+      </c>
+      <c r="I160" t="s">
+        <v>64</v>
+      </c>
+      <c r="J160" t="s">
+        <v>64</v>
+      </c>
+      <c r="K160" t="s">
+        <v>64</v>
+      </c>
+      <c r="L160" t="s">
+        <v>64</v>
+      </c>
+      <c r="M160" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13">
       <c r="A161" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B161" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="C161" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="D161" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:4">
+        <v>65</v>
+      </c>
+      <c r="E161" t="s">
+        <v>65</v>
+      </c>
+      <c r="F161" t="s">
+        <v>65</v>
+      </c>
+      <c r="G161" t="s">
+        <v>65</v>
+      </c>
+      <c r="H161" t="s">
+        <v>65</v>
+      </c>
+      <c r="I161" t="s">
+        <v>65</v>
+      </c>
+      <c r="J161" t="s">
+        <v>65</v>
+      </c>
+      <c r="K161" t="s">
+        <v>65</v>
+      </c>
+      <c r="L161" t="s">
+        <v>65</v>
+      </c>
+      <c r="M161" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13">
       <c r="A162" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B162" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="C162" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="D162" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:4">
+        <v>64</v>
+      </c>
+      <c r="E162" t="s">
+        <v>64</v>
+      </c>
+      <c r="F162" t="s">
+        <v>64</v>
+      </c>
+      <c r="G162" t="s">
+        <v>64</v>
+      </c>
+      <c r="H162" t="s">
+        <v>64</v>
+      </c>
+      <c r="I162" t="s">
+        <v>64</v>
+      </c>
+      <c r="J162" t="s">
+        <v>64</v>
+      </c>
+      <c r="K162" t="s">
+        <v>64</v>
+      </c>
+      <c r="L162" t="s">
+        <v>64</v>
+      </c>
+      <c r="M162" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13">
       <c r="A163" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="B163" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="C163" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="D163" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:4">
+        <v>30</v>
+      </c>
+      <c r="E163" t="s">
+        <v>30</v>
+      </c>
+      <c r="F163" t="s">
+        <v>30</v>
+      </c>
+      <c r="G163" t="s">
+        <v>30</v>
+      </c>
+      <c r="H163" t="s">
+        <v>30</v>
+      </c>
+      <c r="I163" t="s">
+        <v>30</v>
+      </c>
+      <c r="J163" t="s">
+        <v>30</v>
+      </c>
+      <c r="K163" t="s">
+        <v>30</v>
+      </c>
+      <c r="L163" t="s">
+        <v>30</v>
+      </c>
+      <c r="M163" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13">
       <c r="A164" s="4"/>
       <c r="B164" s="4"/>
       <c r="C164" s="4"/>
       <c r="D164" s="4"/>
-    </row>
-    <row r="165" spans="1:4">
+      <c r="E164" s="4"/>
+      <c r="F164" s="4"/>
+      <c r="G164" s="4"/>
+      <c r="H164" s="4"/>
+      <c r="I164" s="4"/>
+      <c r="J164" s="4"/>
+      <c r="K164" s="4"/>
+      <c r="L164" s="4"/>
+      <c r="M164" s="4"/>
+    </row>
+    <row r="165" spans="1:13">
       <c r="A165" s="2" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="B165" s="2"/>
       <c r="C165" s="2"/>
       <c r="D165" s="2"/>
-    </row>
-    <row r="166" spans="1:4">
+      <c r="E165" s="2"/>
+      <c r="F165" s="2"/>
+      <c r="G165" s="2"/>
+      <c r="H165" s="2"/>
+      <c r="I165" s="2"/>
+      <c r="J165" s="2"/>
+      <c r="K165" s="2"/>
+      <c r="L165" s="2"/>
+      <c r="M165" s="2"/>
+    </row>
+    <row r="166" spans="1:13">
       <c r="A166" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="B166" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:4">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13">
       <c r="A167" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="B167" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:4">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13">
       <c r="A168" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="B168" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:4">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13">
       <c r="A169" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="B169" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:4">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13">
       <c r="A170" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="B170" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:4">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13">
       <c r="A171" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="B171" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:4">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13">
       <c r="A172" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="B172" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:4">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13">
       <c r="A173" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="B173" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:4">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13">
       <c r="A174" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="B174" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:4">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13">
       <c r="A175" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="B175" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:4">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13">
       <c r="A177" s="1" t="s">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="B177" s="1"/>
       <c r="C177" s="1"/>
       <c r="D177" s="1"/>
-    </row>
-    <row r="178" spans="1:4">
+      <c r="E177" s="1"/>
+      <c r="F177" s="1"/>
+      <c r="G177" s="1"/>
+      <c r="H177" s="1"/>
+      <c r="I177" s="1"/>
+      <c r="J177" s="1"/>
+      <c r="K177" s="1"/>
+      <c r="L177" s="1"/>
+      <c r="M177" s="1"/>
+    </row>
+    <row r="178" spans="1:13">
       <c r="A178" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A178:D178"/>
+    <mergeCell ref="A178:M178"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>