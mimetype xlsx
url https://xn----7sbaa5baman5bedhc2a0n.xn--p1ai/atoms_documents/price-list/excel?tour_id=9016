--- v1 (2025-11-20)
+++ v2 (2026-02-10)
@@ -12,305 +12,332 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="9016-msk-2025-sbornyj-tur..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>13.02.2026</t>
   </si>
   <si>
     <t>13.03.2026</t>
   </si>
   <si>
     <t>17.04.2026</t>
   </si>
   <si>
     <t>15.05.2026</t>
   </si>
   <si>
     <t>19.06.2026</t>
   </si>
   <si>
     <t>17.07.2026</t>
   </si>
   <si>
     <t>14.08.2026</t>
   </si>
   <si>
     <t>18.09.2026</t>
   </si>
   <si>
     <t>16.10.2026</t>
   </si>
   <si>
     <t>13.11.2026</t>
   </si>
   <si>
     <t>11.12.2026</t>
   </si>
   <si>
     <t>Мираж</t>
   </si>
   <si>
     <t>2-м номер KING (номер с одной двухспальной кроватью)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>73830 RUB</t>
+    <t>73660 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
-    <t>50240 RUB</t>
+    <t>51440 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
-    <t>94340 RUB</t>
+    <t>94180 RUB</t>
   </si>
   <si>
     <t>Ребёнок 5—11 лет на основном месте</t>
   </si>
   <si>
     <t>Ребёнок 5—11 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>49900 RUB</t>
+    <t>51420 RUB</t>
   </si>
   <si>
     <t>2-м номер TWIN (номер с двумя раздельными кроватями)</t>
   </si>
   <si>
     <t>Кортъярд Марриотт</t>
   </si>
   <si>
-    <t>70410 RUB</t>
-[...5 lines deleted...]
-    <t>87510 RUB</t>
+    <t>70250 RUB</t>
+  </si>
+  <si>
+    <t>54520 RUB</t>
+  </si>
+  <si>
+    <t>87340 RUB</t>
+  </si>
+  <si>
+    <t>48350 RUB</t>
   </si>
   <si>
     <t>Шаляпин Палас отель</t>
   </si>
   <si>
+    <t>59130 RUB</t>
+  </si>
+  <si>
+    <t>51610 RUB</t>
+  </si>
+  <si>
+    <t>67850 RUB</t>
+  </si>
+  <si>
+    <t>51270 RUB</t>
+  </si>
+  <si>
+    <t>Джузеппе</t>
+  </si>
+  <si>
+    <t>56400 RUB</t>
+  </si>
+  <si>
+    <t>59990 RUB</t>
+  </si>
+  <si>
+    <t>50760 RUB</t>
+  </si>
+  <si>
+    <t>64430 RUB</t>
+  </si>
+  <si>
+    <t>71270 RUB</t>
+  </si>
+  <si>
+    <t>50740 RUB</t>
+  </si>
+  <si>
+    <t>Гранд Отель Казань</t>
+  </si>
+  <si>
+    <t>57770 RUB</t>
+  </si>
+  <si>
+    <t>65120 RUB</t>
+  </si>
+  <si>
+    <t>Биляр Палас Отель</t>
+  </si>
+  <si>
+    <t>56570 RUB</t>
+  </si>
+  <si>
+    <t>57420 RUB</t>
+  </si>
+  <si>
+    <t>49050 RUB</t>
+  </si>
+  <si>
+    <t>68540 RUB</t>
+  </si>
+  <si>
+    <t>49030 RUB</t>
+  </si>
+  <si>
+    <t>Давыдов</t>
+  </si>
+  <si>
+    <t>55720 RUB</t>
+  </si>
+  <si>
+    <t>50070 RUB</t>
+  </si>
+  <si>
+    <t>49720 RUB</t>
+  </si>
+  <si>
+    <t>Ногай</t>
+  </si>
+  <si>
+    <t>60840 RUB</t>
+  </si>
+  <si>
+    <t>71950 RUB</t>
+  </si>
+  <si>
+    <t>Азимут</t>
+  </si>
+  <si>
+    <t>54010 RUB</t>
+  </si>
+  <si>
     <t>58280 RUB</t>
   </si>
   <si>
-    <t>51610 RUB</t>
-[...58 lines deleted...]
-  <si>
     <t>Парк Отель</t>
   </si>
   <si>
-    <t>53810 RUB</t>
-[...2 lines deleted...]
-    <t>63120 RUB</t>
+    <t>55830 RUB</t>
+  </si>
+  <si>
+    <t>66720 RUB</t>
   </si>
   <si>
     <t>Кристалл</t>
   </si>
   <si>
-    <t>54690 RUB</t>
-[...2 lines deleted...]
-    <t>63920 RUB</t>
+    <t>54860 RUB</t>
+  </si>
+  <si>
+    <t>67510 RUB</t>
   </si>
   <si>
     <t>Татарстан</t>
   </si>
   <si>
-    <t>51990 RUB</t>
-[...8 lines deleted...]
-    <t>47170 RUB</t>
+    <t>53660 RUB</t>
+  </si>
+  <si>
+    <t>47340 RUB</t>
+  </si>
+  <si>
+    <t>59820 RUB</t>
+  </si>
+  <si>
+    <t>47320 RUB</t>
   </si>
   <si>
     <t>Без размещения</t>
   </si>
   <si>
-    <t>43060 RUB</t>
+    <t>42890 RUB</t>
   </si>
   <si>
     <t>Раймонд</t>
   </si>
   <si>
-    <t>55030 RUB</t>
-[...2 lines deleted...]
-    <t>51950 RUB</t>
+    <t>51780 RUB</t>
+  </si>
+  <si>
+    <t>61700 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "ж/д-отель" (дневное время)</t>
   </si>
   <si>
     <t>1200 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "ж/д-отель" (19:00-08:00)</t>
   </si>
   <si>
     <t>1400 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "аэропорт-отель" (дневное время)</t>
   </si>
   <si>
     <t>1800 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "аэропорт-отель" (19:00-08:00)</t>
   </si>
   <si>
     <t>2000 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "отель-ж/д" (дневное время)</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "отель-ж/д" (19:00-08:00)</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "отель-аэропорт" (дневное время)</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "отель-аэропорт" (19:00-08:00)</t>
   </si>
   <si>
     <t>Экскурсия "Огни ночной Казани"</t>
   </si>
   <si>
-    <t>1100 RUB</t>
+    <t>1300 RUB</t>
   </si>
   <si>
     <t>Билет на "Колесо обозрения"</t>
   </si>
   <si>
     <t>500 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 20.11.2025 06:05, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 10.02.2026 01:28, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -652,5570 +679,5185 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M178"/>
+  <dimension ref="A1:L178"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A177" sqref="A177:M177"/>
+      <selection activeCell="A177" sqref="A177:L177"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="67.126465" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13">
+    <row r="1" spans="1:12">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="M1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:12">
+      <c r="A2" s="2" t="s">
         <v>11</v>
-      </c>
-[...3 lines deleted...]
-        <v>12</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
-      <c r="M2" s="2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:13">
+    </row>
+    <row r="3" spans="1:12">
       <c r="A3" s="3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
-      <c r="M3" s="3"/>
-[...1 lines deleted...]
-    <row r="4" spans="1:13">
+    </row>
+    <row r="4" spans="1:12">
       <c r="A4" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" t="s">
         <v>14</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I4" t="s">
+        <v>14</v>
+      </c>
+      <c r="J4" t="s">
+        <v>14</v>
+      </c>
+      <c r="K4" t="s">
+        <v>14</v>
+      </c>
+      <c r="L4" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12">
+      <c r="A5" t="s">
         <v>15</v>
       </c>
-      <c r="C4" t="s">
-[...34 lines deleted...]
-      <c r="A5" t="s">
+      <c r="B5" t="s">
         <v>16</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F5" t="s">
+        <v>16</v>
+      </c>
+      <c r="G5" t="s">
+        <v>16</v>
+      </c>
+      <c r="H5" t="s">
+        <v>16</v>
+      </c>
+      <c r="I5" t="s">
+        <v>16</v>
+      </c>
+      <c r="J5" t="s">
+        <v>16</v>
+      </c>
+      <c r="K5" t="s">
+        <v>16</v>
+      </c>
+      <c r="L5" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12">
+      <c r="A6" t="s">
         <v>17</v>
       </c>
-      <c r="C5" t="s">
-[...34 lines deleted...]
-      <c r="A6" t="s">
+      <c r="B6" t="s">
         <v>18</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" t="s">
+        <v>18</v>
+      </c>
+      <c r="H6" t="s">
+        <v>18</v>
+      </c>
+      <c r="I6" t="s">
+        <v>18</v>
+      </c>
+      <c r="J6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K6" t="s">
+        <v>18</v>
+      </c>
+      <c r="L6" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12">
+      <c r="A7" t="s">
         <v>19</v>
       </c>
-      <c r="C6" t="s">
-[...34 lines deleted...]
-      <c r="A7" t="s">
+      <c r="B7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D7" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" t="s">
+        <v>14</v>
+      </c>
+      <c r="I7" t="s">
+        <v>14</v>
+      </c>
+      <c r="J7" t="s">
+        <v>14</v>
+      </c>
+      <c r="K7" t="s">
+        <v>14</v>
+      </c>
+      <c r="L7" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12">
+      <c r="A8" t="s">
         <v>20</v>
       </c>
-      <c r="B7" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="B8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>21</v>
+      </c>
+      <c r="H8" t="s">
+        <v>21</v>
+      </c>
+      <c r="I8" t="s">
+        <v>21</v>
+      </c>
+      <c r="J8" t="s">
+        <v>21</v>
+      </c>
+      <c r="K8" t="s">
+        <v>21</v>
+      </c>
+      <c r="L8" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12">
+      <c r="A9" s="3" t="s">
         <v>22</v>
-      </c>
-[...36 lines deleted...]
-        <v>23</v>
       </c>
       <c r="B9" s="3"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
-      <c r="M9" s="3"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:13">
+    </row>
+    <row r="10" spans="1:12">
       <c r="A10" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" t="s">
         <v>14</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D10" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" t="s">
+        <v>14</v>
+      </c>
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
+        <v>14</v>
+      </c>
+      <c r="I10" t="s">
+        <v>14</v>
+      </c>
+      <c r="J10" t="s">
+        <v>14</v>
+      </c>
+      <c r="K10" t="s">
+        <v>14</v>
+      </c>
+      <c r="L10" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12">
+      <c r="A11" t="s">
         <v>15</v>
       </c>
-      <c r="C10" t="s">
-[...34 lines deleted...]
-      <c r="A11" t="s">
+      <c r="B11" t="s">
         <v>16</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E11" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F11" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G11" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H11" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I11" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J11" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K11" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="L11" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-    <row r="12" spans="1:13">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12">
       <c r="A12" t="s">
+        <v>19</v>
+      </c>
+      <c r="B12" t="s">
+        <v>14</v>
+      </c>
+      <c r="C12" t="s">
+        <v>14</v>
+      </c>
+      <c r="D12" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" t="s">
+        <v>14</v>
+      </c>
+      <c r="I12" t="s">
+        <v>14</v>
+      </c>
+      <c r="J12" t="s">
+        <v>14</v>
+      </c>
+      <c r="K12" t="s">
+        <v>14</v>
+      </c>
+      <c r="L12" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12">
+      <c r="A13" t="s">
         <v>20</v>
       </c>
-      <c r="B12" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="B13" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C13" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D13" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E13" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F13" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H13" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I13" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J13" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K13" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L13" t="s">
-        <v>22</v>
-[...5 lines deleted...]
-    <row r="14" spans="1:13">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12">
       <c r="A14" s="4"/>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
-      <c r="M14" s="4"/>
-[...1 lines deleted...]
-    <row r="15" spans="1:13">
+    </row>
+    <row r="15" spans="1:12">
       <c r="A15" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
       <c r="J15" s="2"/>
       <c r="K15" s="2"/>
       <c r="L15" s="2"/>
-      <c r="M15" s="2"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:13">
+    </row>
+    <row r="16" spans="1:12">
       <c r="A16" s="3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
-      <c r="M16" s="3"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:13">
+    </row>
+    <row r="17" spans="1:12">
       <c r="A17" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B17" t="s">
+        <v>24</v>
+      </c>
+      <c r="C17" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" t="s">
+        <v>24</v>
+      </c>
+      <c r="E17" t="s">
+        <v>24</v>
+      </c>
+      <c r="F17" t="s">
+        <v>24</v>
+      </c>
+      <c r="G17" t="s">
+        <v>24</v>
+      </c>
+      <c r="H17" t="s">
+        <v>24</v>
+      </c>
+      <c r="I17" t="s">
+        <v>24</v>
+      </c>
+      <c r="J17" t="s">
+        <v>24</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" t="s">
+        <v>15</v>
+      </c>
+      <c r="B18" t="s">
         <v>25</v>
       </c>
-      <c r="C17" t="s">
+      <c r="C18" t="s">
         <v>25</v>
       </c>
-      <c r="D17" t="s">
+      <c r="D18" t="s">
         <v>25</v>
       </c>
-      <c r="E17" t="s">
+      <c r="E18" t="s">
         <v>25</v>
       </c>
-      <c r="F17" t="s">
+      <c r="F18" t="s">
         <v>25</v>
       </c>
-      <c r="G17" t="s">
+      <c r="G18" t="s">
         <v>25</v>
       </c>
-      <c r="H17" t="s">
+      <c r="H18" t="s">
         <v>25</v>
       </c>
-      <c r="I17" t="s">
+      <c r="I18" t="s">
         <v>25</v>
       </c>
-      <c r="J17" t="s">
+      <c r="J18" t="s">
         <v>25</v>
       </c>
-      <c r="K17" t="s">
+      <c r="K18" t="s">
         <v>25</v>
       </c>
-      <c r="L17" t="s">
+      <c r="L18" t="s">
         <v>25</v>
       </c>
-      <c r="M17" t="s">
-[...7 lines deleted...]
-      <c r="B18" t="s">
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" t="s">
+        <v>17</v>
+      </c>
+      <c r="B19" t="s">
         <v>26</v>
       </c>
-      <c r="C18" t="s">
+      <c r="C19" t="s">
         <v>26</v>
       </c>
-      <c r="D18" t="s">
+      <c r="D19" t="s">
         <v>26</v>
       </c>
-      <c r="E18" t="s">
+      <c r="E19" t="s">
         <v>26</v>
       </c>
-      <c r="F18" t="s">
+      <c r="F19" t="s">
         <v>26</v>
       </c>
-      <c r="G18" t="s">
+      <c r="G19" t="s">
         <v>26</v>
       </c>
-      <c r="H18" t="s">
+      <c r="H19" t="s">
         <v>26</v>
       </c>
-      <c r="I18" t="s">
+      <c r="I19" t="s">
         <v>26</v>
       </c>
-      <c r="J18" t="s">
+      <c r="J19" t="s">
         <v>26</v>
       </c>
-      <c r="K18" t="s">
+      <c r="K19" t="s">
         <v>26</v>
       </c>
-      <c r="L18" t="s">
+      <c r="L19" t="s">
         <v>26</v>
       </c>
-      <c r="M18" t="s">
-[...7 lines deleted...]
-      <c r="B19" t="s">
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" t="s">
+        <v>19</v>
+      </c>
+      <c r="B20" t="s">
+        <v>24</v>
+      </c>
+      <c r="C20" t="s">
+        <v>24</v>
+      </c>
+      <c r="D20" t="s">
+        <v>24</v>
+      </c>
+      <c r="E20" t="s">
+        <v>24</v>
+      </c>
+      <c r="F20" t="s">
+        <v>24</v>
+      </c>
+      <c r="G20" t="s">
+        <v>24</v>
+      </c>
+      <c r="H20" t="s">
+        <v>24</v>
+      </c>
+      <c r="I20" t="s">
+        <v>24</v>
+      </c>
+      <c r="J20" t="s">
+        <v>24</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" t="s">
+        <v>20</v>
+      </c>
+      <c r="B21" t="s">
         <v>27</v>
       </c>
-      <c r="C19" t="s">
+      <c r="C21" t="s">
         <v>27</v>
       </c>
-      <c r="D19" t="s">
+      <c r="D21" t="s">
         <v>27</v>
       </c>
-      <c r="E19" t="s">
+      <c r="E21" t="s">
         <v>27</v>
       </c>
-      <c r="F19" t="s">
+      <c r="F21" t="s">
         <v>27</v>
       </c>
-      <c r="G19" t="s">
+      <c r="G21" t="s">
         <v>27</v>
       </c>
-      <c r="H19" t="s">
+      <c r="H21" t="s">
         <v>27</v>
       </c>
-      <c r="I19" t="s">
+      <c r="I21" t="s">
         <v>27</v>
       </c>
-      <c r="J19" t="s">
+      <c r="J21" t="s">
         <v>27</v>
       </c>
-      <c r="K19" t="s">
+      <c r="K21" t="s">
         <v>27</v>
       </c>
-      <c r="L19" t="s">
+      <c r="L21" t="s">
         <v>27</v>
       </c>
-      <c r="M19" t="s">
-[...85 lines deleted...]
-    <row r="22" spans="1:13">
+    </row>
+    <row r="22" spans="1:12">
       <c r="A22" s="3" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
-      <c r="M22" s="3"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:13">
+    </row>
+    <row r="23" spans="1:12">
       <c r="A23" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B23" t="s">
+        <v>24</v>
+      </c>
+      <c r="C23" t="s">
+        <v>24</v>
+      </c>
+      <c r="D23" t="s">
+        <v>24</v>
+      </c>
+      <c r="E23" t="s">
+        <v>24</v>
+      </c>
+      <c r="F23" t="s">
+        <v>24</v>
+      </c>
+      <c r="G23" t="s">
+        <v>24</v>
+      </c>
+      <c r="H23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I23" t="s">
+        <v>24</v>
+      </c>
+      <c r="J23" t="s">
+        <v>24</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" t="s">
+        <v>15</v>
+      </c>
+      <c r="B24" t="s">
         <v>25</v>
       </c>
-      <c r="C23" t="s">
+      <c r="C24" t="s">
         <v>25</v>
       </c>
-      <c r="D23" t="s">
+      <c r="D24" t="s">
         <v>25</v>
       </c>
-      <c r="E23" t="s">
+      <c r="E24" t="s">
         <v>25</v>
       </c>
-      <c r="F23" t="s">
+      <c r="F24" t="s">
         <v>25</v>
       </c>
-      <c r="G23" t="s">
+      <c r="G24" t="s">
         <v>25</v>
       </c>
-      <c r="H23" t="s">
+      <c r="H24" t="s">
         <v>25</v>
       </c>
-      <c r="I23" t="s">
+      <c r="I24" t="s">
         <v>25</v>
       </c>
-      <c r="J23" t="s">
+      <c r="J24" t="s">
         <v>25</v>
       </c>
-      <c r="K23" t="s">
+      <c r="K24" t="s">
         <v>25</v>
       </c>
-      <c r="L23" t="s">
+      <c r="L24" t="s">
         <v>25</v>
       </c>
-      <c r="M23" t="s">
-[...44 lines deleted...]
-    <row r="25" spans="1:13">
+    </row>
+    <row r="25" spans="1:12">
       <c r="A25" t="s">
+        <v>19</v>
+      </c>
+      <c r="B25" t="s">
+        <v>24</v>
+      </c>
+      <c r="C25" t="s">
+        <v>24</v>
+      </c>
+      <c r="D25" t="s">
+        <v>24</v>
+      </c>
+      <c r="E25" t="s">
+        <v>24</v>
+      </c>
+      <c r="F25" t="s">
+        <v>24</v>
+      </c>
+      <c r="G25" t="s">
+        <v>24</v>
+      </c>
+      <c r="H25" t="s">
+        <v>24</v>
+      </c>
+      <c r="I25" t="s">
+        <v>24</v>
+      </c>
+      <c r="J25" t="s">
+        <v>24</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" t="s">
         <v>20</v>
       </c>
-      <c r="B25" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="B26" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="C26" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="E26" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F26" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="G26" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="H26" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="I26" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="J26" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="K26" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="L26" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-    <row r="27" spans="1:13">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
       <c r="A27" s="4"/>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
       <c r="E27" s="4"/>
       <c r="F27" s="4"/>
       <c r="G27" s="4"/>
       <c r="H27" s="4"/>
       <c r="I27" s="4"/>
       <c r="J27" s="4"/>
       <c r="K27" s="4"/>
       <c r="L27" s="4"/>
-      <c r="M27" s="4"/>
-[...1 lines deleted...]
-    <row r="28" spans="1:13">
+    </row>
+    <row r="28" spans="1:12">
       <c r="A28" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
       <c r="J28" s="2"/>
       <c r="K28" s="2"/>
       <c r="L28" s="2"/>
-      <c r="M28" s="2"/>
-[...1 lines deleted...]
-    <row r="29" spans="1:13">
+    </row>
+    <row r="29" spans="1:12">
       <c r="A29" s="3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B29" s="3"/>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
-      <c r="M29" s="3"/>
-[...1 lines deleted...]
-    <row r="30" spans="1:13">
+    </row>
+    <row r="30" spans="1:12">
       <c r="A30" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B30" t="s">
         <v>29</v>
       </c>
       <c r="C30" t="s">
         <v>29</v>
       </c>
       <c r="D30" t="s">
         <v>29</v>
       </c>
       <c r="E30" t="s">
         <v>29</v>
       </c>
       <c r="F30" t="s">
         <v>29</v>
       </c>
       <c r="G30" t="s">
         <v>29</v>
       </c>
       <c r="H30" t="s">
         <v>29</v>
       </c>
       <c r="I30" t="s">
         <v>29</v>
       </c>
       <c r="J30" t="s">
         <v>29</v>
       </c>
       <c r="K30" t="s">
         <v>29</v>
       </c>
       <c r="L30" t="s">
         <v>29</v>
       </c>
-      <c r="M30" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:13">
+    </row>
+    <row r="31" spans="1:12">
       <c r="A31" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B31" t="s">
         <v>30</v>
       </c>
       <c r="C31" t="s">
         <v>30</v>
       </c>
       <c r="D31" t="s">
         <v>30</v>
       </c>
       <c r="E31" t="s">
         <v>30</v>
       </c>
       <c r="F31" t="s">
         <v>30</v>
       </c>
       <c r="G31" t="s">
         <v>30</v>
       </c>
       <c r="H31" t="s">
         <v>30</v>
       </c>
       <c r="I31" t="s">
         <v>30</v>
       </c>
       <c r="J31" t="s">
         <v>30</v>
       </c>
       <c r="K31" t="s">
         <v>30</v>
       </c>
       <c r="L31" t="s">
         <v>30</v>
       </c>
-      <c r="M31" t="s">
-[...3 lines deleted...]
-    <row r="32" spans="1:13">
+    </row>
+    <row r="32" spans="1:12">
       <c r="A32" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B32" t="s">
         <v>31</v>
       </c>
       <c r="C32" t="s">
         <v>31</v>
       </c>
       <c r="D32" t="s">
         <v>31</v>
       </c>
       <c r="E32" t="s">
         <v>31</v>
       </c>
       <c r="F32" t="s">
         <v>31</v>
       </c>
       <c r="G32" t="s">
         <v>31</v>
       </c>
       <c r="H32" t="s">
         <v>31</v>
       </c>
       <c r="I32" t="s">
         <v>31</v>
       </c>
       <c r="J32" t="s">
         <v>31</v>
       </c>
       <c r="K32" t="s">
         <v>31</v>
       </c>
       <c r="L32" t="s">
         <v>31</v>
       </c>
-      <c r="M32" t="s">
-[...3 lines deleted...]
-    <row r="33" spans="1:13">
+    </row>
+    <row r="33" spans="1:12">
       <c r="A33" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B33" t="s">
         <v>29</v>
       </c>
       <c r="C33" t="s">
         <v>29</v>
       </c>
       <c r="D33" t="s">
         <v>29</v>
       </c>
       <c r="E33" t="s">
         <v>29</v>
       </c>
       <c r="F33" t="s">
         <v>29</v>
       </c>
       <c r="G33" t="s">
         <v>29</v>
       </c>
       <c r="H33" t="s">
         <v>29</v>
       </c>
       <c r="I33" t="s">
         <v>29</v>
       </c>
       <c r="J33" t="s">
         <v>29</v>
       </c>
       <c r="K33" t="s">
         <v>29</v>
       </c>
       <c r="L33" t="s">
         <v>29</v>
       </c>
-      <c r="M33" t="s">
-[...3 lines deleted...]
-    <row r="34" spans="1:13">
+    </row>
+    <row r="34" spans="1:12">
       <c r="A34" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B34" t="s">
         <v>32</v>
       </c>
       <c r="C34" t="s">
         <v>32</v>
       </c>
       <c r="D34" t="s">
         <v>32</v>
       </c>
       <c r="E34" t="s">
         <v>32</v>
       </c>
       <c r="F34" t="s">
         <v>32</v>
       </c>
       <c r="G34" t="s">
         <v>32</v>
       </c>
       <c r="H34" t="s">
         <v>32</v>
       </c>
       <c r="I34" t="s">
         <v>32</v>
       </c>
       <c r="J34" t="s">
         <v>32</v>
       </c>
       <c r="K34" t="s">
         <v>32</v>
       </c>
       <c r="L34" t="s">
         <v>32</v>
       </c>
-      <c r="M34" t="s">
-[...3 lines deleted...]
-    <row r="35" spans="1:13">
+    </row>
+    <row r="35" spans="1:12">
       <c r="A35" s="3" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
       <c r="L35" s="3"/>
-      <c r="M35" s="3"/>
-[...1 lines deleted...]
-    <row r="36" spans="1:13">
+    </row>
+    <row r="36" spans="1:12">
       <c r="A36" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B36" t="s">
         <v>29</v>
       </c>
       <c r="C36" t="s">
         <v>29</v>
       </c>
       <c r="D36" t="s">
         <v>29</v>
       </c>
       <c r="E36" t="s">
         <v>29</v>
       </c>
       <c r="F36" t="s">
         <v>29</v>
       </c>
       <c r="G36" t="s">
         <v>29</v>
       </c>
       <c r="H36" t="s">
         <v>29</v>
       </c>
       <c r="I36" t="s">
         <v>29</v>
       </c>
       <c r="J36" t="s">
         <v>29</v>
       </c>
       <c r="K36" t="s">
         <v>29</v>
       </c>
       <c r="L36" t="s">
         <v>29</v>
       </c>
-      <c r="M36" t="s">
-[...3 lines deleted...]
-    <row r="37" spans="1:13">
+    </row>
+    <row r="37" spans="1:12">
       <c r="A37" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B37" t="s">
         <v>30</v>
       </c>
       <c r="C37" t="s">
         <v>30</v>
       </c>
       <c r="D37" t="s">
         <v>30</v>
       </c>
       <c r="E37" t="s">
         <v>30</v>
       </c>
       <c r="F37" t="s">
         <v>30</v>
       </c>
       <c r="G37" t="s">
         <v>30</v>
       </c>
       <c r="H37" t="s">
         <v>30</v>
       </c>
       <c r="I37" t="s">
         <v>30</v>
       </c>
       <c r="J37" t="s">
         <v>30</v>
       </c>
       <c r="K37" t="s">
         <v>30</v>
       </c>
       <c r="L37" t="s">
         <v>30</v>
       </c>
-      <c r="M37" t="s">
-[...3 lines deleted...]
-    <row r="38" spans="1:13">
+    </row>
+    <row r="38" spans="1:12">
       <c r="A38" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B38" t="s">
         <v>29</v>
       </c>
       <c r="C38" t="s">
         <v>29</v>
       </c>
       <c r="D38" t="s">
         <v>29</v>
       </c>
       <c r="E38" t="s">
         <v>29</v>
       </c>
       <c r="F38" t="s">
         <v>29</v>
       </c>
       <c r="G38" t="s">
         <v>29</v>
       </c>
       <c r="H38" t="s">
         <v>29</v>
       </c>
       <c r="I38" t="s">
         <v>29</v>
       </c>
       <c r="J38" t="s">
         <v>29</v>
       </c>
       <c r="K38" t="s">
         <v>29</v>
       </c>
       <c r="L38" t="s">
         <v>29</v>
       </c>
-      <c r="M38" t="s">
-[...3 lines deleted...]
-    <row r="39" spans="1:13">
+    </row>
+    <row r="39" spans="1:12">
       <c r="A39" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B39" t="s">
         <v>32</v>
       </c>
       <c r="C39" t="s">
         <v>32</v>
       </c>
       <c r="D39" t="s">
         <v>32</v>
       </c>
       <c r="E39" t="s">
         <v>32</v>
       </c>
       <c r="F39" t="s">
         <v>32</v>
       </c>
       <c r="G39" t="s">
         <v>32</v>
       </c>
       <c r="H39" t="s">
         <v>32</v>
       </c>
       <c r="I39" t="s">
         <v>32</v>
       </c>
       <c r="J39" t="s">
         <v>32</v>
       </c>
       <c r="K39" t="s">
         <v>32</v>
       </c>
       <c r="L39" t="s">
         <v>32</v>
       </c>
-      <c r="M39" t="s">
-[...3 lines deleted...]
-    <row r="40" spans="1:13">
+    </row>
+    <row r="40" spans="1:12">
       <c r="A40" s="4"/>
       <c r="B40" s="4"/>
       <c r="C40" s="4"/>
       <c r="D40" s="4"/>
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="4"/>
       <c r="H40" s="4"/>
       <c r="I40" s="4"/>
       <c r="J40" s="4"/>
       <c r="K40" s="4"/>
       <c r="L40" s="4"/>
-      <c r="M40" s="4"/>
-[...1 lines deleted...]
-    <row r="41" spans="1:13">
+    </row>
+    <row r="41" spans="1:12">
       <c r="A41" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
       <c r="J41" s="2"/>
       <c r="K41" s="2"/>
       <c r="L41" s="2"/>
-      <c r="M41" s="2"/>
-[...1 lines deleted...]
-    <row r="42" spans="1:13">
+    </row>
+    <row r="42" spans="1:12">
       <c r="A42" s="3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B42" s="3"/>
       <c r="C42" s="3"/>
       <c r="D42" s="3"/>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="J42" s="3"/>
       <c r="K42" s="3"/>
       <c r="L42" s="3"/>
-      <c r="M42" s="3"/>
-[...1 lines deleted...]
-    <row r="43" spans="1:13">
+    </row>
+    <row r="43" spans="1:12">
       <c r="A43" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B43" t="s">
         <v>34</v>
       </c>
       <c r="C43" t="s">
         <v>34</v>
       </c>
       <c r="D43" t="s">
         <v>34</v>
       </c>
       <c r="E43" t="s">
         <v>34</v>
       </c>
       <c r="F43" t="s">
         <v>34</v>
       </c>
       <c r="G43" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H43" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I43" t="s">
         <v>34</v>
       </c>
       <c r="J43" t="s">
         <v>34</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43" t="s">
         <v>34</v>
       </c>
-      <c r="M43" t="s">
-[...3 lines deleted...]
-    <row r="44" spans="1:13">
+    </row>
+    <row r="44" spans="1:12">
       <c r="A44" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B44" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C44" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D44" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E44" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F44" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G44" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H44" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="I44" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="J44" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K44" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L44" t="s">
-        <v>35</v>
-[...5 lines deleted...]
-    <row r="45" spans="1:13">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12">
       <c r="A45" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B45" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C45" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D45" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E45" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F45" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G45" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="H45" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I45" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="J45" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="K45" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="L45" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-    <row r="46" spans="1:13">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12">
       <c r="A46" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B46" t="s">
         <v>34</v>
       </c>
       <c r="C46" t="s">
         <v>34</v>
       </c>
       <c r="D46" t="s">
         <v>34</v>
       </c>
       <c r="E46" t="s">
         <v>34</v>
       </c>
       <c r="F46" t="s">
         <v>34</v>
       </c>
       <c r="G46" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H46" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I46" t="s">
         <v>34</v>
       </c>
       <c r="J46" t="s">
         <v>34</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46" t="s">
         <v>34</v>
       </c>
-      <c r="M46" t="s">
-[...3 lines deleted...]
-    <row r="47" spans="1:13">
+    </row>
+    <row r="47" spans="1:12">
       <c r="A47" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B47" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C47" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D47" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E47" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F47" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G47" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H47" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="I47" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="J47" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K47" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L47" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-    <row r="48" spans="1:13">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12">
       <c r="A48" s="3" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B48" s="3"/>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
-      <c r="M48" s="3"/>
-[...1 lines deleted...]
-    <row r="49" spans="1:13">
+    </row>
+    <row r="49" spans="1:12">
       <c r="A49" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B49" t="s">
         <v>34</v>
       </c>
       <c r="C49" t="s">
         <v>34</v>
       </c>
       <c r="D49" t="s">
         <v>34</v>
       </c>
       <c r="E49" t="s">
         <v>34</v>
       </c>
       <c r="F49" t="s">
         <v>34</v>
       </c>
       <c r="G49" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H49" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I49" t="s">
         <v>34</v>
       </c>
       <c r="J49" t="s">
         <v>34</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49" t="s">
         <v>34</v>
       </c>
-      <c r="M49" t="s">
-[...3 lines deleted...]
-    <row r="50" spans="1:13">
+    </row>
+    <row r="50" spans="1:12">
       <c r="A50" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B50" t="s">
         <v>34</v>
       </c>
       <c r="C50" t="s">
         <v>34</v>
       </c>
       <c r="D50" t="s">
         <v>34</v>
       </c>
       <c r="E50" t="s">
         <v>34</v>
       </c>
       <c r="F50" t="s">
         <v>34</v>
       </c>
       <c r="G50" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H50" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I50" t="s">
         <v>34</v>
       </c>
       <c r="J50" t="s">
         <v>34</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50" t="s">
         <v>34</v>
       </c>
-      <c r="M50" t="s">
-[...3 lines deleted...]
-    <row r="51" spans="1:13">
+    </row>
+    <row r="51" spans="1:12">
       <c r="A51" s="4"/>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
       <c r="E51" s="4"/>
       <c r="F51" s="4"/>
       <c r="G51" s="4"/>
       <c r="H51" s="4"/>
       <c r="I51" s="4"/>
       <c r="J51" s="4"/>
       <c r="K51" s="4"/>
       <c r="L51" s="4"/>
-      <c r="M51" s="4"/>
-[...1 lines deleted...]
-    <row r="52" spans="1:13">
+    </row>
+    <row r="52" spans="1:12">
       <c r="A52" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="2"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
       <c r="I52" s="2"/>
       <c r="J52" s="2"/>
       <c r="K52" s="2"/>
       <c r="L52" s="2"/>
-      <c r="M52" s="2"/>
-[...1 lines deleted...]
-    <row r="53" spans="1:13">
+    </row>
+    <row r="53" spans="1:12">
       <c r="A53" s="3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B53" s="3"/>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
-      <c r="M53" s="3"/>
-[...1 lines deleted...]
-    <row r="54" spans="1:13">
+    </row>
+    <row r="54" spans="1:12">
       <c r="A54" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B54" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C54" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D54" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E54" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F54" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G54" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="H54" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="I54" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="J54" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="K54" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="L54" t="s">
-        <v>39</v>
-[...5 lines deleted...]
-    <row r="55" spans="1:13">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12">
       <c r="A55" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B55" t="s">
         <v>30</v>
       </c>
       <c r="C55" t="s">
         <v>30</v>
       </c>
       <c r="D55" t="s">
         <v>30</v>
       </c>
       <c r="E55" t="s">
         <v>30</v>
       </c>
       <c r="F55" t="s">
         <v>30</v>
       </c>
       <c r="G55" t="s">
         <v>30</v>
       </c>
       <c r="H55" t="s">
         <v>30</v>
       </c>
       <c r="I55" t="s">
         <v>30</v>
       </c>
       <c r="J55" t="s">
         <v>30</v>
       </c>
       <c r="K55" t="s">
         <v>30</v>
       </c>
       <c r="L55" t="s">
         <v>30</v>
       </c>
-      <c r="M55" t="s">
-[...3 lines deleted...]
-    <row r="56" spans="1:13">
+    </row>
+    <row r="56" spans="1:12">
       <c r="A56" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B56" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C56" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D56" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E56" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F56" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="G56" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="H56" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I56" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="J56" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="K56" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="L56" t="s">
-        <v>40</v>
-[...5 lines deleted...]
-    <row r="57" spans="1:13">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12">
       <c r="A57" t="s">
+        <v>19</v>
+      </c>
+      <c r="B57" t="s">
+        <v>41</v>
+      </c>
+      <c r="C57" t="s">
+        <v>41</v>
+      </c>
+      <c r="D57" t="s">
+        <v>41</v>
+      </c>
+      <c r="E57" t="s">
+        <v>41</v>
+      </c>
+      <c r="F57" t="s">
+        <v>41</v>
+      </c>
+      <c r="G57" t="s">
+        <v>41</v>
+      </c>
+      <c r="H57" t="s">
+        <v>41</v>
+      </c>
+      <c r="I57" t="s">
+        <v>41</v>
+      </c>
+      <c r="J57" t="s">
+        <v>41</v>
+      </c>
+      <c r="K57" t="s">
+        <v>41</v>
+      </c>
+      <c r="L57" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12">
+      <c r="A58" t="s">
         <v>20</v>
-      </c>
-[...39 lines deleted...]
-        <v>21</v>
       </c>
       <c r="B58" t="s">
         <v>32</v>
       </c>
       <c r="C58" t="s">
         <v>32</v>
       </c>
       <c r="D58" t="s">
         <v>32</v>
       </c>
       <c r="E58" t="s">
         <v>32</v>
       </c>
       <c r="F58" t="s">
         <v>32</v>
       </c>
       <c r="G58" t="s">
         <v>32</v>
       </c>
       <c r="H58" t="s">
         <v>32</v>
       </c>
       <c r="I58" t="s">
         <v>32</v>
       </c>
       <c r="J58" t="s">
         <v>32</v>
       </c>
       <c r="K58" t="s">
         <v>32</v>
       </c>
       <c r="L58" t="s">
         <v>32</v>
       </c>
-      <c r="M58" t="s">
-[...3 lines deleted...]
-    <row r="59" spans="1:13">
+    </row>
+    <row r="59" spans="1:12">
       <c r="A59" s="3" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B59" s="3"/>
       <c r="C59" s="3"/>
       <c r="D59" s="3"/>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
       <c r="J59" s="3"/>
       <c r="K59" s="3"/>
       <c r="L59" s="3"/>
-      <c r="M59" s="3"/>
-[...1 lines deleted...]
-    <row r="60" spans="1:13">
+    </row>
+    <row r="60" spans="1:12">
       <c r="A60" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B60" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C60" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D60" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E60" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F60" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G60" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="H60" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="I60" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="J60" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="K60" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="L60" t="s">
-        <v>39</v>
-[...5 lines deleted...]
-    <row r="61" spans="1:13">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12">
       <c r="A61" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B61" t="s">
         <v>30</v>
       </c>
       <c r="C61" t="s">
         <v>30</v>
       </c>
       <c r="D61" t="s">
         <v>30</v>
       </c>
       <c r="E61" t="s">
         <v>30</v>
       </c>
       <c r="F61" t="s">
         <v>30</v>
       </c>
       <c r="G61" t="s">
         <v>30</v>
       </c>
       <c r="H61" t="s">
         <v>30</v>
       </c>
       <c r="I61" t="s">
         <v>30</v>
       </c>
       <c r="J61" t="s">
         <v>30</v>
       </c>
       <c r="K61" t="s">
         <v>30</v>
       </c>
       <c r="L61" t="s">
         <v>30</v>
       </c>
-      <c r="M61" t="s">
-[...3 lines deleted...]
-    <row r="62" spans="1:13">
+    </row>
+    <row r="62" spans="1:12">
       <c r="A62" t="s">
+        <v>19</v>
+      </c>
+      <c r="B62" t="s">
+        <v>41</v>
+      </c>
+      <c r="C62" t="s">
+        <v>41</v>
+      </c>
+      <c r="D62" t="s">
+        <v>41</v>
+      </c>
+      <c r="E62" t="s">
+        <v>41</v>
+      </c>
+      <c r="F62" t="s">
+        <v>41</v>
+      </c>
+      <c r="G62" t="s">
+        <v>41</v>
+      </c>
+      <c r="H62" t="s">
+        <v>41</v>
+      </c>
+      <c r="I62" t="s">
+        <v>41</v>
+      </c>
+      <c r="J62" t="s">
+        <v>41</v>
+      </c>
+      <c r="K62" t="s">
+        <v>41</v>
+      </c>
+      <c r="L62" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12">
+      <c r="A63" t="s">
         <v>20</v>
-      </c>
-[...39 lines deleted...]
-        <v>21</v>
       </c>
       <c r="B63" t="s">
         <v>32</v>
       </c>
       <c r="C63" t="s">
         <v>32</v>
       </c>
       <c r="D63" t="s">
         <v>32</v>
       </c>
       <c r="E63" t="s">
         <v>32</v>
       </c>
       <c r="F63" t="s">
         <v>32</v>
       </c>
       <c r="G63" t="s">
         <v>32</v>
       </c>
       <c r="H63" t="s">
         <v>32</v>
       </c>
       <c r="I63" t="s">
         <v>32</v>
       </c>
       <c r="J63" t="s">
         <v>32</v>
       </c>
       <c r="K63" t="s">
         <v>32</v>
       </c>
       <c r="L63" t="s">
         <v>32</v>
       </c>
-      <c r="M63" t="s">
-[...3 lines deleted...]
-    <row r="64" spans="1:13">
+    </row>
+    <row r="64" spans="1:12">
       <c r="A64" s="4"/>
       <c r="B64" s="4"/>
       <c r="C64" s="4"/>
       <c r="D64" s="4"/>
       <c r="E64" s="4"/>
       <c r="F64" s="4"/>
       <c r="G64" s="4"/>
       <c r="H64" s="4"/>
       <c r="I64" s="4"/>
       <c r="J64" s="4"/>
       <c r="K64" s="4"/>
       <c r="L64" s="4"/>
-      <c r="M64" s="4"/>
-[...1 lines deleted...]
-    <row r="65" spans="1:13">
+    </row>
+    <row r="65" spans="1:12">
       <c r="A65" s="2" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
       <c r="D65" s="2"/>
       <c r="E65" s="2"/>
       <c r="F65" s="2"/>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
       <c r="I65" s="2"/>
       <c r="J65" s="2"/>
       <c r="K65" s="2"/>
       <c r="L65" s="2"/>
-      <c r="M65" s="2"/>
-[...1 lines deleted...]
-    <row r="66" spans="1:13">
+    </row>
+    <row r="66" spans="1:12">
       <c r="A66" s="3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B66" s="3"/>
       <c r="C66" s="3"/>
       <c r="D66" s="3"/>
       <c r="E66" s="3"/>
       <c r="F66" s="3"/>
       <c r="G66" s="3"/>
       <c r="H66" s="3"/>
       <c r="I66" s="3"/>
       <c r="J66" s="3"/>
       <c r="K66" s="3"/>
       <c r="L66" s="3"/>
-      <c r="M66" s="3"/>
-[...1 lines deleted...]
-    <row r="67" spans="1:13">
+    </row>
+    <row r="67" spans="1:12">
       <c r="A67" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B67" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C67" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D67" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E67" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F67" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G67" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="H67" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="I67" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="J67" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="K67" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="L67" t="s">
-        <v>42</v>
-[...5 lines deleted...]
-    <row r="68" spans="1:13">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12">
       <c r="A68" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B68" t="s">
+        <v>46</v>
+      </c>
+      <c r="C68" t="s">
+        <v>46</v>
+      </c>
+      <c r="D68" t="s">
+        <v>46</v>
+      </c>
+      <c r="E68" t="s">
+        <v>46</v>
+      </c>
+      <c r="F68" t="s">
+        <v>46</v>
+      </c>
+      <c r="G68" t="s">
+        <v>46</v>
+      </c>
+      <c r="H68" t="s">
+        <v>46</v>
+      </c>
+      <c r="I68" t="s">
+        <v>46</v>
+      </c>
+      <c r="J68" t="s">
+        <v>46</v>
+      </c>
+      <c r="K68" t="s">
+        <v>46</v>
+      </c>
+      <c r="L68" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12">
+      <c r="A69" t="s">
         <v>17</v>
       </c>
-      <c r="C68" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="B69" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="C69" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D69" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="E69" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F69" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="G69" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="H69" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="I69" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="J69" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-    <row r="70" spans="1:13">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12">
       <c r="A70" t="s">
+        <v>19</v>
+      </c>
+      <c r="B70" t="s">
+        <v>44</v>
+      </c>
+      <c r="C70" t="s">
+        <v>45</v>
+      </c>
+      <c r="D70" t="s">
+        <v>45</v>
+      </c>
+      <c r="E70" t="s">
+        <v>45</v>
+      </c>
+      <c r="F70" t="s">
+        <v>45</v>
+      </c>
+      <c r="G70" t="s">
+        <v>45</v>
+      </c>
+      <c r="H70" t="s">
+        <v>45</v>
+      </c>
+      <c r="I70" t="s">
+        <v>45</v>
+      </c>
+      <c r="J70" t="s">
+        <v>45</v>
+      </c>
+      <c r="K70" t="s">
+        <v>45</v>
+      </c>
+      <c r="L70" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12">
+      <c r="A71" t="s">
         <v>20</v>
       </c>
-      <c r="B70" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="B71" t="s">
+        <v>48</v>
+      </c>
+      <c r="C71" t="s">
+        <v>48</v>
+      </c>
+      <c r="D71" t="s">
+        <v>48</v>
+      </c>
+      <c r="E71" t="s">
+        <v>48</v>
+      </c>
+      <c r="F71" t="s">
+        <v>48</v>
+      </c>
+      <c r="G71" t="s">
+        <v>48</v>
+      </c>
+      <c r="H71" t="s">
+        <v>48</v>
+      </c>
+      <c r="I71" t="s">
+        <v>48</v>
+      </c>
+      <c r="J71" t="s">
+        <v>48</v>
+      </c>
+      <c r="K71" t="s">
+        <v>48</v>
+      </c>
+      <c r="L71" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12">
+      <c r="A72" s="3" t="s">
         <v>22</v>
-      </c>
-[...36 lines deleted...]
-        <v>23</v>
       </c>
       <c r="B72" s="3"/>
       <c r="C72" s="3"/>
       <c r="D72" s="3"/>
       <c r="E72" s="3"/>
       <c r="F72" s="3"/>
       <c r="G72" s="3"/>
       <c r="H72" s="3"/>
       <c r="I72" s="3"/>
       <c r="J72" s="3"/>
       <c r="K72" s="3"/>
       <c r="L72" s="3"/>
-      <c r="M72" s="3"/>
-[...1 lines deleted...]
-    <row r="73" spans="1:13">
+    </row>
+    <row r="73" spans="1:12">
       <c r="A73" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B73" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C73" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D73" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E73" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F73" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G73" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="H73" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="I73" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="J73" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="K73" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="L73" t="s">
-        <v>42</v>
-[...5 lines deleted...]
-    <row r="74" spans="1:13">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12">
       <c r="A74" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B74" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="C74" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="D74" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="E74" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="F74" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="G74" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="H74" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="I74" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="J74" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="K74" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="L74" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-    <row r="75" spans="1:13">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12">
       <c r="A75" t="s">
+        <v>19</v>
+      </c>
+      <c r="B75" t="s">
+        <v>44</v>
+      </c>
+      <c r="C75" t="s">
+        <v>45</v>
+      </c>
+      <c r="D75" t="s">
+        <v>45</v>
+      </c>
+      <c r="E75" t="s">
+        <v>45</v>
+      </c>
+      <c r="F75" t="s">
+        <v>45</v>
+      </c>
+      <c r="G75" t="s">
+        <v>45</v>
+      </c>
+      <c r="H75" t="s">
+        <v>45</v>
+      </c>
+      <c r="I75" t="s">
+        <v>45</v>
+      </c>
+      <c r="J75" t="s">
+        <v>45</v>
+      </c>
+      <c r="K75" t="s">
+        <v>45</v>
+      </c>
+      <c r="L75" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12">
+      <c r="A76" t="s">
         <v>20</v>
       </c>
-      <c r="B75" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="B76" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="C76" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="D76" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="E76" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="F76" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="G76" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="H76" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="I76" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="J76" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="K76" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="L76" t="s">
-        <v>22</v>
-[...5 lines deleted...]
-    <row r="77" spans="1:13">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12">
       <c r="A77" s="4"/>
       <c r="B77" s="4"/>
       <c r="C77" s="4"/>
       <c r="D77" s="4"/>
       <c r="E77" s="4"/>
       <c r="F77" s="4"/>
       <c r="G77" s="4"/>
       <c r="H77" s="4"/>
       <c r="I77" s="4"/>
       <c r="J77" s="4"/>
       <c r="K77" s="4"/>
       <c r="L77" s="4"/>
-      <c r="M77" s="4"/>
-[...1 lines deleted...]
-    <row r="78" spans="1:13">
+    </row>
+    <row r="78" spans="1:12">
       <c r="A78" s="2" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
       <c r="D78" s="2"/>
       <c r="E78" s="2"/>
       <c r="F78" s="2"/>
       <c r="G78" s="2"/>
       <c r="H78" s="2"/>
       <c r="I78" s="2"/>
       <c r="J78" s="2"/>
       <c r="K78" s="2"/>
       <c r="L78" s="2"/>
-      <c r="M78" s="2"/>
-[...1 lines deleted...]
-    <row r="79" spans="1:13">
+    </row>
+    <row r="79" spans="1:12">
       <c r="A79" s="3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B79" s="3"/>
       <c r="C79" s="3"/>
       <c r="D79" s="3"/>
       <c r="E79" s="3"/>
       <c r="F79" s="3"/>
       <c r="G79" s="3"/>
       <c r="H79" s="3"/>
       <c r="I79" s="3"/>
       <c r="J79" s="3"/>
       <c r="K79" s="3"/>
       <c r="L79" s="3"/>
-      <c r="M79" s="3"/>
-[...1 lines deleted...]
-    <row r="80" spans="1:13">
+    </row>
+    <row r="80" spans="1:12">
       <c r="A80" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B80" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="C80" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="D80" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="E80" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="F80" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G80" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="H80" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="I80" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="J80" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="K80" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="L80" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-    <row r="81" spans="1:13">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12">
       <c r="A81" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B81" t="s">
+        <v>51</v>
+      </c>
+      <c r="C81" t="s">
+        <v>51</v>
+      </c>
+      <c r="D81" t="s">
+        <v>51</v>
+      </c>
+      <c r="E81" t="s">
+        <v>51</v>
+      </c>
+      <c r="F81" t="s">
+        <v>51</v>
+      </c>
+      <c r="G81" t="s">
+        <v>51</v>
+      </c>
+      <c r="H81" t="s">
+        <v>51</v>
+      </c>
+      <c r="I81" t="s">
+        <v>51</v>
+      </c>
+      <c r="J81" t="s">
+        <v>51</v>
+      </c>
+      <c r="K81" t="s">
+        <v>51</v>
+      </c>
+      <c r="L81" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12">
+      <c r="A82" t="s">
         <v>17</v>
       </c>
-      <c r="C81" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="B82" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="C82" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D82" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E82" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F82" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="G82" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="H82" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="I82" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="J82" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="K82" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="L82" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-    <row r="83" spans="1:13">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12">
       <c r="A83" t="s">
+        <v>19</v>
+      </c>
+      <c r="B83" t="s">
+        <v>50</v>
+      </c>
+      <c r="C83" t="s">
+        <v>50</v>
+      </c>
+      <c r="D83" t="s">
+        <v>50</v>
+      </c>
+      <c r="E83" t="s">
+        <v>50</v>
+      </c>
+      <c r="F83" t="s">
+        <v>50</v>
+      </c>
+      <c r="G83" t="s">
+        <v>50</v>
+      </c>
+      <c r="H83" t="s">
+        <v>50</v>
+      </c>
+      <c r="I83" t="s">
+        <v>50</v>
+      </c>
+      <c r="J83" t="s">
+        <v>50</v>
+      </c>
+      <c r="K83" t="s">
+        <v>50</v>
+      </c>
+      <c r="L83" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12">
+      <c r="A84" t="s">
         <v>20</v>
       </c>
-      <c r="B83" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="B84" t="s">
+        <v>52</v>
+      </c>
+      <c r="C84" t="s">
+        <v>52</v>
+      </c>
+      <c r="D84" t="s">
+        <v>52</v>
+      </c>
+      <c r="E84" t="s">
+        <v>52</v>
+      </c>
+      <c r="F84" t="s">
+        <v>52</v>
+      </c>
+      <c r="G84" t="s">
+        <v>52</v>
+      </c>
+      <c r="H84" t="s">
+        <v>52</v>
+      </c>
+      <c r="I84" t="s">
+        <v>52</v>
+      </c>
+      <c r="J84" t="s">
+        <v>52</v>
+      </c>
+      <c r="K84" t="s">
+        <v>52</v>
+      </c>
+      <c r="L84" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12">
+      <c r="A85" s="3" t="s">
         <v>22</v>
-      </c>
-[...36 lines deleted...]
-        <v>23</v>
       </c>
       <c r="B85" s="3"/>
       <c r="C85" s="3"/>
       <c r="D85" s="3"/>
       <c r="E85" s="3"/>
       <c r="F85" s="3"/>
       <c r="G85" s="3"/>
       <c r="H85" s="3"/>
       <c r="I85" s="3"/>
       <c r="J85" s="3"/>
       <c r="K85" s="3"/>
       <c r="L85" s="3"/>
-      <c r="M85" s="3"/>
-[...1 lines deleted...]
-    <row r="86" spans="1:13">
+    </row>
+    <row r="86" spans="1:12">
       <c r="A86" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B86" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="C86" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="D86" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="E86" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="F86" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G86" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="H86" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="I86" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="J86" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="K86" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="L86" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-    <row r="87" spans="1:13">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12">
       <c r="A87" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B87" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="C87" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="D87" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="E87" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="F87" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="G87" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="H87" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="I87" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="J87" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="K87" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="L87" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-    <row r="88" spans="1:13">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12">
       <c r="A88" t="s">
+        <v>19</v>
+      </c>
+      <c r="B88" t="s">
+        <v>50</v>
+      </c>
+      <c r="C88" t="s">
+        <v>50</v>
+      </c>
+      <c r="D88" t="s">
+        <v>50</v>
+      </c>
+      <c r="E88" t="s">
+        <v>50</v>
+      </c>
+      <c r="F88" t="s">
+        <v>50</v>
+      </c>
+      <c r="G88" t="s">
+        <v>50</v>
+      </c>
+      <c r="H88" t="s">
+        <v>50</v>
+      </c>
+      <c r="I88" t="s">
+        <v>50</v>
+      </c>
+      <c r="J88" t="s">
+        <v>50</v>
+      </c>
+      <c r="K88" t="s">
+        <v>50</v>
+      </c>
+      <c r="L88" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="89" spans="1:12">
+      <c r="A89" t="s">
         <v>20</v>
       </c>
-      <c r="B88" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="B89" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="C89" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="D89" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E89" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="F89" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="G89" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="H89" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="I89" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="J89" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="K89" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="L89" t="s">
-        <v>22</v>
-[...5 lines deleted...]
-    <row r="90" spans="1:13">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12">
       <c r="A90" s="4"/>
       <c r="B90" s="4"/>
       <c r="C90" s="4"/>
       <c r="D90" s="4"/>
       <c r="E90" s="4"/>
       <c r="F90" s="4"/>
       <c r="G90" s="4"/>
       <c r="H90" s="4"/>
       <c r="I90" s="4"/>
       <c r="J90" s="4"/>
       <c r="K90" s="4"/>
       <c r="L90" s="4"/>
-      <c r="M90" s="4"/>
-[...1 lines deleted...]
-    <row r="91" spans="1:13">
+    </row>
+    <row r="91" spans="1:12">
       <c r="A91" s="2" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
       <c r="D91" s="2"/>
       <c r="E91" s="2"/>
       <c r="F91" s="2"/>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
       <c r="I91" s="2"/>
       <c r="J91" s="2"/>
       <c r="K91" s="2"/>
       <c r="L91" s="2"/>
-      <c r="M91" s="2"/>
-[...1 lines deleted...]
-    <row r="92" spans="1:13">
+    </row>
+    <row r="92" spans="1:12">
       <c r="A92" s="3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B92" s="3"/>
       <c r="C92" s="3"/>
       <c r="D92" s="3"/>
       <c r="E92" s="3"/>
       <c r="F92" s="3"/>
       <c r="G92" s="3"/>
       <c r="H92" s="3"/>
       <c r="I92" s="3"/>
       <c r="J92" s="3"/>
       <c r="K92" s="3"/>
       <c r="L92" s="3"/>
-      <c r="M92" s="3"/>
-[...1 lines deleted...]
-    <row r="93" spans="1:13">
+    </row>
+    <row r="93" spans="1:12">
       <c r="A93" t="s">
+        <v>13</v>
+      </c>
+      <c r="B93" t="s">
+        <v>35</v>
+      </c>
+      <c r="C93" t="s">
+        <v>35</v>
+      </c>
+      <c r="D93" t="s">
+        <v>35</v>
+      </c>
+      <c r="E93" t="s">
+        <v>54</v>
+      </c>
+      <c r="F93" t="s">
+        <v>54</v>
+      </c>
+      <c r="G93" t="s">
+        <v>54</v>
+      </c>
+      <c r="H93" t="s">
+        <v>54</v>
+      </c>
+      <c r="I93" t="s">
+        <v>54</v>
+      </c>
+      <c r="J93" t="s">
+        <v>35</v>
+      </c>
+      <c r="K93" t="s">
+        <v>35</v>
+      </c>
+      <c r="L93" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="94" spans="1:12">
+      <c r="A94" t="s">
+        <v>17</v>
+      </c>
+      <c r="B94" t="s">
+        <v>55</v>
+      </c>
+      <c r="C94" t="s">
+        <v>55</v>
+      </c>
+      <c r="D94" t="s">
+        <v>55</v>
+      </c>
+      <c r="E94" t="s">
         <v>14</v>
       </c>
-      <c r="B93" t="s">
-[...51 lines deleted...]
-      </c>
       <c r="F94" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="G94" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="H94" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="I94" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="J94" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="K94" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="L94" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-    <row r="95" spans="1:13">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12">
       <c r="A95" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B95" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="C95" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="D95" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="E95" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="F95" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G95" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="H95" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="I95" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="J95" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K95" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="L95" t="s">
-        <v>42</v>
-[...5 lines deleted...]
-    <row r="96" spans="1:13">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="96" spans="1:12">
       <c r="A96" s="3" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B96" s="3"/>
       <c r="C96" s="3"/>
       <c r="D96" s="3"/>
       <c r="E96" s="3"/>
       <c r="F96" s="3"/>
       <c r="G96" s="3"/>
       <c r="H96" s="3"/>
       <c r="I96" s="3"/>
       <c r="J96" s="3"/>
       <c r="K96" s="3"/>
       <c r="L96" s="3"/>
-      <c r="M96" s="3"/>
-[...1 lines deleted...]
-    <row r="97" spans="1:13">
+    </row>
+    <row r="97" spans="1:12">
       <c r="A97" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B97" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="C97" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="D97" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="E97" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="F97" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G97" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="H97" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="I97" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="J97" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K97" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="L97" t="s">
-        <v>42</v>
-[...5 lines deleted...]
-    <row r="98" spans="1:13">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12">
       <c r="A98" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B98" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="C98" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="D98" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="E98" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="F98" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G98" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="H98" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="I98" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="J98" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K98" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="L98" t="s">
-        <v>42</v>
-[...5 lines deleted...]
-    <row r="99" spans="1:13">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12">
       <c r="A99" s="4"/>
       <c r="B99" s="4"/>
       <c r="C99" s="4"/>
       <c r="D99" s="4"/>
       <c r="E99" s="4"/>
       <c r="F99" s="4"/>
       <c r="G99" s="4"/>
       <c r="H99" s="4"/>
       <c r="I99" s="4"/>
       <c r="J99" s="4"/>
       <c r="K99" s="4"/>
       <c r="L99" s="4"/>
-      <c r="M99" s="4"/>
-[...1 lines deleted...]
-    <row r="100" spans="1:13">
+    </row>
+    <row r="100" spans="1:12">
       <c r="A100" s="2" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="2"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
       <c r="I100" s="2"/>
       <c r="J100" s="2"/>
       <c r="K100" s="2"/>
       <c r="L100" s="2"/>
-      <c r="M100" s="2"/>
-[...1 lines deleted...]
-    <row r="101" spans="1:13">
+    </row>
+    <row r="101" spans="1:12">
       <c r="A101" s="3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B101" s="3"/>
       <c r="C101" s="3"/>
       <c r="D101" s="3"/>
       <c r="E101" s="3"/>
       <c r="F101" s="3"/>
       <c r="G101" s="3"/>
       <c r="H101" s="3"/>
       <c r="I101" s="3"/>
       <c r="J101" s="3"/>
       <c r="K101" s="3"/>
       <c r="L101" s="3"/>
-      <c r="M101" s="3"/>
-[...1 lines deleted...]
-    <row r="102" spans="1:13">
+    </row>
+    <row r="102" spans="1:12">
       <c r="A102" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B102" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="C102" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="D102" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="E102" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="F102" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="G102" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="H102" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="I102" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="J102" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="K102" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="L102" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-    <row r="103" spans="1:13">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12">
       <c r="A103" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B103" t="s">
+        <v>51</v>
+      </c>
+      <c r="C103" t="s">
+        <v>51</v>
+      </c>
+      <c r="D103" t="s">
+        <v>51</v>
+      </c>
+      <c r="E103" t="s">
+        <v>51</v>
+      </c>
+      <c r="F103" t="s">
+        <v>51</v>
+      </c>
+      <c r="G103" t="s">
+        <v>51</v>
+      </c>
+      <c r="H103" t="s">
+        <v>51</v>
+      </c>
+      <c r="I103" t="s">
+        <v>51</v>
+      </c>
+      <c r="J103" t="s">
+        <v>51</v>
+      </c>
+      <c r="K103" t="s">
+        <v>51</v>
+      </c>
+      <c r="L103" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12">
+      <c r="A104" t="s">
         <v>17</v>
       </c>
-      <c r="C103" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="B104" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="C104" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="D104" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="E104" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F104" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G104" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H104" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="I104" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="J104" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="K104" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="L104" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-    <row r="105" spans="1:13">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="105" spans="1:12">
       <c r="A105" t="s">
+        <v>19</v>
+      </c>
+      <c r="B105" t="s">
+        <v>57</v>
+      </c>
+      <c r="C105" t="s">
+        <v>57</v>
+      </c>
+      <c r="D105" t="s">
+        <v>57</v>
+      </c>
+      <c r="E105" t="s">
+        <v>58</v>
+      </c>
+      <c r="F105" t="s">
+        <v>58</v>
+      </c>
+      <c r="G105" t="s">
+        <v>58</v>
+      </c>
+      <c r="H105" t="s">
+        <v>58</v>
+      </c>
+      <c r="I105" t="s">
+        <v>57</v>
+      </c>
+      <c r="J105" t="s">
+        <v>57</v>
+      </c>
+      <c r="K105" t="s">
+        <v>57</v>
+      </c>
+      <c r="L105" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="106" spans="1:12">
+      <c r="A106" t="s">
         <v>20</v>
       </c>
-      <c r="B105" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="B106" t="s">
+        <v>52</v>
+      </c>
+      <c r="C106" t="s">
+        <v>52</v>
+      </c>
+      <c r="D106" t="s">
+        <v>52</v>
+      </c>
+      <c r="E106" t="s">
+        <v>52</v>
+      </c>
+      <c r="F106" t="s">
+        <v>52</v>
+      </c>
+      <c r="G106" t="s">
+        <v>52</v>
+      </c>
+      <c r="H106" t="s">
+        <v>52</v>
+      </c>
+      <c r="I106" t="s">
+        <v>52</v>
+      </c>
+      <c r="J106" t="s">
+        <v>52</v>
+      </c>
+      <c r="K106" t="s">
+        <v>52</v>
+      </c>
+      <c r="L106" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="107" spans="1:12">
+      <c r="A107" s="3" t="s">
         <v>22</v>
-      </c>
-[...36 lines deleted...]
-        <v>23</v>
       </c>
       <c r="B107" s="3"/>
       <c r="C107" s="3"/>
       <c r="D107" s="3"/>
       <c r="E107" s="3"/>
       <c r="F107" s="3"/>
       <c r="G107" s="3"/>
       <c r="H107" s="3"/>
       <c r="I107" s="3"/>
       <c r="J107" s="3"/>
       <c r="K107" s="3"/>
       <c r="L107" s="3"/>
-      <c r="M107" s="3"/>
-[...1 lines deleted...]
-    <row r="108" spans="1:13">
+    </row>
+    <row r="108" spans="1:12">
       <c r="A108" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B108" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="C108" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="D108" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="E108" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="F108" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="G108" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="H108" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="I108" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="J108" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="K108" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="L108" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-    <row r="109" spans="1:13">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="109" spans="1:12">
       <c r="A109" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B109" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="C109" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="D109" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="E109" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="F109" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="G109" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="H109" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="I109" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="J109" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="K109" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="L109" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-    <row r="110" spans="1:13">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="110" spans="1:12">
       <c r="A110" t="s">
+        <v>19</v>
+      </c>
+      <c r="B110" t="s">
+        <v>57</v>
+      </c>
+      <c r="C110" t="s">
+        <v>57</v>
+      </c>
+      <c r="D110" t="s">
+        <v>57</v>
+      </c>
+      <c r="E110" t="s">
+        <v>58</v>
+      </c>
+      <c r="F110" t="s">
+        <v>58</v>
+      </c>
+      <c r="G110" t="s">
+        <v>58</v>
+      </c>
+      <c r="H110" t="s">
+        <v>58</v>
+      </c>
+      <c r="I110" t="s">
+        <v>57</v>
+      </c>
+      <c r="J110" t="s">
+        <v>57</v>
+      </c>
+      <c r="K110" t="s">
+        <v>57</v>
+      </c>
+      <c r="L110" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="111" spans="1:12">
+      <c r="A111" t="s">
         <v>20</v>
       </c>
-      <c r="B110" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="B111" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="C111" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="D111" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E111" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="F111" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="G111" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="H111" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="I111" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="J111" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="K111" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="L111" t="s">
-        <v>22</v>
-[...5 lines deleted...]
-    <row r="112" spans="1:13">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="112" spans="1:12">
       <c r="A112" s="4"/>
       <c r="B112" s="4"/>
       <c r="C112" s="4"/>
       <c r="D112" s="4"/>
       <c r="E112" s="4"/>
       <c r="F112" s="4"/>
       <c r="G112" s="4"/>
       <c r="H112" s="4"/>
       <c r="I112" s="4"/>
       <c r="J112" s="4"/>
       <c r="K112" s="4"/>
       <c r="L112" s="4"/>
-      <c r="M112" s="4"/>
-[...1 lines deleted...]
-    <row r="113" spans="1:13">
+    </row>
+    <row r="113" spans="1:12">
       <c r="A113" s="2" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
       <c r="D113" s="2"/>
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
       <c r="I113" s="2"/>
       <c r="J113" s="2"/>
       <c r="K113" s="2"/>
       <c r="L113" s="2"/>
-      <c r="M113" s="2"/>
-[...1 lines deleted...]
-    <row r="114" spans="1:13">
+    </row>
+    <row r="114" spans="1:12">
       <c r="A114" s="3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B114" s="3"/>
       <c r="C114" s="3"/>
       <c r="D114" s="3"/>
       <c r="E114" s="3"/>
       <c r="F114" s="3"/>
       <c r="G114" s="3"/>
       <c r="H114" s="3"/>
       <c r="I114" s="3"/>
       <c r="J114" s="3"/>
       <c r="K114" s="3"/>
       <c r="L114" s="3"/>
-      <c r="M114" s="3"/>
-[...1 lines deleted...]
-    <row r="115" spans="1:13">
+    </row>
+    <row r="115" spans="1:12">
       <c r="A115" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B115" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="C115" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="D115" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="E115" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="F115" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="G115" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="H115" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="I115" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="J115" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="K115" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="L115" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-    <row r="116" spans="1:13">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="116" spans="1:12">
       <c r="A116" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B116" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C116" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="D116" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="E116" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="F116" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="G116" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="H116" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="I116" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="J116" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="K116" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="L116" t="s">
-        <v>52</v>
-[...5 lines deleted...]
-    <row r="117" spans="1:13">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="117" spans="1:12">
       <c r="A117" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B117" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="C117" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="D117" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="E117" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="F117" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="G117" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="H117" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="I117" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="J117" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="K117" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="L117" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-    <row r="118" spans="1:13">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="118" spans="1:12">
       <c r="A118" s="3" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B118" s="3"/>
       <c r="C118" s="3"/>
       <c r="D118" s="3"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
       <c r="I118" s="3"/>
       <c r="J118" s="3"/>
       <c r="K118" s="3"/>
       <c r="L118" s="3"/>
-      <c r="M118" s="3"/>
-[...1 lines deleted...]
-    <row r="119" spans="1:13">
+    </row>
+    <row r="119" spans="1:12">
       <c r="A119" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B119" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="C119" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="D119" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="E119" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="F119" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="G119" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="H119" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="I119" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="J119" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="K119" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="L119" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-    <row r="120" spans="1:13">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="120" spans="1:12">
       <c r="A120" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B120" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="C120" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="D120" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="E120" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="F120" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="G120" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="H120" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="I120" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="J120" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="K120" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="L120" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-    <row r="121" spans="1:13">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="121" spans="1:12">
       <c r="A121" s="4"/>
       <c r="B121" s="4"/>
       <c r="C121" s="4"/>
       <c r="D121" s="4"/>
       <c r="E121" s="4"/>
       <c r="F121" s="4"/>
       <c r="G121" s="4"/>
       <c r="H121" s="4"/>
       <c r="I121" s="4"/>
       <c r="J121" s="4"/>
       <c r="K121" s="4"/>
       <c r="L121" s="4"/>
-      <c r="M121" s="4"/>
-[...1 lines deleted...]
-    <row r="122" spans="1:13">
+    </row>
+    <row r="122" spans="1:12">
       <c r="A122" s="2" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="2"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
       <c r="I122" s="2"/>
       <c r="J122" s="2"/>
       <c r="K122" s="2"/>
       <c r="L122" s="2"/>
-      <c r="M122" s="2"/>
-[...1 lines deleted...]
-    <row r="123" spans="1:13">
+    </row>
+    <row r="123" spans="1:12">
       <c r="A123" s="3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B123" s="3"/>
       <c r="C123" s="3"/>
       <c r="D123" s="3"/>
       <c r="E123" s="3"/>
       <c r="F123" s="3"/>
       <c r="G123" s="3"/>
       <c r="H123" s="3"/>
       <c r="I123" s="3"/>
       <c r="J123" s="3"/>
       <c r="K123" s="3"/>
       <c r="L123" s="3"/>
-      <c r="M123" s="3"/>
-[...1 lines deleted...]
-    <row r="124" spans="1:13">
+    </row>
+    <row r="124" spans="1:12">
       <c r="A124" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B124" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="C124" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="D124" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="E124" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="F124" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="G124" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="H124" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="I124" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="J124" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="K124" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="L124" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-    <row r="125" spans="1:13">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="125" spans="1:12">
       <c r="A125" t="s">
+        <v>15</v>
+      </c>
+      <c r="B125" t="s">
         <v>16</v>
       </c>
-      <c r="B125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C125" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="D125" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="E125" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="F125" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="G125" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="H125" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="I125" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="J125" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="K125" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="L125" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-    <row r="126" spans="1:13">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="126" spans="1:12">
       <c r="A126" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B126" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="C126" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="D126" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="E126" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="F126" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="G126" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="H126" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="I126" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="J126" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="K126" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="L126" t="s">
-        <v>55</v>
-[...5 lines deleted...]
-    <row r="127" spans="1:13">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="127" spans="1:12">
       <c r="A127" t="s">
+        <v>19</v>
+      </c>
+      <c r="B127" t="s">
+        <v>63</v>
+      </c>
+      <c r="C127" t="s">
+        <v>63</v>
+      </c>
+      <c r="D127" t="s">
+        <v>63</v>
+      </c>
+      <c r="E127" t="s">
+        <v>34</v>
+      </c>
+      <c r="F127" t="s">
+        <v>34</v>
+      </c>
+      <c r="G127" t="s">
+        <v>34</v>
+      </c>
+      <c r="H127" t="s">
+        <v>34</v>
+      </c>
+      <c r="I127" t="s">
+        <v>34</v>
+      </c>
+      <c r="J127" t="s">
+        <v>63</v>
+      </c>
+      <c r="K127" t="s">
+        <v>63</v>
+      </c>
+      <c r="L127" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="128" spans="1:12">
+      <c r="A128" t="s">
         <v>20</v>
       </c>
-      <c r="B127" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="B128" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="C128" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="D128" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="E128" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="F128" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="G128" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="H128" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="I128" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="J128" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="K128" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="L128" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-    <row r="129" spans="1:13">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="129" spans="1:12">
       <c r="A129" s="3" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B129" s="3"/>
       <c r="C129" s="3"/>
       <c r="D129" s="3"/>
       <c r="E129" s="3"/>
       <c r="F129" s="3"/>
       <c r="G129" s="3"/>
       <c r="H129" s="3"/>
       <c r="I129" s="3"/>
       <c r="J129" s="3"/>
       <c r="K129" s="3"/>
       <c r="L129" s="3"/>
-      <c r="M129" s="3"/>
-[...1 lines deleted...]
-    <row r="130" spans="1:13">
+    </row>
+    <row r="130" spans="1:12">
       <c r="A130" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B130" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="C130" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="D130" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="E130" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="F130" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="G130" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="H130" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="I130" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="J130" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="K130" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="L130" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-    <row r="131" spans="1:13">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="131" spans="1:12">
       <c r="A131" t="s">
+        <v>15</v>
+      </c>
+      <c r="B131" t="s">
         <v>16</v>
       </c>
-      <c r="B131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C131" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="D131" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="E131" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="F131" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="G131" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="H131" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="I131" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="J131" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="K131" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="L131" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-    <row r="132" spans="1:13">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="132" spans="1:12">
       <c r="A132" t="s">
+        <v>19</v>
+      </c>
+      <c r="B132" t="s">
+        <v>63</v>
+      </c>
+      <c r="C132" t="s">
+        <v>63</v>
+      </c>
+      <c r="D132" t="s">
+        <v>63</v>
+      </c>
+      <c r="E132" t="s">
+        <v>34</v>
+      </c>
+      <c r="F132" t="s">
+        <v>34</v>
+      </c>
+      <c r="G132" t="s">
+        <v>34</v>
+      </c>
+      <c r="H132" t="s">
+        <v>34</v>
+      </c>
+      <c r="I132" t="s">
+        <v>34</v>
+      </c>
+      <c r="J132" t="s">
+        <v>63</v>
+      </c>
+      <c r="K132" t="s">
+        <v>63</v>
+      </c>
+      <c r="L132" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="133" spans="1:12">
+      <c r="A133" t="s">
         <v>20</v>
       </c>
-      <c r="B132" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="B133" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="C133" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="D133" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="E133" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="F133" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="G133" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="H133" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="I133" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="J133" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="K133" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="L133" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-    <row r="134" spans="1:13">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="134" spans="1:12">
       <c r="A134" s="4"/>
       <c r="B134" s="4"/>
       <c r="C134" s="4"/>
       <c r="D134" s="4"/>
       <c r="E134" s="4"/>
       <c r="F134" s="4"/>
       <c r="G134" s="4"/>
       <c r="H134" s="4"/>
       <c r="I134" s="4"/>
       <c r="J134" s="4"/>
       <c r="K134" s="4"/>
       <c r="L134" s="4"/>
-      <c r="M134" s="4"/>
-[...1 lines deleted...]
-    <row r="135" spans="1:13">
+    </row>
+    <row r="135" spans="1:12">
       <c r="A135" s="2" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="B135" s="2"/>
       <c r="C135" s="2"/>
       <c r="D135" s="2"/>
       <c r="E135" s="2"/>
       <c r="F135" s="2"/>
       <c r="G135" s="2"/>
       <c r="H135" s="2"/>
       <c r="I135" s="2"/>
       <c r="J135" s="2"/>
       <c r="K135" s="2"/>
       <c r="L135" s="2"/>
-      <c r="M135" s="2"/>
-[...1 lines deleted...]
-    <row r="136" spans="1:13">
+    </row>
+    <row r="136" spans="1:12">
       <c r="A136" s="3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B136" s="3"/>
       <c r="C136" s="3"/>
       <c r="D136" s="3"/>
       <c r="E136" s="3"/>
       <c r="F136" s="3"/>
       <c r="G136" s="3"/>
       <c r="H136" s="3"/>
       <c r="I136" s="3"/>
       <c r="J136" s="3"/>
       <c r="K136" s="3"/>
       <c r="L136" s="3"/>
-      <c r="M136" s="3"/>
-[...1 lines deleted...]
-    <row r="137" spans="1:13">
+    </row>
+    <row r="137" spans="1:12">
       <c r="A137" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B137" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="C137" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="D137" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="E137" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="F137" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="G137" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="H137" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="I137" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="J137" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="K137" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="L137" t="s">
-        <v>57</v>
-[...5 lines deleted...]
-    <row r="138" spans="1:13">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="138" spans="1:12">
       <c r="A138" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B138" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="C138" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="D138" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="E138" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="F138" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="G138" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="H138" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="I138" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="J138" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="K138" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="L138" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-    <row r="139" spans="1:13">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="139" spans="1:12">
       <c r="A139" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B139" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="C139" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="D139" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="E139" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="F139" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="G139" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="H139" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="I139" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="J139" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="K139" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="L139" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-    <row r="140" spans="1:13">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="140" spans="1:12">
       <c r="A140" t="s">
+        <v>19</v>
+      </c>
+      <c r="B140" t="s">
+        <v>66</v>
+      </c>
+      <c r="C140" t="s">
+        <v>66</v>
+      </c>
+      <c r="D140" t="s">
+        <v>66</v>
+      </c>
+      <c r="E140" t="s">
+        <v>66</v>
+      </c>
+      <c r="F140" t="s">
+        <v>66</v>
+      </c>
+      <c r="G140" t="s">
+        <v>66</v>
+      </c>
+      <c r="H140" t="s">
+        <v>66</v>
+      </c>
+      <c r="I140" t="s">
+        <v>66</v>
+      </c>
+      <c r="J140" t="s">
+        <v>66</v>
+      </c>
+      <c r="K140" t="s">
+        <v>66</v>
+      </c>
+      <c r="L140" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="141" spans="1:12">
+      <c r="A141" t="s">
         <v>20</v>
       </c>
-      <c r="B140" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="B141" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="C141" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="D141" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="E141" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="F141" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="G141" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="H141" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="I141" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="J141" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="K141" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="L141" t="s">
-        <v>60</v>
-[...5 lines deleted...]
-    <row r="142" spans="1:13">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="142" spans="1:12">
       <c r="A142" s="3" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B142" s="3"/>
       <c r="C142" s="3"/>
       <c r="D142" s="3"/>
       <c r="E142" s="3"/>
       <c r="F142" s="3"/>
       <c r="G142" s="3"/>
       <c r="H142" s="3"/>
       <c r="I142" s="3"/>
       <c r="J142" s="3"/>
       <c r="K142" s="3"/>
       <c r="L142" s="3"/>
-      <c r="M142" s="3"/>
-[...1 lines deleted...]
-    <row r="143" spans="1:13">
+    </row>
+    <row r="143" spans="1:12">
       <c r="A143" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B143" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="C143" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="D143" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="E143" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="F143" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="G143" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="H143" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="I143" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="J143" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="K143" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="L143" t="s">
-        <v>57</v>
-[...5 lines deleted...]
-    <row r="144" spans="1:13">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="144" spans="1:12">
       <c r="A144" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B144" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="C144" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="D144" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="E144" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="F144" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="G144" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="H144" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="I144" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="J144" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="K144" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="L144" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-    <row r="145" spans="1:13">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="145" spans="1:12">
       <c r="A145" t="s">
+        <v>19</v>
+      </c>
+      <c r="B145" t="s">
+        <v>66</v>
+      </c>
+      <c r="C145" t="s">
+        <v>66</v>
+      </c>
+      <c r="D145" t="s">
+        <v>66</v>
+      </c>
+      <c r="E145" t="s">
+        <v>66</v>
+      </c>
+      <c r="F145" t="s">
+        <v>66</v>
+      </c>
+      <c r="G145" t="s">
+        <v>66</v>
+      </c>
+      <c r="H145" t="s">
+        <v>66</v>
+      </c>
+      <c r="I145" t="s">
+        <v>66</v>
+      </c>
+      <c r="J145" t="s">
+        <v>66</v>
+      </c>
+      <c r="K145" t="s">
+        <v>66</v>
+      </c>
+      <c r="L145" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="146" spans="1:12">
+      <c r="A146" t="s">
         <v>20</v>
       </c>
-      <c r="B145" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="B146" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="C146" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="D146" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="E146" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="F146" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="G146" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="H146" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="I146" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="J146" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="K146" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="L146" t="s">
-        <v>60</v>
-[...5 lines deleted...]
-    <row r="147" spans="1:13">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="147" spans="1:12">
       <c r="A147" s="4"/>
       <c r="B147" s="4"/>
       <c r="C147" s="4"/>
       <c r="D147" s="4"/>
       <c r="E147" s="4"/>
       <c r="F147" s="4"/>
       <c r="G147" s="4"/>
       <c r="H147" s="4"/>
       <c r="I147" s="4"/>
       <c r="J147" s="4"/>
       <c r="K147" s="4"/>
       <c r="L147" s="4"/>
-      <c r="M147" s="4"/>
-[...1 lines deleted...]
-    <row r="148" spans="1:13">
+    </row>
+    <row r="148" spans="1:12">
       <c r="A148" s="2" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="B148" s="2"/>
       <c r="C148" s="2"/>
       <c r="D148" s="2"/>
       <c r="E148" s="2"/>
       <c r="F148" s="2"/>
       <c r="G148" s="2"/>
       <c r="H148" s="2"/>
       <c r="I148" s="2"/>
       <c r="J148" s="2"/>
       <c r="K148" s="2"/>
       <c r="L148" s="2"/>
-      <c r="M148" s="2"/>
-[...1 lines deleted...]
-    <row r="149" spans="1:13">
+    </row>
+    <row r="149" spans="1:12">
       <c r="A149" s="3" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="B149" s="3"/>
       <c r="C149" s="3"/>
       <c r="D149" s="3"/>
       <c r="E149" s="3"/>
       <c r="F149" s="3"/>
       <c r="G149" s="3"/>
       <c r="H149" s="3"/>
       <c r="I149" s="3"/>
       <c r="J149" s="3"/>
       <c r="K149" s="3"/>
       <c r="L149" s="3"/>
-      <c r="M149" s="3"/>
-[...1 lines deleted...]
-    <row r="150" spans="1:13">
+    </row>
+    <row r="150" spans="1:12">
       <c r="A150" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B150" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="C150" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="D150" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="E150" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="F150" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="G150" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="H150" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="I150" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="J150" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="K150" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="L150" t="s">
-        <v>62</v>
-[...5 lines deleted...]
-    <row r="151" spans="1:13">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="151" spans="1:12">
       <c r="A151" s="4"/>
       <c r="B151" s="4"/>
       <c r="C151" s="4"/>
       <c r="D151" s="4"/>
       <c r="E151" s="4"/>
       <c r="F151" s="4"/>
       <c r="G151" s="4"/>
       <c r="H151" s="4"/>
       <c r="I151" s="4"/>
       <c r="J151" s="4"/>
       <c r="K151" s="4"/>
       <c r="L151" s="4"/>
-      <c r="M151" s="4"/>
-[...1 lines deleted...]
-    <row r="152" spans="1:13">
+    </row>
+    <row r="152" spans="1:12">
       <c r="A152" s="2" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="B152" s="2"/>
       <c r="C152" s="2"/>
       <c r="D152" s="2"/>
       <c r="E152" s="2"/>
       <c r="F152" s="2"/>
       <c r="G152" s="2"/>
       <c r="H152" s="2"/>
       <c r="I152" s="2"/>
       <c r="J152" s="2"/>
       <c r="K152" s="2"/>
       <c r="L152" s="2"/>
-      <c r="M152" s="2"/>
-[...1 lines deleted...]
-    <row r="153" spans="1:13">
+    </row>
+    <row r="153" spans="1:12">
       <c r="A153" s="3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B153" s="3"/>
       <c r="C153" s="3"/>
       <c r="D153" s="3"/>
       <c r="E153" s="3"/>
       <c r="F153" s="3"/>
       <c r="G153" s="3"/>
       <c r="H153" s="3"/>
       <c r="I153" s="3"/>
       <c r="J153" s="3"/>
       <c r="K153" s="3"/>
       <c r="L153" s="3"/>
-      <c r="M153" s="3"/>
-[...1 lines deleted...]
-    <row r="154" spans="1:13">
+    </row>
+    <row r="154" spans="1:12">
       <c r="A154" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B154" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C154" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D154" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="E154" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="F154" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="G154" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="H154" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="I154" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="J154" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="K154" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L154" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-    <row r="155" spans="1:13">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="155" spans="1:12">
       <c r="A155" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B155" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="C155" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="D155" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="E155" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="F155" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="G155" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="H155" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="I155" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="J155" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="K155" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="L155" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-    <row r="156" spans="1:13">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="156" spans="1:12">
       <c r="A156" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B156" t="s">
-        <v>49</v>
+        <v>74</v>
       </c>
       <c r="C156" t="s">
-        <v>49</v>
+        <v>74</v>
       </c>
       <c r="D156" t="s">
-        <v>49</v>
+        <v>74</v>
       </c>
       <c r="E156" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F156" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G156" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H156" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="I156" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="J156" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="K156" t="s">
-        <v>49</v>
+        <v>74</v>
       </c>
       <c r="L156" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-    <row r="157" spans="1:13">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="157" spans="1:12">
       <c r="A157" t="s">
+        <v>19</v>
+      </c>
+      <c r="B157" t="s">
+        <v>63</v>
+      </c>
+      <c r="C157" t="s">
+        <v>63</v>
+      </c>
+      <c r="D157" t="s">
+        <v>63</v>
+      </c>
+      <c r="E157" t="s">
+        <v>58</v>
+      </c>
+      <c r="F157" t="s">
+        <v>58</v>
+      </c>
+      <c r="G157" t="s">
+        <v>58</v>
+      </c>
+      <c r="H157" t="s">
+        <v>58</v>
+      </c>
+      <c r="I157" t="s">
+        <v>58</v>
+      </c>
+      <c r="J157" t="s">
+        <v>58</v>
+      </c>
+      <c r="K157" t="s">
+        <v>63</v>
+      </c>
+      <c r="L157" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="158" spans="1:12">
+      <c r="A158" t="s">
         <v>20</v>
       </c>
-      <c r="B157" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="B158" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C158" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D158" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="E158" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="F158" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="G158" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="H158" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="I158" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="J158" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="K158" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="L158" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-    <row r="159" spans="1:13">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="159" spans="1:12">
       <c r="A159" s="3" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B159" s="3"/>
       <c r="C159" s="3"/>
       <c r="D159" s="3"/>
       <c r="E159" s="3"/>
       <c r="F159" s="3"/>
       <c r="G159" s="3"/>
       <c r="H159" s="3"/>
       <c r="I159" s="3"/>
       <c r="J159" s="3"/>
       <c r="K159" s="3"/>
       <c r="L159" s="3"/>
-      <c r="M159" s="3"/>
-[...1 lines deleted...]
-    <row r="160" spans="1:13">
+    </row>
+    <row r="160" spans="1:12">
       <c r="A160" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B160" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C160" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D160" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="E160" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="F160" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="G160" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="H160" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="I160" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="J160" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="K160" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L160" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-    <row r="161" spans="1:13">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="161" spans="1:12">
       <c r="A161" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B161" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="C161" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="D161" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="E161" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="F161" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="G161" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="H161" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="I161" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="J161" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="K161" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="L161" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-    <row r="162" spans="1:13">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="162" spans="1:12">
       <c r="A162" t="s">
+        <v>19</v>
+      </c>
+      <c r="B162" t="s">
+        <v>63</v>
+      </c>
+      <c r="C162" t="s">
+        <v>63</v>
+      </c>
+      <c r="D162" t="s">
+        <v>63</v>
+      </c>
+      <c r="E162" t="s">
+        <v>58</v>
+      </c>
+      <c r="F162" t="s">
+        <v>58</v>
+      </c>
+      <c r="G162" t="s">
+        <v>58</v>
+      </c>
+      <c r="H162" t="s">
+        <v>58</v>
+      </c>
+      <c r="I162" t="s">
+        <v>58</v>
+      </c>
+      <c r="J162" t="s">
+        <v>58</v>
+      </c>
+      <c r="K162" t="s">
+        <v>63</v>
+      </c>
+      <c r="L162" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="163" spans="1:12">
+      <c r="A163" t="s">
         <v>20</v>
       </c>
-      <c r="B162" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="B163" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C163" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D163" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="E163" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="F163" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="G163" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="H163" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="I163" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="J163" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="K163" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="L163" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-    <row r="164" spans="1:13">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="164" spans="1:12">
       <c r="A164" s="4"/>
       <c r="B164" s="4"/>
       <c r="C164" s="4"/>
       <c r="D164" s="4"/>
       <c r="E164" s="4"/>
       <c r="F164" s="4"/>
       <c r="G164" s="4"/>
       <c r="H164" s="4"/>
       <c r="I164" s="4"/>
       <c r="J164" s="4"/>
       <c r="K164" s="4"/>
       <c r="L164" s="4"/>
-      <c r="M164" s="4"/>
-[...1 lines deleted...]
-    <row r="165" spans="1:13">
+    </row>
+    <row r="165" spans="1:12">
       <c r="A165" s="2" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="B165" s="2"/>
       <c r="C165" s="2"/>
       <c r="D165" s="2"/>
       <c r="E165" s="2"/>
       <c r="F165" s="2"/>
       <c r="G165" s="2"/>
       <c r="H165" s="2"/>
       <c r="I165" s="2"/>
       <c r="J165" s="2"/>
       <c r="K165" s="2"/>
       <c r="L165" s="2"/>
-      <c r="M165" s="2"/>
-[...1 lines deleted...]
-    <row r="166" spans="1:13">
+    </row>
+    <row r="166" spans="1:12">
       <c r="A166" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="B166" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:13">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="167" spans="1:12">
       <c r="A167" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="B167" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:13">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="168" spans="1:12">
       <c r="A168" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="B168" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:13">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="169" spans="1:12">
       <c r="A169" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="B169" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:13">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="170" spans="1:12">
       <c r="A170" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="B170" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:13">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="171" spans="1:12">
       <c r="A171" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B171" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:13">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="172" spans="1:12">
       <c r="A172" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="B172" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:13">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="173" spans="1:12">
       <c r="A173" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="B173" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:13">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="174" spans="1:12">
       <c r="A174" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="B174" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:13">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="175" spans="1:12">
       <c r="A175" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="B175" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:13">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="177" spans="1:12">
       <c r="A177" s="1" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
       <c r="B177" s="1"/>
       <c r="C177" s="1"/>
       <c r="D177" s="1"/>
       <c r="E177" s="1"/>
       <c r="F177" s="1"/>
       <c r="G177" s="1"/>
       <c r="H177" s="1"/>
       <c r="I177" s="1"/>
       <c r="J177" s="1"/>
       <c r="K177" s="1"/>
       <c r="L177" s="1"/>
-      <c r="M177" s="1"/>
-[...1 lines deleted...]
-    <row r="178" spans="1:13">
+    </row>
+    <row r="178" spans="1:12">
       <c r="A178" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A178:M178"/>
+    <mergeCell ref="A178:L178"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>