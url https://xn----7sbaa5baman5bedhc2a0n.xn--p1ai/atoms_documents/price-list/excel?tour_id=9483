--- v0 (2025-10-31)
+++ v1 (2026-03-02)
@@ -191,51 +191,51 @@
   <si>
     <t>134400 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Долина Гейзеров + Узон + Налычево</t>
   </si>
   <si>
     <t>120000 RUB</t>
   </si>
   <si>
     <t>Этнический комплекс</t>
   </si>
   <si>
     <t>8000 RUB</t>
   </si>
   <si>
     <t>Курильское озеро + Ксудач + Ходутка</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 31.10.2025 07:17, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 02.03.2026 05:19, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>