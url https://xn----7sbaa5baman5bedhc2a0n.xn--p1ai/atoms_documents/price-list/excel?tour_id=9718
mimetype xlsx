--- v0 (2025-10-31)
+++ v1 (2025-12-31)
@@ -12,105 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="9718-nizhegorodskij-kalej..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="251">
-[...53 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="227">
   <si>
     <t>01.01.2026</t>
   </si>
   <si>
     <t>02.01.2026</t>
   </si>
   <si>
     <t>03.01.2026</t>
   </si>
   <si>
     <t>04.01.2026</t>
   </si>
   <si>
     <t>05.01.2026</t>
   </si>
   <si>
     <t>06.01.2026</t>
   </si>
   <si>
     <t>07.01.2026</t>
   </si>
   <si>
     <t>08.01.2026</t>
   </si>
   <si>
@@ -701,114 +647,96 @@
   <si>
     <t>16.12.2026</t>
   </si>
   <si>
     <t>18.12.2026</t>
   </si>
   <si>
     <t>19.12.2026</t>
   </si>
   <si>
     <t>20.12.2026</t>
   </si>
   <si>
     <t>23.12.2026</t>
   </si>
   <si>
     <t>25.12.2026</t>
   </si>
   <si>
     <t>26.12.2026</t>
   </si>
   <si>
     <t>27.12.2026</t>
   </si>
   <si>
-    <t>Ibis</t>
+    <t>«REDDY 3*»</t>
   </si>
   <si>
     <t>Одноместный номер для одного человека</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>28000 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>32000 RUB</t>
   </si>
   <si>
     <t>Двухместный номер для двух человек</t>
   </si>
   <si>
-    <t>19900 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>23900 RUB</t>
   </si>
   <si>
     <t>Трехместный номер для трех человек</t>
   </si>
   <si>
-    <t>17900 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>21900 RUB</t>
   </si>
   <si>
-    <t>Courtyard</t>
-[...2 lines deleted...]
-    <t>34000 RUB</t>
+    <t>«CORT INN 4*»</t>
   </si>
   <si>
     <t>40000 RUB</t>
   </si>
   <si>
     <t>Двухместный номер для одного человека</t>
   </si>
   <si>
-    <t>25500 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>31500 RUB</t>
   </si>
   <si>
     <t>Трехместный номер для одного человека</t>
   </si>
   <si>
-    <t>22800 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>28800 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 31.10.2025 07:17, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 31.12.2025 05:24, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1150,54 +1078,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:HV19"/>
+  <dimension ref="A1:HD19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A18" sqref="A18:HV18"/>
+      <selection activeCell="A18" sqref="A18:HD18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="44.703369" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -1370,71 +1298,53 @@
     <col min="188" max="188" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="189" max="189" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="190" max="190" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="191" max="191" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="192" max="192" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="193" max="193" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="194" max="194" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="195" max="195" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="196" max="196" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="197" max="197" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="198" max="198" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="199" max="199" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="200" max="200" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="201" max="201" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="202" max="202" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="203" max="203" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="204" max="204" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="205" max="205" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="206" max="206" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="207" max="207" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="208" max="208" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="209" max="209" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="210" max="210" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="211" max="211" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="212" max="212" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="213" max="213" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...16 lines deleted...]
-    <col min="230" max="230" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:230">
+    <row r="1" spans="1:212">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -2025,108 +1935,54 @@
       </c>
       <c r="GW1" s="1" t="s">
         <v>203</v>
       </c>
       <c r="GX1" s="1" t="s">
         <v>204</v>
       </c>
       <c r="GY1" s="1" t="s">
         <v>205</v>
       </c>
       <c r="GZ1" s="1" t="s">
         <v>206</v>
       </c>
       <c r="HA1" s="1" t="s">
         <v>207</v>
       </c>
       <c r="HB1" s="1" t="s">
         <v>208</v>
       </c>
       <c r="HC1" s="1" t="s">
         <v>209</v>
       </c>
       <c r="HD1" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="HE1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:212">
+      <c r="A2" s="2" t="s">
         <v>211</v>
-      </c>
-[...54 lines deleted...]
-        <v>229</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
@@ -2295,72 +2151,54 @@
       <c r="GF2" s="2"/>
       <c r="GG2" s="2"/>
       <c r="GH2" s="2"/>
       <c r="GI2" s="2"/>
       <c r="GJ2" s="2"/>
       <c r="GK2" s="2"/>
       <c r="GL2" s="2"/>
       <c r="GM2" s="2"/>
       <c r="GN2" s="2"/>
       <c r="GO2" s="2"/>
       <c r="GP2" s="2"/>
       <c r="GQ2" s="2"/>
       <c r="GR2" s="2"/>
       <c r="GS2" s="2"/>
       <c r="GT2" s="2"/>
       <c r="GU2" s="2"/>
       <c r="GV2" s="2"/>
       <c r="GW2" s="2"/>
       <c r="GX2" s="2"/>
       <c r="GY2" s="2"/>
       <c r="GZ2" s="2"/>
       <c r="HA2" s="2"/>
       <c r="HB2" s="2"/>
       <c r="HC2" s="2"/>
       <c r="HD2" s="2"/>
-      <c r="HE2" s="2"/>
-[...16 lines deleted...]
-      <c r="HV2" s="2"/>
     </row>
-    <row r="3" spans="1:230">
+    <row r="3" spans="1:212">
       <c r="A3" s="3" t="s">
-        <v>230</v>
+        <v>212</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -2529,764 +2367,692 @@
       <c r="GF3" s="3"/>
       <c r="GG3" s="3"/>
       <c r="GH3" s="3"/>
       <c r="GI3" s="3"/>
       <c r="GJ3" s="3"/>
       <c r="GK3" s="3"/>
       <c r="GL3" s="3"/>
       <c r="GM3" s="3"/>
       <c r="GN3" s="3"/>
       <c r="GO3" s="3"/>
       <c r="GP3" s="3"/>
       <c r="GQ3" s="3"/>
       <c r="GR3" s="3"/>
       <c r="GS3" s="3"/>
       <c r="GT3" s="3"/>
       <c r="GU3" s="3"/>
       <c r="GV3" s="3"/>
       <c r="GW3" s="3"/>
       <c r="GX3" s="3"/>
       <c r="GY3" s="3"/>
       <c r="GZ3" s="3"/>
       <c r="HA3" s="3"/>
       <c r="HB3" s="3"/>
       <c r="HC3" s="3"/>
       <c r="HD3" s="3"/>
-      <c r="HE3" s="3"/>
-[...16 lines deleted...]
-      <c r="HV3" s="3"/>
     </row>
-    <row r="4" spans="1:230">
+    <row r="4" spans="1:212">
       <c r="A4" t="s">
-        <v>231</v>
+        <v>213</v>
       </c>
       <c r="B4" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="C4" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="D4" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="E4" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="F4" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="G4" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="H4" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="I4" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="J4" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="K4" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="L4" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="M4" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="N4" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="O4" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="P4" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="Q4" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="R4" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="S4" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="T4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="U4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="V4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="W4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="X4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="Y4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="Z4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AA4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AB4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AC4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AD4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AE4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AF4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AG4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AH4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AI4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AJ4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AK4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AL4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AM4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AN4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AO4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AP4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AQ4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AR4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AS4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AT4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AU4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AV4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AW4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AX4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AY4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="AZ4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BA4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BB4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BC4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BD4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BE4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BF4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BG4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BH4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BI4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BJ4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BK4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BL4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BM4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BN4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BO4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BP4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BQ4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BR4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BS4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BT4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BU4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BV4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BW4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BX4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BY4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="BZ4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CA4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CB4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CC4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CD4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CE4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CF4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CG4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CH4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CI4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CJ4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CK4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CL4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CM4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CN4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CO4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CP4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CQ4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CR4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CS4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CT4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CU4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CV4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CW4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CX4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CY4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="CZ4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DA4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DB4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DC4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DD4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DE4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DF4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DG4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DH4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DI4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DJ4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DK4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DL4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DM4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DN4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DO4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DP4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DQ4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DR4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DS4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DT4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DU4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DV4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DW4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DX4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DY4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="DZ4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EA4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EB4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EC4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="ED4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EE4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EF4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EG4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EH4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EI4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EJ4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EK4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EL4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EM4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EN4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EO4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EP4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EQ4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="ER4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="ES4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="ET4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EU4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EV4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EW4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EX4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EY4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="EZ4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FA4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FB4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FC4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FD4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FE4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FF4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FG4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FH4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FI4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FJ4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FK4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FL4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FM4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FN4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FO4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FP4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FQ4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FR4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FS4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FT4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FU4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FV4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FW4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FX4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FY4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="FZ4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GA4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GB4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GC4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GD4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GE4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GF4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GG4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GH4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GI4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GJ4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GK4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GL4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GM4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GN4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GO4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GP4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GQ4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GR4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GS4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GT4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GU4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GV4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GW4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GX4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GY4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="GZ4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="HA4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="HB4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="HC4" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="HD4" t="s">
-        <v>233</v>
-[...53 lines deleted...]
-        <v>233</v>
+        <v>214</v>
       </c>
     </row>
-    <row r="5" spans="1:230">
+    <row r="5" spans="1:212">
       <c r="A5" s="3" t="s">
-        <v>234</v>
+        <v>215</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="3"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
@@ -3455,764 +3221,692 @@
       <c r="GF5" s="3"/>
       <c r="GG5" s="3"/>
       <c r="GH5" s="3"/>
       <c r="GI5" s="3"/>
       <c r="GJ5" s="3"/>
       <c r="GK5" s="3"/>
       <c r="GL5" s="3"/>
       <c r="GM5" s="3"/>
       <c r="GN5" s="3"/>
       <c r="GO5" s="3"/>
       <c r="GP5" s="3"/>
       <c r="GQ5" s="3"/>
       <c r="GR5" s="3"/>
       <c r="GS5" s="3"/>
       <c r="GT5" s="3"/>
       <c r="GU5" s="3"/>
       <c r="GV5" s="3"/>
       <c r="GW5" s="3"/>
       <c r="GX5" s="3"/>
       <c r="GY5" s="3"/>
       <c r="GZ5" s="3"/>
       <c r="HA5" s="3"/>
       <c r="HB5" s="3"/>
       <c r="HC5" s="3"/>
       <c r="HD5" s="3"/>
-      <c r="HE5" s="3"/>
-[...16 lines deleted...]
-      <c r="HV5" s="3"/>
     </row>
-    <row r="6" spans="1:230">
+    <row r="6" spans="1:212">
       <c r="A6" t="s">
-        <v>231</v>
+        <v>213</v>
       </c>
       <c r="B6" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="C6" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="D6" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="E6" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="F6" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="G6" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="H6" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="I6" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="J6" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="K6" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="L6" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="M6" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="N6" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="O6" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="P6" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="Q6" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="R6" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="S6" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="T6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="U6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="V6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="W6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="X6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="Y6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="Z6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AA6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AB6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AC6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AD6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AE6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AF6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AG6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AH6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AI6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AJ6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AK6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AL6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AM6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AN6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AO6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AP6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AQ6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AR6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AS6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AT6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AU6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AV6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AW6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AX6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AY6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="AZ6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BA6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BB6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BC6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BD6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BE6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BF6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BG6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BH6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BI6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BJ6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BK6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BL6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BM6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BN6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BO6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BP6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BQ6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BR6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BS6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BT6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BU6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BV6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BW6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BX6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BY6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="BZ6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CA6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CB6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CC6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CD6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CE6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CF6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CG6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CH6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CI6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CJ6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CK6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CL6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CM6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CN6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CO6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CP6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CQ6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CR6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CS6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CT6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CU6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CV6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CW6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CX6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CY6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="CZ6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DA6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DB6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DC6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DD6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DE6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DF6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DG6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DH6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DI6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DJ6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DK6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DL6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DM6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DN6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DO6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DP6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DQ6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DR6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DS6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DT6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DU6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DV6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DW6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DX6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DY6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="DZ6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EA6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EB6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EC6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="ED6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EE6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EF6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EG6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EH6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EI6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EJ6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EK6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EL6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EM6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EN6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EO6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EP6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EQ6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="ER6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="ES6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="ET6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EU6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EV6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EW6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EX6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EY6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="EZ6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FA6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FB6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FC6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FD6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FE6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FF6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FG6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FH6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FI6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FJ6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FK6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FL6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FM6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FN6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FO6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FP6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FQ6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FR6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FS6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FT6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FU6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FV6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FW6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FX6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FY6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="FZ6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GA6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GB6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GC6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GD6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GE6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GF6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GG6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GH6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GI6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GJ6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GK6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GL6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GM6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GN6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GO6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GP6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GQ6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GR6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GS6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GT6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GU6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GV6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GW6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GX6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GY6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="GZ6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="HA6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="HB6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="HC6" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="HD6" t="s">
-        <v>236</v>
-[...53 lines deleted...]
-        <v>236</v>
+        <v>216</v>
       </c>
     </row>
-    <row r="7" spans="1:230">
+    <row r="7" spans="1:212">
       <c r="A7" s="3" t="s">
-        <v>237</v>
+        <v>217</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
@@ -4381,762 +4075,690 @@
       <c r="GF7" s="3"/>
       <c r="GG7" s="3"/>
       <c r="GH7" s="3"/>
       <c r="GI7" s="3"/>
       <c r="GJ7" s="3"/>
       <c r="GK7" s="3"/>
       <c r="GL7" s="3"/>
       <c r="GM7" s="3"/>
       <c r="GN7" s="3"/>
       <c r="GO7" s="3"/>
       <c r="GP7" s="3"/>
       <c r="GQ7" s="3"/>
       <c r="GR7" s="3"/>
       <c r="GS7" s="3"/>
       <c r="GT7" s="3"/>
       <c r="GU7" s="3"/>
       <c r="GV7" s="3"/>
       <c r="GW7" s="3"/>
       <c r="GX7" s="3"/>
       <c r="GY7" s="3"/>
       <c r="GZ7" s="3"/>
       <c r="HA7" s="3"/>
       <c r="HB7" s="3"/>
       <c r="HC7" s="3"/>
       <c r="HD7" s="3"/>
-      <c r="HE7" s="3"/>
-[...16 lines deleted...]
-      <c r="HV7" s="3"/>
     </row>
-    <row r="8" spans="1:230">
+    <row r="8" spans="1:212">
       <c r="A8" t="s">
-        <v>231</v>
+        <v>213</v>
       </c>
       <c r="B8" t="s">
-        <v>238</v>
+        <v>218</v>
       </c>
       <c r="C8" t="s">
-        <v>238</v>
+        <v>218</v>
       </c>
       <c r="D8" t="s">
-        <v>238</v>
+        <v>218</v>
       </c>
       <c r="E8" t="s">
-        <v>238</v>
+        <v>218</v>
       </c>
       <c r="F8" t="s">
-        <v>238</v>
+        <v>218</v>
       </c>
       <c r="G8" t="s">
-        <v>238</v>
+        <v>218</v>
       </c>
       <c r="H8" t="s">
-        <v>238</v>
+        <v>218</v>
       </c>
       <c r="I8" t="s">
-        <v>238</v>
+        <v>218</v>
       </c>
       <c r="J8" t="s">
-        <v>238</v>
+        <v>218</v>
       </c>
       <c r="K8" t="s">
-        <v>238</v>
+        <v>218</v>
       </c>
       <c r="L8" t="s">
-        <v>238</v>
+        <v>218</v>
       </c>
       <c r="M8" t="s">
-        <v>238</v>
+        <v>218</v>
       </c>
       <c r="N8" t="s">
-        <v>238</v>
+        <v>218</v>
       </c>
       <c r="O8" t="s">
-        <v>238</v>
+        <v>218</v>
       </c>
       <c r="P8" t="s">
-        <v>238</v>
+        <v>218</v>
       </c>
       <c r="Q8" t="s">
-        <v>238</v>
+        <v>218</v>
       </c>
       <c r="R8" t="s">
-        <v>238</v>
+        <v>218</v>
       </c>
       <c r="S8" t="s">
-        <v>238</v>
+        <v>218</v>
       </c>
       <c r="T8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="U8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="V8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="W8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="X8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="Y8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="Z8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AA8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AB8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AC8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AD8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AE8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AF8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AG8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AH8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AI8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AJ8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AK8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AL8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AM8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AN8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AO8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AP8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AQ8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AR8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AS8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AT8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AU8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AV8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AW8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AX8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AY8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="AZ8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BA8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BB8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BC8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BD8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BE8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BF8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BG8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BH8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BI8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BJ8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BK8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BL8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BM8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BN8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BO8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BP8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BQ8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BR8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BS8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BT8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BU8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BV8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BW8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BX8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BY8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="BZ8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CA8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CB8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CC8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CD8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CE8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CF8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CG8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CH8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CI8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CJ8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CK8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CL8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CM8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CN8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CO8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CP8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CQ8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CR8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CS8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CT8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CU8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CV8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CW8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CX8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CY8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="CZ8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DA8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DB8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DC8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DD8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DE8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DF8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DG8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DH8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DI8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DJ8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DK8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DL8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DM8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DN8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DO8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DP8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DQ8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DR8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DS8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DT8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DU8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DV8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DW8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DX8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DY8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="DZ8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EA8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EB8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EC8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="ED8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EE8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EF8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EG8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EH8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EI8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EJ8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EK8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EL8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EM8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EN8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EO8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EP8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EQ8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="ER8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="ES8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="ET8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EU8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EV8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EW8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EX8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EY8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="EZ8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FA8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FB8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FC8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FD8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FE8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FF8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FG8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FH8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FI8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FJ8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FK8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FL8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FM8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FN8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FO8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FP8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FQ8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FR8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FS8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FT8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FU8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FV8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FW8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FX8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FY8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="FZ8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GA8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GB8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GC8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GD8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GE8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GF8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GG8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GH8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GI8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GJ8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GK8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GL8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GM8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GN8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GO8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GP8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GQ8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GR8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GS8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GT8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GU8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GV8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GW8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GX8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GY8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="GZ8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="HA8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="HB8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="HC8" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="HD8" t="s">
-        <v>239</v>
-[...53 lines deleted...]
-        <v>239</v>
+        <v>218</v>
       </c>
     </row>
-    <row r="9" spans="1:230">
+    <row r="9" spans="1:212">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
       <c r="R9" s="4"/>
       <c r="S9" s="4"/>
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
       <c r="V9" s="4"/>
       <c r="W9" s="4"/>
       <c r="X9" s="4"/>
       <c r="Y9" s="4"/>
@@ -5305,72 +4927,54 @@
       <c r="GF9" s="4"/>
       <c r="GG9" s="4"/>
       <c r="GH9" s="4"/>
       <c r="GI9" s="4"/>
       <c r="GJ9" s="4"/>
       <c r="GK9" s="4"/>
       <c r="GL9" s="4"/>
       <c r="GM9" s="4"/>
       <c r="GN9" s="4"/>
       <c r="GO9" s="4"/>
       <c r="GP9" s="4"/>
       <c r="GQ9" s="4"/>
       <c r="GR9" s="4"/>
       <c r="GS9" s="4"/>
       <c r="GT9" s="4"/>
       <c r="GU9" s="4"/>
       <c r="GV9" s="4"/>
       <c r="GW9" s="4"/>
       <c r="GX9" s="4"/>
       <c r="GY9" s="4"/>
       <c r="GZ9" s="4"/>
       <c r="HA9" s="4"/>
       <c r="HB9" s="4"/>
       <c r="HC9" s="4"/>
       <c r="HD9" s="4"/>
-      <c r="HE9" s="4"/>
-[...16 lines deleted...]
-      <c r="HV9" s="4"/>
     </row>
-    <row r="10" spans="1:230">
+    <row r="10" spans="1:212">
       <c r="A10" s="2" t="s">
-        <v>240</v>
+        <v>219</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
       <c r="V10" s="2"/>
       <c r="W10" s="2"/>
       <c r="X10" s="2"/>
       <c r="Y10" s="2"/>
@@ -5539,72 +5143,54 @@
       <c r="GF10" s="2"/>
       <c r="GG10" s="2"/>
       <c r="GH10" s="2"/>
       <c r="GI10" s="2"/>
       <c r="GJ10" s="2"/>
       <c r="GK10" s="2"/>
       <c r="GL10" s="2"/>
       <c r="GM10" s="2"/>
       <c r="GN10" s="2"/>
       <c r="GO10" s="2"/>
       <c r="GP10" s="2"/>
       <c r="GQ10" s="2"/>
       <c r="GR10" s="2"/>
       <c r="GS10" s="2"/>
       <c r="GT10" s="2"/>
       <c r="GU10" s="2"/>
       <c r="GV10" s="2"/>
       <c r="GW10" s="2"/>
       <c r="GX10" s="2"/>
       <c r="GY10" s="2"/>
       <c r="GZ10" s="2"/>
       <c r="HA10" s="2"/>
       <c r="HB10" s="2"/>
       <c r="HC10" s="2"/>
       <c r="HD10" s="2"/>
-      <c r="HE10" s="2"/>
-[...16 lines deleted...]
-      <c r="HV10" s="2"/>
     </row>
-    <row r="11" spans="1:230">
+    <row r="11" spans="1:212">
       <c r="A11" s="3" t="s">
-        <v>230</v>
+        <v>212</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
@@ -5773,764 +5359,692 @@
       <c r="GF11" s="3"/>
       <c r="GG11" s="3"/>
       <c r="GH11" s="3"/>
       <c r="GI11" s="3"/>
       <c r="GJ11" s="3"/>
       <c r="GK11" s="3"/>
       <c r="GL11" s="3"/>
       <c r="GM11" s="3"/>
       <c r="GN11" s="3"/>
       <c r="GO11" s="3"/>
       <c r="GP11" s="3"/>
       <c r="GQ11" s="3"/>
       <c r="GR11" s="3"/>
       <c r="GS11" s="3"/>
       <c r="GT11" s="3"/>
       <c r="GU11" s="3"/>
       <c r="GV11" s="3"/>
       <c r="GW11" s="3"/>
       <c r="GX11" s="3"/>
       <c r="GY11" s="3"/>
       <c r="GZ11" s="3"/>
       <c r="HA11" s="3"/>
       <c r="HB11" s="3"/>
       <c r="HC11" s="3"/>
       <c r="HD11" s="3"/>
-      <c r="HE11" s="3"/>
-[...16 lines deleted...]
-      <c r="HV11" s="3"/>
     </row>
-    <row r="12" spans="1:230">
+    <row r="12" spans="1:212">
       <c r="A12" t="s">
-        <v>231</v>
+        <v>213</v>
       </c>
       <c r="B12" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="C12" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="D12" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="E12" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="F12" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="G12" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="H12" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="I12" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="J12" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="K12" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="L12" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="M12" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="N12" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="O12" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="P12" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="Q12" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="R12" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="S12" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="T12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="U12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="V12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="W12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="X12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="Y12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="Z12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AA12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AB12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AC12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AD12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AE12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AF12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AG12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AH12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AI12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AJ12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AK12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AL12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AM12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AN12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AO12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AP12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AQ12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AR12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AS12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AT12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AU12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AV12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AW12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AX12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AY12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="AZ12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BA12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BB12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BC12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BD12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BE12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BF12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BG12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BH12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BI12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BJ12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BK12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BL12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BM12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BN12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BO12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BP12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BQ12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BR12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BS12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BT12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BU12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BV12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BW12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BX12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BY12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="BZ12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CA12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CB12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CC12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CD12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CE12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CF12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CG12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CH12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CI12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CJ12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CK12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CL12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CM12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CN12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CO12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CP12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CQ12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CR12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CS12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CT12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CU12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CV12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CW12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CX12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CY12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="CZ12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DA12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DB12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DC12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DD12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DE12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DF12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DG12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DH12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DI12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DJ12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DK12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DL12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DM12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DN12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DO12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DP12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DQ12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DR12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DS12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DT12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DU12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DV12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DW12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DX12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DY12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="DZ12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EA12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EB12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EC12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="ED12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EE12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EF12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EG12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EH12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EI12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EJ12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EK12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EL12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EM12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EN12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EO12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EP12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EQ12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="ER12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="ES12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="ET12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EU12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EV12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EW12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EX12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EY12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="EZ12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FA12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FB12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FC12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FD12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FE12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FF12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FG12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FH12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FI12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FJ12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FK12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FL12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FM12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FN12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FO12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FP12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FQ12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FR12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FS12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FT12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FU12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FV12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FW12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FX12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FY12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="FZ12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GA12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GB12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GC12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GD12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GE12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GF12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GG12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GH12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GI12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GJ12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GK12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GL12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GM12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GN12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GO12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GP12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GQ12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GR12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GS12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GT12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GU12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GV12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GW12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GX12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GY12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="GZ12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="HA12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="HB12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="HC12" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="HD12" t="s">
-        <v>242</v>
-[...53 lines deleted...]
-        <v>242</v>
+        <v>220</v>
       </c>
     </row>
-    <row r="13" spans="1:230">
+    <row r="13" spans="1:212">
       <c r="A13" s="3" t="s">
-        <v>243</v>
+        <v>221</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
       <c r="P13" s="3"/>
       <c r="Q13" s="3"/>
       <c r="R13" s="3"/>
       <c r="S13" s="3"/>
       <c r="T13" s="3"/>
       <c r="U13" s="3"/>
       <c r="V13" s="3"/>
       <c r="W13" s="3"/>
       <c r="X13" s="3"/>
       <c r="Y13" s="3"/>
@@ -6699,764 +6213,692 @@
       <c r="GF13" s="3"/>
       <c r="GG13" s="3"/>
       <c r="GH13" s="3"/>
       <c r="GI13" s="3"/>
       <c r="GJ13" s="3"/>
       <c r="GK13" s="3"/>
       <c r="GL13" s="3"/>
       <c r="GM13" s="3"/>
       <c r="GN13" s="3"/>
       <c r="GO13" s="3"/>
       <c r="GP13" s="3"/>
       <c r="GQ13" s="3"/>
       <c r="GR13" s="3"/>
       <c r="GS13" s="3"/>
       <c r="GT13" s="3"/>
       <c r="GU13" s="3"/>
       <c r="GV13" s="3"/>
       <c r="GW13" s="3"/>
       <c r="GX13" s="3"/>
       <c r="GY13" s="3"/>
       <c r="GZ13" s="3"/>
       <c r="HA13" s="3"/>
       <c r="HB13" s="3"/>
       <c r="HC13" s="3"/>
       <c r="HD13" s="3"/>
-      <c r="HE13" s="3"/>
-[...16 lines deleted...]
-      <c r="HV13" s="3"/>
     </row>
-    <row r="14" spans="1:230">
+    <row r="14" spans="1:212">
       <c r="A14" t="s">
-        <v>231</v>
+        <v>213</v>
       </c>
       <c r="B14" t="s">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="C14" t="s">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="D14" t="s">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="E14" t="s">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="F14" t="s">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="G14" t="s">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="H14" t="s">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="I14" t="s">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="J14" t="s">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="K14" t="s">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="L14" t="s">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="M14" t="s">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="N14" t="s">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="O14" t="s">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="P14" t="s">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="Q14" t="s">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="R14" t="s">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="S14" t="s">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="T14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="U14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="V14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="W14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="X14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="Y14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="Z14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AA14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AB14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AC14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AD14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AE14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AF14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AG14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AH14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AI14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AJ14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AK14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AL14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AM14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AN14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AO14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AP14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AQ14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AR14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AS14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AT14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AU14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AV14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AW14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AX14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AY14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="AZ14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BA14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BB14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BC14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BD14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BE14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BF14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BG14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BH14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BI14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BJ14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BK14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BL14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BM14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BN14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BO14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BP14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BQ14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BR14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BS14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BT14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BU14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BV14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BW14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BX14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BY14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="BZ14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CA14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CB14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CC14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CD14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CE14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CF14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CG14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CH14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CI14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CJ14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CK14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CL14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CM14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CN14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CO14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CP14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CQ14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CR14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CS14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CT14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CU14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CV14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CW14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CX14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CY14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="CZ14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DA14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DB14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DC14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DD14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DE14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DF14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DG14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DH14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DI14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DJ14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DK14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DL14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DM14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DN14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DO14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DP14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DQ14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DR14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DS14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DT14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DU14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DV14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DW14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DX14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DY14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="DZ14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EA14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EB14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EC14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="ED14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EE14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EF14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EG14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EH14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EI14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EJ14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EK14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EL14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EM14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EN14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EO14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EP14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EQ14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="ER14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="ES14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="ET14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EU14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EV14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EW14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EX14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EY14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="EZ14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FA14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FB14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FC14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FD14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FE14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FF14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FG14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FH14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FI14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FJ14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FK14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FL14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FM14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FN14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FO14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FP14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FQ14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FR14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FS14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FT14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FU14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FV14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FW14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FX14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FY14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="FZ14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GA14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GB14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GC14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GD14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GE14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GF14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GG14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GH14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GI14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GJ14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GK14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GL14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GM14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GN14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GO14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GP14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GQ14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GR14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GS14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GT14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GU14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GV14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GW14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GX14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GY14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="GZ14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="HA14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="HB14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="HC14" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="HD14" t="s">
-        <v>245</v>
-[...53 lines deleted...]
-        <v>245</v>
+        <v>222</v>
       </c>
     </row>
-    <row r="15" spans="1:230">
+    <row r="15" spans="1:212">
       <c r="A15" s="3" t="s">
-        <v>246</v>
+        <v>223</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3"/>
       <c r="X15" s="3"/>
       <c r="Y15" s="3"/>
@@ -7625,764 +7067,692 @@
       <c r="GF15" s="3"/>
       <c r="GG15" s="3"/>
       <c r="GH15" s="3"/>
       <c r="GI15" s="3"/>
       <c r="GJ15" s="3"/>
       <c r="GK15" s="3"/>
       <c r="GL15" s="3"/>
       <c r="GM15" s="3"/>
       <c r="GN15" s="3"/>
       <c r="GO15" s="3"/>
       <c r="GP15" s="3"/>
       <c r="GQ15" s="3"/>
       <c r="GR15" s="3"/>
       <c r="GS15" s="3"/>
       <c r="GT15" s="3"/>
       <c r="GU15" s="3"/>
       <c r="GV15" s="3"/>
       <c r="GW15" s="3"/>
       <c r="GX15" s="3"/>
       <c r="GY15" s="3"/>
       <c r="GZ15" s="3"/>
       <c r="HA15" s="3"/>
       <c r="HB15" s="3"/>
       <c r="HC15" s="3"/>
       <c r="HD15" s="3"/>
-      <c r="HE15" s="3"/>
-[...16 lines deleted...]
-      <c r="HV15" s="3"/>
     </row>
-    <row r="16" spans="1:230">
+    <row r="16" spans="1:212">
       <c r="A16" t="s">
-        <v>231</v>
+        <v>213</v>
       </c>
       <c r="B16" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="C16" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="D16" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="E16" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="F16" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="G16" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="H16" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="I16" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="J16" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="K16" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="L16" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="M16" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="N16" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="O16" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="P16" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="Q16" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="R16" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="S16" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="T16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="U16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="V16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="W16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="X16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="Y16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="Z16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AA16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AB16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AC16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AD16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AE16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AF16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AG16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AH16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AI16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AJ16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AK16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AL16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AM16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AN16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AO16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AP16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AQ16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AR16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AS16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AT16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AU16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AV16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AW16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AX16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AY16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="AZ16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BA16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BB16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BC16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BD16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BE16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BF16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BG16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BH16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BI16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BJ16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BK16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BL16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BM16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BN16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BO16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BP16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BQ16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BR16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BS16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BT16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BU16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BV16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BW16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BX16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BY16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="BZ16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CA16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CB16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CC16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CD16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CE16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CF16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CG16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CH16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CI16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CJ16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CK16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CL16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CM16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CN16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CO16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CP16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CQ16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CR16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CS16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CT16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CU16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CV16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CW16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CX16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CY16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="CZ16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DA16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DB16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DC16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DD16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DE16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DF16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DG16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DH16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DI16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DJ16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DK16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DL16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DM16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DN16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DO16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DP16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DQ16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DR16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DS16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DT16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DU16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DV16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DW16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DX16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DY16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="DZ16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EA16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EB16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EC16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="ED16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EE16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EF16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EG16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EH16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EI16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EJ16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EK16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EL16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EM16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EN16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EO16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EP16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EQ16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="ER16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="ES16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="ET16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EU16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EV16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EW16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EX16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EY16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="EZ16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FA16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FB16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FC16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FD16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FE16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FF16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FG16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FH16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FI16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FJ16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FK16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FL16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FM16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FN16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FO16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FP16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FQ16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FR16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FS16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FT16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FU16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FV16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FW16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FX16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FY16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="FZ16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GA16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GB16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GC16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GD16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GE16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GF16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GG16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GH16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GI16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GJ16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GK16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GL16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GM16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GN16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GO16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GP16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GQ16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GR16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GS16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GT16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GU16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GV16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GW16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GX16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GY16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="GZ16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="HA16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="HB16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="HC16" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="HD16" t="s">
-        <v>248</v>
-[...53 lines deleted...]
-        <v>248</v>
+        <v>224</v>
       </c>
     </row>
-    <row r="18" spans="1:230">
+    <row r="18" spans="1:212">
       <c r="A18" s="1" t="s">
-        <v>249</v>
+        <v>225</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
@@ -8551,78 +7921,60 @@
       <c r="GF18" s="1"/>
       <c r="GG18" s="1"/>
       <c r="GH18" s="1"/>
       <c r="GI18" s="1"/>
       <c r="GJ18" s="1"/>
       <c r="GK18" s="1"/>
       <c r="GL18" s="1"/>
       <c r="GM18" s="1"/>
       <c r="GN18" s="1"/>
       <c r="GO18" s="1"/>
       <c r="GP18" s="1"/>
       <c r="GQ18" s="1"/>
       <c r="GR18" s="1"/>
       <c r="GS18" s="1"/>
       <c r="GT18" s="1"/>
       <c r="GU18" s="1"/>
       <c r="GV18" s="1"/>
       <c r="GW18" s="1"/>
       <c r="GX18" s="1"/>
       <c r="GY18" s="1"/>
       <c r="GZ18" s="1"/>
       <c r="HA18" s="1"/>
       <c r="HB18" s="1"/>
       <c r="HC18" s="1"/>
       <c r="HD18" s="1"/>
-      <c r="HE18" s="1"/>
-[...16 lines deleted...]
-      <c r="HV18" s="1"/>
     </row>
-    <row r="19" spans="1:230">
+    <row r="19" spans="1:212">
       <c r="A19" t="s">
-        <v>250</v>
+        <v>226</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A19:HV19"/>
+    <mergeCell ref="A19:HD19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>