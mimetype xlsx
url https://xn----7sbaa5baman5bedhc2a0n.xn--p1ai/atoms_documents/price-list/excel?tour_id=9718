--- v1 (2025-12-31)
+++ v2 (2026-03-02)
@@ -12,168 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="9718-nizhegorodskij-kalej..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="227">
-[...116 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
   <si>
     <t>04.03.2026</t>
   </si>
   <si>
     <t>06.03.2026</t>
   </si>
   <si>
     <t>07.03.2026</t>
   </si>
   <si>
     <t>08.03.2026</t>
   </si>
   <si>
     <t>11.03.2026</t>
   </si>
   <si>
     <t>13.03.2026</t>
   </si>
   <si>
     <t>14.03.2026</t>
   </si>
   <si>
     <t>15.03.2026</t>
   </si>
   <si>
@@ -692,51 +575,51 @@
   <si>
     <t>21900 RUB</t>
   </si>
   <si>
     <t>«CORT INN 4*»</t>
   </si>
   <si>
     <t>40000 RUB</t>
   </si>
   <si>
     <t>Двухместный номер для одного человека</t>
   </si>
   <si>
     <t>31500 RUB</t>
   </si>
   <si>
     <t>Трехместный номер для одного человека</t>
   </si>
   <si>
     <t>28800 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 31.12.2025 05:24, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 02.03.2026 05:02, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1078,54 +961,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:HD19"/>
+  <dimension ref="A1:FQ19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A18" sqref="A18:HD18"/>
+      <selection activeCell="A18" sqref="A18:FQ18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="44.703369" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -1259,92 +1142,53 @@
     <col min="149" max="149" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="150" max="150" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="151" max="151" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="152" max="152" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="153" max="153" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="154" max="154" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="155" max="155" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="156" max="156" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="157" max="157" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="158" max="158" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="159" max="159" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="160" max="160" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="161" max="161" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="162" max="162" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="163" max="163" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="164" max="164" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="165" max="165" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="166" max="166" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="167" max="167" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="168" max="168" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="169" max="169" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="170" max="170" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="171" max="171" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="172" max="172" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="173" max="173" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="174" max="174" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...37 lines deleted...]
-    <col min="212" max="212" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:212">
+    <row r="1" spans="1:173">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -1818,171 +1662,54 @@
       </c>
       <c r="FJ1" s="1" t="s">
         <v>164</v>
       </c>
       <c r="FK1" s="1" t="s">
         <v>165</v>
       </c>
       <c r="FL1" s="1" t="s">
         <v>166</v>
       </c>
       <c r="FM1" s="1" t="s">
         <v>167</v>
       </c>
       <c r="FN1" s="1" t="s">
         <v>168</v>
       </c>
       <c r="FO1" s="1" t="s">
         <v>169</v>
       </c>
       <c r="FP1" s="1" t="s">
         <v>170</v>
       </c>
       <c r="FQ1" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="FR1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:173">
+      <c r="A2" s="2" t="s">
         <v>172</v>
-      </c>
-[...117 lines deleted...]
-        <v>211</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
@@ -2112,93 +1839,54 @@
       <c r="ES2" s="2"/>
       <c r="ET2" s="2"/>
       <c r="EU2" s="2"/>
       <c r="EV2" s="2"/>
       <c r="EW2" s="2"/>
       <c r="EX2" s="2"/>
       <c r="EY2" s="2"/>
       <c r="EZ2" s="2"/>
       <c r="FA2" s="2"/>
       <c r="FB2" s="2"/>
       <c r="FC2" s="2"/>
       <c r="FD2" s="2"/>
       <c r="FE2" s="2"/>
       <c r="FF2" s="2"/>
       <c r="FG2" s="2"/>
       <c r="FH2" s="2"/>
       <c r="FI2" s="2"/>
       <c r="FJ2" s="2"/>
       <c r="FK2" s="2"/>
       <c r="FL2" s="2"/>
       <c r="FM2" s="2"/>
       <c r="FN2" s="2"/>
       <c r="FO2" s="2"/>
       <c r="FP2" s="2"/>
       <c r="FQ2" s="2"/>
-      <c r="FR2" s="2"/>
-[...37 lines deleted...]
-      <c r="HD2" s="2"/>
     </row>
-    <row r="3" spans="1:212">
+    <row r="3" spans="1:173">
       <c r="A3" s="3" t="s">
-        <v>212</v>
+        <v>173</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -2328,731 +2016,575 @@
       <c r="ES3" s="3"/>
       <c r="ET3" s="3"/>
       <c r="EU3" s="3"/>
       <c r="EV3" s="3"/>
       <c r="EW3" s="3"/>
       <c r="EX3" s="3"/>
       <c r="EY3" s="3"/>
       <c r="EZ3" s="3"/>
       <c r="FA3" s="3"/>
       <c r="FB3" s="3"/>
       <c r="FC3" s="3"/>
       <c r="FD3" s="3"/>
       <c r="FE3" s="3"/>
       <c r="FF3" s="3"/>
       <c r="FG3" s="3"/>
       <c r="FH3" s="3"/>
       <c r="FI3" s="3"/>
       <c r="FJ3" s="3"/>
       <c r="FK3" s="3"/>
       <c r="FL3" s="3"/>
       <c r="FM3" s="3"/>
       <c r="FN3" s="3"/>
       <c r="FO3" s="3"/>
       <c r="FP3" s="3"/>
       <c r="FQ3" s="3"/>
-      <c r="FR3" s="3"/>
-[...37 lines deleted...]
-      <c r="HD3" s="3"/>
     </row>
-    <row r="4" spans="1:212">
+    <row r="4" spans="1:173">
       <c r="A4" t="s">
-        <v>213</v>
+        <v>174</v>
       </c>
       <c r="B4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="C4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="D4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="E4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="F4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="G4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="H4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="I4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="J4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="K4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="L4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="M4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="N4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="O4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="P4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="Q4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="R4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="S4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="T4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="U4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="V4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="W4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="X4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="Y4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="Z4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AA4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AB4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AC4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AD4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AE4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AF4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AG4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AH4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AI4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AJ4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AK4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AL4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AM4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AN4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AO4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AP4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AQ4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AR4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AS4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AT4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AU4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AV4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AW4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AX4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AY4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="AZ4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BA4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BB4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BC4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BD4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BE4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BF4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BG4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BH4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BI4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BJ4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BK4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BL4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BM4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BN4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BO4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BP4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BQ4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BR4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BS4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BT4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BU4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BV4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BW4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BX4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BY4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="BZ4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CA4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CB4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CC4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CD4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CE4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CF4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CG4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CH4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CI4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CJ4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CK4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CL4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CM4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CN4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CO4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CP4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CQ4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CR4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CS4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CT4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CU4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CV4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CW4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CX4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CY4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="CZ4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DA4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DB4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DC4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DD4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DE4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DF4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DG4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DH4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DI4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DJ4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DK4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DL4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DM4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DN4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DO4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DP4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DQ4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DR4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DS4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DT4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DU4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DV4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DW4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DX4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DY4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="DZ4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EA4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EB4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EC4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="ED4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EE4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EF4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EG4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EH4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EI4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EJ4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EK4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EL4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EM4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EN4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EO4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EP4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EQ4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="ER4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="ES4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="ET4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EU4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EV4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EW4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EX4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EY4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="EZ4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="FA4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="FB4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="FC4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="FD4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="FE4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="FF4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="FG4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="FH4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="FI4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="FJ4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="FK4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="FL4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="FM4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="FN4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="FO4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="FP4" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="FQ4" t="s">
-        <v>214</v>
-[...116 lines deleted...]
-        <v>214</v>
+        <v>175</v>
       </c>
     </row>
-    <row r="5" spans="1:212">
+    <row r="5" spans="1:173">
       <c r="A5" s="3" t="s">
-        <v>215</v>
+        <v>176</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="3"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
@@ -3182,731 +2714,575 @@
       <c r="ES5" s="3"/>
       <c r="ET5" s="3"/>
       <c r="EU5" s="3"/>
       <c r="EV5" s="3"/>
       <c r="EW5" s="3"/>
       <c r="EX5" s="3"/>
       <c r="EY5" s="3"/>
       <c r="EZ5" s="3"/>
       <c r="FA5" s="3"/>
       <c r="FB5" s="3"/>
       <c r="FC5" s="3"/>
       <c r="FD5" s="3"/>
       <c r="FE5" s="3"/>
       <c r="FF5" s="3"/>
       <c r="FG5" s="3"/>
       <c r="FH5" s="3"/>
       <c r="FI5" s="3"/>
       <c r="FJ5" s="3"/>
       <c r="FK5" s="3"/>
       <c r="FL5" s="3"/>
       <c r="FM5" s="3"/>
       <c r="FN5" s="3"/>
       <c r="FO5" s="3"/>
       <c r="FP5" s="3"/>
       <c r="FQ5" s="3"/>
-      <c r="FR5" s="3"/>
-[...37 lines deleted...]
-      <c r="HD5" s="3"/>
     </row>
-    <row r="6" spans="1:212">
+    <row r="6" spans="1:173">
       <c r="A6" t="s">
-        <v>213</v>
+        <v>174</v>
       </c>
       <c r="B6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="C6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="D6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="E6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="F6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="G6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="H6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="I6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="J6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="K6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="L6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="M6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="N6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="O6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="P6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="Q6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="R6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="S6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="T6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="U6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="V6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="W6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="X6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="Y6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="Z6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AA6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AB6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AC6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AD6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AE6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AF6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AG6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AH6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AI6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AJ6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AK6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AL6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AM6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AN6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AO6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AP6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AQ6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AR6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AS6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AT6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AU6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AV6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AW6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AX6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AY6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="AZ6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BA6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BB6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BC6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BD6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BE6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BF6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BG6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BH6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BI6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BJ6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BK6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BL6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BM6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BN6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BO6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BP6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BQ6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BR6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BS6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BT6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BU6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BV6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BW6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BX6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BY6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="BZ6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CA6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CB6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CC6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CD6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CE6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CF6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CG6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CH6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CI6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CJ6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CK6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CL6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CM6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CN6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CO6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CP6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CQ6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CR6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CS6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CT6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CU6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CV6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CW6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CX6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CY6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="CZ6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DA6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DB6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DC6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DD6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DE6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DF6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DG6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DH6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DI6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DJ6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DK6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DL6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DM6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DN6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DO6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DP6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DQ6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DR6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DS6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DT6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DU6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DV6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DW6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DX6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DY6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="DZ6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EA6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EB6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EC6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="ED6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EE6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EF6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EG6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EH6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EI6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EJ6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EK6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EL6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EM6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EN6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EO6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EP6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EQ6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="ER6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="ES6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="ET6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EU6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EV6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EW6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EX6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EY6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="EZ6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="FA6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="FB6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="FC6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="FD6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="FE6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="FF6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="FG6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="FH6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="FI6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="FJ6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="FK6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="FL6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="FM6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="FN6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="FO6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="FP6" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="FQ6" t="s">
-        <v>216</v>
-[...116 lines deleted...]
-        <v>216</v>
+        <v>177</v>
       </c>
     </row>
-    <row r="7" spans="1:212">
+    <row r="7" spans="1:173">
       <c r="A7" s="3" t="s">
-        <v>217</v>
+        <v>178</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
@@ -4036,729 +3412,573 @@
       <c r="ES7" s="3"/>
       <c r="ET7" s="3"/>
       <c r="EU7" s="3"/>
       <c r="EV7" s="3"/>
       <c r="EW7" s="3"/>
       <c r="EX7" s="3"/>
       <c r="EY7" s="3"/>
       <c r="EZ7" s="3"/>
       <c r="FA7" s="3"/>
       <c r="FB7" s="3"/>
       <c r="FC7" s="3"/>
       <c r="FD7" s="3"/>
       <c r="FE7" s="3"/>
       <c r="FF7" s="3"/>
       <c r="FG7" s="3"/>
       <c r="FH7" s="3"/>
       <c r="FI7" s="3"/>
       <c r="FJ7" s="3"/>
       <c r="FK7" s="3"/>
       <c r="FL7" s="3"/>
       <c r="FM7" s="3"/>
       <c r="FN7" s="3"/>
       <c r="FO7" s="3"/>
       <c r="FP7" s="3"/>
       <c r="FQ7" s="3"/>
-      <c r="FR7" s="3"/>
-[...37 lines deleted...]
-      <c r="HD7" s="3"/>
     </row>
-    <row r="8" spans="1:212">
+    <row r="8" spans="1:173">
       <c r="A8" t="s">
-        <v>213</v>
+        <v>174</v>
       </c>
       <c r="B8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="C8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="D8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="E8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="F8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="G8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="H8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="I8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="J8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="K8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="L8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="M8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="N8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="O8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="P8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="Q8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="R8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="S8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="T8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="U8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="V8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="W8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="X8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="Y8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="Z8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AA8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AB8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AC8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AD8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AE8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AF8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AG8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AH8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AI8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AJ8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AK8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AL8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AM8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AN8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AO8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AP8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AQ8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AR8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AS8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AT8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AU8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AV8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AW8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AX8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AY8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="AZ8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BA8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BB8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BC8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BD8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BE8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BF8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BG8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BH8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BI8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BJ8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BK8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BL8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BM8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BN8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BO8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BP8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BQ8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BR8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BS8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BT8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BU8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BV8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BW8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BX8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BY8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="BZ8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CA8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CB8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CC8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CD8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CE8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CF8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CG8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CH8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CI8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CJ8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CK8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CL8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CM8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CN8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CO8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CP8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CQ8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CR8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CS8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CT8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CU8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CV8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CW8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CX8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CY8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="CZ8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DA8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DB8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DC8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DD8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DE8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DF8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DG8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DH8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DI8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DJ8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DK8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DL8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DM8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DN8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DO8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DP8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DQ8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DR8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DS8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DT8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DU8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DV8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DW8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DX8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DY8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="DZ8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EA8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EB8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EC8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="ED8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EE8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EF8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EG8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EH8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EI8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EJ8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EK8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EL8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EM8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EN8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EO8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EP8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EQ8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="ER8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="ES8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="ET8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EU8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EV8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EW8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EX8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EY8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="EZ8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="FA8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="FB8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="FC8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="FD8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="FE8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="FF8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="FG8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="FH8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="FI8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="FJ8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="FK8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="FL8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="FM8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="FN8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="FO8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="FP8" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="FQ8" t="s">
-        <v>218</v>
-[...116 lines deleted...]
-        <v>218</v>
+        <v>179</v>
       </c>
     </row>
-    <row r="9" spans="1:212">
+    <row r="9" spans="1:173">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
       <c r="R9" s="4"/>
       <c r="S9" s="4"/>
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
       <c r="V9" s="4"/>
       <c r="W9" s="4"/>
       <c r="X9" s="4"/>
       <c r="Y9" s="4"/>
@@ -4888,93 +4108,54 @@
       <c r="ES9" s="4"/>
       <c r="ET9" s="4"/>
       <c r="EU9" s="4"/>
       <c r="EV9" s="4"/>
       <c r="EW9" s="4"/>
       <c r="EX9" s="4"/>
       <c r="EY9" s="4"/>
       <c r="EZ9" s="4"/>
       <c r="FA9" s="4"/>
       <c r="FB9" s="4"/>
       <c r="FC9" s="4"/>
       <c r="FD9" s="4"/>
       <c r="FE9" s="4"/>
       <c r="FF9" s="4"/>
       <c r="FG9" s="4"/>
       <c r="FH9" s="4"/>
       <c r="FI9" s="4"/>
       <c r="FJ9" s="4"/>
       <c r="FK9" s="4"/>
       <c r="FL9" s="4"/>
       <c r="FM9" s="4"/>
       <c r="FN9" s="4"/>
       <c r="FO9" s="4"/>
       <c r="FP9" s="4"/>
       <c r="FQ9" s="4"/>
-      <c r="FR9" s="4"/>
-[...37 lines deleted...]
-      <c r="HD9" s="4"/>
     </row>
-    <row r="10" spans="1:212">
+    <row r="10" spans="1:173">
       <c r="A10" s="2" t="s">
-        <v>219</v>
+        <v>180</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
       <c r="V10" s="2"/>
       <c r="W10" s="2"/>
       <c r="X10" s="2"/>
       <c r="Y10" s="2"/>
@@ -5104,93 +4285,54 @@
       <c r="ES10" s="2"/>
       <c r="ET10" s="2"/>
       <c r="EU10" s="2"/>
       <c r="EV10" s="2"/>
       <c r="EW10" s="2"/>
       <c r="EX10" s="2"/>
       <c r="EY10" s="2"/>
       <c r="EZ10" s="2"/>
       <c r="FA10" s="2"/>
       <c r="FB10" s="2"/>
       <c r="FC10" s="2"/>
       <c r="FD10" s="2"/>
       <c r="FE10" s="2"/>
       <c r="FF10" s="2"/>
       <c r="FG10" s="2"/>
       <c r="FH10" s="2"/>
       <c r="FI10" s="2"/>
       <c r="FJ10" s="2"/>
       <c r="FK10" s="2"/>
       <c r="FL10" s="2"/>
       <c r="FM10" s="2"/>
       <c r="FN10" s="2"/>
       <c r="FO10" s="2"/>
       <c r="FP10" s="2"/>
       <c r="FQ10" s="2"/>
-      <c r="FR10" s="2"/>
-[...37 lines deleted...]
-      <c r="HD10" s="2"/>
     </row>
-    <row r="11" spans="1:212">
+    <row r="11" spans="1:173">
       <c r="A11" s="3" t="s">
-        <v>212</v>
+        <v>173</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
@@ -5320,731 +4462,575 @@
       <c r="ES11" s="3"/>
       <c r="ET11" s="3"/>
       <c r="EU11" s="3"/>
       <c r="EV11" s="3"/>
       <c r="EW11" s="3"/>
       <c r="EX11" s="3"/>
       <c r="EY11" s="3"/>
       <c r="EZ11" s="3"/>
       <c r="FA11" s="3"/>
       <c r="FB11" s="3"/>
       <c r="FC11" s="3"/>
       <c r="FD11" s="3"/>
       <c r="FE11" s="3"/>
       <c r="FF11" s="3"/>
       <c r="FG11" s="3"/>
       <c r="FH11" s="3"/>
       <c r="FI11" s="3"/>
       <c r="FJ11" s="3"/>
       <c r="FK11" s="3"/>
       <c r="FL11" s="3"/>
       <c r="FM11" s="3"/>
       <c r="FN11" s="3"/>
       <c r="FO11" s="3"/>
       <c r="FP11" s="3"/>
       <c r="FQ11" s="3"/>
-      <c r="FR11" s="3"/>
-[...37 lines deleted...]
-      <c r="HD11" s="3"/>
     </row>
-    <row r="12" spans="1:212">
+    <row r="12" spans="1:173">
       <c r="A12" t="s">
-        <v>213</v>
+        <v>174</v>
       </c>
       <c r="B12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="C12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="D12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="E12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="F12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="G12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="H12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="I12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="J12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="K12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="L12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="M12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="N12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="O12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="P12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="Q12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="R12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="S12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="T12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="U12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="V12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="W12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="X12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="Y12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="Z12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AA12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AB12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AC12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AD12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AE12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AF12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AG12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AH12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AI12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AJ12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AK12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AL12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AM12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AN12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AO12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AP12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AQ12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AR12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AS12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AT12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AU12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AV12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AW12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AX12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AY12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="AZ12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BA12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BB12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BC12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BD12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BE12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BF12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BG12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BH12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BI12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BJ12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BK12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BL12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BM12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BN12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BO12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BP12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BQ12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BR12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BS12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BT12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BU12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BV12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BW12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BX12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BY12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="BZ12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CA12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CB12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CC12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CD12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CE12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CF12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CG12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CH12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CI12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CJ12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CK12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CL12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CM12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CN12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CO12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CP12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CQ12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CR12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CS12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CT12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CU12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CV12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CW12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CX12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CY12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="CZ12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DA12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DB12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DC12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DD12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DE12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DF12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DG12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DH12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DI12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DJ12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DK12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DL12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DM12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DN12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DO12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DP12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DQ12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DR12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DS12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DT12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DU12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DV12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DW12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DX12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DY12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="DZ12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EA12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EB12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EC12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="ED12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EE12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EF12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EG12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EH12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EI12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EJ12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EK12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EL12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EM12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EN12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EO12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EP12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EQ12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="ER12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="ES12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="ET12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EU12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EV12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EW12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EX12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EY12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="EZ12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="FA12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="FB12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="FC12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="FD12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="FE12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="FF12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="FG12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="FH12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="FI12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="FJ12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="FK12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="FL12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="FM12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="FN12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="FO12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="FP12" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="FQ12" t="s">
-        <v>220</v>
-[...116 lines deleted...]
-        <v>220</v>
+        <v>181</v>
       </c>
     </row>
-    <row r="13" spans="1:212">
+    <row r="13" spans="1:173">
       <c r="A13" s="3" t="s">
-        <v>221</v>
+        <v>182</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
       <c r="P13" s="3"/>
       <c r="Q13" s="3"/>
       <c r="R13" s="3"/>
       <c r="S13" s="3"/>
       <c r="T13" s="3"/>
       <c r="U13" s="3"/>
       <c r="V13" s="3"/>
       <c r="W13" s="3"/>
       <c r="X13" s="3"/>
       <c r="Y13" s="3"/>
@@ -6174,731 +5160,575 @@
       <c r="ES13" s="3"/>
       <c r="ET13" s="3"/>
       <c r="EU13" s="3"/>
       <c r="EV13" s="3"/>
       <c r="EW13" s="3"/>
       <c r="EX13" s="3"/>
       <c r="EY13" s="3"/>
       <c r="EZ13" s="3"/>
       <c r="FA13" s="3"/>
       <c r="FB13" s="3"/>
       <c r="FC13" s="3"/>
       <c r="FD13" s="3"/>
       <c r="FE13" s="3"/>
       <c r="FF13" s="3"/>
       <c r="FG13" s="3"/>
       <c r="FH13" s="3"/>
       <c r="FI13" s="3"/>
       <c r="FJ13" s="3"/>
       <c r="FK13" s="3"/>
       <c r="FL13" s="3"/>
       <c r="FM13" s="3"/>
       <c r="FN13" s="3"/>
       <c r="FO13" s="3"/>
       <c r="FP13" s="3"/>
       <c r="FQ13" s="3"/>
-      <c r="FR13" s="3"/>
-[...37 lines deleted...]
-      <c r="HD13" s="3"/>
     </row>
-    <row r="14" spans="1:212">
+    <row r="14" spans="1:173">
       <c r="A14" t="s">
-        <v>213</v>
+        <v>174</v>
       </c>
       <c r="B14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="C14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="D14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="E14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="F14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="G14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="H14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="I14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="J14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="K14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="L14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="M14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="N14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="O14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="P14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="Q14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="R14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="S14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="T14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="U14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="V14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="W14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="X14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="Y14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="Z14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AA14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AB14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AC14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AD14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AE14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AF14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AG14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AH14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AI14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AJ14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AK14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AL14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AM14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AN14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AO14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AP14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AQ14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AR14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AS14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AT14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AU14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AV14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AW14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AX14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AY14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="AZ14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BA14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BB14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BC14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BD14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BE14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BF14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BG14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BH14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BI14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BJ14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BK14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BL14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BM14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BN14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BO14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BP14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BQ14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BR14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BS14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BT14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BU14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BV14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BW14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BX14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BY14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="BZ14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CA14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CB14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CC14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CD14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CE14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CF14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CG14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CH14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CI14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CJ14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CK14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CL14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CM14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CN14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CO14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CP14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CQ14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CR14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CS14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CT14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CU14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CV14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CW14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CX14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CY14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="CZ14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DA14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DB14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DC14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DD14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DE14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DF14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DG14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DH14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DI14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DJ14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DK14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DL14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DM14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DN14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DO14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DP14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DQ14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DR14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DS14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DT14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DU14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DV14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DW14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DX14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DY14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="DZ14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EA14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EB14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EC14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="ED14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EE14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EF14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EG14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EH14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EI14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EJ14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EK14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EL14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EM14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EN14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EO14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EP14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EQ14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="ER14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="ES14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="ET14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EU14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EV14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EW14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EX14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EY14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="EZ14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="FA14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="FB14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="FC14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="FD14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="FE14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="FF14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="FG14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="FH14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="FI14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="FJ14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="FK14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="FL14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="FM14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="FN14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="FO14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="FP14" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="FQ14" t="s">
-        <v>222</v>
-[...116 lines deleted...]
-        <v>222</v>
+        <v>183</v>
       </c>
     </row>
-    <row r="15" spans="1:212">
+    <row r="15" spans="1:173">
       <c r="A15" s="3" t="s">
-        <v>223</v>
+        <v>184</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3"/>
       <c r="X15" s="3"/>
       <c r="Y15" s="3"/>
@@ -7028,731 +5858,575 @@
       <c r="ES15" s="3"/>
       <c r="ET15" s="3"/>
       <c r="EU15" s="3"/>
       <c r="EV15" s="3"/>
       <c r="EW15" s="3"/>
       <c r="EX15" s="3"/>
       <c r="EY15" s="3"/>
       <c r="EZ15" s="3"/>
       <c r="FA15" s="3"/>
       <c r="FB15" s="3"/>
       <c r="FC15" s="3"/>
       <c r="FD15" s="3"/>
       <c r="FE15" s="3"/>
       <c r="FF15" s="3"/>
       <c r="FG15" s="3"/>
       <c r="FH15" s="3"/>
       <c r="FI15" s="3"/>
       <c r="FJ15" s="3"/>
       <c r="FK15" s="3"/>
       <c r="FL15" s="3"/>
       <c r="FM15" s="3"/>
       <c r="FN15" s="3"/>
       <c r="FO15" s="3"/>
       <c r="FP15" s="3"/>
       <c r="FQ15" s="3"/>
-      <c r="FR15" s="3"/>
-[...37 lines deleted...]
-      <c r="HD15" s="3"/>
     </row>
-    <row r="16" spans="1:212">
+    <row r="16" spans="1:173">
       <c r="A16" t="s">
-        <v>213</v>
+        <v>174</v>
       </c>
       <c r="B16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="C16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="D16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="E16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="F16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="G16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="H16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="I16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="J16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="K16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="L16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="M16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="N16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="O16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="P16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="Q16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="R16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="S16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="T16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="U16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="V16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="W16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="X16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="Y16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="Z16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AA16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AB16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AC16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AD16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AE16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AF16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AG16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AH16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AI16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AJ16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AK16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AL16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AM16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AN16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AO16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AP16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AQ16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AR16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AS16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AT16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AU16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AV16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AW16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AX16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AY16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="AZ16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BA16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BB16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BC16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BD16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BE16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BF16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BG16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BH16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BI16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BJ16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BK16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BL16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BM16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BN16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BO16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BP16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BQ16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BR16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BS16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BT16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BU16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BV16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BW16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BX16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BY16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="BZ16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CA16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CB16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CC16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CD16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CE16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CF16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CG16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CH16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CI16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CJ16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CK16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CL16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CM16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CN16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CO16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CP16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CQ16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CR16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CS16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CT16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CU16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CV16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CW16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CX16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CY16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="CZ16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DA16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DB16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DC16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DD16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DE16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DF16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DG16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DH16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DI16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DJ16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DK16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DL16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DM16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DN16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DO16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DP16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DQ16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DR16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DS16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DT16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DU16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DV16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DW16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DX16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DY16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="DZ16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EA16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EB16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EC16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="ED16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EE16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EF16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EG16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EH16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EI16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EJ16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EK16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EL16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EM16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EN16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EO16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EP16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EQ16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="ER16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="ES16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="ET16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EU16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EV16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EW16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EX16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EY16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="EZ16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="FA16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="FB16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="FC16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="FD16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="FE16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="FF16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="FG16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="FH16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="FI16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="FJ16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="FK16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="FL16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="FM16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="FN16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="FO16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="FP16" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="FQ16" t="s">
-        <v>224</v>
-[...116 lines deleted...]
-        <v>224</v>
+        <v>185</v>
       </c>
     </row>
-    <row r="18" spans="1:212">
+    <row r="18" spans="1:173">
       <c r="A18" s="1" t="s">
-        <v>225</v>
+        <v>186</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
@@ -7882,99 +6556,60 @@
       <c r="ES18" s="1"/>
       <c r="ET18" s="1"/>
       <c r="EU18" s="1"/>
       <c r="EV18" s="1"/>
       <c r="EW18" s="1"/>
       <c r="EX18" s="1"/>
       <c r="EY18" s="1"/>
       <c r="EZ18" s="1"/>
       <c r="FA18" s="1"/>
       <c r="FB18" s="1"/>
       <c r="FC18" s="1"/>
       <c r="FD18" s="1"/>
       <c r="FE18" s="1"/>
       <c r="FF18" s="1"/>
       <c r="FG18" s="1"/>
       <c r="FH18" s="1"/>
       <c r="FI18" s="1"/>
       <c r="FJ18" s="1"/>
       <c r="FK18" s="1"/>
       <c r="FL18" s="1"/>
       <c r="FM18" s="1"/>
       <c r="FN18" s="1"/>
       <c r="FO18" s="1"/>
       <c r="FP18" s="1"/>
       <c r="FQ18" s="1"/>
-      <c r="FR18" s="1"/>
-[...37 lines deleted...]
-      <c r="HD18" s="1"/>
     </row>
-    <row r="19" spans="1:212">
+    <row r="19" spans="1:173">
       <c r="A19" t="s">
-        <v>226</v>
+        <v>187</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A19:HD19"/>
+    <mergeCell ref="A19:FQ19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>