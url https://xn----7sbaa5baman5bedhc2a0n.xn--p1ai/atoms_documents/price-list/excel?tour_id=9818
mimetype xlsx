--- v0 (2025-10-31)
+++ v1 (2025-12-31)
@@ -143,51 +143,51 @@
   <si>
     <t>42400 RUB</t>
   </si>
   <si>
     <t>12700 RUB</t>
   </si>
   <si>
     <t>19100 RUB</t>
   </si>
   <si>
     <t>24800 RUB</t>
   </si>
   <si>
     <t>29600 RUB</t>
   </si>
   <si>
     <t>34200 RUB</t>
   </si>
   <si>
     <t>42200 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 31.10.2025 07:26, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 31.12.2025 05:25, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>