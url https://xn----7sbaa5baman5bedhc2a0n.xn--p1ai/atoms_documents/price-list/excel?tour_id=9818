--- v1 (2025-12-31)
+++ v2 (2026-03-04)
@@ -41,153 +41,153 @@
   <si>
     <t>2 ночи</t>
   </si>
   <si>
     <t>3 ночи</t>
   </si>
   <si>
     <t>4 ночи</t>
   </si>
   <si>
     <t>5 ночей</t>
   </si>
   <si>
     <t>6 ночей</t>
   </si>
   <si>
     <t>Измайлово 3*</t>
   </si>
   <si>
     <t>Двухместный стандарт</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>14400 RUB</t>
-[...14 lines deleted...]
-    <t>51000 RUB</t>
+    <t>14900 RUB</t>
+  </si>
+  <si>
+    <t>22700 RUB</t>
+  </si>
+  <si>
+    <t>30200 RUB</t>
+  </si>
+  <si>
+    <t>36000 RUB</t>
+  </si>
+  <si>
+    <t>42900 RUB</t>
+  </si>
+  <si>
+    <t>53600 RUB</t>
   </si>
   <si>
     <t>Ребёнок 6—14 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>14200 RUB</t>
-[...2 lines deleted...]
-    <t>22000 RUB</t>
+    <t>14500 RUB</t>
+  </si>
+  <si>
+    <t>21900 RUB</t>
   </si>
   <si>
     <t>29200 RUB</t>
   </si>
   <si>
-    <t>35300 RUB</t>
-[...5 lines deleted...]
-    <t>50800 RUB</t>
+    <t>35000 RUB</t>
+  </si>
+  <si>
+    <t>41700 RUB</t>
+  </si>
+  <si>
+    <t>52200 RUB</t>
   </si>
   <si>
     <t>Бородино Альянс 4*</t>
   </si>
   <si>
-    <t>15000 RUB</t>
-[...14 lines deleted...]
-    <t>55200 RUB</t>
+    <t>15300 RUB</t>
+  </si>
+  <si>
+    <t>23600 RUB</t>
+  </si>
+  <si>
+    <t>31500 RUB</t>
+  </si>
+  <si>
+    <t>37700 RUB</t>
+  </si>
+  <si>
+    <t>45100 RUB</t>
+  </si>
+  <si>
+    <t>56200 RUB</t>
   </si>
   <si>
     <t>Максима Заря/Максима Ирбис 3*</t>
   </si>
   <si>
-    <t>12900 RUB</t>
-[...32 lines deleted...]
-    <t>42200 RUB</t>
+    <t>14300 RUB</t>
+  </si>
+  <si>
+    <t>21500 RUB</t>
+  </si>
+  <si>
+    <t>28400 RUB</t>
+  </si>
+  <si>
+    <t>33500 RUB</t>
+  </si>
+  <si>
+    <t>39900 RUB</t>
+  </si>
+  <si>
+    <t>49900 RUB</t>
+  </si>
+  <si>
+    <t>13900 RUB</t>
+  </si>
+  <si>
+    <t>20900 RUB</t>
+  </si>
+  <si>
+    <t>27600 RUB</t>
+  </si>
+  <si>
+    <t>32500 RUB</t>
+  </si>
+  <si>
+    <t>38700 RUB</t>
+  </si>
+  <si>
+    <t>48500 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 31.12.2025 05:25, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 04.03.2026 01:03, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>